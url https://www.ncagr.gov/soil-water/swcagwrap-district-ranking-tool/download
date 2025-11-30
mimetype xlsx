--- v0 (2025-10-17)
+++ v1 (2025-11-30)
@@ -1,92 +1,127 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/featurePropertyBag/featurePropertyBag.xml" ContentType="application/vnd.ms-excel.featurepropertybag+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\AGRPLIFS02\Shares\DSW\Groups\Everyone\Cost_share_programs\AgWRAP\AgWRAP District Resources\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6171A603-4DF1-4A6A-9382-F91CF44E4D95}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8DFD6B44-9594-436D-99B2-9A10EB8A9195}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-3585" windowWidth="29040" windowHeight="15720" xr2:uid="{1C65F83D-1954-4A99-9C6B-36DD6BEAB9D8}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" activeTab="1" xr2:uid="{1C65F83D-1954-4A99-9C6B-36DD6BEAB9D8}"/>
   </bookViews>
   <sheets>
-    <sheet name="AgWRAP Sample Ranking" sheetId="5" r:id="rId1"/>
+    <sheet name="AgWRAP Group Ranking" sheetId="5" r:id="rId1"/>
+    <sheet name="Individual" sheetId="7" r:id="rId2"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">Individual!$A$1:$H$94</definedName>
+  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="G80" i="7" l="1"/>
+  <c r="E44" i="7"/>
+  <c r="E10" i="7" l="1"/>
+  <c r="E11" i="7"/>
+  <c r="E14" i="7"/>
+  <c r="E15" i="7"/>
+  <c r="E17" i="7"/>
+  <c r="E20" i="7"/>
+  <c r="E21" i="7"/>
+  <c r="E22" i="7"/>
+  <c r="E23" i="7"/>
+  <c r="C33" i="7"/>
+  <c r="C35" i="7"/>
+  <c r="E39" i="7"/>
+  <c r="E40" i="7"/>
+  <c r="E43" i="7"/>
+  <c r="E55" i="7"/>
+  <c r="E56" i="7"/>
+  <c r="E61" i="7"/>
+  <c r="E62" i="7"/>
+  <c r="E65" i="7"/>
+  <c r="E66" i="7"/>
+  <c r="E69" i="7"/>
+  <c r="E70" i="7"/>
+  <c r="E74" i="7"/>
+  <c r="E75" i="7"/>
+  <c r="E78" i="7"/>
+  <c r="E79" i="7"/>
   <c r="AC7" i="5" l="1"/>
   <c r="AC6" i="5"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="67">
   <si>
     <t>Applicant Name</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>North Carolina Agricultural Water Resources Assistance Program Application</t>
   </si>
   <si>
     <t>Available Water Source?</t>
   </si>
   <si>
     <t>None</t>
   </si>
   <si>
     <t>Conservation measures installed on the operation?*</t>
   </si>
   <si>
@@ -200,56 +235,169 @@
   </si>
   <si>
     <t xml:space="preserve">Water efficiency BMPS: 
 % Gallons water saved
 </t>
   </si>
   <si>
     <t>-No
 -Yes, Has completed a Water Systems Assessment, treats the water, or uses ground water for irrigation
 -Yes, Has not completed a Water Systems Assessment</t>
   </si>
   <si>
     <t>0
 0
 -10</t>
   </si>
   <si>
     <t>Cancelled Contract History**</t>
   </si>
   <si>
     <t xml:space="preserve">EVAD, VAD, Priority Watershed, II? </t>
   </si>
   <si>
     <t>Operation has an Irrigation Water Management Plan (NRCS 449)?</t>
   </si>
+  <si>
+    <t>TOTAL POINTS</t>
+  </si>
+  <si>
+    <t>Points</t>
+  </si>
+  <si>
+    <t>Date of Application</t>
+  </si>
+  <si>
+    <t>Applicant</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2026 Program Year</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Agricultural Water Resources Assistance Program (AgWRAP) Ranking Form                 </t>
+  </si>
+  <si>
+    <t>Municipal</t>
+  </si>
+  <si>
+    <t>Surface water</t>
+  </si>
+  <si>
+    <t>Well</t>
+  </si>
+  <si>
+    <t>&lt;50%</t>
+  </si>
+  <si>
+    <t>51-75%</t>
+  </si>
+  <si>
+    <t>&gt;75%</t>
+  </si>
+  <si>
+    <t>Note: This sample ranking form provides an example of commonly used ranking form questions. Districts may edit these questions and points to reinforce their local priorities. This box does not print.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Water Effeciency BMPs</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>: % Gallons Water Saved</t>
+    </r>
+  </si>
+  <si>
+    <t>Irrigation Applicant has a history of crop irrigation?</t>
+  </si>
+  <si>
+    <t>Livestock Applicant has/intends to fence livestock out of surface waters?</t>
+  </si>
+  <si>
+    <t>Beginning/Limited Resource Farmer?</t>
+  </si>
+  <si>
+    <t>EVAD, VAD, Priority Watershed, II?</t>
+  </si>
+  <si>
+    <t>Conservation measures installed on the property? (1-10pts)</t>
+  </si>
+  <si>
+    <t>1 CSP contract</t>
+  </si>
+  <si>
+    <t>&gt;1 CSP contract</t>
+  </si>
+  <si>
+    <t>Irrigation: Operation is covered under the Produce Safety Rule?</t>
+  </si>
+  <si>
+    <t>Yes, and has not completed any of the items above</t>
+  </si>
+  <si>
+    <t>Yes, and has done a Water Systems Assessment,
+treats the water, or 
+uses ground water for irrigation</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Water storage/availability BMPS</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>: 
+Percent demand met AFTER BMP Installation minus Percent demand currently met:</t>
+    </r>
+  </si>
+  <si>
+    <t>Local Ranking Questions</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -259,84 +407,113 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <strike/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="6">
+  <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFCC"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="28">
+  <borders count="40">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
@@ -635,56 +812,191 @@
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="75">
+  <cellXfs count="152">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
@@ -770,50 +1082,140 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="28" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="29" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+      <extLst>
+        <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
+          <xfpb:xfComplement i="0"/>
+        </ext>
+      </extLst>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="30" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+      <extLst>
+        <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
+          <xfpb:xfComplement i="0"/>
+        </ext>
+      </extLst>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="33" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="33" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+      <extLst>
+        <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
+          <xfpb:xfComplement i="0"/>
+        </ext>
+      </extLst>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="29" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+      <extLst>
+        <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
+          <xfpb:xfComplement i="0"/>
+        </ext>
+      </extLst>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="36" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="38" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" shrinkToFit="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
@@ -836,70 +1238,226 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="36" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="37" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="35" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="33" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="39" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="34" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="33" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="32" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="31" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="0" xfId="2" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="30" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="29" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="12" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="28" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="2" xr:uid="{4FF074FD-1F52-4738-9597-0898A77DA05E}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2022/11/relationships/FeaturePropertyBag" Target="featurePropertyBag/featurePropertyBag.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>20</xdr:col>
       <xdr:colOff>234740</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>102024</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4199678" cy="1000664"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="TextBox 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EEFD15F8-B2CE-4643-82E0-97D1A91EB8E9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
@@ -1218,50 +1776,232 @@
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="1100" kern="1200"/>
             <a:t>they do not qualify for cost share funding.</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="1100" kern="1200"/>
             <a:t>Outside of AgWRAP Coordinator approval, if the cooperator has an existing AgWRAP contract, they cannot </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="1100" kern="1200"/>
             <a:t>apply for an additional AgWRAP contract until the current one is completed and the resource concerns can be reassessed. </a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>594361</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>15240</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="5109210" cy="1152525"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="2" name="TextBox 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CEEF938-8FEF-4DF0-96EB-05FB96CDD591}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="594361" y="15102840"/>
+          <a:ext cx="5109210" cy="1152525"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:ln>
+          <a:solidFill>
+            <a:sysClr val="windowText" lastClr="000000"/>
+          </a:solidFill>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" kern="1200"/>
+            <a:t>Scores 65 - 100 points are eligible for presentation at the Next District Board Meeting.</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" kern="1200"/>
+            <a:t>Scores 50 - 64 points will be batched and presented at the September, January, March, </a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" kern="1200"/>
+            <a:t>April and May Board Meetings and subject to availability of funds.</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" kern="1200"/>
+            <a:t>Scores 35 - 49 points will be considered at the April &amp; May Board Meetings only and subject to availability of funds.</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" kern="1200"/>
+            <a:t>Scores &lt;35 are not eligible for cost share</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>575310</xdr:colOff>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>49530</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="5130166" cy="953466"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="3" name="TextBox 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB8CCE2A-8B76-4C45-8949-CD4C906D7010}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="575310" y="16363950"/>
+          <a:ext cx="5130166" cy="953466"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:ln>
+          <a:solidFill>
+            <a:sysClr val="windowText" lastClr="000000"/>
+          </a:solidFill>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t">
+          <a:spAutoFit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" kern="1200"/>
+            <a:t>**If the cooperator is out of compliance with any Cost Share Program BMP on any site, field, or operation, they do not qualify for cost share funding.</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100" kern="1200"/>
+            <a:t>Outside of AgWRAP Coordinator approval, if the cooperator has an existing AgWRAP contract, they cannot apply for an additional AgWRAP contract until the current one is completed and the resource concerns can be reassessed. </a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/featurePropertyBag/featurePropertyBag.xml><?xml version="1.0" encoding="utf-8"?>
+<FeaturePropertyBags xmlns="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag">
+  <bag type="Checkbox"/>
+  <bag type="XFControls">
+    <bagId k="CellControl">0</bagId>
+  </bag>
+  <bag type="XFComplement">
+    <bagId k="XFControls">1</bagId>
+  </bag>
+  <bag type="XFComplements" extRef="XFComplementsMapperExtRef">
+    <a k="MappedFeaturePropertyBags">
+      <bagId>2</bagId>
+    </a>
+  </bag>
+</FeaturePropertyBags>
+</file>
+
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
@@ -1517,214 +2257,218 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efotg.sc.egov.usda.gov/api/CPSFile/14889/449_NC_CPS_Irrigation_Water_Management_2015_pdf" TargetMode="External"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efotg.sc.egov.usda.gov/api/CPSFile/14889/449_NC_CPS_Irrigation_Water_Management_2015_pdf" TargetMode="External"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{363A72C9-E7D4-487A-91DE-8801F968ED3D}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AD33"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="I3" sqref="I3"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="Y31" sqref="Y31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="4.88671875" customWidth="1"/>
     <col min="2" max="2" width="19.77734375" customWidth="1"/>
     <col min="3" max="3" width="11.88671875" customWidth="1"/>
     <col min="4" max="4" width="4.88671875" customWidth="1"/>
     <col min="5" max="5" width="15.33203125" customWidth="1"/>
     <col min="6" max="6" width="8.21875" customWidth="1"/>
     <col min="7" max="7" width="8.6640625" customWidth="1"/>
     <col min="8" max="8" width="5" customWidth="1"/>
     <col min="9" max="9" width="12.5546875" customWidth="1"/>
     <col min="10" max="10" width="7.33203125" customWidth="1"/>
     <col min="11" max="11" width="6.6640625" customWidth="1"/>
     <col min="12" max="12" width="7.88671875" customWidth="1"/>
     <col min="13" max="13" width="4.6640625" customWidth="1"/>
     <col min="14" max="14" width="10.109375" customWidth="1"/>
     <col min="15" max="15" width="4.44140625" customWidth="1"/>
     <col min="16" max="16" width="2.109375" customWidth="1"/>
     <col min="17" max="17" width="5.109375" customWidth="1"/>
     <col min="18" max="18" width="4.88671875" customWidth="1"/>
     <col min="19" max="19" width="4.6640625" customWidth="1"/>
     <col min="20" max="20" width="4.88671875" customWidth="1"/>
     <col min="21" max="21" width="5.21875" customWidth="1"/>
     <col min="22" max="22" width="5" customWidth="1"/>
     <col min="23" max="23" width="17.109375" style="2" customWidth="1"/>
     <col min="24" max="24" width="4.44140625" style="2" customWidth="1"/>
     <col min="25" max="25" width="28" style="2" customWidth="1"/>
     <col min="26" max="26" width="4.33203125" style="2" customWidth="1"/>
     <col min="27" max="27" width="6.109375" customWidth="1"/>
     <col min="28" max="28" width="5.21875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:29" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="64" t="s">
+      <c r="A1" s="88" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="65"/>
-[...26 lines deleted...]
-      <c r="AC1" s="66"/>
+      <c r="B1" s="89"/>
+      <c r="C1" s="89"/>
+      <c r="D1" s="89"/>
+      <c r="E1" s="89"/>
+      <c r="F1" s="89"/>
+      <c r="G1" s="89"/>
+      <c r="H1" s="89"/>
+      <c r="I1" s="89"/>
+      <c r="J1" s="89"/>
+      <c r="K1" s="89"/>
+      <c r="L1" s="89"/>
+      <c r="M1" s="89"/>
+      <c r="N1" s="89"/>
+      <c r="O1" s="89"/>
+      <c r="P1" s="89"/>
+      <c r="Q1" s="89"/>
+      <c r="R1" s="89"/>
+      <c r="S1" s="89"/>
+      <c r="T1" s="89"/>
+      <c r="U1" s="89"/>
+      <c r="V1" s="89"/>
+      <c r="W1" s="89"/>
+      <c r="X1" s="89"/>
+      <c r="Y1" s="89"/>
+      <c r="Z1" s="89"/>
+      <c r="AA1" s="89"/>
+      <c r="AB1" s="89"/>
+      <c r="AC1" s="90"/>
     </row>
     <row r="2" spans="1:29" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="67"/>
-[...27 lines deleted...]
-      <c r="AC2" s="69"/>
+      <c r="A2" s="91"/>
+      <c r="B2" s="92"/>
+      <c r="C2" s="92"/>
+      <c r="D2" s="92"/>
+      <c r="E2" s="92"/>
+      <c r="F2" s="92"/>
+      <c r="G2" s="92"/>
+      <c r="H2" s="92"/>
+      <c r="I2" s="92"/>
+      <c r="J2" s="92"/>
+      <c r="K2" s="92"/>
+      <c r="L2" s="92"/>
+      <c r="M2" s="92"/>
+      <c r="N2" s="92"/>
+      <c r="O2" s="92"/>
+      <c r="P2" s="92"/>
+      <c r="Q2" s="92"/>
+      <c r="R2" s="92"/>
+      <c r="S2" s="92"/>
+      <c r="T2" s="92"/>
+      <c r="U2" s="92"/>
+      <c r="V2" s="92"/>
+      <c r="W2" s="92"/>
+      <c r="X2" s="92"/>
+      <c r="Y2" s="92"/>
+      <c r="Z2" s="92"/>
+      <c r="AA2" s="92"/>
+      <c r="AB2" s="92"/>
+      <c r="AC2" s="93"/>
     </row>
     <row r="3" spans="1:29" s="11" customFormat="1" ht="93" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="18"/>
       <c r="B3" s="9" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="54" t="s">
+      <c r="C3" s="78" t="s">
         <v>5</v>
       </c>
-      <c r="D3" s="55"/>
-      <c r="E3" s="54" t="s">
+      <c r="D3" s="79"/>
+      <c r="E3" s="78" t="s">
         <v>34</v>
       </c>
-      <c r="F3" s="55"/>
-      <c r="G3" s="54" t="s">
+      <c r="F3" s="79"/>
+      <c r="G3" s="78" t="s">
         <v>35</v>
       </c>
-      <c r="H3" s="55"/>
+      <c r="H3" s="79"/>
       <c r="I3" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="J3" s="70" t="s">
+      <c r="J3" s="94" t="s">
         <v>40</v>
       </c>
-      <c r="K3" s="71"/>
-      <c r="L3" s="54" t="s">
+      <c r="K3" s="95"/>
+      <c r="L3" s="78" t="s">
         <v>25</v>
       </c>
-      <c r="M3" s="55"/>
-      <c r="N3" s="63" t="s">
+      <c r="M3" s="79"/>
+      <c r="N3" s="87" t="s">
         <v>26</v>
       </c>
-      <c r="O3" s="72"/>
+      <c r="O3" s="96"/>
       <c r="P3" s="10"/>
-      <c r="Q3" s="73" t="s">
+      <c r="Q3" s="97" t="s">
         <v>8</v>
       </c>
-      <c r="R3" s="55"/>
-      <c r="S3" s="54" t="s">
+      <c r="R3" s="79"/>
+      <c r="S3" s="78" t="s">
         <v>9</v>
       </c>
-      <c r="T3" s="55"/>
-      <c r="U3" s="63" t="s">
+      <c r="T3" s="79"/>
+      <c r="U3" s="87" t="s">
         <v>39</v>
       </c>
-      <c r="V3" s="63"/>
-      <c r="W3" s="54" t="s">
+      <c r="V3" s="87"/>
+      <c r="W3" s="78" t="s">
         <v>38</v>
       </c>
-      <c r="X3" s="55"/>
-      <c r="Y3" s="63" t="s">
+      <c r="X3" s="79"/>
+      <c r="Y3" s="87" t="s">
         <v>29</v>
       </c>
-      <c r="Z3" s="63"/>
-      <c r="AA3" s="54" t="s">
+      <c r="Z3" s="87"/>
+      <c r="AA3" s="78" t="s">
         <v>10</v>
       </c>
-      <c r="AB3" s="55"/>
+      <c r="AB3" s="79"/>
       <c r="AC3" s="26" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:29" s="11" customFormat="1" ht="100.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="18"/>
       <c r="B4" s="9"/>
       <c r="C4" s="38" t="s">
         <v>33</v>
       </c>
       <c r="D4" s="19" t="s">
         <v>19</v>
       </c>
       <c r="E4" s="18" t="s">
         <v>31</v>
       </c>
       <c r="F4" s="19" t="s">
         <v>32</v>
       </c>
       <c r="G4" s="18" t="s">
         <v>31</v>
       </c>
       <c r="H4" s="19" t="s">
         <v>32</v>
       </c>
@@ -2323,144 +3067,144 @@
       <c r="L19" s="43"/>
       <c r="M19" s="43"/>
       <c r="N19" s="43"/>
       <c r="O19" s="43"/>
       <c r="P19" s="43"/>
       <c r="Q19" s="43"/>
       <c r="R19" s="43"/>
       <c r="S19" s="43"/>
       <c r="T19" s="43"/>
       <c r="U19" s="43"/>
       <c r="V19" s="43"/>
       <c r="W19" s="46"/>
       <c r="X19" s="46"/>
       <c r="Y19" s="46"/>
       <c r="Z19" s="46"/>
       <c r="AA19" s="43"/>
       <c r="AB19" s="43"/>
       <c r="AC19" s="30"/>
     </row>
     <row r="20" spans="1:29" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" s="47"/>
       <c r="AC20" s="48"/>
     </row>
     <row r="21" spans="1:29" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="47"/>
-      <c r="B21" s="56" t="s">
+      <c r="B21" s="80" t="s">
         <v>11</v>
       </c>
-      <c r="C21" s="57"/>
-      <c r="D21" s="58"/>
+      <c r="C21" s="81"/>
+      <c r="D21" s="82"/>
       <c r="AC21" s="48"/>
     </row>
     <row r="22" spans="1:29" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A22" s="47"/>
-      <c r="B22" s="59"/>
-[...1 lines deleted...]
-      <c r="D22" s="61"/>
+      <c r="B22" s="83"/>
+      <c r="C22" s="84"/>
+      <c r="D22" s="85"/>
       <c r="AC22" s="48"/>
     </row>
     <row r="23" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A23" s="47"/>
-      <c r="B23" s="62" t="s">
+      <c r="B23" s="86" t="s">
         <v>13</v>
       </c>
-      <c r="C23" s="62"/>
-      <c r="D23" s="62"/>
+      <c r="C23" s="86"/>
+      <c r="D23" s="86"/>
       <c r="AC23" s="48"/>
     </row>
     <row r="24" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A24" s="47"/>
-      <c r="B24" s="53" t="s">
+      <c r="B24" s="77" t="s">
         <v>14</v>
       </c>
-      <c r="C24" s="53"/>
-      <c r="D24" s="53"/>
+      <c r="C24" s="77"/>
+      <c r="D24" s="77"/>
       <c r="AC24" s="48"/>
     </row>
     <row r="25" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A25" s="47"/>
-      <c r="B25" s="53" t="s">
+      <c r="B25" s="77" t="s">
         <v>15</v>
       </c>
-      <c r="C25" s="53"/>
-      <c r="D25" s="53"/>
+      <c r="C25" s="77"/>
+      <c r="D25" s="77"/>
       <c r="AC25" s="48"/>
     </row>
     <row r="26" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A26" s="47"/>
-      <c r="B26" s="53" t="s">
+      <c r="B26" s="77" t="s">
         <v>16</v>
       </c>
-      <c r="C26" s="53"/>
-      <c r="D26" s="53"/>
+      <c r="C26" s="77"/>
+      <c r="D26" s="77"/>
       <c r="AC26" s="48"/>
     </row>
     <row r="27" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A27" s="47"/>
-      <c r="B27" s="53" t="s">
+      <c r="B27" s="77" t="s">
         <v>17</v>
       </c>
-      <c r="C27" s="53"/>
-      <c r="D27" s="53"/>
+      <c r="C27" s="77"/>
+      <c r="D27" s="77"/>
       <c r="AC27" s="48"/>
     </row>
     <row r="28" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A28" s="47"/>
-      <c r="B28" s="53" t="s">
+      <c r="B28" s="77" t="s">
         <v>18</v>
       </c>
-      <c r="C28" s="53"/>
-      <c r="D28" s="53"/>
+      <c r="C28" s="77"/>
+      <c r="D28" s="77"/>
       <c r="AC28" s="48"/>
     </row>
     <row r="29" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A29" s="47"/>
-      <c r="B29" s="53"/>
-[...1 lines deleted...]
-      <c r="D29" s="53"/>
+      <c r="B29" s="77"/>
+      <c r="C29" s="77"/>
+      <c r="D29" s="77"/>
       <c r="AC29" s="48"/>
     </row>
     <row r="30" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A30" s="47"/>
-      <c r="B30" s="53"/>
-[...1 lines deleted...]
-      <c r="D30" s="53"/>
+      <c r="B30" s="77"/>
+      <c r="C30" s="77"/>
+      <c r="D30" s="77"/>
       <c r="AC30" s="48"/>
     </row>
     <row r="31" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A31" s="47"/>
-      <c r="B31" s="53"/>
-[...1 lines deleted...]
-      <c r="D31" s="53"/>
+      <c r="B31" s="77"/>
+      <c r="C31" s="77"/>
+      <c r="D31" s="77"/>
       <c r="AC31" s="48"/>
     </row>
     <row r="32" spans="1:29" ht="12.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A32" s="49"/>
-      <c r="B32" s="74"/>
-[...1 lines deleted...]
-      <c r="D32" s="74"/>
+      <c r="B32" s="98"/>
+      <c r="C32" s="98"/>
+      <c r="D32" s="98"/>
       <c r="E32" s="50"/>
       <c r="F32" s="50"/>
       <c r="G32" s="50"/>
       <c r="H32" s="50"/>
       <c r="I32" s="50"/>
       <c r="J32" s="50"/>
       <c r="K32" s="50"/>
       <c r="L32" s="50"/>
       <c r="M32" s="50"/>
       <c r="N32" s="50"/>
       <c r="O32" s="50"/>
       <c r="P32" s="50"/>
       <c r="Q32" s="50"/>
       <c r="R32" s="50"/>
       <c r="S32" s="50"/>
       <c r="T32" s="50"/>
       <c r="U32" s="50"/>
       <c r="V32" s="50"/>
       <c r="W32" s="51"/>
       <c r="X32" s="51"/>
       <c r="Y32" s="51"/>
       <c r="Z32" s="51"/>
       <c r="AA32" s="50"/>
       <c r="AB32" s="50"/>
       <c r="AC32" s="52"/>
@@ -2496,62 +3240,1189 @@
     <mergeCell ref="E3:F3"/>
     <mergeCell ref="J3:K3"/>
     <mergeCell ref="L3:M3"/>
     <mergeCell ref="N3:O3"/>
     <mergeCell ref="Q3:R3"/>
     <mergeCell ref="S3:T3"/>
     <mergeCell ref="U3:V3"/>
     <mergeCell ref="W3:X3"/>
     <mergeCell ref="B24:D24"/>
     <mergeCell ref="B25:D25"/>
     <mergeCell ref="B26:D26"/>
     <mergeCell ref="B27:D27"/>
     <mergeCell ref="G3:H3"/>
     <mergeCell ref="B21:D22"/>
     <mergeCell ref="B23:D23"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="J3:K3" r:id="rId1" display="Operation has an Irrigation Water Management Plan (NRCS 449)?" xr:uid="{61B0100D-F162-4285-BBBF-09A04048BD94}"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" scale="69" orientation="landscape" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{69C15C2C-53C6-481A-AA3C-F570B1E7AC90}">
+  <dimension ref="B1:T85"/>
+  <sheetViews>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScalePageLayoutView="120" workbookViewId="0">
+      <selection sqref="A1:H94"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="4.5546875" style="53" customWidth="1"/>
+    <col min="2" max="2" width="8.88671875" style="53"/>
+    <col min="3" max="3" width="28.6640625" style="53" customWidth="1"/>
+    <col min="4" max="4" width="8.88671875" style="53"/>
+    <col min="5" max="5" width="9.33203125" style="53" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="10.109375" style="53" customWidth="1"/>
+    <col min="7" max="7" width="8.88671875" style="53"/>
+    <col min="8" max="8" width="4.44140625" style="53" customWidth="1"/>
+    <col min="9" max="16384" width="8.88671875" style="53"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:20" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="104" t="s">
+        <v>46</v>
+      </c>
+      <c r="C1" s="104"/>
+      <c r="D1" s="104"/>
+      <c r="E1" s="104"/>
+      <c r="F1" s="104"/>
+      <c r="G1" s="104"/>
+      <c r="H1" s="73"/>
+      <c r="I1" s="73"/>
+      <c r="J1" s="73"/>
+      <c r="K1" s="115" t="s">
+        <v>53</v>
+      </c>
+      <c r="L1" s="116"/>
+      <c r="M1" s="116"/>
+      <c r="N1" s="116"/>
+      <c r="O1" s="116"/>
+      <c r="P1" s="116"/>
+      <c r="Q1" s="116"/>
+      <c r="R1" s="116"/>
+      <c r="S1" s="116"/>
+      <c r="T1" s="117"/>
+    </row>
+    <row r="2" spans="2:20" x14ac:dyDescent="0.25">
+      <c r="B2" s="105" t="s">
+        <v>45</v>
+      </c>
+      <c r="C2" s="105"/>
+      <c r="D2" s="105"/>
+      <c r="E2" s="105"/>
+      <c r="F2" s="105"/>
+      <c r="G2" s="105"/>
+      <c r="H2" s="73"/>
+      <c r="I2" s="73"/>
+      <c r="J2" s="73"/>
+      <c r="K2" s="118"/>
+      <c r="L2" s="119"/>
+      <c r="M2" s="119"/>
+      <c r="N2" s="119"/>
+      <c r="O2" s="119"/>
+      <c r="P2" s="119"/>
+      <c r="Q2" s="119"/>
+      <c r="R2" s="119"/>
+      <c r="S2" s="119"/>
+      <c r="T2" s="120"/>
+    </row>
+    <row r="3" spans="2:20" x14ac:dyDescent="0.25">
+      <c r="K3" s="121"/>
+      <c r="L3" s="122"/>
+      <c r="M3" s="122"/>
+      <c r="N3" s="122"/>
+      <c r="O3" s="122"/>
+      <c r="P3" s="122"/>
+      <c r="Q3" s="122"/>
+      <c r="R3" s="122"/>
+      <c r="S3" s="122"/>
+      <c r="T3" s="123"/>
+    </row>
+    <row r="4" spans="2:20" x14ac:dyDescent="0.25">
+      <c r="B4" s="53" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" s="106"/>
+      <c r="D4" s="106"/>
+      <c r="E4" s="107" t="s">
+        <v>43</v>
+      </c>
+      <c r="F4" s="107"/>
+      <c r="G4" s="55"/>
+    </row>
+    <row r="6" spans="2:20" x14ac:dyDescent="0.25">
+      <c r="B6" s="55"/>
+      <c r="G6" s="68" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="7" spans="2:20" x14ac:dyDescent="0.25">
+      <c r="B7" s="126" t="s">
+        <v>5</v>
+      </c>
+      <c r="C7" s="127"/>
+      <c r="D7" s="127"/>
+      <c r="E7" s="127"/>
+      <c r="F7" s="128"/>
+      <c r="G7" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="2:20" x14ac:dyDescent="0.25">
+      <c r="B8" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C8" s="53" t="s">
+        <v>6</v>
+      </c>
+      <c r="D8" s="53">
+        <v>15</v>
+      </c>
+      <c r="F8" s="59"/>
+      <c r="G8" s="100"/>
+    </row>
+    <row r="9" spans="2:20" x14ac:dyDescent="0.25">
+      <c r="B9" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C9" s="53" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" s="53">
+        <v>5</v>
+      </c>
+      <c r="F9" s="59"/>
+      <c r="G9" s="100"/>
+    </row>
+    <row r="10" spans="2:20" x14ac:dyDescent="0.25">
+      <c r="B10" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C10" s="53" t="s">
+        <v>48</v>
+      </c>
+      <c r="D10" s="53">
+        <v>0</v>
+      </c>
+      <c r="E10" s="60" t="str">
+        <f>IF(B10, "10", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="F10" s="59"/>
+      <c r="G10" s="100"/>
+    </row>
+    <row r="11" spans="2:20" x14ac:dyDescent="0.25">
+      <c r="B11" s="58" t="b">
+        <v>0</v>
+      </c>
+      <c r="C11" s="55" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" s="55">
+        <v>0</v>
+      </c>
+      <c r="E11" s="56" t="str">
+        <f>IF(B11, "0", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="F11" s="54"/>
+      <c r="G11" s="101"/>
+    </row>
+    <row r="12" spans="2:20" x14ac:dyDescent="0.25">
+      <c r="E12" s="60"/>
+    </row>
+    <row r="13" spans="2:20" ht="41.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="132" t="s">
+        <v>65</v>
+      </c>
+      <c r="C13" s="133"/>
+      <c r="D13" s="133"/>
+      <c r="E13" s="133"/>
+      <c r="F13" s="134"/>
+      <c r="G13" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="2:20" x14ac:dyDescent="0.25">
+      <c r="B14" s="61"/>
+      <c r="C14" s="53" t="s">
+        <v>50</v>
+      </c>
+      <c r="D14" s="53">
+        <v>5</v>
+      </c>
+      <c r="E14" s="60" t="str">
+        <f>IF(B14, "15", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="F14" s="59"/>
+      <c r="G14" s="100"/>
+    </row>
+    <row r="15" spans="2:20" x14ac:dyDescent="0.25">
+      <c r="B15" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C15" s="53" t="s">
+        <v>51</v>
+      </c>
+      <c r="D15" s="53">
+        <v>10</v>
+      </c>
+      <c r="E15" s="60" t="str">
+        <f>IF(B15, "10", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="F15" s="59"/>
+      <c r="G15" s="100"/>
+    </row>
+    <row r="16" spans="2:20" x14ac:dyDescent="0.25">
+      <c r="B16" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C16" s="53" t="s">
+        <v>52</v>
+      </c>
+      <c r="D16" s="53">
+        <v>25</v>
+      </c>
+      <c r="E16" s="60"/>
+      <c r="F16" s="59"/>
+      <c r="G16" s="100"/>
+    </row>
+    <row r="17" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B17" s="58" t="b">
+        <v>0</v>
+      </c>
+      <c r="C17" s="55" t="s">
+        <v>3</v>
+      </c>
+      <c r="D17" s="55">
+        <v>0</v>
+      </c>
+      <c r="E17" s="56" t="str">
+        <f>IF(B17, "0", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="F17" s="54"/>
+      <c r="G17" s="101"/>
+    </row>
+    <row r="18" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="E18" s="60"/>
+    </row>
+    <row r="19" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B19" s="126" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" s="127"/>
+      <c r="D19" s="127"/>
+      <c r="E19" s="127"/>
+      <c r="F19" s="128"/>
+      <c r="G19" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B20" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C20" s="53" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20" s="53">
+        <v>5</v>
+      </c>
+      <c r="E20" s="60" t="str">
+        <f>IF(B20, "15", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="F20" s="59"/>
+      <c r="G20" s="100"/>
+    </row>
+    <row r="21" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B21" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C21" s="53" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" s="53">
+        <v>10</v>
+      </c>
+      <c r="E21" s="60" t="str">
+        <f>IF(B21, "10", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="F21" s="59"/>
+      <c r="G21" s="100"/>
+    </row>
+    <row r="22" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B22" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C22" s="53" t="s">
+        <v>52</v>
+      </c>
+      <c r="D22" s="53">
+        <v>25</v>
+      </c>
+      <c r="E22" s="60" t="str">
+        <f>IF(B22, "5", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="F22" s="59"/>
+      <c r="G22" s="100"/>
+    </row>
+    <row r="23" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B23" s="58" t="b">
+        <v>0</v>
+      </c>
+      <c r="C23" s="55" t="s">
+        <v>3</v>
+      </c>
+      <c r="D23" s="55">
+        <v>0</v>
+      </c>
+      <c r="E23" s="56" t="str">
+        <f>IF(B23, "0", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="F23" s="54"/>
+      <c r="G23" s="101"/>
+    </row>
+    <row r="24" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="E24" s="60"/>
+    </row>
+    <row r="25" spans="2:7" ht="16.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="129" t="s">
+        <v>59</v>
+      </c>
+      <c r="C25" s="130"/>
+      <c r="D25" s="130"/>
+      <c r="E25" s="130"/>
+      <c r="F25" s="131"/>
+      <c r="G25" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="2:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C26" s="113" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" s="113"/>
+      <c r="E26" s="113"/>
+      <c r="F26" s="59">
+        <v>1</v>
+      </c>
+      <c r="G26" s="100"/>
+    </row>
+    <row r="27" spans="2:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B27" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C27" s="113" t="s">
+        <v>14</v>
+      </c>
+      <c r="D27" s="113"/>
+      <c r="E27" s="113"/>
+      <c r="F27" s="59">
+        <v>1</v>
+      </c>
+      <c r="G27" s="100"/>
+    </row>
+    <row r="28" spans="2:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B28" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C28" s="113" t="s">
+        <v>15</v>
+      </c>
+      <c r="D28" s="113"/>
+      <c r="E28" s="113"/>
+      <c r="F28" s="59">
+        <v>1</v>
+      </c>
+      <c r="G28" s="100"/>
+    </row>
+    <row r="29" spans="2:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B29" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C29" s="113" t="s">
+        <v>16</v>
+      </c>
+      <c r="D29" s="113"/>
+      <c r="E29" s="113"/>
+      <c r="F29" s="59">
+        <v>1</v>
+      </c>
+      <c r="G29" s="100"/>
+    </row>
+    <row r="30" spans="2:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B30" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C30" s="113" t="s">
+        <v>17</v>
+      </c>
+      <c r="D30" s="113"/>
+      <c r="E30" s="113"/>
+      <c r="F30" s="59">
+        <v>1</v>
+      </c>
+      <c r="G30" s="100"/>
+    </row>
+    <row r="31" spans="2:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B31" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C31" s="113" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" s="113"/>
+      <c r="E31" s="113"/>
+      <c r="F31" s="59">
+        <v>1</v>
+      </c>
+      <c r="G31" s="100"/>
+    </row>
+    <row r="32" spans="2:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B32" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C32" s="114"/>
+      <c r="D32" s="114"/>
+      <c r="E32" s="114"/>
+      <c r="F32" s="59">
+        <v>1</v>
+      </c>
+      <c r="G32" s="100"/>
+    </row>
+    <row r="33" spans="2:11" ht="14.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B33" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C33" s="111" t="str">
+        <f>IF(B33, "20", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="D33" s="111"/>
+      <c r="E33" s="111"/>
+      <c r="F33" s="59">
+        <v>1</v>
+      </c>
+      <c r="G33" s="100"/>
+    </row>
+    <row r="34" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B34" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C34" s="110"/>
+      <c r="D34" s="110"/>
+      <c r="E34" s="110"/>
+      <c r="F34" s="59">
+        <v>1</v>
+      </c>
+      <c r="G34" s="100"/>
+    </row>
+    <row r="35" spans="2:11" ht="14.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B35" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C35" s="111" t="str">
+        <f>IF(B35, "10", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="D35" s="111"/>
+      <c r="E35" s="111"/>
+      <c r="F35" s="59">
+        <v>1</v>
+      </c>
+      <c r="G35" s="100"/>
+    </row>
+    <row r="36" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B36" s="58" t="b">
+        <v>0</v>
+      </c>
+      <c r="C36" s="112" t="s">
+        <v>6</v>
+      </c>
+      <c r="D36" s="112"/>
+      <c r="E36" s="112"/>
+      <c r="F36" s="54">
+        <v>0</v>
+      </c>
+      <c r="G36" s="101"/>
+    </row>
+    <row r="37" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="E37" s="60"/>
+    </row>
+    <row r="38" spans="2:11" ht="20.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B38" s="135" t="s">
+        <v>40</v>
+      </c>
+      <c r="C38" s="136"/>
+      <c r="D38" s="136"/>
+      <c r="E38" s="136"/>
+      <c r="F38" s="137"/>
+      <c r="G38" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B39" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C39" s="65" t="s">
+        <v>1</v>
+      </c>
+      <c r="D39" s="53">
+        <v>10</v>
+      </c>
+      <c r="E39" s="60" t="str">
+        <f>IF(B39, "5", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="G39" s="100"/>
+    </row>
+    <row r="40" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B40" s="58" t="b">
+        <v>0</v>
+      </c>
+      <c r="C40" s="57" t="s">
+        <v>2</v>
+      </c>
+      <c r="D40" s="55">
+        <v>0</v>
+      </c>
+      <c r="E40" s="56" t="str">
+        <f>IF(B40, "10", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="F40" s="55"/>
+      <c r="G40" s="101"/>
+    </row>
+    <row r="41" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="E41" s="60"/>
+    </row>
+    <row r="42" spans="2:11" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B42" s="126" t="s">
+        <v>55</v>
+      </c>
+      <c r="C42" s="127"/>
+      <c r="D42" s="127"/>
+      <c r="E42" s="127"/>
+      <c r="F42" s="128"/>
+      <c r="G42" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="2:11" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C43" s="65" t="s">
+        <v>1</v>
+      </c>
+      <c r="D43" s="53">
+        <v>10</v>
+      </c>
+      <c r="E43" s="60" t="str">
+        <f>IF(B43, "15", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="G43" s="100"/>
+      <c r="K43" s="55"/>
+    </row>
+    <row r="44" spans="2:11" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B44" s="58" t="b">
+        <v>0</v>
+      </c>
+      <c r="C44" s="57" t="s">
+        <v>2</v>
+      </c>
+      <c r="D44" s="55">
+        <v>0</v>
+      </c>
+      <c r="E44" s="56" t="str">
+        <f>IF(B44, "10", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="F44" s="55"/>
+      <c r="G44" s="101"/>
+    </row>
+    <row r="45" spans="2:11" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B45" s="151"/>
+      <c r="C45" s="149"/>
+      <c r="D45" s="125"/>
+      <c r="E45" s="150"/>
+      <c r="F45" s="125"/>
+      <c r="G45" s="124"/>
+    </row>
+    <row r="46" spans="2:11" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B46" s="151"/>
+      <c r="C46" s="149"/>
+      <c r="D46" s="125"/>
+      <c r="E46" s="150"/>
+      <c r="F46" s="125"/>
+      <c r="G46" s="124"/>
+    </row>
+    <row r="47" spans="2:11" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B47" s="151"/>
+      <c r="C47" s="149"/>
+      <c r="D47" s="125"/>
+      <c r="E47" s="150"/>
+      <c r="F47" s="125"/>
+      <c r="G47" s="124"/>
+    </row>
+    <row r="48" spans="2:11" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B48" s="74"/>
+      <c r="C48" s="65"/>
+      <c r="E48" s="60"/>
+      <c r="G48" s="71"/>
+    </row>
+    <row r="49" spans="2:8" ht="19.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B49" s="138" t="s">
+        <v>62</v>
+      </c>
+      <c r="C49" s="139"/>
+      <c r="D49" s="139"/>
+      <c r="E49" s="139"/>
+      <c r="F49" s="140"/>
+      <c r="G49" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="2:8" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B50" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C50" s="65" t="s">
+        <v>2</v>
+      </c>
+      <c r="E50" s="60"/>
+      <c r="F50" s="71">
+        <v>0</v>
+      </c>
+      <c r="G50" s="100"/>
+    </row>
+    <row r="51" spans="2:8" ht="57.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B51" s="66" t="b">
+        <v>0</v>
+      </c>
+      <c r="C51" s="108" t="s">
+        <v>64</v>
+      </c>
+      <c r="D51" s="108"/>
+      <c r="E51" s="108"/>
+      <c r="F51" s="71">
+        <v>0</v>
+      </c>
+      <c r="G51" s="100"/>
+    </row>
+    <row r="52" spans="2:8" ht="28.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B52" s="67" t="b">
+        <v>0</v>
+      </c>
+      <c r="C52" s="109" t="s">
+        <v>63</v>
+      </c>
+      <c r="D52" s="109"/>
+      <c r="E52" s="109"/>
+      <c r="F52" s="72">
+        <v>-10</v>
+      </c>
+      <c r="G52" s="101"/>
+    </row>
+    <row r="53" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="E53" s="60"/>
+    </row>
+    <row r="54" spans="2:8" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B54" s="141" t="s">
+        <v>56</v>
+      </c>
+      <c r="C54" s="142"/>
+      <c r="D54" s="142"/>
+      <c r="E54" s="142"/>
+      <c r="F54" s="143"/>
+      <c r="G54" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="2:8" ht="16.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B55" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C55" s="65" t="s">
+        <v>1</v>
+      </c>
+      <c r="D55" s="53">
+        <v>10</v>
+      </c>
+      <c r="E55" s="60" t="str">
+        <f>IF(B55, "20", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="F55" s="59"/>
+      <c r="G55" s="100"/>
+    </row>
+    <row r="56" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B56" s="58" t="b">
+        <v>0</v>
+      </c>
+      <c r="C56" s="57" t="s">
+        <v>2</v>
+      </c>
+      <c r="D56" s="55">
+        <v>0</v>
+      </c>
+      <c r="E56" s="56" t="str">
+        <f>IF(B56, "15", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="F56" s="54"/>
+      <c r="G56" s="101"/>
+    </row>
+    <row r="57" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B57" s="74"/>
+      <c r="C57" s="65"/>
+      <c r="E57" s="60"/>
+      <c r="G57" s="124"/>
+      <c r="H57" s="125"/>
+    </row>
+    <row r="58" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B58" s="105" t="s">
+        <v>66</v>
+      </c>
+      <c r="C58" s="105"/>
+      <c r="D58" s="105"/>
+      <c r="E58" s="105"/>
+      <c r="F58" s="105"/>
+      <c r="G58" s="124"/>
+      <c r="H58" s="125"/>
+    </row>
+    <row r="59" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="C59" s="76"/>
+      <c r="D59" s="76"/>
+      <c r="E59" s="60"/>
+      <c r="G59" s="125"/>
+      <c r="H59" s="125"/>
+    </row>
+    <row r="60" spans="2:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B60" s="144" t="s">
+        <v>8</v>
+      </c>
+      <c r="C60" s="145"/>
+      <c r="D60" s="146"/>
+      <c r="E60" s="147"/>
+      <c r="F60" s="148"/>
+      <c r="G60" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="2:8" ht="16.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B61" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C61" s="53" t="s">
+        <v>1</v>
+      </c>
+      <c r="D61" s="53">
+        <v>10</v>
+      </c>
+      <c r="E61" s="60" t="str">
+        <f>IF(B61, "15", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="G61" s="100"/>
+    </row>
+    <row r="62" spans="2:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B62" s="58" t="b">
+        <v>0</v>
+      </c>
+      <c r="C62" s="55" t="s">
+        <v>2</v>
+      </c>
+      <c r="D62" s="55">
+        <v>0</v>
+      </c>
+      <c r="E62" s="56" t="str">
+        <f>IF(B62, "0", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="F62" s="55"/>
+      <c r="G62" s="101"/>
+    </row>
+    <row r="63" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B63" s="62"/>
+      <c r="C63" s="62"/>
+      <c r="D63" s="62"/>
+      <c r="E63" s="63"/>
+      <c r="F63" s="62"/>
+      <c r="G63" s="62"/>
+    </row>
+    <row r="64" spans="2:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B64" s="126" t="s">
+        <v>57</v>
+      </c>
+      <c r="C64" s="127"/>
+      <c r="D64" s="127"/>
+      <c r="E64" s="127"/>
+      <c r="F64" s="128"/>
+      <c r="G64" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="2:9" ht="16.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B65" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C65" s="53" t="s">
+        <v>1</v>
+      </c>
+      <c r="D65" s="53">
+        <v>10</v>
+      </c>
+      <c r="E65" s="60" t="str">
+        <f>IF(B65, "20", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="G65" s="100"/>
+    </row>
+    <row r="66" spans="2:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B66" s="58" t="b">
+        <v>0</v>
+      </c>
+      <c r="C66" s="55" t="s">
+        <v>2</v>
+      </c>
+      <c r="D66" s="55">
+        <v>0</v>
+      </c>
+      <c r="E66" s="56" t="str">
+        <f>IF(B66, "0", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="F66" s="55"/>
+      <c r="G66" s="101"/>
+    </row>
+    <row r="68" spans="2:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B68" s="144" t="s">
+        <v>58</v>
+      </c>
+      <c r="C68" s="145"/>
+      <c r="D68" s="145"/>
+      <c r="E68" s="146"/>
+      <c r="F68" s="148"/>
+      <c r="G68" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="2:9" ht="16.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B69" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C69" s="53" t="s">
+        <v>1</v>
+      </c>
+      <c r="D69" s="53">
+        <v>10</v>
+      </c>
+      <c r="E69" s="60" t="str">
+        <f>IF(B69, "10", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="G69" s="100"/>
+    </row>
+    <row r="70" spans="2:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B70" s="58" t="b">
+        <v>0</v>
+      </c>
+      <c r="C70" s="55" t="s">
+        <v>2</v>
+      </c>
+      <c r="D70" s="55">
+        <v>0</v>
+      </c>
+      <c r="E70" s="56" t="str">
+        <f>IF(B70, "0", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="F70" s="55"/>
+      <c r="G70" s="101"/>
+    </row>
+    <row r="71" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="E71" s="60"/>
+    </row>
+    <row r="72" spans="2:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B72" s="126" t="s">
+        <v>38</v>
+      </c>
+      <c r="C72" s="127"/>
+      <c r="D72" s="127"/>
+      <c r="E72" s="127"/>
+      <c r="F72" s="128"/>
+      <c r="G72" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="2:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B73" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C73" s="53" t="s">
+        <v>60</v>
+      </c>
+      <c r="D73" s="64">
+        <v>-10</v>
+      </c>
+      <c r="E73" s="60"/>
+      <c r="G73" s="100"/>
+    </row>
+    <row r="74" spans="2:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B74" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C74" s="53" t="s">
+        <v>61</v>
+      </c>
+      <c r="D74" s="53">
+        <v>-15</v>
+      </c>
+      <c r="E74" s="60" t="str">
+        <f>IF(B74, "20", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="G74" s="100"/>
+    </row>
+    <row r="75" spans="2:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B75" s="58" t="b">
+        <v>0</v>
+      </c>
+      <c r="C75" s="55" t="s">
+        <v>6</v>
+      </c>
+      <c r="D75" s="55">
+        <v>0</v>
+      </c>
+      <c r="E75" s="56" t="str">
+        <f>IF(B75, "0", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="F75" s="55"/>
+      <c r="G75" s="101"/>
+    </row>
+    <row r="76" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="E76" s="60"/>
+    </row>
+    <row r="77" spans="2:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B77" s="126" t="s">
+        <v>10</v>
+      </c>
+      <c r="C77" s="127"/>
+      <c r="D77" s="127"/>
+      <c r="E77" s="127"/>
+      <c r="F77" s="128"/>
+      <c r="G77" s="99">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B78" s="61" t="b">
+        <v>0</v>
+      </c>
+      <c r="C78" s="53" t="s">
+        <v>1</v>
+      </c>
+      <c r="D78" s="53">
+        <v>-10</v>
+      </c>
+      <c r="E78" s="60" t="str">
+        <f>IF(B78, "10", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="F78" s="59"/>
+      <c r="G78" s="100"/>
+    </row>
+    <row r="79" spans="2:9" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B79" s="58" t="b">
+        <v>0</v>
+      </c>
+      <c r="C79" s="55" t="s">
+        <v>2</v>
+      </c>
+      <c r="D79" s="55">
+        <v>0</v>
+      </c>
+      <c r="E79" s="56" t="str">
+        <f>IF(B79, "0", "0")</f>
+        <v>0</v>
+      </c>
+      <c r="F79" s="54"/>
+      <c r="G79" s="100"/>
+    </row>
+    <row r="80" spans="2:9" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="E80" s="102" t="s">
+        <v>41</v>
+      </c>
+      <c r="F80" s="103"/>
+      <c r="G80" s="70">
+        <f>SUM(G7:G79)</f>
+        <v>0</v>
+      </c>
+      <c r="I80" s="69"/>
+    </row>
+    <row r="82" spans="2:10" ht="13.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B82" s="75"/>
+      <c r="C82" s="75"/>
+      <c r="D82" s="75"/>
+      <c r="E82" s="75"/>
+      <c r="F82" s="75"/>
+      <c r="G82" s="75"/>
+      <c r="H82" s="75"/>
+      <c r="I82" s="75"/>
+      <c r="J82" s="75"/>
+    </row>
+    <row r="83" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B83" s="75"/>
+      <c r="C83" s="75"/>
+      <c r="D83" s="75"/>
+      <c r="E83" s="75"/>
+      <c r="F83" s="75"/>
+      <c r="G83" s="75"/>
+      <c r="H83" s="75"/>
+      <c r="I83" s="75"/>
+      <c r="J83" s="75"/>
+    </row>
+    <row r="84" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B84" s="75"/>
+      <c r="C84" s="75"/>
+      <c r="D84" s="75"/>
+      <c r="E84" s="75"/>
+      <c r="F84" s="75"/>
+      <c r="G84" s="75"/>
+      <c r="H84" s="75"/>
+      <c r="I84" s="75"/>
+      <c r="J84" s="75"/>
+    </row>
+    <row r="85" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B85" s="75"/>
+      <c r="C85" s="75"/>
+      <c r="D85" s="75"/>
+      <c r="E85" s="75"/>
+      <c r="F85" s="75"/>
+      <c r="G85" s="75"/>
+      <c r="H85" s="75"/>
+      <c r="I85" s="75"/>
+      <c r="J85" s="75"/>
+    </row>
+  </sheetData>
+  <mergeCells count="44">
+    <mergeCell ref="B42:F42"/>
+    <mergeCell ref="B38:F38"/>
+    <mergeCell ref="B64:F64"/>
+    <mergeCell ref="B72:F72"/>
+    <mergeCell ref="K1:T3"/>
+    <mergeCell ref="B13:F13"/>
+    <mergeCell ref="B19:F19"/>
+    <mergeCell ref="B25:F25"/>
+    <mergeCell ref="C26:E26"/>
+    <mergeCell ref="C51:E51"/>
+    <mergeCell ref="C52:E52"/>
+    <mergeCell ref="B77:F77"/>
+    <mergeCell ref="B54:F54"/>
+    <mergeCell ref="B49:F49"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="B7:F7"/>
+    <mergeCell ref="G19:G23"/>
+    <mergeCell ref="G25:G36"/>
+    <mergeCell ref="C34:E34"/>
+    <mergeCell ref="C35:E35"/>
+    <mergeCell ref="C36:E36"/>
+    <mergeCell ref="C28:E28"/>
+    <mergeCell ref="C29:E29"/>
+    <mergeCell ref="C30:E30"/>
+    <mergeCell ref="C31:E31"/>
+    <mergeCell ref="C32:E32"/>
+    <mergeCell ref="C33:E33"/>
+    <mergeCell ref="C27:E27"/>
+    <mergeCell ref="G68:G70"/>
+    <mergeCell ref="G72:G75"/>
+    <mergeCell ref="G77:G79"/>
+    <mergeCell ref="E80:F80"/>
+    <mergeCell ref="B1:G1"/>
+    <mergeCell ref="B2:G2"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="B58:F58"/>
+    <mergeCell ref="G38:G40"/>
+    <mergeCell ref="G42:G44"/>
+    <mergeCell ref="G49:G52"/>
+    <mergeCell ref="G54:G56"/>
+    <mergeCell ref="G60:G62"/>
+    <mergeCell ref="G64:G66"/>
+    <mergeCell ref="G7:G11"/>
+    <mergeCell ref="G13:G17"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="B38:E38" r:id="rId1" display="Operation has an Irrigation Water Management Plan (NRCS 449)?" xr:uid="{28840A4D-1565-4107-8091-1DCF14F26135}"/>
+  </hyperlinks>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.05" footer="0.05"/>
+  <pageSetup orientation="portrait" r:id="rId2"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId3"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>AgWRAP Sample Ranking</vt:lpstr>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>AgWRAP Group Ranking</vt:lpstr>
+      <vt:lpstr>Individual</vt:lpstr>
+      <vt:lpstr>Individual!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Sydney B. Mucha</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>