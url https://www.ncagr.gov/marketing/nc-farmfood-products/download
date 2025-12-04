--- v0 (2025-10-10)
+++ v1 (2025-12-04)
@@ -3,75 +3,75 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ncconnect.sharepoint.com/sites/AGR-Marketing/Shared Documents/Multimedia/John Hammond/Digital Commons (AGR)/Website Documents/NC Farmer Products/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="4" documentId="8_{47DFA469-2E10-4518-9A86-CAE3BFA6A8F2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{69BC9E83-BA7C-4F07-9990-1EE299AAADFD}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{2D94ED9B-CE99-4AB8-BDFD-E0B1FDB157E6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3AEAFBC6-F85A-44FC-B58A-4E8431D26C9A}"/>
   <bookViews>
-    <workbookView xWindow="-14175" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="13350" yWindow="-16395" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="818" uniqueCount="225">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="735" uniqueCount="204">
   <si>
     <t>Farm/Business Name</t>
   </si>
   <si>
     <t>Product Type</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Availability Start Date</t>
   </si>
   <si>
     <t>Availability End Date</t>
   </si>
   <si>
     <t>Is the product listed above GAP certified? </t>
   </si>
   <si>
     <t>GAP Certifying Body and Certification Number</t>
   </si>
   <si>
     <t>GAP Certification Expiration Date</t>
   </si>
   <si>
@@ -122,53 +122,50 @@
   <si>
     <t>Honey</t>
   </si>
   <si>
     <t>Secret Garden Bees</t>
   </si>
   <si>
     <t>Honey and Jelly</t>
   </si>
   <si>
     <t>Raw Bottled Honey</t>
   </si>
   <si>
     <t>Jelly</t>
   </si>
   <si>
     <t>Jalapeno Pear Jelly</t>
   </si>
   <si>
     <t>Beef</t>
   </si>
   <si>
     <t>Nuts, Seeds and Legumes </t>
   </si>
   <si>
-    <t xml:space="preserve">Squash </t>
-[...1 lines deleted...]
-  <si>
     <t>Divine Desserts</t>
   </si>
   <si>
     <t>Cake pops</t>
   </si>
   <si>
     <t>Gourmet Cookies</t>
   </si>
   <si>
     <t>Rum cake</t>
   </si>
   <si>
     <t>A Little Love Seasoning</t>
   </si>
   <si>
     <t>All-Purpose Seasoning</t>
   </si>
   <si>
     <t>All-Purpose No Salt Seasoning</t>
   </si>
   <si>
     <t>Jerk Seasoning</t>
   </si>
   <si>
     <t>Spicy Garlic Seasoning</t>
@@ -215,89 +212,50 @@
   <si>
     <t>Piedmont Microgreens</t>
   </si>
   <si>
     <t>Microgreens</t>
   </si>
   <si>
     <t>USDA #49166</t>
   </si>
   <si>
     <t>Gill and Spore Mushroom Farm</t>
   </si>
   <si>
     <t>Oyster Mushrooms</t>
   </si>
   <si>
     <t>Lion’s Mane Mushrooms</t>
   </si>
   <si>
     <t>Ground Beef</t>
   </si>
   <si>
     <t>DJs Pickles</t>
   </si>
   <si>
-    <t>Muscadine grapes</t>
-[...37 lines deleted...]
-  <si>
     <t>Cedar Creek Market</t>
   </si>
   <si>
     <t>Chicken</t>
   </si>
   <si>
     <t>Asgard Farm</t>
   </si>
   <si>
     <t xml:space="preserve">Pastured Pork </t>
   </si>
   <si>
     <t xml:space="preserve">Pastured Eggs </t>
   </si>
   <si>
     <t xml:space="preserve">Pastured chicken </t>
   </si>
   <si>
     <t>Hawkins Farm</t>
   </si>
   <si>
     <t>Pasture Raised Eggs</t>
   </si>
   <si>
     <t>Brown Creek Creamery</t>
@@ -404,65 +362,56 @@
   <si>
     <t>Tuna</t>
   </si>
   <si>
     <t>Bravo Steaks</t>
   </si>
   <si>
     <t>Fulcher's Seafood LLC</t>
   </si>
   <si>
     <t>Value Added Seafood Microwave Meals</t>
   </si>
   <si>
     <t xml:space="preserve">Moores Produce Family Farm </t>
   </si>
   <si>
     <t>Flavor Full Slices LLC</t>
   </si>
   <si>
     <t>Primus  GFS       WQS-PGFS-5971</t>
   </si>
   <si>
     <t>Kale</t>
   </si>
   <si>
-    <t xml:space="preserve">Squash yellow and green </t>
-[...4 lines deleted...]
-  <si>
     <t>Fann Farms</t>
   </si>
   <si>
     <t>WQS - QIMA  GGN:405618765222</t>
   </si>
   <si>
-    <t xml:space="preserve">chestnuts </t>
-[...1 lines deleted...]
-  <si>
     <t>Jireh Family Farm</t>
   </si>
   <si>
     <t>Pastured Chicken</t>
   </si>
   <si>
     <t>Pastured Pork</t>
   </si>
   <si>
     <t>Grass-Fed Beef</t>
   </si>
   <si>
     <t>Pastured Eggs</t>
   </si>
   <si>
     <t>Herbal Teas</t>
   </si>
   <si>
     <t>Wilders Farm</t>
   </si>
   <si>
     <t>100% Fullblood Wagyu Beef</t>
   </si>
   <si>
     <t>Berkshire Pork</t>
@@ -584,59 +533,50 @@
   <si>
     <t>Hydroponic Spinach</t>
   </si>
   <si>
     <t>Hydroponic Arugula</t>
   </si>
   <si>
     <t>Hydroponic Creasy Greens</t>
   </si>
   <si>
     <t>Hydroponic Watercress Greens</t>
   </si>
   <si>
     <t xml:space="preserve">Midway Orchards </t>
   </si>
   <si>
     <t>Pecans</t>
   </si>
   <si>
     <t>WOW! Grapes LLC</t>
   </si>
   <si>
     <t>Primus GFS</t>
   </si>
   <si>
-    <t>RazzMatazz Grapes</t>
-[...7 lines deleted...]
-  <si>
     <t>Freeze-dried seedless muscadines</t>
   </si>
   <si>
     <t xml:space="preserve">Hydroponic Spring Mix with Arugula </t>
   </si>
   <si>
     <t>Hydroponic Spicy Mix with Spinach</t>
   </si>
   <si>
     <t xml:space="preserve">Hydroponic Lettuce Mix with Arugula </t>
   </si>
   <si>
     <t>Hydroponic Lettuce Mix with Spinach</t>
   </si>
   <si>
     <t>Hydroponic Lettuce Mix with Edible Flowers</t>
   </si>
   <si>
     <t>Hydroponic Spicy Mix with Edible Flowers</t>
   </si>
   <si>
     <t>Hydroponic Dandelion Greens</t>
   </si>
   <si>
     <t>Hydroponic Microgreens - Broccoli</t>
@@ -663,53 +603,50 @@
     <t>Hydroponic Microgreens - Spicy Mix</t>
   </si>
   <si>
     <t>Anders Family FArm, LLC</t>
   </si>
   <si>
     <t>Hydroponic Microgreens - Flower Petal Mix</t>
   </si>
   <si>
     <t>Hydroponic Microgreens - Sweet Pea Tendrils</t>
   </si>
   <si>
     <t>Hydroponic Microgreens - Sunflower</t>
   </si>
   <si>
     <t>Hydroponic Microgreens - Herbal Blend</t>
   </si>
   <si>
     <t>Chicken Eggs, Duck Eggs, Goose Eggs</t>
   </si>
   <si>
     <t>Live Lamb, Sheep</t>
   </si>
   <si>
     <t>Roanoke Valley Beef</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Sweet Harvest Farm </t>
   </si>
   <si>
     <t>Sprout Culture, LLC</t>
   </si>
   <si>
     <t>North Carolina Department of Agriculture; Audit ID# 52614</t>
   </si>
   <si>
     <t>Math Queen LLC</t>
   </si>
   <si>
     <t>Vegetables</t>
   </si>
   <si>
     <t>Mitchell's Butchery</t>
   </si>
   <si>
     <t>ZA LIFE LLC</t>
   </si>
   <si>
     <t>THCA PRODUCTS</t>
   </si>
   <si>
     <t>THCA FLOWER UNDER 0.3% TOTAL THC</t>
   </si>
@@ -797,54 +734,54 @@
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A1:I153" totalsRowShown="0" headerRowDxfId="9">
-[...2 lines deleted...]
-    <sortCondition ref="E1:E153"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A1:I137" totalsRowShown="0" headerRowDxfId="9">
+  <autoFilter ref="A1:I137" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:I137">
+    <sortCondition ref="E1:E137"/>
   </sortState>
   <tableColumns count="9">
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Farm/Business Name" dataDxfId="8"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Product Type" dataDxfId="7"/>
     <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="Product" dataDxfId="6"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Availability Start Date" dataDxfId="5"/>
     <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Availability End Date" dataDxfId="4"/>
     <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="Is the product listed above GAP certified? " dataDxfId="3"/>
     <tableColumn id="12" xr3:uid="{00000000-0010-0000-0000-00000C000000}" name="GAP Certifying Body and Certification Number" dataDxfId="2"/>
     <tableColumn id="13" xr3:uid="{00000000-0010-0000-0000-00000D000000}" name="GAP Certification Expiration Date" dataDxfId="1"/>
     <tableColumn id="14" xr3:uid="{00000000-0010-0000-0000-00000E000000}" name="Is the product listed above Organic certified?" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1118,4035 +1055,3616 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:I153"/>
+  <dimension ref="A1:I137"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="J19" sqref="J19"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="44.44140625" customWidth="1"/>
     <col min="2" max="2" width="29" customWidth="1"/>
     <col min="3" max="3" width="40.88671875" customWidth="1"/>
     <col min="4" max="5" width="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="12.44140625" customWidth="1"/>
     <col min="7" max="10" width="20" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="72" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>140</v>
       </c>
       <c r="B2" t="s">
         <v>14</v>
       </c>
       <c r="C2" t="s">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="D2" s="1">
-        <v>45873</v>
+        <v>45824</v>
       </c>
       <c r="E2" s="1">
-        <v>45936</v>
+        <v>45986</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="H2" s="1"/>
       <c r="I2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
-        <v>183</v>
+        <v>63</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="D3" s="1">
-        <v>45880</v>
+        <v>45793</v>
       </c>
       <c r="E3" s="1">
-        <v>45947</v>
+        <v>45989</v>
       </c>
       <c r="F3" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H3" s="1"/>
       <c r="I3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
-        <v>183</v>
+        <v>88</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" t="s">
-        <v>185</v>
+        <v>89</v>
       </c>
       <c r="D4" s="1">
-        <v>45880</v>
+        <v>45899</v>
       </c>
       <c r="E4" s="1">
-        <v>45947</v>
+        <v>45990</v>
       </c>
       <c r="F4" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H4" s="1"/>
       <c r="I4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>126</v>
+        <v>110</v>
       </c>
       <c r="D5" s="1">
         <v>45863</v>
       </c>
       <c r="E5" s="1">
-        <v>45948</v>
+        <v>45991</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="1"/>
       <c r="I5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
-        <v>186</v>
+        <v>123</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6" t="s">
-        <v>187</v>
+        <v>62</v>
       </c>
       <c r="D6" s="1">
-        <v>45880</v>
+        <v>45931</v>
       </c>
       <c r="E6" s="1">
-        <v>45950</v>
+        <v>45992</v>
       </c>
       <c r="F6" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H6" s="1"/>
       <c r="I6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
-        <v>121</v>
+        <v>145</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" t="s">
-        <v>125</v>
+        <v>147</v>
       </c>
       <c r="D7" s="1">
-        <v>45863</v>
+        <v>45870</v>
       </c>
       <c r="E7" s="1">
-        <v>45955</v>
+        <v>46003</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H7" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H7" s="1">
+        <v>46003</v>
+      </c>
       <c r="I7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A8" t="s">
-        <v>102</v>
+        <v>145</v>
       </c>
       <c r="B8" t="s">
         <v>14</v>
       </c>
       <c r="C8" t="s">
-        <v>31</v>
+        <v>148</v>
       </c>
       <c r="D8" s="1">
-        <v>45887</v>
+        <v>45870</v>
       </c>
       <c r="E8" s="1">
-        <v>45960</v>
+        <v>46003</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H8" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H8" s="1">
+        <v>46003</v>
+      </c>
       <c r="I8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
-        <v>63</v>
+        <v>145</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C9" t="s">
-        <v>64</v>
+        <v>149</v>
       </c>
       <c r="D9" s="1">
-        <v>45599</v>
+        <v>45870</v>
       </c>
       <c r="E9" s="1">
-        <v>45964</v>
+        <v>46003</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H9" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H9" s="1">
+        <v>46003</v>
+      </c>
       <c r="I9" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A10" t="s">
-        <v>63</v>
+        <v>145</v>
       </c>
       <c r="B10" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C10" t="s">
-        <v>65</v>
+        <v>150</v>
       </c>
       <c r="D10" s="1">
-        <v>45599</v>
+        <v>45870</v>
       </c>
       <c r="E10" s="1">
-        <v>45964</v>
+        <v>46003</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H10" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H10" s="1">
+        <v>46003</v>
+      </c>
       <c r="I10" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A11" t="s">
-        <v>63</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C11" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="D11" s="1">
-        <v>45599</v>
+        <v>45273</v>
       </c>
       <c r="E11" s="1">
-        <v>45964</v>
+        <v>46004</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="H11" s="1"/>
       <c r="I11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A12" t="s">
-        <v>63</v>
+        <v>88</v>
       </c>
       <c r="B12" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C12" t="s">
-        <v>67</v>
+        <v>95</v>
       </c>
       <c r="D12" s="1">
-        <v>45599</v>
+        <v>45945</v>
       </c>
       <c r="E12" s="1">
-        <v>45964</v>
+        <v>46011</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="H12" s="1"/>
       <c r="I12" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A13" t="s">
-        <v>63</v>
+        <v>104</v>
       </c>
       <c r="B13" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C13" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="D13" s="1">
-        <v>45599</v>
+        <v>45863</v>
       </c>
       <c r="E13" s="1">
-        <v>45964</v>
+        <v>46016</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="H13" s="1"/>
       <c r="I13" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A14" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="B14" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C14" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="D14" s="1">
-        <v>45613</v>
+        <v>45717</v>
       </c>
       <c r="E14" s="1">
-        <v>45978</v>
+        <v>46022</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="H14" s="1"/>
       <c r="I14" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A15" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="B15" t="s">
         <v>15</v>
       </c>
       <c r="C15" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="D15" s="1">
-        <v>45613</v>
+        <v>45670</v>
       </c>
       <c r="E15" s="1">
-        <v>45978</v>
+        <v>46022</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="H15" s="1"/>
       <c r="I15" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A16" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="B16" t="s">
         <v>15</v>
       </c>
       <c r="C16" t="s">
-        <v>72</v>
+        <v>29</v>
       </c>
       <c r="D16" s="1">
-        <v>45613</v>
+        <v>45670</v>
       </c>
       <c r="E16" s="1">
-        <v>45978</v>
+        <v>46022</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="H16" s="1"/>
       <c r="I16" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A17" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="B17" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C17" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="D17" s="1">
-        <v>45762</v>
+        <v>45699</v>
       </c>
       <c r="E17" s="1">
-        <v>45981</v>
+        <v>46022</v>
       </c>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="H17" s="1"/>
       <c r="I17" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A18" t="s">
-        <v>157</v>
+        <v>63</v>
       </c>
       <c r="B18" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C18" t="s">
-        <v>158</v>
+        <v>65</v>
       </c>
       <c r="D18" s="1">
-        <v>45824</v>
+        <v>45689</v>
       </c>
       <c r="E18" s="1">
-        <v>45986</v>
+        <v>46022</v>
       </c>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="H18" s="1"/>
       <c r="I18" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A19" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="B19" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C19" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="D19" s="1">
-        <v>45793</v>
+        <v>45757</v>
       </c>
       <c r="E19" s="1">
-        <v>45989</v>
+        <v>46022</v>
       </c>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="H19" s="1"/>
       <c r="I19" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A20" t="s">
-        <v>102</v>
+        <v>73</v>
       </c>
       <c r="B20" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C20" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="D20" s="1">
-        <v>45899</v>
+        <v>45863</v>
       </c>
       <c r="E20" s="1">
-        <v>45990</v>
+        <v>46022</v>
       </c>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="H20" s="1"/>
       <c r="I20" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A21" t="s">
-        <v>121</v>
+        <v>73</v>
       </c>
       <c r="B21" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C21" t="s">
-        <v>124</v>
+        <v>75</v>
       </c>
       <c r="D21" s="1">
         <v>45863</v>
       </c>
       <c r="E21" s="1">
-        <v>45991</v>
+        <v>46022</v>
       </c>
       <c r="F21" t="s">
         <v>10</v>
       </c>
       <c r="H21" s="1"/>
       <c r="I21" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A22" t="s">
-        <v>140</v>
+        <v>76</v>
       </c>
       <c r="B22" t="s">
         <v>15</v>
       </c>
       <c r="C22" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D22" s="1">
-        <v>45931</v>
+        <v>45863</v>
       </c>
       <c r="E22" s="1">
-        <v>45992</v>
+        <v>46022</v>
       </c>
       <c r="F22" t="s">
         <v>10</v>
       </c>
       <c r="H22" s="1"/>
       <c r="I22" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A23" t="s">
-        <v>162</v>
+        <v>76</v>
       </c>
       <c r="B23" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C23" t="s">
-        <v>164</v>
+        <v>78</v>
       </c>
       <c r="D23" s="1">
-        <v>45870</v>
+        <v>45863</v>
       </c>
       <c r="E23" s="1">
-        <v>46003</v>
+        <v>46022</v>
       </c>
       <c r="F23" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H23" s="1"/>
       <c r="I23" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A24" t="s">
-        <v>162</v>
+        <v>107</v>
       </c>
       <c r="B24" t="s">
         <v>14</v>
       </c>
       <c r="C24" t="s">
-        <v>165</v>
+        <v>90</v>
       </c>
       <c r="D24" s="1">
-        <v>45870</v>
+        <v>45856</v>
       </c>
       <c r="E24" s="1">
-        <v>46003</v>
+        <v>46022</v>
       </c>
       <c r="F24" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H24" s="1"/>
       <c r="I24" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A25" t="s">
-        <v>162</v>
+        <v>108</v>
       </c>
       <c r="B25" t="s">
         <v>14</v>
       </c>
       <c r="C25" t="s">
-        <v>166</v>
+        <v>12</v>
       </c>
       <c r="D25" s="1">
-        <v>45870</v>
+        <v>45901</v>
       </c>
       <c r="E25" s="1">
-        <v>46003</v>
+        <v>46022</v>
       </c>
       <c r="F25" t="s">
         <v>9</v>
       </c>
-      <c r="G25" s="3" t="s">
-        <v>161</v>
+      <c r="G25" t="s">
+        <v>109</v>
       </c>
       <c r="H25" s="1">
-        <v>46003</v>
+        <v>46009</v>
       </c>
       <c r="I25" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A26" t="s">
-        <v>162</v>
+        <v>142</v>
       </c>
       <c r="B26" t="s">
         <v>14</v>
       </c>
       <c r="C26" t="s">
-        <v>167</v>
+        <v>143</v>
       </c>
       <c r="D26" s="1">
         <v>45870</v>
       </c>
       <c r="E26" s="1">
-        <v>46003</v>
+        <v>46022</v>
       </c>
       <c r="F26" t="s">
         <v>9</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="H26" s="1">
-        <v>46003</v>
+        <v>45638</v>
       </c>
       <c r="I26" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A27" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="B27" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="C27" t="s">
-        <v>28</v>
+        <v>146</v>
       </c>
       <c r="D27" s="1">
-        <v>45273</v>
+        <v>45870</v>
       </c>
       <c r="E27" s="1">
-        <v>46004</v>
+        <v>46022</v>
       </c>
       <c r="F27" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H27" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H27" s="1">
+        <v>46003</v>
+      </c>
       <c r="I27" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A28" t="s">
-        <v>102</v>
+        <v>145</v>
       </c>
       <c r="B28" t="s">
         <v>14</v>
       </c>
       <c r="C28" t="s">
-        <v>109</v>
+        <v>151</v>
       </c>
       <c r="D28" s="1">
-        <v>45945</v>
+        <v>45870</v>
       </c>
       <c r="E28" s="1">
-        <v>46011</v>
+        <v>46022</v>
       </c>
       <c r="F28" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H28" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H28" s="1">
+        <v>46003</v>
+      </c>
       <c r="I28" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A29" t="s">
-        <v>118</v>
+        <v>145</v>
       </c>
       <c r="B29" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C29" t="s">
-        <v>60</v>
+        <v>152</v>
       </c>
       <c r="D29" s="1">
-        <v>45863</v>
+        <v>45870</v>
       </c>
       <c r="E29" s="1">
-        <v>46016</v>
+        <v>46022</v>
       </c>
       <c r="F29" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H29" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H29" s="1">
+        <v>46003</v>
+      </c>
       <c r="I29" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A30" t="s">
-        <v>75</v>
+        <v>145</v>
       </c>
       <c r="B30" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C30" t="s">
-        <v>11</v>
+        <v>153</v>
       </c>
       <c r="D30" s="1">
-        <v>45717</v>
+        <v>45870</v>
       </c>
       <c r="E30" s="1">
         <v>46022</v>
       </c>
       <c r="F30" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H30" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H30" s="1">
+        <v>46003</v>
+      </c>
       <c r="I30" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A31" t="s">
-        <v>75</v>
+        <v>145</v>
       </c>
       <c r="B31" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C31" t="s">
-        <v>76</v>
+        <v>154</v>
       </c>
       <c r="D31" s="1">
-        <v>45670</v>
+        <v>45870</v>
       </c>
       <c r="E31" s="1">
         <v>46022</v>
       </c>
       <c r="F31" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H31" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H31" s="1">
+        <v>46003</v>
+      </c>
       <c r="I31" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A32" t="s">
-        <v>75</v>
+        <v>145</v>
       </c>
       <c r="B32" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C32" t="s">
-        <v>29</v>
+        <v>155</v>
       </c>
       <c r="D32" s="1">
-        <v>45670</v>
+        <v>45870</v>
       </c>
       <c r="E32" s="1">
         <v>46022</v>
       </c>
       <c r="F32" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H32" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H32" s="1">
+        <v>46003</v>
+      </c>
       <c r="I32" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A33" t="s">
-        <v>77</v>
+        <v>145</v>
       </c>
       <c r="B33" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C33" t="s">
-        <v>78</v>
+        <v>156</v>
       </c>
       <c r="D33" s="1">
-        <v>45699</v>
+        <v>45870</v>
       </c>
       <c r="E33" s="1">
         <v>46022</v>
       </c>
       <c r="F33" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H33" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H33" s="1">
+        <v>46003</v>
+      </c>
       <c r="I33" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A34" t="s">
-        <v>77</v>
+        <v>145</v>
       </c>
       <c r="B34" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C34" t="s">
-        <v>79</v>
+        <v>157</v>
       </c>
       <c r="D34" s="1">
-        <v>45689</v>
+        <v>45870</v>
       </c>
       <c r="E34" s="1">
         <v>46022</v>
       </c>
       <c r="F34" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H34" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H34" s="1">
+        <v>46003</v>
+      </c>
       <c r="I34" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A35" t="s">
-        <v>83</v>
+        <v>145</v>
       </c>
       <c r="B35" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C35" t="s">
-        <v>84</v>
+        <v>158</v>
       </c>
       <c r="D35" s="1">
-        <v>45757</v>
+        <v>45870</v>
       </c>
       <c r="E35" s="1">
         <v>46022</v>
       </c>
       <c r="F35" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H35" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H35" s="1">
+        <v>46003</v>
+      </c>
       <c r="I35" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A36" t="s">
-        <v>87</v>
+        <v>145</v>
       </c>
       <c r="B36" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C36" t="s">
-        <v>88</v>
+        <v>159</v>
       </c>
       <c r="D36" s="1">
-        <v>45863</v>
+        <v>45870</v>
       </c>
       <c r="E36" s="1">
         <v>46022</v>
       </c>
       <c r="F36" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H36" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H36" s="1">
+        <v>46003</v>
+      </c>
       <c r="I36" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A37" t="s">
-        <v>87</v>
+        <v>145</v>
       </c>
       <c r="B37" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C37" t="s">
-        <v>89</v>
+        <v>160</v>
       </c>
       <c r="D37" s="1">
-        <v>45863</v>
+        <v>45870</v>
       </c>
       <c r="E37" s="1">
         <v>46022</v>
       </c>
       <c r="F37" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H37" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H37" s="1">
+        <v>46003</v>
+      </c>
       <c r="I37" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A38" t="s">
-        <v>90</v>
+        <v>145</v>
       </c>
       <c r="B38" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C38" t="s">
-        <v>91</v>
+        <v>161</v>
       </c>
       <c r="D38" s="1">
-        <v>45863</v>
+        <v>45870</v>
       </c>
       <c r="E38" s="1">
         <v>46022</v>
       </c>
       <c r="F38" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H38" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H38" s="1">
+        <v>46003</v>
+      </c>
       <c r="I38" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A39" t="s">
-        <v>90</v>
+        <v>145</v>
       </c>
       <c r="B39" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C39" t="s">
-        <v>92</v>
+        <v>162</v>
       </c>
       <c r="D39" s="1">
-        <v>45863</v>
+        <v>45870</v>
       </c>
       <c r="E39" s="1">
         <v>46022</v>
       </c>
       <c r="F39" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H39" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H39" s="1">
+        <v>46003</v>
+      </c>
       <c r="I39" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A40" t="s">
-        <v>121</v>
+        <v>145</v>
       </c>
       <c r="B40" t="s">
         <v>14</v>
       </c>
       <c r="C40" t="s">
-        <v>104</v>
+        <v>163</v>
       </c>
       <c r="D40" s="1">
-        <v>45856</v>
+        <v>45870</v>
       </c>
       <c r="E40" s="1">
         <v>46022</v>
       </c>
       <c r="F40" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H40" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H40" s="1">
+        <v>46003</v>
+      </c>
       <c r="I40" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A41" t="s">
-        <v>122</v>
+        <v>145</v>
       </c>
       <c r="B41" t="s">
         <v>14</v>
       </c>
       <c r="C41" t="s">
-        <v>12</v>
+        <v>169</v>
       </c>
       <c r="D41" s="1">
-        <v>45901</v>
+        <v>45870</v>
       </c>
       <c r="E41" s="1">
         <v>46022</v>
       </c>
       <c r="F41" t="s">
         <v>9</v>
       </c>
-      <c r="G41" t="s">
-        <v>123</v>
+      <c r="G41" s="3" t="s">
+        <v>144</v>
       </c>
       <c r="H41" s="1">
-        <v>46009</v>
+        <v>46003</v>
       </c>
       <c r="I41" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A42" t="s">
-        <v>159</v>
+        <v>145</v>
       </c>
       <c r="B42" t="s">
         <v>14</v>
       </c>
       <c r="C42" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="D42" s="1">
         <v>45870</v>
       </c>
       <c r="E42" s="1">
         <v>46022</v>
       </c>
       <c r="F42" t="s">
         <v>9</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="H42" s="1">
-        <v>45638</v>
+        <v>46003</v>
       </c>
       <c r="I42" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A43" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="B43" t="s">
         <v>14</v>
       </c>
       <c r="C43" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="D43" s="1">
         <v>45870</v>
       </c>
       <c r="E43" s="1">
         <v>46022</v>
       </c>
       <c r="F43" t="s">
         <v>9</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="H43" s="1">
         <v>46003</v>
       </c>
       <c r="I43" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A44" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="B44" t="s">
         <v>14</v>
       </c>
       <c r="C44" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="D44" s="1">
         <v>45870</v>
       </c>
       <c r="E44" s="1">
         <v>46022</v>
       </c>
       <c r="F44" t="s">
         <v>9</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="H44" s="1">
         <v>46003</v>
       </c>
       <c r="I44" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A45" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="B45" t="s">
         <v>14</v>
       </c>
       <c r="C45" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D45" s="1">
         <v>45870</v>
       </c>
       <c r="E45" s="1">
         <v>46022</v>
       </c>
       <c r="F45" t="s">
         <v>9</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="H45" s="1">
         <v>46003</v>
       </c>
       <c r="I45" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A46" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="B46" t="s">
         <v>14</v>
       </c>
       <c r="C46" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="D46" s="1">
         <v>45870</v>
       </c>
       <c r="E46" s="1">
         <v>46022</v>
       </c>
       <c r="F46" t="s">
         <v>9</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="H46" s="1">
         <v>46003</v>
       </c>
       <c r="I46" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A47" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="B47" t="s">
         <v>14</v>
       </c>
       <c r="C47" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="D47" s="1">
         <v>45870</v>
       </c>
       <c r="E47" s="1">
         <v>46022</v>
       </c>
       <c r="F47" t="s">
         <v>9</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="H47" s="1">
         <v>46003</v>
       </c>
       <c r="I47" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A48" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="B48" t="s">
         <v>14</v>
       </c>
       <c r="C48" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="D48" s="1">
         <v>45870</v>
       </c>
       <c r="E48" s="1">
         <v>46022</v>
       </c>
       <c r="F48" t="s">
         <v>9</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="H48" s="1">
         <v>46003</v>
       </c>
       <c r="I48" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A49" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="B49" t="s">
         <v>14</v>
       </c>
       <c r="C49" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="D49" s="1">
         <v>45870</v>
       </c>
       <c r="E49" s="1">
         <v>46022</v>
       </c>
       <c r="F49" t="s">
         <v>9</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="H49" s="1">
         <v>46003</v>
       </c>
       <c r="I49" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A50" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="B50" t="s">
         <v>14</v>
       </c>
       <c r="C50" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="D50" s="1">
         <v>45870</v>
       </c>
       <c r="E50" s="1">
         <v>46022</v>
       </c>
       <c r="F50" t="s">
         <v>9</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="H50" s="1">
         <v>46003</v>
       </c>
       <c r="I50" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A51" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="B51" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="D51" s="1">
         <v>45870</v>
       </c>
       <c r="E51" s="1">
         <v>46022</v>
       </c>
       <c r="F51" t="s">
         <v>9</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="H51" s="1">
         <v>46003</v>
       </c>
       <c r="I51" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A52" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="B52" t="s">
         <v>14</v>
       </c>
       <c r="C52" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="D52" s="1">
         <v>45870</v>
       </c>
       <c r="E52" s="1">
         <v>46022</v>
       </c>
       <c r="F52" t="s">
         <v>9</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="H52" s="1">
         <v>46003</v>
       </c>
       <c r="I52" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A53" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="B53" t="s">
         <v>14</v>
       </c>
       <c r="C53" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D53" s="1">
         <v>45870</v>
       </c>
       <c r="E53" s="1">
         <v>46022</v>
       </c>
       <c r="F53" t="s">
         <v>9</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="H53" s="1">
         <v>46003</v>
       </c>
       <c r="I53" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A54" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="B54" t="s">
         <v>14</v>
       </c>
       <c r="C54" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="D54" s="1">
         <v>45870</v>
       </c>
       <c r="E54" s="1">
         <v>46022</v>
       </c>
       <c r="F54" t="s">
         <v>9</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="H54" s="1">
         <v>46003</v>
       </c>
       <c r="I54" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A55" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="B55" t="s">
         <v>14</v>
       </c>
       <c r="C55" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="D55" s="1">
         <v>45870</v>
       </c>
       <c r="E55" s="1">
         <v>46022</v>
       </c>
       <c r="F55" t="s">
         <v>9</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="H55" s="1">
         <v>46003</v>
       </c>
       <c r="I55" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A56" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="B56" t="s">
         <v>14</v>
       </c>
       <c r="C56" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="D56" s="1">
         <v>45870</v>
       </c>
       <c r="E56" s="1">
         <v>46022</v>
       </c>
       <c r="F56" t="s">
         <v>9</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="H56" s="1">
         <v>46003</v>
       </c>
       <c r="I56" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A57" t="s">
-        <v>162</v>
+        <v>184</v>
       </c>
       <c r="B57" t="s">
         <v>14</v>
       </c>
       <c r="C57" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="D57" s="1">
         <v>45870</v>
       </c>
       <c r="E57" s="1">
         <v>46022</v>
       </c>
       <c r="F57" t="s">
         <v>9</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="H57" s="1">
         <v>46003</v>
       </c>
       <c r="I57" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A58" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="B58" t="s">
         <v>14</v>
       </c>
       <c r="C58" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D58" s="1">
         <v>45870</v>
       </c>
       <c r="E58" s="1">
         <v>46022</v>
       </c>
       <c r="F58" t="s">
         <v>9</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="H58" s="1">
         <v>46003</v>
       </c>
       <c r="I58" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A59" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="B59" t="s">
         <v>14</v>
       </c>
       <c r="C59" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="D59" s="1">
         <v>45870</v>
       </c>
       <c r="E59" s="1">
         <v>46022</v>
       </c>
       <c r="F59" t="s">
         <v>9</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="H59" s="1">
         <v>46003</v>
       </c>
       <c r="I59" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A60" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="B60" t="s">
         <v>14</v>
       </c>
       <c r="C60" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D60" s="1">
         <v>45870</v>
       </c>
       <c r="E60" s="1">
         <v>46022</v>
       </c>
       <c r="F60" t="s">
         <v>9</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="H60" s="1">
         <v>46003</v>
       </c>
       <c r="I60" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A61" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="B61" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C61" t="s">
-        <v>193</v>
+        <v>29</v>
       </c>
       <c r="D61" s="1">
-        <v>45870</v>
+        <v>45658</v>
       </c>
       <c r="E61" s="1">
         <v>46022</v>
       </c>
       <c r="F61" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H61" s="1"/>
       <c r="I61" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A62" t="s">
-        <v>162</v>
+        <v>113</v>
       </c>
       <c r="B62" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C62" t="s">
-        <v>194</v>
+        <v>114</v>
       </c>
       <c r="D62" s="1">
-        <v>45870</v>
+        <v>45839</v>
       </c>
       <c r="E62" s="1">
-        <v>46022</v>
+        <v>46023</v>
       </c>
       <c r="F62" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H62" s="1"/>
       <c r="I62" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A63" t="s">
-        <v>162</v>
+        <v>113</v>
       </c>
       <c r="B63" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C63" t="s">
-        <v>195</v>
+        <v>115</v>
       </c>
       <c r="D63" s="1">
-        <v>45870</v>
+        <v>45839</v>
       </c>
       <c r="E63" s="1">
-        <v>46022</v>
+        <v>46023</v>
       </c>
       <c r="F63" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H63" s="1"/>
       <c r="I63" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A64" t="s">
-        <v>162</v>
+        <v>113</v>
       </c>
       <c r="B64" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C64" t="s">
-        <v>196</v>
+        <v>116</v>
       </c>
       <c r="D64" s="1">
-        <v>45870</v>
+        <v>45839</v>
       </c>
       <c r="E64" s="1">
-        <v>46022</v>
+        <v>46023</v>
       </c>
       <c r="F64" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H64" s="1"/>
       <c r="I64" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A65" t="s">
-        <v>162</v>
+        <v>113</v>
       </c>
       <c r="B65" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C65" t="s">
-        <v>197</v>
+        <v>117</v>
       </c>
       <c r="D65" s="1">
-        <v>45870</v>
+        <v>45839</v>
       </c>
       <c r="E65" s="1">
-        <v>46022</v>
+        <v>46023</v>
       </c>
       <c r="F65" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H65" s="1"/>
       <c r="I65" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A66" t="s">
-        <v>162</v>
+        <v>113</v>
       </c>
       <c r="B66" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
       <c r="C66" t="s">
-        <v>198</v>
+        <v>118</v>
       </c>
       <c r="D66" s="1">
-        <v>45870</v>
+        <v>45839</v>
       </c>
       <c r="E66" s="1">
-        <v>46022</v>
+        <v>46023</v>
       </c>
       <c r="F66" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H66" s="1"/>
       <c r="I66" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A67" t="s">
-        <v>162</v>
+        <v>129</v>
       </c>
       <c r="B67" t="s">
         <v>14</v>
       </c>
+      <c r="C67" t="s">
+        <v>130</v>
+      </c>
       <c r="D67" s="1">
-        <v>45870</v>
+        <v>45887</v>
       </c>
       <c r="E67" s="1">
-        <v>46022</v>
+        <v>46041</v>
       </c>
       <c r="F67" t="s">
         <v>9</v>
       </c>
-      <c r="G67" s="3" t="s">
-        <v>161</v>
+      <c r="G67" t="s">
+        <v>131</v>
       </c>
       <c r="H67" s="1">
-        <v>46003</v>
+        <v>45897</v>
       </c>
       <c r="I67" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A68" t="s">
-        <v>162</v>
+        <v>88</v>
       </c>
       <c r="B68" t="s">
         <v>14</v>
       </c>
       <c r="C68" t="s">
-        <v>199</v>
+        <v>94</v>
       </c>
       <c r="D68" s="1">
-        <v>45870</v>
+        <v>45961</v>
       </c>
       <c r="E68" s="1">
-        <v>46022</v>
+        <v>46052</v>
       </c>
       <c r="F68" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H68" s="1"/>
       <c r="I68" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A69" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B69" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="C69" t="s">
-        <v>200</v>
+        <v>165</v>
       </c>
       <c r="D69" s="1">
-        <v>45870</v>
+        <v>45978</v>
       </c>
       <c r="E69" s="1">
-        <v>46022</v>
+        <v>46052</v>
       </c>
       <c r="F69" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H69" s="1"/>
       <c r="I69" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A70" t="s">
-        <v>162</v>
+        <v>88</v>
       </c>
       <c r="B70" t="s">
         <v>14</v>
       </c>
       <c r="C70" t="s">
-        <v>201</v>
+        <v>90</v>
       </c>
       <c r="D70" s="1">
-        <v>45870</v>
+        <v>45927</v>
       </c>
       <c r="E70" s="1">
-        <v>46022</v>
+        <v>46053</v>
       </c>
       <c r="F70" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H70" s="1"/>
       <c r="I70" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A71" t="s">
-        <v>162</v>
+        <v>88</v>
       </c>
       <c r="B71" t="s">
         <v>14</v>
       </c>
       <c r="C71" t="s">
-        <v>202</v>
+        <v>93</v>
       </c>
       <c r="D71" s="1">
-        <v>45870</v>
+        <v>45934</v>
       </c>
       <c r="E71" s="1">
-        <v>46022</v>
+        <v>46053</v>
       </c>
       <c r="F71" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H71" s="1"/>
       <c r="I71" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A72" t="s">
-        <v>162</v>
+        <v>132</v>
       </c>
       <c r="B72" t="s">
         <v>14</v>
       </c>
       <c r="C72" t="s">
-        <v>203</v>
+        <v>133</v>
       </c>
       <c r="D72" s="1">
-        <v>45870</v>
+        <v>46116</v>
       </c>
       <c r="E72" s="1">
-        <v>46022</v>
+        <v>46172</v>
       </c>
       <c r="F72" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H72" s="1"/>
       <c r="I72" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A73" t="s">
-        <v>204</v>
+        <v>91</v>
       </c>
       <c r="B73" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C73" t="s">
-        <v>205</v>
+        <v>92</v>
       </c>
       <c r="D73" s="1">
-        <v>45870</v>
+        <v>45863</v>
       </c>
       <c r="E73" s="1">
-        <v>46022</v>
+        <v>46173</v>
       </c>
       <c r="F73" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H73" s="1"/>
       <c r="I73" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A74" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="B74" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C74" t="s">
-        <v>206</v>
+        <v>168</v>
       </c>
       <c r="D74" s="1">
-        <v>45870</v>
+        <v>45901</v>
       </c>
       <c r="E74" s="1">
-        <v>46022</v>
+        <v>46175</v>
       </c>
       <c r="F74" t="s">
         <v>9</v>
       </c>
-      <c r="G74" s="3" t="s">
-        <v>161</v>
+      <c r="G74" t="s">
+        <v>167</v>
       </c>
       <c r="H74" s="1">
-        <v>46003</v>
+        <v>46234</v>
       </c>
       <c r="I74" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A75" t="s">
-        <v>162</v>
+        <v>122</v>
       </c>
       <c r="B75" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C75" t="s">
-        <v>207</v>
+        <v>29</v>
       </c>
       <c r="D75" s="1">
-        <v>45870</v>
+        <v>45865</v>
       </c>
       <c r="E75" s="1">
-        <v>46022</v>
+        <v>46204</v>
       </c>
       <c r="F75" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H75" s="1"/>
       <c r="I75" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A76" t="s">
-        <v>162</v>
+        <v>123</v>
       </c>
       <c r="B76" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C76" t="s">
-        <v>208</v>
+        <v>11</v>
       </c>
       <c r="D76" s="1">
-        <v>45870</v>
+        <v>45865</v>
       </c>
       <c r="E76" s="1">
-        <v>46022</v>
+        <v>46204</v>
       </c>
       <c r="F76" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H76" s="1"/>
       <c r="I76" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A77" t="s">
-        <v>211</v>
+        <v>123</v>
       </c>
       <c r="B77" t="s">
         <v>15</v>
       </c>
       <c r="C77" t="s">
-        <v>29</v>
+        <v>124</v>
       </c>
       <c r="D77" s="1">
-        <v>45658</v>
+        <v>45865</v>
       </c>
       <c r="E77" s="1">
-        <v>46022</v>
+        <v>46204</v>
       </c>
       <c r="F77" t="s">
         <v>10</v>
       </c>
       <c r="H77" s="1"/>
       <c r="I77" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A78" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="B78" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C78" t="s">
-        <v>131</v>
+        <v>19</v>
       </c>
       <c r="D78" s="1">
-        <v>45839</v>
+        <v>45863</v>
       </c>
       <c r="E78" s="1">
-        <v>46023</v>
+        <v>46227</v>
       </c>
       <c r="F78" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H78" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G78" t="s">
+        <v>112</v>
+      </c>
+      <c r="H78" s="1">
+        <v>45942</v>
+      </c>
       <c r="I78" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A79" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B79" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C79" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D79" s="1">
-        <v>45839</v>
+        <v>45866</v>
       </c>
       <c r="E79" s="1">
-        <v>46023</v>
+        <v>46234</v>
       </c>
       <c r="F79" t="s">
         <v>10</v>
       </c>
       <c r="H79" s="1"/>
       <c r="I79" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A80" t="s">
-        <v>130</v>
+        <v>52</v>
       </c>
       <c r="B80" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C80" t="s">
-        <v>133</v>
+        <v>189</v>
       </c>
       <c r="D80" s="1">
-        <v>45839</v>
+        <v>45870</v>
       </c>
       <c r="E80" s="1">
-        <v>46023</v>
+        <v>46235</v>
       </c>
       <c r="F80" t="s">
         <v>10</v>
       </c>
       <c r="H80" s="1"/>
       <c r="I80" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A81" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="B81" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C81" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="D81" s="1">
-        <v>45839</v>
+        <v>45865</v>
       </c>
       <c r="E81" s="1">
-        <v>46023</v>
+        <v>46265</v>
       </c>
       <c r="F81" t="s">
         <v>10</v>
       </c>
       <c r="H81" s="1"/>
       <c r="I81" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A82" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B82" t="s">
-        <v>135</v>
+        <v>13</v>
       </c>
       <c r="C82" t="s">
         <v>135</v>
       </c>
       <c r="D82" s="1">
-        <v>45839</v>
+        <v>45901</v>
       </c>
       <c r="E82" s="1">
-        <v>46023</v>
+        <v>46266</v>
       </c>
       <c r="F82" t="s">
         <v>10</v>
       </c>
       <c r="H82" s="1"/>
       <c r="I82" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A83" t="s">
-        <v>146</v>
+        <v>134</v>
       </c>
       <c r="B83" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C83" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="D83" s="1">
-        <v>45887</v>
+        <v>45901</v>
       </c>
       <c r="E83" s="1">
-        <v>46041</v>
+        <v>46266</v>
       </c>
       <c r="F83" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H83" s="1"/>
       <c r="I83" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A84" t="s">
-        <v>102</v>
+        <v>134</v>
       </c>
       <c r="B84" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C84" t="s">
-        <v>108</v>
+        <v>137</v>
       </c>
       <c r="D84" s="1">
-        <v>45961</v>
+        <v>45901</v>
       </c>
       <c r="E84" s="1">
-        <v>46052</v>
+        <v>46266</v>
       </c>
       <c r="F84" t="s">
         <v>10</v>
       </c>
       <c r="H84" s="1"/>
       <c r="I84" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A85" t="s">
-        <v>181</v>
+        <v>48</v>
       </c>
       <c r="B85" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="C85" t="s">
-        <v>182</v>
+        <v>81</v>
       </c>
       <c r="D85" s="1">
-        <v>45978</v>
+        <v>45863</v>
       </c>
       <c r="E85" s="1">
-        <v>46052</v>
+        <v>46387</v>
       </c>
       <c r="F85" t="s">
         <v>10</v>
       </c>
       <c r="H85" s="1"/>
       <c r="I85" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A86" t="s">
-        <v>102</v>
+        <v>48</v>
       </c>
       <c r="B86" t="s">
-        <v>14</v>
+        <v>49</v>
       </c>
       <c r="C86" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="D86" s="1">
-        <v>45927</v>
+        <v>45863</v>
       </c>
       <c r="E86" s="1">
-        <v>46053</v>
+        <v>46387</v>
       </c>
       <c r="F86" t="s">
         <v>10</v>
       </c>
       <c r="H86" s="1"/>
       <c r="I86" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A87" t="s">
-        <v>102</v>
+        <v>48</v>
       </c>
       <c r="B87" t="s">
-        <v>14</v>
+        <v>49</v>
       </c>
       <c r="C87" t="s">
-        <v>107</v>
+        <v>83</v>
       </c>
       <c r="D87" s="1">
-        <v>45934</v>
+        <v>45863</v>
       </c>
       <c r="E87" s="1">
-        <v>46053</v>
+        <v>46387</v>
       </c>
       <c r="F87" t="s">
         <v>10</v>
       </c>
       <c r="H87" s="1"/>
       <c r="I87" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A88" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="B88" t="s">
-        <v>14</v>
+        <v>49</v>
       </c>
       <c r="C88" t="s">
-        <v>150</v>
+        <v>50</v>
       </c>
       <c r="D88" s="1">
-        <v>46116</v>
+        <v>45863</v>
       </c>
       <c r="E88" s="1">
-        <v>46172</v>
+        <v>46387</v>
       </c>
       <c r="F88" t="s">
         <v>10</v>
       </c>
       <c r="H88" s="1"/>
       <c r="I88" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A89" t="s">
-        <v>105</v>
+        <v>48</v>
       </c>
       <c r="B89" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="C89" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="D89" s="1">
         <v>45863</v>
       </c>
       <c r="E89" s="1">
-        <v>46173</v>
+        <v>46387</v>
       </c>
       <c r="F89" t="s">
         <v>10</v>
       </c>
       <c r="H89" s="1"/>
       <c r="I89" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A90" t="s">
-        <v>183</v>
+        <v>48</v>
       </c>
       <c r="B90" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="C90" t="s">
-        <v>188</v>
+        <v>51</v>
       </c>
       <c r="D90" s="1">
-        <v>45901</v>
+        <v>45863</v>
       </c>
       <c r="E90" s="1">
-        <v>46175</v>
+        <v>46387</v>
       </c>
       <c r="F90" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H90" s="1"/>
       <c r="I90" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A91" t="s">
-        <v>139</v>
+        <v>48</v>
       </c>
       <c r="B91" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C91" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
       <c r="D91" s="1">
-        <v>45865</v>
+        <v>45863</v>
       </c>
       <c r="E91" s="1">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="F91" t="s">
         <v>10</v>
       </c>
       <c r="H91" s="1"/>
       <c r="I91" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A92" t="s">
-        <v>140</v>
+        <v>48</v>
       </c>
       <c r="B92" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C92" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D92" s="1">
-        <v>45865</v>
+        <v>45863</v>
       </c>
       <c r="E92" s="1">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="F92" t="s">
         <v>10</v>
       </c>
       <c r="H92" s="1"/>
       <c r="I92" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A93" t="s">
-        <v>140</v>
+        <v>22</v>
       </c>
       <c r="B93" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C93" t="s">
-        <v>141</v>
+        <v>23</v>
       </c>
       <c r="D93" s="1">
-        <v>45865</v>
+        <v>45658</v>
       </c>
       <c r="E93" s="1">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="F93" t="s">
         <v>10</v>
       </c>
       <c r="H93" s="1"/>
       <c r="I93" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A94" t="s">
-        <v>127</v>
+        <v>52</v>
       </c>
       <c r="B94" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C94" t="s">
-        <v>19</v>
+        <v>190</v>
       </c>
       <c r="D94" s="1">
-        <v>45863</v>
+        <v>45870</v>
       </c>
       <c r="E94" s="1">
-        <v>46227</v>
+        <v>46387</v>
       </c>
       <c r="F94" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H94" s="1"/>
       <c r="I94" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A95" t="s">
-        <v>144</v>
+        <v>196</v>
       </c>
       <c r="B95" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C95" t="s">
-        <v>145</v>
+        <v>29</v>
       </c>
       <c r="D95" s="1">
-        <v>45866</v>
+        <v>45919</v>
       </c>
       <c r="E95" s="1">
-        <v>46234</v>
+        <v>46387</v>
       </c>
       <c r="F95" t="s">
         <v>10</v>
       </c>
       <c r="H95" s="1"/>
       <c r="I95" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A96" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="B96" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C96" t="s">
-        <v>209</v>
+        <v>60</v>
       </c>
       <c r="D96" s="1">
-        <v>45870</v>
+        <v>45572</v>
       </c>
       <c r="E96" s="1">
-        <v>46235</v>
+        <v>46418</v>
       </c>
       <c r="F96" t="s">
         <v>10</v>
       </c>
       <c r="H96" s="1"/>
       <c r="I96" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A97" t="s">
-        <v>142</v>
+        <v>46</v>
       </c>
       <c r="B97" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="C97" t="s">
-        <v>143</v>
+        <v>79</v>
       </c>
       <c r="D97" s="1">
-        <v>45865</v>
+        <v>45658</v>
       </c>
       <c r="E97" s="1">
-        <v>46265</v>
+        <v>46752</v>
       </c>
       <c r="F97" t="s">
         <v>10</v>
       </c>
       <c r="H97" s="1"/>
       <c r="I97" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A98" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="B98" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C98" t="s">
-        <v>152</v>
+        <v>120</v>
       </c>
       <c r="D98" s="1">
-        <v>45901</v>
+        <v>44927</v>
       </c>
       <c r="E98" s="1">
-        <v>46266</v>
+        <v>46752</v>
       </c>
       <c r="F98" t="s">
         <v>10</v>
       </c>
       <c r="H98" s="1"/>
       <c r="I98" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A99" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="B99" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C99" t="s">
-        <v>153</v>
+        <v>121</v>
       </c>
       <c r="D99" s="1">
-        <v>45901</v>
+        <v>44562</v>
       </c>
       <c r="E99" s="1">
-        <v>46266</v>
+        <v>46752</v>
       </c>
       <c r="F99" t="s">
         <v>10</v>
       </c>
       <c r="H99" s="1"/>
       <c r="I99" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A100" t="s">
-        <v>151</v>
+        <v>53</v>
       </c>
       <c r="B100" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C100" t="s">
-        <v>154</v>
+        <v>54</v>
       </c>
       <c r="D100" s="1">
-        <v>45901</v>
+        <v>45483</v>
       </c>
       <c r="E100" s="1">
-        <v>46266</v>
+        <v>46784</v>
       </c>
       <c r="F100" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H100" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G100" t="s">
+        <v>55</v>
+      </c>
+      <c r="H100" s="1">
+        <v>45433</v>
+      </c>
       <c r="I100" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A101" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B101" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="C101" t="s">
-        <v>95</v>
+        <v>54</v>
       </c>
       <c r="D101" s="1">
         <v>45863</v>
       </c>
       <c r="E101" s="1">
-        <v>46387</v>
+        <v>47118</v>
       </c>
       <c r="F101" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H101" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G101" t="s">
+        <v>80</v>
+      </c>
+      <c r="H101" s="1">
+        <v>46162</v>
+      </c>
       <c r="I101" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A102" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="B102" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="C102" t="s">
-        <v>96</v>
+        <v>23</v>
       </c>
       <c r="D102" s="1">
-        <v>45863</v>
+        <v>45515</v>
       </c>
       <c r="E102" s="1">
-        <v>46387</v>
+        <v>47341</v>
       </c>
       <c r="F102" t="s">
         <v>10</v>
       </c>
       <c r="H102" s="1"/>
       <c r="I102" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A103" t="s">
-        <v>49</v>
+        <v>84</v>
       </c>
       <c r="B103" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="C103" t="s">
-        <v>97</v>
+        <v>11</v>
       </c>
       <c r="D103" s="1">
-        <v>45863</v>
+        <v>45915</v>
       </c>
       <c r="E103" s="1">
-        <v>46387</v>
+        <v>47741</v>
       </c>
       <c r="F103" t="s">
         <v>10</v>
       </c>
       <c r="H103" s="1"/>
       <c r="I103" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A104" t="s">
-        <v>49</v>
+        <v>201</v>
       </c>
       <c r="B104" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="C104" t="s">
-        <v>51</v>
+        <v>202</v>
       </c>
       <c r="D104" s="1">
-        <v>45863</v>
+        <v>45922</v>
       </c>
       <c r="E104" s="1">
-        <v>46387</v>
+        <v>47748</v>
       </c>
       <c r="F104" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H104" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G104" t="s">
+        <v>203</v>
+      </c>
+      <c r="H104" s="1">
+        <v>46086</v>
+      </c>
       <c r="I104" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A105" t="s">
-        <v>49</v>
+        <v>96</v>
       </c>
       <c r="B105" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="C105" t="s">
-        <v>99</v>
+        <v>17</v>
       </c>
       <c r="D105" s="1">
-        <v>45863</v>
+        <v>45839</v>
       </c>
       <c r="E105" s="1">
-        <v>46387</v>
+        <v>47848</v>
       </c>
       <c r="F105" t="s">
         <v>10</v>
       </c>
       <c r="H105" s="1"/>
       <c r="I105" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A106" t="s">
-        <v>49</v>
+        <v>96</v>
       </c>
       <c r="B106" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="C106" t="s">
-        <v>52</v>
+        <v>97</v>
       </c>
       <c r="D106" s="1">
-        <v>45863</v>
+        <v>45839</v>
       </c>
       <c r="E106" s="1">
-        <v>46387</v>
+        <v>47848</v>
       </c>
       <c r="F106" t="s">
         <v>10</v>
       </c>
       <c r="H106" s="1"/>
       <c r="I106" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A107" t="s">
-        <v>49</v>
+        <v>96</v>
       </c>
       <c r="B107" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C107" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D107" s="1">
-        <v>45863</v>
+        <v>45839</v>
       </c>
       <c r="E107" s="1">
-        <v>46387</v>
+        <v>47848</v>
       </c>
       <c r="F107" t="s">
         <v>10</v>
       </c>
       <c r="H107" s="1"/>
       <c r="I107" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A108" t="s">
-        <v>49</v>
+        <v>96</v>
       </c>
       <c r="B108" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C108" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="D108" s="1">
-        <v>45863</v>
+        <v>45839</v>
       </c>
       <c r="E108" s="1">
-        <v>46387</v>
+        <v>47848</v>
       </c>
       <c r="F108" t="s">
         <v>10</v>
       </c>
       <c r="H108" s="1"/>
       <c r="I108" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A109" t="s">
-        <v>22</v>
+        <v>96</v>
       </c>
       <c r="B109" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C109" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="D109" s="1">
-        <v>45658</v>
+        <v>45839</v>
       </c>
       <c r="E109" s="1">
-        <v>46387</v>
+        <v>47848</v>
       </c>
       <c r="F109" t="s">
         <v>10</v>
       </c>
       <c r="H109" s="1"/>
       <c r="I109" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A110" t="s">
-        <v>53</v>
+        <v>96</v>
       </c>
       <c r="B110" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C110" t="s">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="D110" s="1">
-        <v>45870</v>
+        <v>45839</v>
       </c>
       <c r="E110" s="1">
-        <v>46387</v>
+        <v>47848</v>
       </c>
       <c r="F110" t="s">
         <v>10</v>
       </c>
       <c r="H110" s="1"/>
       <c r="I110" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A111" t="s">
-        <v>217</v>
+        <v>96</v>
       </c>
       <c r="B111" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C111" t="s">
-        <v>29</v>
+        <v>101</v>
       </c>
       <c r="D111" s="1">
-        <v>45919</v>
+        <v>45839</v>
       </c>
       <c r="E111" s="1">
-        <v>46387</v>
+        <v>47848</v>
       </c>
       <c r="F111" t="s">
         <v>10</v>
       </c>
       <c r="H111" s="1"/>
       <c r="I111" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A112" t="s">
-        <v>61</v>
+        <v>96</v>
       </c>
       <c r="B112" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C112" t="s">
-        <v>61</v>
+        <v>102</v>
       </c>
       <c r="D112" s="1">
-        <v>45572</v>
+        <v>45839</v>
       </c>
       <c r="E112" s="1">
-        <v>46418</v>
+        <v>47848</v>
       </c>
       <c r="F112" t="s">
         <v>10</v>
       </c>
       <c r="H112" s="1"/>
       <c r="I112" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A113" t="s">
-        <v>47</v>
+        <v>96</v>
       </c>
       <c r="B113" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="C113" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="D113" s="1">
-        <v>45658</v>
+        <v>45839</v>
       </c>
       <c r="E113" s="1">
-        <v>46752</v>
+        <v>47848</v>
       </c>
       <c r="F113" t="s">
         <v>10</v>
       </c>
       <c r="H113" s="1"/>
       <c r="I113" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A114" t="s">
-        <v>136</v>
+        <v>31</v>
       </c>
       <c r="B114" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C114" t="s">
-        <v>137</v>
+        <v>34</v>
       </c>
       <c r="D114" s="1">
-        <v>44927</v>
+        <v>45283</v>
       </c>
       <c r="E114" s="1">
-        <v>46752</v>
+        <v>48213</v>
       </c>
       <c r="F114" t="s">
         <v>10</v>
       </c>
       <c r="H114" s="1"/>
       <c r="I114" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A115" t="s">
-        <v>136</v>
+        <v>31</v>
       </c>
       <c r="B115" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C115" t="s">
-        <v>138</v>
+        <v>32</v>
       </c>
       <c r="D115" s="1">
-        <v>44562</v>
+        <v>45283</v>
       </c>
       <c r="E115" s="1">
-        <v>46752</v>
+        <v>48216</v>
       </c>
       <c r="F115" t="s">
         <v>10</v>
       </c>
       <c r="H115" s="1"/>
       <c r="I115" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A116" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="B116" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C116" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="D116" s="1">
-        <v>45483</v>
+        <v>45283</v>
       </c>
       <c r="E116" s="1">
-        <v>46784</v>
+        <v>48580</v>
       </c>
       <c r="F116" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H116" s="1"/>
       <c r="I116" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A117" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="B117" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="C117" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="D117" s="1">
-        <v>45863</v>
+        <v>45273</v>
       </c>
       <c r="E117" s="1">
-        <v>47118</v>
+        <v>49558</v>
       </c>
       <c r="F117" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H117" s="1"/>
       <c r="I117" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A118" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="B118" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="C118" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="D118" s="1">
-        <v>45515</v>
+        <v>45725</v>
       </c>
       <c r="E118" s="1">
-        <v>47341</v>
+        <v>49743</v>
       </c>
       <c r="F118" t="s">
         <v>10</v>
       </c>
       <c r="H118" s="1"/>
       <c r="I118" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A119" t="s">
-        <v>98</v>
+        <v>138</v>
       </c>
       <c r="B119" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C119" t="s">
-        <v>11</v>
+        <v>139</v>
       </c>
       <c r="D119" s="1">
-        <v>45915</v>
+        <v>43626</v>
       </c>
       <c r="E119" s="1">
-        <v>47741</v>
+        <v>49998</v>
       </c>
       <c r="F119" t="s">
         <v>10</v>
       </c>
       <c r="H119" s="1"/>
       <c r="I119" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A120" t="s">
-        <v>222</v>
+        <v>56</v>
       </c>
       <c r="B120" t="s">
         <v>14</v>
       </c>
       <c r="C120" t="s">
-        <v>223</v>
+        <v>57</v>
       </c>
       <c r="D120" s="1">
-        <v>45922</v>
+        <v>45488</v>
       </c>
       <c r="E120" s="1">
-        <v>47748</v>
+        <v>52231</v>
       </c>
       <c r="F120" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H120" s="1"/>
       <c r="I120" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A121" t="s">
-        <v>110</v>
+        <v>56</v>
       </c>
       <c r="B121" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C121" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="D121" s="1">
-        <v>45839</v>
+        <v>45488</v>
       </c>
       <c r="E121" s="1">
-        <v>47848</v>
+        <v>52231</v>
       </c>
       <c r="F121" t="s">
         <v>10</v>
       </c>
       <c r="H121" s="1"/>
       <c r="I121" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A122" t="s">
-        <v>110</v>
+        <v>197</v>
       </c>
       <c r="B122" t="s">
-        <v>15</v>
+        <v>198</v>
       </c>
       <c r="C122" t="s">
-        <v>111</v>
+        <v>199</v>
       </c>
       <c r="D122" s="1">
-        <v>45839</v>
+        <v>45922</v>
       </c>
       <c r="E122" s="1">
-        <v>47848</v>
+        <v>53327</v>
       </c>
       <c r="F122" t="s">
         <v>10</v>
       </c>
       <c r="H122" s="1"/>
       <c r="I122" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A123" t="s">
-        <v>110</v>
+        <v>197</v>
       </c>
       <c r="B123" t="s">
-        <v>16</v>
+        <v>199</v>
       </c>
       <c r="C123" t="s">
-        <v>112</v>
+        <v>200</v>
       </c>
       <c r="D123" s="1">
-        <v>45839</v>
+        <v>45922</v>
       </c>
       <c r="E123" s="1">
-        <v>47848</v>
+        <v>53327</v>
       </c>
       <c r="F123" t="s">
         <v>10</v>
       </c>
       <c r="H123" s="1"/>
       <c r="I123" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A124" t="s">
-        <v>110</v>
+        <v>71</v>
       </c>
       <c r="B124" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C124" t="s">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="D124" s="1">
-        <v>45839</v>
+        <v>45801</v>
       </c>
       <c r="E124" s="1">
-        <v>47848</v>
+        <v>60998</v>
       </c>
       <c r="F124" t="s">
         <v>10</v>
       </c>
       <c r="H124" s="1"/>
       <c r="I124" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A125" t="s">
-        <v>110</v>
+        <v>194</v>
       </c>
       <c r="B125" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C125" t="s">
-        <v>113</v>
+        <v>195</v>
       </c>
       <c r="D125" s="1">
-        <v>45839</v>
+        <v>46142</v>
       </c>
       <c r="E125" s="1">
-        <v>47848</v>
+        <v>64039</v>
       </c>
       <c r="F125" t="s">
         <v>10</v>
       </c>
       <c r="H125" s="1"/>
       <c r="I125" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A126" t="s">
-        <v>110</v>
+        <v>35</v>
       </c>
       <c r="B126" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C126" t="s">
-        <v>114</v>
+        <v>36</v>
       </c>
       <c r="D126" s="1">
-        <v>45839</v>
+        <v>45279</v>
       </c>
       <c r="E126" s="1">
-        <v>47848</v>
+        <v>72686</v>
       </c>
       <c r="F126" t="s">
         <v>10</v>
       </c>
       <c r="H126" s="1"/>
       <c r="I126" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A127" t="s">
-        <v>110</v>
+        <v>35</v>
       </c>
       <c r="B127" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C127" t="s">
-        <v>115</v>
+        <v>37</v>
       </c>
       <c r="D127" s="1">
-        <v>45839</v>
+        <v>45279</v>
       </c>
       <c r="E127" s="1">
-        <v>47848</v>
+        <v>72686</v>
       </c>
       <c r="F127" t="s">
         <v>10</v>
       </c>
       <c r="H127" s="1"/>
       <c r="I127" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A128" t="s">
-        <v>110</v>
+        <v>35</v>
       </c>
       <c r="B128" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C128" t="s">
-        <v>116</v>
+        <v>38</v>
       </c>
       <c r="D128" s="1">
-        <v>45839</v>
+        <v>45279</v>
       </c>
       <c r="E128" s="1">
-        <v>47848</v>
+        <v>72686</v>
       </c>
       <c r="F128" t="s">
         <v>10</v>
       </c>
       <c r="H128" s="1"/>
       <c r="I128" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A129" t="s">
-        <v>110</v>
+        <v>35</v>
       </c>
       <c r="B129" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C129" t="s">
-        <v>117</v>
+        <v>39</v>
       </c>
       <c r="D129" s="1">
-        <v>45839</v>
+        <v>45279</v>
       </c>
       <c r="E129" s="1">
-        <v>47848</v>
+        <v>72686</v>
       </c>
       <c r="F129" t="s">
         <v>10</v>
       </c>
       <c r="H129" s="1"/>
       <c r="I129" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A130" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B130" t="s">
         <v>20</v>
       </c>
       <c r="C130" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D130" s="1">
-        <v>45283</v>
+        <v>45279</v>
       </c>
       <c r="E130" s="1">
-        <v>48213</v>
+        <v>72686</v>
       </c>
       <c r="F130" t="s">
         <v>10</v>
       </c>
       <c r="H130" s="1"/>
       <c r="I130" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A131" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B131" t="s">
         <v>20</v>
       </c>
       <c r="C131" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="D131" s="1">
-        <v>45283</v>
+        <v>45279</v>
       </c>
       <c r="E131" s="1">
-        <v>48216</v>
+        <v>72686</v>
       </c>
       <c r="F131" t="s">
         <v>10</v>
       </c>
       <c r="H131" s="1"/>
       <c r="I131" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A132" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B132" t="s">
         <v>20</v>
       </c>
       <c r="C132" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="D132" s="1">
-        <v>45283</v>
+        <v>45279</v>
       </c>
       <c r="E132" s="1">
-        <v>48580</v>
+        <v>72686</v>
       </c>
       <c r="F132" t="s">
         <v>10</v>
       </c>
       <c r="H132" s="1"/>
       <c r="I132" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A133" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="B133" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="C133" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="D133" s="1">
-        <v>45273</v>
+        <v>45279</v>
       </c>
       <c r="E133" s="1">
-        <v>49558</v>
+        <v>72686</v>
       </c>
       <c r="F133" t="s">
         <v>10</v>
       </c>
       <c r="H133" s="1"/>
       <c r="I133" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A134" t="s">
-        <v>81</v>
+        <v>35</v>
       </c>
       <c r="B134" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C134" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="D134" s="1">
-        <v>45725</v>
+        <v>45279</v>
       </c>
       <c r="E134" s="1">
-        <v>49743</v>
+        <v>72686</v>
       </c>
       <c r="F134" t="s">
         <v>10</v>
       </c>
       <c r="H134" s="1"/>
       <c r="I134" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A135" t="s">
-        <v>155</v>
+        <v>35</v>
       </c>
       <c r="B135" t="s">
         <v>20</v>
       </c>
       <c r="C135" t="s">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="D135" s="1">
-        <v>43626</v>
+        <v>45279</v>
       </c>
       <c r="E135" s="1">
-        <v>49998</v>
+        <v>72686</v>
       </c>
       <c r="F135" t="s">
         <v>10</v>
       </c>
       <c r="H135" s="1"/>
       <c r="I135" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A136" t="s">
-        <v>57</v>
+        <v>192</v>
       </c>
       <c r="B136" t="s">
         <v>14</v>
       </c>
       <c r="C136" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D136" s="1">
-        <v>45488</v>
+        <v>45896</v>
       </c>
       <c r="E136" s="1">
-        <v>52231</v>
+        <v>72924</v>
       </c>
       <c r="F136" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H136" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G136" t="s">
+        <v>193</v>
+      </c>
+      <c r="H136" s="1">
+        <v>46085</v>
+      </c>
       <c r="I136" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A137" t="s">
-        <v>57</v>
+        <v>105</v>
       </c>
       <c r="B137" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C137" t="s">
-        <v>59</v>
+        <v>106</v>
       </c>
       <c r="D137" s="1">
-        <v>45488</v>
+        <v>45863</v>
       </c>
       <c r="E137" s="1">
-        <v>52231</v>
+        <v>1132459</v>
       </c>
       <c r="F137" t="s">
         <v>10</v>
       </c>
       <c r="H137" s="1"/>
       <c r="I137" t="s">
-        <v>10</v>
-[...387 lines deleted...]
-      <c r="I153" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="840835ac-57cf-4e7c-8808-03f41f398c55" xmlns:ns3="e2d26605-1d9b-4ee4-8466-0d097a60ace0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8955ac08bd5a0b9db309db4accb68a66" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010052CF9F2C23FA254188B8947FA71C680A" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="016ce4ced2ea37fa6925857f45c7a1cc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="840835ac-57cf-4e7c-8808-03f41f398c55" xmlns:ns3="e2d26605-1d9b-4ee4-8466-0d097a60ace0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="54049b7aa2694742bf2f7ad3c43411da" ns2:_="" ns3:_="">
     <xsd:import namespace="840835ac-57cf-4e7c-8808-03f41f398c55"/>
     <xsd:import namespace="e2d26605-1d9b-4ee4-8466-0d097a60ace0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -5335,84 +4853,89 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e2d26605-1d9b-4ee4-8466-0d097a60ace0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="840835ac-57cf-4e7c-8808-03f41f398c55" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91EB90C7-FBE4-41AA-BDAE-4462BDD4462F}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{446667F6-599E-4AF2-A14A-1089A67B7B8F}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0394E873-5D6E-4FDF-9FEE-46BAEBF7A878}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="e2d26605-1d9b-4ee4-8466-0d097a60ace0"/>
     <ds:schemaRef ds:uri="840835ac-57cf-4e7c-8808-03f41f398c55"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6A8A2C2-CA03-4FA0-A0BF-B9E5219044DB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91EB90C7-FBE4-41AA-BDAE-4462BDD4462F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>