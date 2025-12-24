--- v1 (2025-12-04)
+++ v2 (2025-12-24)
@@ -3,75 +3,75 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ncconnect.sharepoint.com/sites/AGR-Marketing/Shared Documents/Multimedia/John Hammond/Digital Commons (AGR)/Website Documents/NC Farmer Products/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="8_{2D94ED9B-CE99-4AB8-BDFD-E0B1FDB157E6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3AEAFBC6-F85A-44FC-B58A-4E8431D26C9A}"/>
+  <xr:revisionPtr revIDLastSave="3" documentId="8_{13606422-3B14-4905-BA2C-E745C6DBEDB1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FD9AA1D0-5374-4945-A2F0-6DF5442176AC}"/>
   <bookViews>
-    <workbookView xWindow="13350" yWindow="-16395" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-15450" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="735" uniqueCount="204">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="686" uniqueCount="195">
   <si>
     <t>Farm/Business Name</t>
   </si>
   <si>
     <t>Product Type</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Availability Start Date</t>
   </si>
   <si>
     <t>Availability End Date</t>
   </si>
   <si>
     <t>Is the product listed above GAP certified? </t>
   </si>
   <si>
     <t>GAP Certifying Body and Certification Number</t>
   </si>
   <si>
     <t>GAP Certification Expiration Date</t>
   </si>
   <si>
@@ -110,56 +110,50 @@
   <si>
     <t>Sweet Potatoes</t>
   </si>
   <si>
     <t>Snacks and Condiments </t>
   </si>
   <si>
     <t>Crab Cakes</t>
   </si>
   <si>
     <t>COTTON BOLL Pollinators LLC, Bayed Bear Honey LLC</t>
   </si>
   <si>
     <t>Honey</t>
   </si>
   <si>
     <t>Secret Garden Bees</t>
   </si>
   <si>
     <t>Honey and Jelly</t>
   </si>
   <si>
     <t>Raw Bottled Honey</t>
   </si>
   <si>
-    <t>Jelly</t>
-[...4 lines deleted...]
-  <si>
     <t>Beef</t>
   </si>
   <si>
     <t>Nuts, Seeds and Legumes </t>
   </si>
   <si>
     <t>Divine Desserts</t>
   </si>
   <si>
     <t>Cake pops</t>
   </si>
   <si>
     <t>Gourmet Cookies</t>
   </si>
   <si>
     <t>Rum cake</t>
   </si>
   <si>
     <t>A Little Love Seasoning</t>
   </si>
   <si>
     <t>All-Purpose Seasoning</t>
   </si>
   <si>
     <t>All-Purpose No Salt Seasoning</t>
@@ -227,53 +221,50 @@
   <si>
     <t>Lion’s Mane Mushrooms</t>
   </si>
   <si>
     <t>Ground Beef</t>
   </si>
   <si>
     <t>DJs Pickles</t>
   </si>
   <si>
     <t>Cedar Creek Market</t>
   </si>
   <si>
     <t>Chicken</t>
   </si>
   <si>
     <t>Asgard Farm</t>
   </si>
   <si>
     <t xml:space="preserve">Pastured Pork </t>
   </si>
   <si>
     <t xml:space="preserve">Pastured Eggs </t>
   </si>
   <si>
-    <t xml:space="preserve">Pastured chicken </t>
-[...1 lines deleted...]
-  <si>
     <t>Hawkins Farm</t>
   </si>
   <si>
     <t>Pasture Raised Eggs</t>
   </si>
   <si>
     <t>Brown Creek Creamery</t>
   </si>
   <si>
     <t>Cheese Curds</t>
   </si>
   <si>
     <t xml:space="preserve">Angel Wing Sauce </t>
   </si>
   <si>
     <t>Gourmet Hot Sauce</t>
   </si>
   <si>
     <t>Forgotten Ways Farm</t>
   </si>
   <si>
     <t>Grass finished beef</t>
   </si>
   <si>
     <t>Grass finished Lamb</t>
@@ -296,53 +287,50 @@
   <si>
     <t>Sausage Breakfast Burrito</t>
   </si>
   <si>
     <t>Spicy Chicken Burrito</t>
   </si>
   <si>
     <t>Pulled Pork Burrito</t>
   </si>
   <si>
     <t xml:space="preserve">Proper Planning Farms </t>
   </si>
   <si>
     <t>Vegan Nopal Burrito</t>
   </si>
   <si>
     <t>Salsa Macha</t>
   </si>
   <si>
     <t>Salsa Verde</t>
   </si>
   <si>
     <t xml:space="preserve">J &amp; J Martin Farms Produce </t>
   </si>
   <si>
-    <t xml:space="preserve">Pumpkins </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Collards </t>
   </si>
   <si>
     <t>Feast Down East Food Hub</t>
   </si>
   <si>
     <t>Beef  - Ground</t>
   </si>
   <si>
     <t xml:space="preserve">Turnips </t>
   </si>
   <si>
     <t xml:space="preserve">Rutabagas </t>
   </si>
   <si>
     <t xml:space="preserve">Cabbage </t>
   </si>
   <si>
     <t>Washington Crab</t>
   </si>
   <si>
     <t>Flounder</t>
   </si>
   <si>
     <t>Salmon</t>
@@ -359,53 +347,50 @@
   <si>
     <t>Trout</t>
   </si>
   <si>
     <t>Tuna</t>
   </si>
   <si>
     <t>Bravo Steaks</t>
   </si>
   <si>
     <t>Fulcher's Seafood LLC</t>
   </si>
   <si>
     <t>Value Added Seafood Microwave Meals</t>
   </si>
   <si>
     <t xml:space="preserve">Moores Produce Family Farm </t>
   </si>
   <si>
     <t>Flavor Full Slices LLC</t>
   </si>
   <si>
     <t>Primus  GFS       WQS-PGFS-5971</t>
   </si>
   <si>
-    <t>Kale</t>
-[...1 lines deleted...]
-  <si>
     <t>Fann Farms</t>
   </si>
   <si>
     <t>WQS - QIMA  GGN:405618765222</t>
   </si>
   <si>
     <t>Jireh Family Farm</t>
   </si>
   <si>
     <t>Pastured Chicken</t>
   </si>
   <si>
     <t>Pastured Pork</t>
   </si>
   <si>
     <t>Grass-Fed Beef</t>
   </si>
   <si>
     <t>Pastured Eggs</t>
   </si>
   <si>
     <t>Herbal Teas</t>
   </si>
   <si>
     <t>Wilders Farm</t>
@@ -449,83 +434,65 @@
   <si>
     <t>Garner Farms Inc</t>
   </si>
   <si>
     <t xml:space="preserve">U-Pick Strawberries </t>
   </si>
   <si>
     <t>Tidewater Grain Co</t>
   </si>
   <si>
     <t>Carolina Gold Rice</t>
   </si>
   <si>
     <t>Santee Gold Long Grain Rice</t>
   </si>
   <si>
     <t>Heirloom Rice Flour</t>
   </si>
   <si>
     <t>Angel Wing Sauce</t>
   </si>
   <si>
     <t>Hot Sauce</t>
   </si>
   <si>
-    <t>JLN Farm and Garden</t>
-[...4 lines deleted...]
-  <si>
     <t>Anders Family Farms, LLC</t>
   </si>
   <si>
     <t>Hydroponic Red Buttercrunch Heads</t>
   </si>
   <si>
     <t>52352</t>
   </si>
   <si>
     <t>Anders Family Farm, LLC</t>
   </si>
   <si>
     <t>Hydroponic Greenleaf heads</t>
   </si>
   <si>
-    <t>Hydroponic Green Romaine Heads</t>
-[...10 lines deleted...]
-  <si>
     <t>Hydroponic Green Buttercrunch</t>
   </si>
   <si>
     <t>Hydroponic Dill</t>
   </si>
   <si>
     <t>Hydroponic Basil</t>
   </si>
   <si>
     <t>Hydroponic Cilantro</t>
   </si>
   <si>
     <t>Hydroponic Mint</t>
   </si>
   <si>
     <t>Edible Flowers</t>
   </si>
   <si>
     <t>Hydroponic Parsley</t>
   </si>
   <si>
     <t>Hydroponic Spicy Mix</t>
   </si>
   <si>
     <t>Hydroponic Tatsoi</t>
@@ -639,92 +606,99 @@
     <t>Vegetables</t>
   </si>
   <si>
     <t>Mitchell's Butchery</t>
   </si>
   <si>
     <t>ZA LIFE LLC</t>
   </si>
   <si>
     <t>THCA PRODUCTS</t>
   </si>
   <si>
     <t>THCA FLOWER UNDER 0.3% TOTAL THC</t>
   </si>
   <si>
     <t>THCA FLOWER</t>
   </si>
   <si>
     <t>Sprout Culture Microgreens</t>
   </si>
   <si>
     <t>Microgreens and microherbs</t>
   </si>
   <si>
     <t>NC Dept. of Ag. #52614</t>
+  </si>
+  <si>
+    <t>Sycamore SOL</t>
+  </si>
+  <si>
+    <t>Garlic</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
@@ -734,54 +708,54 @@
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A1:I137" totalsRowShown="0" headerRowDxfId="9">
-[...2 lines deleted...]
-    <sortCondition ref="E1:E137"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A1:I128" totalsRowShown="0" headerRowDxfId="9">
+  <autoFilter ref="A1:I128" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:I128">
+    <sortCondition ref="E1:E128"/>
   </sortState>
   <tableColumns count="9">
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Farm/Business Name" dataDxfId="8"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Product Type" dataDxfId="7"/>
     <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="Product" dataDxfId="6"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Availability Start Date" dataDxfId="5"/>
     <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Availability End Date" dataDxfId="4"/>
     <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="Is the product listed above GAP certified? " dataDxfId="3"/>
     <tableColumn id="12" xr3:uid="{00000000-0010-0000-0000-00000C000000}" name="GAP Certifying Body and Certification Number" dataDxfId="2"/>
     <tableColumn id="13" xr3:uid="{00000000-0010-0000-0000-00000D000000}" name="GAP Certification Expiration Date" dataDxfId="1"/>
     <tableColumn id="14" xr3:uid="{00000000-0010-0000-0000-00000E000000}" name="Is the product listed above Organic certified?" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1055,3616 +1029,3401 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:I137"/>
+  <dimension ref="A1:I128"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft"/>
+      <pane ySplit="1" topLeftCell="A62" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="E62" sqref="E62"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="44.44140625" customWidth="1"/>
     <col min="2" max="2" width="29" customWidth="1"/>
     <col min="3" max="3" width="40.88671875" customWidth="1"/>
     <col min="4" max="5" width="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="12.44140625" customWidth="1"/>
     <col min="7" max="10" width="20" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="72" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
-        <v>140</v>
+        <v>85</v>
       </c>
       <c r="B2" t="s">
         <v>14</v>
       </c>
       <c r="C2" t="s">
-        <v>141</v>
+        <v>91</v>
       </c>
       <c r="D2" s="1">
-        <v>45824</v>
+        <v>45945</v>
       </c>
       <c r="E2" s="1">
-        <v>45986</v>
+        <v>46011</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="H2" s="1"/>
       <c r="I2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
-        <v>63</v>
+        <v>100</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="D3" s="1">
-        <v>45793</v>
+        <v>45863</v>
       </c>
       <c r="E3" s="1">
-        <v>45989</v>
+        <v>46016</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="H3" s="1"/>
       <c r="I3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
-        <v>88</v>
+        <v>59</v>
       </c>
       <c r="B4" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C4" t="s">
-        <v>89</v>
+        <v>11</v>
       </c>
       <c r="D4" s="1">
-        <v>45899</v>
+        <v>45717</v>
       </c>
       <c r="E4" s="1">
-        <v>45990</v>
+        <v>46022</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="H4" s="1"/>
       <c r="I4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
-        <v>107</v>
+        <v>59</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>110</v>
+        <v>60</v>
       </c>
       <c r="D5" s="1">
-        <v>45863</v>
+        <v>45670</v>
       </c>
       <c r="E5" s="1">
-        <v>45991</v>
+        <v>46022</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="1"/>
       <c r="I5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
-        <v>123</v>
+        <v>59</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="D6" s="1">
-        <v>45931</v>
+        <v>45670</v>
       </c>
       <c r="E6" s="1">
-        <v>45992</v>
+        <v>46022</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="H6" s="1"/>
       <c r="I6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
-        <v>145</v>
+        <v>61</v>
       </c>
       <c r="B7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C7" t="s">
-        <v>147</v>
+        <v>62</v>
       </c>
       <c r="D7" s="1">
-        <v>45870</v>
+        <v>45699</v>
       </c>
       <c r="E7" s="1">
-        <v>46003</v>
+        <v>46022</v>
       </c>
       <c r="F7" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H7" s="1"/>
       <c r="I7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A8" t="s">
-        <v>145</v>
+        <v>61</v>
       </c>
       <c r="B8" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C8" t="s">
-        <v>148</v>
+        <v>63</v>
       </c>
       <c r="D8" s="1">
-        <v>45870</v>
+        <v>45689</v>
       </c>
       <c r="E8" s="1">
-        <v>46003</v>
+        <v>46022</v>
       </c>
       <c r="F8" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H8" s="1"/>
       <c r="I8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
-        <v>145</v>
+        <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C9" t="s">
-        <v>149</v>
+        <v>67</v>
       </c>
       <c r="D9" s="1">
-        <v>45870</v>
+        <v>45757</v>
       </c>
       <c r="E9" s="1">
-        <v>46003</v>
+        <v>46022</v>
       </c>
       <c r="F9" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H9" s="1"/>
       <c r="I9" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A10" t="s">
-        <v>145</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C10" t="s">
-        <v>150</v>
+        <v>71</v>
       </c>
       <c r="D10" s="1">
-        <v>45870</v>
+        <v>45863</v>
       </c>
       <c r="E10" s="1">
-        <v>46003</v>
+        <v>46022</v>
       </c>
       <c r="F10" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H10" s="1"/>
       <c r="I10" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>70</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="D11" s="1">
-        <v>45273</v>
+        <v>45863</v>
       </c>
       <c r="E11" s="1">
-        <v>46004</v>
+        <v>46022</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="H11" s="1"/>
       <c r="I11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A12" t="s">
-        <v>88</v>
+        <v>73</v>
       </c>
       <c r="B12" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C12" t="s">
-        <v>95</v>
+        <v>74</v>
       </c>
       <c r="D12" s="1">
-        <v>45945</v>
+        <v>45863</v>
       </c>
       <c r="E12" s="1">
-        <v>46011</v>
+        <v>46022</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="H12" s="1"/>
       <c r="I12" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A13" t="s">
-        <v>104</v>
+        <v>73</v>
       </c>
       <c r="B13" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C13" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="D13" s="1">
         <v>45863</v>
       </c>
       <c r="E13" s="1">
-        <v>46016</v>
+        <v>46022</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="H13" s="1"/>
       <c r="I13" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A14" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="B14" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C14" t="s">
-        <v>11</v>
+        <v>86</v>
       </c>
       <c r="D14" s="1">
-        <v>45717</v>
+        <v>45856</v>
       </c>
       <c r="E14" s="1">
         <v>46022</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="H14" s="1"/>
       <c r="I14" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A15" t="s">
-        <v>61</v>
+        <v>104</v>
       </c>
       <c r="B15" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C15" t="s">
-        <v>62</v>
+        <v>12</v>
       </c>
       <c r="D15" s="1">
-        <v>45670</v>
+        <v>45901</v>
       </c>
       <c r="E15" s="1">
         <v>46022</v>
       </c>
       <c r="F15" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H15" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G15" t="s">
+        <v>105</v>
+      </c>
+      <c r="H15" s="1">
+        <v>46009</v>
+      </c>
       <c r="I15" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A16" t="s">
-        <v>61</v>
+        <v>135</v>
       </c>
       <c r="B16" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C16" t="s">
-        <v>29</v>
+        <v>136</v>
       </c>
       <c r="D16" s="1">
-        <v>45670</v>
+        <v>45870</v>
       </c>
       <c r="E16" s="1">
         <v>46022</v>
       </c>
       <c r="F16" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H16" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="H16" s="1">
+        <v>45638</v>
+      </c>
       <c r="I16" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A17" t="s">
-        <v>63</v>
+        <v>138</v>
       </c>
       <c r="B17" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C17" t="s">
-        <v>64</v>
+        <v>139</v>
       </c>
       <c r="D17" s="1">
-        <v>45699</v>
+        <v>45870</v>
       </c>
       <c r="E17" s="1">
         <v>46022</v>
       </c>
       <c r="F17" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H17" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="H17" s="1">
+        <v>46003</v>
+      </c>
       <c r="I17" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A18" t="s">
-        <v>63</v>
+        <v>138</v>
       </c>
       <c r="B18" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C18" t="s">
-        <v>65</v>
+        <v>140</v>
       </c>
       <c r="D18" s="1">
-        <v>45689</v>
+        <v>45870</v>
       </c>
       <c r="E18" s="1">
         <v>46022</v>
       </c>
       <c r="F18" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H18" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="H18" s="1">
+        <v>46003</v>
+      </c>
       <c r="I18" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A19" t="s">
-        <v>69</v>
+        <v>138</v>
       </c>
       <c r="B19" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C19" t="s">
-        <v>70</v>
+        <v>141</v>
       </c>
       <c r="D19" s="1">
-        <v>45757</v>
+        <v>45870</v>
       </c>
       <c r="E19" s="1">
         <v>46022</v>
       </c>
       <c r="F19" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H19" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="H19" s="1">
+        <v>46003</v>
+      </c>
       <c r="I19" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A20" t="s">
-        <v>73</v>
+        <v>138</v>
       </c>
       <c r="B20" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C20" t="s">
-        <v>74</v>
+        <v>142</v>
       </c>
       <c r="D20" s="1">
-        <v>45863</v>
+        <v>45870</v>
       </c>
       <c r="E20" s="1">
         <v>46022</v>
       </c>
       <c r="F20" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H20" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="H20" s="1">
+        <v>46003</v>
+      </c>
       <c r="I20" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A21" t="s">
-        <v>73</v>
+        <v>138</v>
       </c>
       <c r="B21" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C21" t="s">
-        <v>75</v>
+        <v>143</v>
       </c>
       <c r="D21" s="1">
-        <v>45863</v>
+        <v>45870</v>
       </c>
       <c r="E21" s="1">
         <v>46022</v>
       </c>
       <c r="F21" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H21" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="H21" s="1">
+        <v>46003</v>
+      </c>
       <c r="I21" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A22" t="s">
-        <v>76</v>
+        <v>138</v>
       </c>
       <c r="B22" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C22" t="s">
-        <v>77</v>
+        <v>144</v>
       </c>
       <c r="D22" s="1">
-        <v>45863</v>
+        <v>45870</v>
       </c>
       <c r="E22" s="1">
         <v>46022</v>
       </c>
       <c r="F22" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H22" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="H22" s="1">
+        <v>46003</v>
+      </c>
       <c r="I22" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A23" t="s">
-        <v>76</v>
+        <v>138</v>
       </c>
       <c r="B23" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C23" t="s">
-        <v>78</v>
+        <v>145</v>
       </c>
       <c r="D23" s="1">
-        <v>45863</v>
+        <v>45870</v>
       </c>
       <c r="E23" s="1">
         <v>46022</v>
       </c>
       <c r="F23" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H23" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="H23" s="1">
+        <v>46003</v>
+      </c>
       <c r="I23" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A24" t="s">
-        <v>107</v>
+        <v>138</v>
       </c>
       <c r="B24" t="s">
         <v>14</v>
       </c>
       <c r="C24" t="s">
-        <v>90</v>
+        <v>146</v>
       </c>
       <c r="D24" s="1">
-        <v>45856</v>
+        <v>45870</v>
       </c>
       <c r="E24" s="1">
         <v>46022</v>
       </c>
       <c r="F24" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H24" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="H24" s="1">
+        <v>46003</v>
+      </c>
       <c r="I24" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A25" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="B25" t="s">
         <v>14</v>
       </c>
       <c r="C25" t="s">
-        <v>12</v>
+        <v>147</v>
       </c>
       <c r="D25" s="1">
-        <v>45901</v>
+        <v>45870</v>
       </c>
       <c r="E25" s="1">
         <v>46022</v>
       </c>
       <c r="F25" t="s">
         <v>9</v>
       </c>
-      <c r="G25" t="s">
-        <v>109</v>
+      <c r="G25" s="3" t="s">
+        <v>137</v>
       </c>
       <c r="H25" s="1">
-        <v>46009</v>
+        <v>46003</v>
       </c>
       <c r="I25" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A26" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="B26" t="s">
         <v>14</v>
       </c>
       <c r="C26" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="D26" s="1">
         <v>45870</v>
       </c>
       <c r="E26" s="1">
         <v>46022</v>
       </c>
       <c r="F26" t="s">
         <v>9</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H26" s="1">
-        <v>45638</v>
+        <v>46003</v>
       </c>
       <c r="I26" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A27" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B27" t="s">
         <v>14</v>
       </c>
       <c r="C27" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="D27" s="1">
         <v>45870</v>
       </c>
       <c r="E27" s="1">
         <v>46022</v>
       </c>
       <c r="F27" t="s">
         <v>9</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H27" s="1">
         <v>46003</v>
       </c>
       <c r="I27" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A28" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B28" t="s">
         <v>14</v>
       </c>
       <c r="C28" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D28" s="1">
         <v>45870</v>
       </c>
       <c r="E28" s="1">
         <v>46022</v>
       </c>
       <c r="F28" t="s">
         <v>9</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H28" s="1">
         <v>46003</v>
       </c>
       <c r="I28" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A29" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B29" t="s">
         <v>14</v>
       </c>
       <c r="C29" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D29" s="1">
         <v>45870</v>
       </c>
       <c r="E29" s="1">
         <v>46022</v>
       </c>
       <c r="F29" t="s">
         <v>9</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H29" s="1">
         <v>46003</v>
       </c>
       <c r="I29" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A30" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B30" t="s">
         <v>14</v>
       </c>
       <c r="C30" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="D30" s="1">
         <v>45870</v>
       </c>
       <c r="E30" s="1">
         <v>46022</v>
       </c>
       <c r="F30" t="s">
         <v>9</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H30" s="1">
         <v>46003</v>
       </c>
       <c r="I30" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A31" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B31" t="s">
         <v>14</v>
       </c>
       <c r="C31" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="D31" s="1">
         <v>45870</v>
       </c>
       <c r="E31" s="1">
         <v>46022</v>
       </c>
       <c r="F31" t="s">
         <v>9</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H31" s="1">
         <v>46003</v>
       </c>
       <c r="I31" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A32" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B32" t="s">
         <v>14</v>
       </c>
       <c r="C32" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="D32" s="1">
         <v>45870</v>
       </c>
       <c r="E32" s="1">
         <v>46022</v>
       </c>
       <c r="F32" t="s">
         <v>9</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H32" s="1">
         <v>46003</v>
       </c>
       <c r="I32" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A33" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B33" t="s">
         <v>14</v>
       </c>
       <c r="C33" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="D33" s="1">
         <v>45870</v>
       </c>
       <c r="E33" s="1">
         <v>46022</v>
       </c>
       <c r="F33" t="s">
         <v>9</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H33" s="1">
         <v>46003</v>
       </c>
       <c r="I33" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A34" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B34" t="s">
         <v>14</v>
       </c>
       <c r="C34" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="D34" s="1">
         <v>45870</v>
       </c>
       <c r="E34" s="1">
         <v>46022</v>
       </c>
       <c r="F34" t="s">
         <v>9</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H34" s="1">
         <v>46003</v>
       </c>
       <c r="I34" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A35" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B35" t="s">
         <v>14</v>
       </c>
       <c r="C35" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="D35" s="1">
         <v>45870</v>
       </c>
       <c r="E35" s="1">
         <v>46022</v>
       </c>
       <c r="F35" t="s">
         <v>9</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H35" s="1">
         <v>46003</v>
       </c>
       <c r="I35" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A36" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B36" t="s">
         <v>14</v>
       </c>
       <c r="C36" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="D36" s="1">
         <v>45870</v>
       </c>
       <c r="E36" s="1">
         <v>46022</v>
       </c>
       <c r="F36" t="s">
         <v>9</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H36" s="1">
         <v>46003</v>
       </c>
       <c r="I36" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A37" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B37" t="s">
         <v>14</v>
       </c>
       <c r="C37" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="D37" s="1">
         <v>45870</v>
       </c>
       <c r="E37" s="1">
         <v>46022</v>
       </c>
       <c r="F37" t="s">
         <v>9</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H37" s="1">
         <v>46003</v>
       </c>
       <c r="I37" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A38" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B38" t="s">
         <v>14</v>
       </c>
       <c r="C38" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="D38" s="1">
         <v>45870</v>
       </c>
       <c r="E38" s="1">
         <v>46022</v>
       </c>
       <c r="F38" t="s">
         <v>9</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H38" s="1">
         <v>46003</v>
       </c>
       <c r="I38" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A39" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B39" t="s">
         <v>14</v>
       </c>
       <c r="C39" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="D39" s="1">
         <v>45870</v>
       </c>
       <c r="E39" s="1">
         <v>46022</v>
       </c>
       <c r="F39" t="s">
         <v>9</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H39" s="1">
         <v>46003</v>
       </c>
       <c r="I39" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A40" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B40" t="s">
         <v>14</v>
       </c>
       <c r="C40" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="D40" s="1">
         <v>45870</v>
       </c>
       <c r="E40" s="1">
         <v>46022</v>
       </c>
       <c r="F40" t="s">
         <v>9</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H40" s="1">
         <v>46003</v>
       </c>
       <c r="I40" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A41" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B41" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="D41" s="1">
         <v>45870</v>
       </c>
       <c r="E41" s="1">
         <v>46022</v>
       </c>
       <c r="F41" t="s">
         <v>9</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H41" s="1">
         <v>46003</v>
       </c>
       <c r="I41" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A42" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B42" t="s">
         <v>14</v>
       </c>
       <c r="C42" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="D42" s="1">
         <v>45870</v>
       </c>
       <c r="E42" s="1">
         <v>46022</v>
       </c>
       <c r="F42" t="s">
         <v>9</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H42" s="1">
         <v>46003</v>
       </c>
       <c r="I42" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A43" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B43" t="s">
         <v>14</v>
       </c>
       <c r="C43" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D43" s="1">
         <v>45870</v>
       </c>
       <c r="E43" s="1">
         <v>46022</v>
       </c>
       <c r="F43" t="s">
         <v>9</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H43" s="1">
         <v>46003</v>
       </c>
       <c r="I43" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A44" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B44" t="s">
         <v>14</v>
       </c>
       <c r="C44" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="D44" s="1">
         <v>45870</v>
       </c>
       <c r="E44" s="1">
         <v>46022</v>
       </c>
       <c r="F44" t="s">
         <v>9</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H44" s="1">
         <v>46003</v>
       </c>
       <c r="I44" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A45" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B45" t="s">
         <v>14</v>
       </c>
       <c r="C45" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D45" s="1">
         <v>45870</v>
       </c>
       <c r="E45" s="1">
         <v>46022</v>
       </c>
       <c r="F45" t="s">
         <v>9</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H45" s="1">
         <v>46003</v>
       </c>
       <c r="I45" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A46" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B46" t="s">
         <v>14</v>
       </c>
       <c r="C46" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="D46" s="1">
         <v>45870</v>
       </c>
       <c r="E46" s="1">
         <v>46022</v>
       </c>
       <c r="F46" t="s">
         <v>9</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H46" s="1">
         <v>46003</v>
       </c>
       <c r="I46" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A47" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="B47" t="s">
         <v>14</v>
       </c>
       <c r="C47" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="D47" s="1">
         <v>45870</v>
       </c>
       <c r="E47" s="1">
         <v>46022</v>
       </c>
       <c r="F47" t="s">
         <v>9</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H47" s="1">
         <v>46003</v>
       </c>
       <c r="I47" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A48" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B48" t="s">
         <v>14</v>
       </c>
       <c r="C48" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="D48" s="1">
         <v>45870</v>
       </c>
       <c r="E48" s="1">
         <v>46022</v>
       </c>
       <c r="F48" t="s">
         <v>9</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H48" s="1">
         <v>46003</v>
       </c>
       <c r="I48" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A49" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B49" t="s">
         <v>14</v>
       </c>
       <c r="C49" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="D49" s="1">
         <v>45870</v>
       </c>
       <c r="E49" s="1">
         <v>46022</v>
       </c>
       <c r="F49" t="s">
         <v>9</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H49" s="1">
         <v>46003</v>
       </c>
       <c r="I49" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A50" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B50" t="s">
         <v>14</v>
       </c>
       <c r="C50" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="D50" s="1">
         <v>45870</v>
       </c>
       <c r="E50" s="1">
         <v>46022</v>
       </c>
       <c r="F50" t="s">
         <v>9</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H50" s="1">
         <v>46003</v>
       </c>
       <c r="I50" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A51" t="s">
-        <v>145</v>
+        <v>180</v>
       </c>
       <c r="B51" t="s">
-        <v>14</v>
+        <v>15</v>
+      </c>
+      <c r="C51" t="s">
+        <v>27</v>
       </c>
       <c r="D51" s="1">
-        <v>45870</v>
+        <v>45658</v>
       </c>
       <c r="E51" s="1">
         <v>46022</v>
       </c>
       <c r="F51" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H51" s="1"/>
       <c r="I51" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A52" t="s">
-        <v>145</v>
+        <v>108</v>
       </c>
       <c r="B52" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C52" t="s">
-        <v>179</v>
+        <v>109</v>
       </c>
       <c r="D52" s="1">
-        <v>45870</v>
+        <v>45839</v>
       </c>
       <c r="E52" s="1">
-        <v>46022</v>
+        <v>46023</v>
       </c>
       <c r="F52" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H52" s="1"/>
       <c r="I52" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A53" t="s">
-        <v>145</v>
+        <v>108</v>
       </c>
       <c r="B53" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C53" t="s">
-        <v>180</v>
+        <v>110</v>
       </c>
       <c r="D53" s="1">
-        <v>45870</v>
+        <v>45839</v>
       </c>
       <c r="E53" s="1">
-        <v>46022</v>
+        <v>46023</v>
       </c>
       <c r="F53" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H53" s="1"/>
       <c r="I53" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A54" t="s">
-        <v>145</v>
+        <v>108</v>
       </c>
       <c r="B54" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C54" t="s">
-        <v>181</v>
+        <v>111</v>
       </c>
       <c r="D54" s="1">
-        <v>45870</v>
+        <v>45839</v>
       </c>
       <c r="E54" s="1">
-        <v>46022</v>
+        <v>46023</v>
       </c>
       <c r="F54" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H54" s="1"/>
       <c r="I54" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A55" t="s">
-        <v>145</v>
+        <v>108</v>
       </c>
       <c r="B55" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C55" t="s">
-        <v>182</v>
+        <v>112</v>
       </c>
       <c r="D55" s="1">
-        <v>45870</v>
+        <v>45839</v>
       </c>
       <c r="E55" s="1">
-        <v>46022</v>
+        <v>46023</v>
       </c>
       <c r="F55" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H55" s="1"/>
       <c r="I55" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A56" t="s">
-        <v>145</v>
+        <v>108</v>
       </c>
       <c r="B56" t="s">
-        <v>14</v>
+        <v>113</v>
       </c>
       <c r="C56" t="s">
-        <v>183</v>
+        <v>113</v>
       </c>
       <c r="D56" s="1">
-        <v>45870</v>
+        <v>45839</v>
       </c>
       <c r="E56" s="1">
-        <v>46022</v>
+        <v>46023</v>
       </c>
       <c r="F56" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H56" s="1"/>
       <c r="I56" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A57" t="s">
-        <v>184</v>
+        <v>124</v>
       </c>
       <c r="B57" t="s">
         <v>14</v>
       </c>
       <c r="C57" t="s">
-        <v>185</v>
+        <v>125</v>
       </c>
       <c r="D57" s="1">
-        <v>45870</v>
+        <v>45887</v>
       </c>
       <c r="E57" s="1">
-        <v>46022</v>
+        <v>46041</v>
       </c>
       <c r="F57" t="s">
         <v>9</v>
       </c>
-      <c r="G57" s="3" t="s">
-        <v>144</v>
+      <c r="G57" t="s">
+        <v>126</v>
       </c>
       <c r="H57" s="1">
-        <v>46003</v>
+        <v>45897</v>
       </c>
       <c r="I57" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A58" t="s">
-        <v>145</v>
+        <v>85</v>
       </c>
       <c r="B58" t="s">
         <v>14</v>
       </c>
       <c r="C58" t="s">
-        <v>186</v>
+        <v>90</v>
       </c>
       <c r="D58" s="1">
-        <v>45870</v>
+        <v>45961</v>
       </c>
       <c r="E58" s="1">
-        <v>46022</v>
+        <v>46052</v>
       </c>
       <c r="F58" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H58" s="1"/>
       <c r="I58" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A59" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="B59" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="C59" t="s">
-        <v>187</v>
+        <v>154</v>
       </c>
       <c r="D59" s="1">
-        <v>45870</v>
+        <v>45978</v>
       </c>
       <c r="E59" s="1">
-        <v>46022</v>
+        <v>46052</v>
       </c>
       <c r="F59" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H59" s="1"/>
       <c r="I59" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A60" t="s">
-        <v>145</v>
+        <v>85</v>
       </c>
       <c r="B60" t="s">
         <v>14</v>
       </c>
       <c r="C60" t="s">
-        <v>188</v>
+        <v>86</v>
       </c>
       <c r="D60" s="1">
-        <v>45870</v>
+        <v>45927</v>
       </c>
       <c r="E60" s="1">
-        <v>46022</v>
+        <v>46053</v>
       </c>
       <c r="F60" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H60" s="1"/>
       <c r="I60" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A61" t="s">
-        <v>191</v>
+        <v>85</v>
       </c>
       <c r="B61" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C61" t="s">
-        <v>29</v>
+        <v>89</v>
       </c>
       <c r="D61" s="1">
-        <v>45658</v>
+        <v>45934</v>
       </c>
       <c r="E61" s="1">
-        <v>46022</v>
+        <v>46053</v>
       </c>
       <c r="F61" t="s">
         <v>10</v>
       </c>
       <c r="H61" s="1"/>
       <c r="I61" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A62" t="s">
-        <v>113</v>
+        <v>127</v>
       </c>
       <c r="B62" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C62" t="s">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="D62" s="1">
-        <v>45839</v>
+        <v>46116</v>
       </c>
       <c r="E62" s="1">
-        <v>46023</v>
+        <v>46172</v>
       </c>
       <c r="F62" t="s">
         <v>10</v>
       </c>
       <c r="H62" s="1"/>
       <c r="I62" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A63" t="s">
-        <v>113</v>
+        <v>87</v>
       </c>
       <c r="B63" t="s">
         <v>15</v>
       </c>
       <c r="C63" t="s">
-        <v>115</v>
+        <v>88</v>
       </c>
       <c r="D63" s="1">
-        <v>45839</v>
+        <v>45863</v>
       </c>
       <c r="E63" s="1">
-        <v>46023</v>
+        <v>46173</v>
       </c>
       <c r="F63" t="s">
         <v>10</v>
       </c>
       <c r="H63" s="1"/>
       <c r="I63" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A64" t="s">
-        <v>113</v>
+        <v>155</v>
       </c>
       <c r="B64" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C64" t="s">
-        <v>116</v>
+        <v>157</v>
       </c>
       <c r="D64" s="1">
-        <v>45839</v>
+        <v>45901</v>
       </c>
       <c r="E64" s="1">
-        <v>46023</v>
+        <v>46175</v>
       </c>
       <c r="F64" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H64" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G64" t="s">
+        <v>156</v>
+      </c>
+      <c r="H64" s="1">
+        <v>46234</v>
+      </c>
       <c r="I64" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A65" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B65" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C65" t="s">
-        <v>117</v>
+        <v>27</v>
       </c>
       <c r="D65" s="1">
-        <v>45839</v>
+        <v>45865</v>
       </c>
       <c r="E65" s="1">
-        <v>46023</v>
+        <v>46204</v>
       </c>
       <c r="F65" t="s">
         <v>10</v>
       </c>
       <c r="H65" s="1"/>
       <c r="I65" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A66" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B66" t="s">
-        <v>118</v>
+        <v>11</v>
       </c>
       <c r="C66" t="s">
-        <v>118</v>
+        <v>11</v>
       </c>
       <c r="D66" s="1">
-        <v>45839</v>
+        <v>45865</v>
       </c>
       <c r="E66" s="1">
-        <v>46023</v>
+        <v>46204</v>
       </c>
       <c r="F66" t="s">
         <v>10</v>
       </c>
       <c r="H66" s="1"/>
       <c r="I66" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A67" t="s">
-        <v>129</v>
+        <v>118</v>
       </c>
       <c r="B67" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C67" t="s">
-        <v>130</v>
+        <v>119</v>
       </c>
       <c r="D67" s="1">
-        <v>45887</v>
+        <v>45865</v>
       </c>
       <c r="E67" s="1">
-        <v>46041</v>
+        <v>46204</v>
       </c>
       <c r="F67" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H67" s="1"/>
       <c r="I67" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A68" t="s">
-        <v>88</v>
+        <v>106</v>
       </c>
       <c r="B68" t="s">
         <v>14</v>
       </c>
       <c r="C68" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
       <c r="D68" s="1">
-        <v>45961</v>
+        <v>45863</v>
       </c>
       <c r="E68" s="1">
-        <v>46052</v>
+        <v>46227</v>
       </c>
       <c r="F68" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H68" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G68" t="s">
+        <v>107</v>
+      </c>
+      <c r="H68" s="1">
+        <v>45942</v>
+      </c>
       <c r="I68" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A69" t="s">
-        <v>164</v>
+        <v>122</v>
       </c>
       <c r="B69" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="C69" t="s">
-        <v>165</v>
+        <v>123</v>
       </c>
       <c r="D69" s="1">
-        <v>45978</v>
+        <v>45866</v>
       </c>
       <c r="E69" s="1">
-        <v>46052</v>
+        <v>46234</v>
       </c>
       <c r="F69" t="s">
         <v>10</v>
       </c>
       <c r="H69" s="1"/>
       <c r="I69" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A70" t="s">
-        <v>88</v>
+        <v>50</v>
       </c>
       <c r="B70" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C70" t="s">
-        <v>90</v>
+        <v>178</v>
       </c>
       <c r="D70" s="1">
-        <v>45927</v>
+        <v>45870</v>
       </c>
       <c r="E70" s="1">
-        <v>46053</v>
+        <v>46235</v>
       </c>
       <c r="F70" t="s">
         <v>10</v>
       </c>
       <c r="H70" s="1"/>
       <c r="I70" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A71" t="s">
-        <v>88</v>
+        <v>120</v>
       </c>
       <c r="B71" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C71" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="D71" s="1">
-        <v>45934</v>
+        <v>45865</v>
       </c>
       <c r="E71" s="1">
-        <v>46053</v>
+        <v>46265</v>
       </c>
       <c r="F71" t="s">
         <v>10</v>
       </c>
       <c r="H71" s="1"/>
       <c r="I71" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A72" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="B72" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C72" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D72" s="1">
-        <v>46116</v>
+        <v>45901</v>
       </c>
       <c r="E72" s="1">
-        <v>46172</v>
+        <v>46266</v>
       </c>
       <c r="F72" t="s">
         <v>10</v>
       </c>
       <c r="H72" s="1"/>
       <c r="I72" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A73" t="s">
-        <v>91</v>
+        <v>129</v>
       </c>
       <c r="B73" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C73" t="s">
-        <v>92</v>
+        <v>131</v>
       </c>
       <c r="D73" s="1">
-        <v>45863</v>
+        <v>45901</v>
       </c>
       <c r="E73" s="1">
-        <v>46173</v>
+        <v>46266</v>
       </c>
       <c r="F73" t="s">
         <v>10</v>
       </c>
       <c r="H73" s="1"/>
       <c r="I73" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A74" t="s">
-        <v>166</v>
+        <v>129</v>
       </c>
       <c r="B74" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C74" t="s">
-        <v>168</v>
+        <v>132</v>
       </c>
       <c r="D74" s="1">
         <v>45901</v>
       </c>
       <c r="E74" s="1">
-        <v>46175</v>
+        <v>46266</v>
       </c>
       <c r="F74" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H74" s="1"/>
       <c r="I74" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A75" t="s">
-[...6 lines deleted...]
-        <v>29</v>
+      <c r="A75" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="B75" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C75" s="4" t="s">
+        <v>194</v>
       </c>
       <c r="D75" s="1">
-        <v>45865</v>
+        <v>46237</v>
       </c>
       <c r="E75" s="1">
-        <v>46204</v>
-[...3 lines deleted...]
-      </c>
+        <v>46300</v>
+      </c>
+      <c r="F75" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G75" s="4"/>
       <c r="H75" s="1"/>
-      <c r="I75" t="s">
+      <c r="I75" s="4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A76" t="s">
-        <v>123</v>
+        <v>46</v>
       </c>
       <c r="B76" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="C76" t="s">
-        <v>11</v>
+        <v>78</v>
       </c>
       <c r="D76" s="1">
-        <v>45865</v>
+        <v>45863</v>
       </c>
       <c r="E76" s="1">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="F76" t="s">
         <v>10</v>
       </c>
       <c r="H76" s="1"/>
       <c r="I76" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A77" t="s">
-        <v>123</v>
+        <v>46</v>
       </c>
       <c r="B77" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="C77" t="s">
-        <v>124</v>
+        <v>79</v>
       </c>
       <c r="D77" s="1">
-        <v>45865</v>
+        <v>45863</v>
       </c>
       <c r="E77" s="1">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="F77" t="s">
         <v>10</v>
       </c>
       <c r="H77" s="1"/>
       <c r="I77" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A78" t="s">
-        <v>111</v>
+        <v>46</v>
       </c>
       <c r="B78" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="C78" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="D78" s="1">
         <v>45863</v>
       </c>
       <c r="E78" s="1">
-        <v>46227</v>
+        <v>46387</v>
       </c>
       <c r="F78" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H78" s="1"/>
       <c r="I78" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A79" t="s">
-        <v>127</v>
+        <v>46</v>
       </c>
       <c r="B79" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="C79" t="s">
-        <v>128</v>
+        <v>48</v>
       </c>
       <c r="D79" s="1">
-        <v>45866</v>
+        <v>45863</v>
       </c>
       <c r="E79" s="1">
-        <v>46234</v>
+        <v>46387</v>
       </c>
       <c r="F79" t="s">
         <v>10</v>
       </c>
       <c r="H79" s="1"/>
       <c r="I79" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A80" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="B80" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="C80" t="s">
-        <v>189</v>
+        <v>82</v>
       </c>
       <c r="D80" s="1">
-        <v>45870</v>
+        <v>45863</v>
       </c>
       <c r="E80" s="1">
-        <v>46235</v>
+        <v>46387</v>
       </c>
       <c r="F80" t="s">
         <v>10</v>
       </c>
       <c r="H80" s="1"/>
       <c r="I80" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A81" t="s">
-        <v>125</v>
+        <v>46</v>
       </c>
       <c r="B81" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="C81" t="s">
-        <v>126</v>
+        <v>49</v>
       </c>
       <c r="D81" s="1">
-        <v>45865</v>
+        <v>45863</v>
       </c>
       <c r="E81" s="1">
-        <v>46265</v>
+        <v>46387</v>
       </c>
       <c r="F81" t="s">
         <v>10</v>
       </c>
       <c r="H81" s="1"/>
       <c r="I81" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A82" t="s">
-        <v>134</v>
+        <v>46</v>
       </c>
       <c r="B82" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C82" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="D82" s="1">
-        <v>45901</v>
+        <v>45863</v>
       </c>
       <c r="E82" s="1">
-        <v>46266</v>
+        <v>46387</v>
       </c>
       <c r="F82" t="s">
         <v>10</v>
       </c>
       <c r="H82" s="1"/>
       <c r="I82" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A83" t="s">
-        <v>134</v>
+        <v>46</v>
       </c>
       <c r="B83" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C83" t="s">
-        <v>136</v>
+        <v>84</v>
       </c>
       <c r="D83" s="1">
-        <v>45901</v>
+        <v>45863</v>
       </c>
       <c r="E83" s="1">
-        <v>46266</v>
+        <v>46387</v>
       </c>
       <c r="F83" t="s">
         <v>10</v>
       </c>
       <c r="H83" s="1"/>
       <c r="I83" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A84" t="s">
-        <v>134</v>
+        <v>22</v>
       </c>
       <c r="B84" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C84" t="s">
-        <v>137</v>
+        <v>23</v>
       </c>
       <c r="D84" s="1">
-        <v>45901</v>
+        <v>45658</v>
       </c>
       <c r="E84" s="1">
-        <v>46266</v>
+        <v>46387</v>
       </c>
       <c r="F84" t="s">
         <v>10</v>
       </c>
       <c r="H84" s="1"/>
       <c r="I84" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A85" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B85" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="C85" t="s">
-        <v>81</v>
+        <v>179</v>
       </c>
       <c r="D85" s="1">
-        <v>45863</v>
+        <v>45870</v>
       </c>
       <c r="E85" s="1">
         <v>46387</v>
       </c>
       <c r="F85" t="s">
         <v>10</v>
       </c>
       <c r="H85" s="1"/>
       <c r="I85" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A86" t="s">
-        <v>48</v>
+        <v>185</v>
       </c>
       <c r="B86" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="C86" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="D86" s="1">
-        <v>45863</v>
+        <v>45919</v>
       </c>
       <c r="E86" s="1">
         <v>46387</v>
       </c>
       <c r="F86" t="s">
         <v>10</v>
       </c>
       <c r="H86" s="1"/>
       <c r="I86" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A87" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="B87" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="C87" t="s">
-        <v>83</v>
+        <v>58</v>
       </c>
       <c r="D87" s="1">
-        <v>45863</v>
+        <v>45572</v>
       </c>
       <c r="E87" s="1">
-        <v>46387</v>
+        <v>46418</v>
       </c>
       <c r="F87" t="s">
         <v>10</v>
       </c>
       <c r="H87" s="1"/>
       <c r="I87" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A88" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="B88" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="C88" t="s">
-        <v>50</v>
+        <v>76</v>
       </c>
       <c r="D88" s="1">
-        <v>45863</v>
+        <v>45658</v>
       </c>
       <c r="E88" s="1">
-        <v>46387</v>
+        <v>46752</v>
       </c>
       <c r="F88" t="s">
         <v>10</v>
       </c>
       <c r="H88" s="1"/>
       <c r="I88" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A89" t="s">
-        <v>48</v>
+        <v>114</v>
       </c>
       <c r="B89" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="C89" t="s">
-        <v>85</v>
+        <v>115</v>
       </c>
       <c r="D89" s="1">
-        <v>45863</v>
+        <v>44927</v>
       </c>
       <c r="E89" s="1">
-        <v>46387</v>
+        <v>46752</v>
       </c>
       <c r="F89" t="s">
         <v>10</v>
       </c>
       <c r="H89" s="1"/>
       <c r="I89" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A90" t="s">
-        <v>48</v>
+        <v>114</v>
       </c>
       <c r="B90" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="C90" t="s">
-        <v>51</v>
+        <v>116</v>
       </c>
       <c r="D90" s="1">
-        <v>45863</v>
+        <v>44562</v>
       </c>
       <c r="E90" s="1">
-        <v>46387</v>
+        <v>46752</v>
       </c>
       <c r="F90" t="s">
         <v>10</v>
       </c>
       <c r="H90" s="1"/>
       <c r="I90" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A91" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B91" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C91" t="s">
-        <v>86</v>
+        <v>52</v>
       </c>
       <c r="D91" s="1">
-        <v>45863</v>
+        <v>45483</v>
       </c>
       <c r="E91" s="1">
-        <v>46387</v>
+        <v>46784</v>
       </c>
       <c r="F91" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H91" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G91" t="s">
+        <v>53</v>
+      </c>
+      <c r="H91" s="1">
+        <v>45433</v>
+      </c>
       <c r="I91" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A92" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B92" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C92" t="s">
-        <v>87</v>
+        <v>52</v>
       </c>
       <c r="D92" s="1">
         <v>45863</v>
       </c>
       <c r="E92" s="1">
-        <v>46387</v>
+        <v>47118</v>
       </c>
       <c r="F92" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H92" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G92" t="s">
+        <v>77</v>
+      </c>
+      <c r="H92" s="1">
+        <v>46162</v>
+      </c>
       <c r="I92" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A93" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B93" t="s">
         <v>20</v>
       </c>
       <c r="C93" t="s">
         <v>23</v>
       </c>
       <c r="D93" s="1">
-        <v>45658</v>
+        <v>45515</v>
       </c>
       <c r="E93" s="1">
-        <v>46387</v>
+        <v>47341</v>
       </c>
       <c r="F93" t="s">
         <v>10</v>
       </c>
       <c r="H93" s="1"/>
       <c r="I93" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A94" t="s">
-        <v>52</v>
+        <v>81</v>
       </c>
       <c r="B94" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C94" t="s">
-        <v>190</v>
+        <v>11</v>
       </c>
       <c r="D94" s="1">
-        <v>45870</v>
+        <v>45915</v>
       </c>
       <c r="E94" s="1">
-        <v>46387</v>
+        <v>47741</v>
       </c>
       <c r="F94" t="s">
         <v>10</v>
       </c>
       <c r="H94" s="1"/>
       <c r="I94" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A95" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="B95" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C95" t="s">
-        <v>29</v>
+        <v>191</v>
       </c>
       <c r="D95" s="1">
-        <v>45919</v>
+        <v>45922</v>
       </c>
       <c r="E95" s="1">
-        <v>46387</v>
+        <v>47748</v>
       </c>
       <c r="F95" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H95" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G95" t="s">
+        <v>192</v>
+      </c>
+      <c r="H95" s="1">
+        <v>46086</v>
+      </c>
       <c r="I95" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A96" t="s">
-        <v>60</v>
+        <v>92</v>
       </c>
       <c r="B96" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C96" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="D96" s="1">
-        <v>45572</v>
+        <v>45839</v>
       </c>
       <c r="E96" s="1">
-        <v>46418</v>
+        <v>47848</v>
       </c>
       <c r="F96" t="s">
         <v>10</v>
       </c>
       <c r="H96" s="1"/>
       <c r="I96" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A97" t="s">
-        <v>46</v>
+        <v>92</v>
       </c>
       <c r="B97" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="C97" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="D97" s="1">
-        <v>45658</v>
+        <v>45839</v>
       </c>
       <c r="E97" s="1">
-        <v>46752</v>
+        <v>47848</v>
       </c>
       <c r="F97" t="s">
         <v>10</v>
       </c>
       <c r="H97" s="1"/>
       <c r="I97" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A98" t="s">
-        <v>119</v>
+        <v>92</v>
       </c>
       <c r="B98" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C98" t="s">
-        <v>120</v>
+        <v>94</v>
       </c>
       <c r="D98" s="1">
-        <v>44927</v>
+        <v>45839</v>
       </c>
       <c r="E98" s="1">
-        <v>46752</v>
+        <v>47848</v>
       </c>
       <c r="F98" t="s">
         <v>10</v>
       </c>
       <c r="H98" s="1"/>
       <c r="I98" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A99" t="s">
-        <v>119</v>
+        <v>92</v>
       </c>
       <c r="B99" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C99" t="s">
-        <v>121</v>
+        <v>21</v>
       </c>
       <c r="D99" s="1">
-        <v>44562</v>
+        <v>45839</v>
       </c>
       <c r="E99" s="1">
-        <v>46752</v>
+        <v>47848</v>
       </c>
       <c r="F99" t="s">
         <v>10</v>
       </c>
       <c r="H99" s="1"/>
       <c r="I99" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A100" t="s">
-        <v>53</v>
+        <v>92</v>
       </c>
       <c r="B100" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C100" t="s">
-        <v>54</v>
+        <v>95</v>
       </c>
       <c r="D100" s="1">
-        <v>45483</v>
+        <v>45839</v>
       </c>
       <c r="E100" s="1">
-        <v>46784</v>
+        <v>47848</v>
       </c>
       <c r="F100" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H100" s="1"/>
       <c r="I100" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A101" t="s">
-        <v>53</v>
+        <v>92</v>
       </c>
       <c r="B101" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C101" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="D101" s="1">
-        <v>45863</v>
+        <v>45839</v>
       </c>
       <c r="E101" s="1">
-        <v>47118</v>
+        <v>47848</v>
       </c>
       <c r="F101" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H101" s="1"/>
       <c r="I101" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A102" t="s">
-        <v>24</v>
+        <v>92</v>
       </c>
       <c r="B102" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C102" t="s">
-        <v>23</v>
+        <v>97</v>
       </c>
       <c r="D102" s="1">
-        <v>45515</v>
+        <v>45839</v>
       </c>
       <c r="E102" s="1">
-        <v>47341</v>
+        <v>47848</v>
       </c>
       <c r="F102" t="s">
         <v>10</v>
       </c>
       <c r="H102" s="1"/>
       <c r="I102" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A103" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="B103" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C103" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="D103" s="1">
-        <v>45915</v>
+        <v>45839</v>
       </c>
       <c r="E103" s="1">
-        <v>47741</v>
+        <v>47848</v>
       </c>
       <c r="F103" t="s">
         <v>10</v>
       </c>
       <c r="H103" s="1"/>
       <c r="I103" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A104" t="s">
-        <v>201</v>
+        <v>92</v>
       </c>
       <c r="B104" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C104" t="s">
-        <v>202</v>
+        <v>99</v>
       </c>
       <c r="D104" s="1">
-        <v>45922</v>
+        <v>45839</v>
       </c>
       <c r="E104" s="1">
-        <v>47748</v>
+        <v>47848</v>
       </c>
       <c r="F104" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H104" s="1"/>
       <c r="I104" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A105" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
       <c r="B105" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C105" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="D105" s="1">
-        <v>45839</v>
+        <v>45283</v>
       </c>
       <c r="E105" s="1">
-        <v>47848</v>
+        <v>48213</v>
       </c>
       <c r="F105" t="s">
         <v>10</v>
       </c>
       <c r="H105" s="1"/>
       <c r="I105" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A106" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
       <c r="B106" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C106" t="s">
-        <v>97</v>
+        <v>30</v>
       </c>
       <c r="D106" s="1">
-        <v>45839</v>
+        <v>45283</v>
       </c>
       <c r="E106" s="1">
-        <v>47848</v>
+        <v>48216</v>
       </c>
       <c r="F106" t="s">
         <v>10</v>
       </c>
       <c r="H106" s="1"/>
       <c r="I106" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A107" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
       <c r="B107" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C107" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="D107" s="1">
-        <v>45839</v>
+        <v>45283</v>
       </c>
       <c r="E107" s="1">
-        <v>47848</v>
+        <v>48580</v>
       </c>
       <c r="F107" t="s">
         <v>10</v>
       </c>
       <c r="H107" s="1"/>
       <c r="I107" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A108" t="s">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="B108" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="C108" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D108" s="1">
-        <v>45839</v>
+        <v>45273</v>
       </c>
       <c r="E108" s="1">
-        <v>47848</v>
+        <v>49558</v>
       </c>
       <c r="F108" t="s">
         <v>10</v>
       </c>
       <c r="H108" s="1"/>
       <c r="I108" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A109" t="s">
-        <v>96</v>
+        <v>64</v>
       </c>
       <c r="B109" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C109" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="D109" s="1">
-        <v>45839</v>
+        <v>45725</v>
       </c>
       <c r="E109" s="1">
-        <v>47848</v>
+        <v>49743</v>
       </c>
       <c r="F109" t="s">
         <v>10</v>
       </c>
       <c r="H109" s="1"/>
       <c r="I109" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A110" t="s">
-        <v>96</v>
+        <v>133</v>
       </c>
       <c r="B110" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C110" t="s">
-        <v>100</v>
+        <v>134</v>
       </c>
       <c r="D110" s="1">
-        <v>45839</v>
+        <v>43626</v>
       </c>
       <c r="E110" s="1">
-        <v>47848</v>
+        <v>49998</v>
       </c>
       <c r="F110" t="s">
         <v>10</v>
       </c>
       <c r="H110" s="1"/>
       <c r="I110" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A111" t="s">
-        <v>96</v>
+        <v>54</v>
       </c>
       <c r="B111" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C111" t="s">
-        <v>101</v>
+        <v>55</v>
       </c>
       <c r="D111" s="1">
-        <v>45839</v>
+        <v>45488</v>
       </c>
       <c r="E111" s="1">
-        <v>47848</v>
+        <v>52231</v>
       </c>
       <c r="F111" t="s">
         <v>10</v>
       </c>
       <c r="H111" s="1"/>
       <c r="I111" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A112" t="s">
-        <v>96</v>
+        <v>54</v>
       </c>
       <c r="B112" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C112" t="s">
-        <v>102</v>
+        <v>56</v>
       </c>
       <c r="D112" s="1">
-        <v>45839</v>
+        <v>45488</v>
       </c>
       <c r="E112" s="1">
-        <v>47848</v>
+        <v>52231</v>
       </c>
       <c r="F112" t="s">
         <v>10</v>
       </c>
       <c r="H112" s="1"/>
       <c r="I112" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A113" t="s">
-        <v>96</v>
+        <v>186</v>
       </c>
       <c r="B113" t="s">
-        <v>16</v>
+        <v>187</v>
       </c>
       <c r="C113" t="s">
-        <v>103</v>
+        <v>188</v>
       </c>
       <c r="D113" s="1">
-        <v>45839</v>
+        <v>45922</v>
       </c>
       <c r="E113" s="1">
-        <v>47848</v>
+        <v>53327</v>
       </c>
       <c r="F113" t="s">
         <v>10</v>
       </c>
       <c r="H113" s="1"/>
       <c r="I113" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A114" t="s">
-        <v>31</v>
+        <v>186</v>
       </c>
       <c r="B114" t="s">
-        <v>20</v>
+        <v>188</v>
       </c>
       <c r="C114" t="s">
-        <v>34</v>
+        <v>189</v>
       </c>
       <c r="D114" s="1">
-        <v>45283</v>
+        <v>45922</v>
       </c>
       <c r="E114" s="1">
-        <v>48213</v>
+        <v>53327</v>
       </c>
       <c r="F114" t="s">
         <v>10</v>
       </c>
       <c r="H114" s="1"/>
       <c r="I114" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A115" t="s">
-        <v>31</v>
+        <v>68</v>
       </c>
       <c r="B115" t="s">
         <v>20</v>
       </c>
       <c r="C115" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
       <c r="D115" s="1">
-        <v>45283</v>
+        <v>45801</v>
       </c>
       <c r="E115" s="1">
-        <v>48216</v>
+        <v>60998</v>
       </c>
       <c r="F115" t="s">
         <v>10</v>
       </c>
       <c r="H115" s="1"/>
       <c r="I115" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A116" t="s">
-        <v>31</v>
+        <v>183</v>
       </c>
       <c r="B116" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C116" t="s">
-        <v>33</v>
+        <v>184</v>
       </c>
       <c r="D116" s="1">
-        <v>45283</v>
+        <v>46142</v>
       </c>
       <c r="E116" s="1">
-        <v>48580</v>
+        <v>64039</v>
       </c>
       <c r="F116" t="s">
         <v>10</v>
       </c>
       <c r="H116" s="1"/>
       <c r="I116" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A117" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="B117" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="C117" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="D117" s="1">
-        <v>45273</v>
+        <v>45279</v>
       </c>
       <c r="E117" s="1">
-        <v>49558</v>
+        <v>72686</v>
       </c>
       <c r="F117" t="s">
         <v>10</v>
       </c>
       <c r="H117" s="1"/>
       <c r="I117" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A118" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="B118" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C118" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="D118" s="1">
-        <v>45725</v>
+        <v>45279</v>
       </c>
       <c r="E118" s="1">
-        <v>49743</v>
+        <v>72686</v>
       </c>
       <c r="F118" t="s">
         <v>10</v>
       </c>
       <c r="H118" s="1"/>
       <c r="I118" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A119" t="s">
-        <v>138</v>
+        <v>33</v>
       </c>
       <c r="B119" t="s">
         <v>20</v>
       </c>
       <c r="C119" t="s">
-        <v>139</v>
+        <v>36</v>
       </c>
       <c r="D119" s="1">
-        <v>43626</v>
+        <v>45279</v>
       </c>
       <c r="E119" s="1">
-        <v>49998</v>
+        <v>72686</v>
       </c>
       <c r="F119" t="s">
         <v>10</v>
       </c>
       <c r="H119" s="1"/>
       <c r="I119" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A120" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
       <c r="B120" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C120" t="s">
-        <v>57</v>
+        <v>37</v>
       </c>
       <c r="D120" s="1">
-        <v>45488</v>
+        <v>45279</v>
       </c>
       <c r="E120" s="1">
-        <v>52231</v>
+        <v>72686</v>
       </c>
       <c r="F120" t="s">
         <v>10</v>
       </c>
       <c r="H120" s="1"/>
       <c r="I120" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A121" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
       <c r="B121" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C121" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="D121" s="1">
-        <v>45488</v>
+        <v>45279</v>
       </c>
       <c r="E121" s="1">
-        <v>52231</v>
+        <v>72686</v>
       </c>
       <c r="F121" t="s">
         <v>10</v>
       </c>
       <c r="H121" s="1"/>
       <c r="I121" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A122" t="s">
-        <v>197</v>
+        <v>33</v>
       </c>
       <c r="B122" t="s">
-        <v>198</v>
+        <v>20</v>
       </c>
       <c r="C122" t="s">
-        <v>199</v>
+        <v>39</v>
       </c>
       <c r="D122" s="1">
-        <v>45922</v>
+        <v>45279</v>
       </c>
       <c r="E122" s="1">
-        <v>53327</v>
+        <v>72686</v>
       </c>
       <c r="F122" t="s">
         <v>10</v>
       </c>
       <c r="H122" s="1"/>
       <c r="I122" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A123" t="s">
-        <v>197</v>
+        <v>33</v>
       </c>
       <c r="B123" t="s">
-        <v>199</v>
+        <v>20</v>
       </c>
       <c r="C123" t="s">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="D123" s="1">
-        <v>45922</v>
+        <v>45279</v>
       </c>
       <c r="E123" s="1">
-        <v>53327</v>
+        <v>72686</v>
       </c>
       <c r="F123" t="s">
         <v>10</v>
       </c>
       <c r="H123" s="1"/>
       <c r="I123" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A124" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="B124" t="s">
         <v>20</v>
       </c>
       <c r="C124" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="D124" s="1">
-        <v>45801</v>
+        <v>45279</v>
       </c>
       <c r="E124" s="1">
-        <v>60998</v>
+        <v>72686</v>
       </c>
       <c r="F124" t="s">
         <v>10</v>
       </c>
       <c r="H124" s="1"/>
       <c r="I124" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A125" t="s">
-        <v>194</v>
+        <v>33</v>
       </c>
       <c r="B125" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C125" t="s">
-        <v>195</v>
+        <v>42</v>
       </c>
       <c r="D125" s="1">
-        <v>46142</v>
+        <v>45279</v>
       </c>
       <c r="E125" s="1">
-        <v>64039</v>
+        <v>72686</v>
       </c>
       <c r="F125" t="s">
         <v>10</v>
       </c>
       <c r="H125" s="1"/>
       <c r="I125" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A126" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B126" t="s">
         <v>20</v>
       </c>
       <c r="C126" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="D126" s="1">
         <v>45279</v>
       </c>
       <c r="E126" s="1">
         <v>72686</v>
       </c>
       <c r="F126" t="s">
         <v>10</v>
       </c>
       <c r="H126" s="1"/>
       <c r="I126" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A127" t="s">
-        <v>35</v>
+        <v>181</v>
       </c>
       <c r="B127" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C127" t="s">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="D127" s="1">
-        <v>45279</v>
+        <v>45896</v>
       </c>
       <c r="E127" s="1">
-        <v>72686</v>
+        <v>72924</v>
       </c>
       <c r="F127" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H127" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G127" t="s">
+        <v>182</v>
+      </c>
+      <c r="H127" s="1">
+        <v>46085</v>
+      </c>
       <c r="I127" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A128" t="s">
-        <v>35</v>
+        <v>101</v>
       </c>
       <c r="B128" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C128" t="s">
-        <v>38</v>
+        <v>102</v>
       </c>
       <c r="D128" s="1">
-        <v>45279</v>
+        <v>45863</v>
       </c>
       <c r="E128" s="1">
-        <v>72686</v>
+        <v>1132459</v>
       </c>
       <c r="F128" t="s">
         <v>10</v>
       </c>
       <c r="H128" s="1"/>
       <c r="I128" t="s">
-        <v>10</v>
-[...219 lines deleted...]
-      <c r="I137" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010052CF9F2C23FA254188B8947FA71C680A" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="016ce4ced2ea37fa6925857f45c7a1cc">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="840835ac-57cf-4e7c-8808-03f41f398c55" xmlns:ns3="e2d26605-1d9b-4ee4-8466-0d097a60ace0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="54049b7aa2694742bf2f7ad3c43411da" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e2d26605-1d9b-4ee4-8466-0d097a60ace0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="840835ac-57cf-4e7c-8808-03f41f398c55" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010052CF9F2C23FA254188B8947FA71C680A" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d12f84478c16591243198d9270e28ed6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="840835ac-57cf-4e7c-8808-03f41f398c55" xmlns:ns3="e2d26605-1d9b-4ee4-8466-0d097a60ace0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="60e53014f07a393be36c4b7011bbb1d1" ns2:_="" ns3:_="">
     <xsd:import namespace="840835ac-57cf-4e7c-8808-03f41f398c55"/>
     <xsd:import namespace="e2d26605-1d9b-4ee4-8466-0d097a60ace0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -4853,91 +4612,71 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{446667F6-599E-4AF2-A14A-1089A67B7B8F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91EB90C7-FBE4-41AA-BDAE-4462BDD4462F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0394E873-5D6E-4FDF-9FEE-46BAEBF7A878}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="e2d26605-1d9b-4ee4-8466-0d097a60ace0"/>
     <ds:schemaRef ds:uri="840835ac-57cf-4e7c-8808-03f41f398c55"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91EB90C7-FBE4-41AA-BDAE-4462BDD4462F}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D4F6FF7-947B-4C97-A60A-826C72A1CB8C}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>