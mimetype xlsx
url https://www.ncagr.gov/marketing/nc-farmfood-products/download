--- v2 (2025-12-24)
+++ v3 (2026-02-19)
@@ -3,163 +3,154 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ncconnect.sharepoint.com/sites/AGR-Marketing/Shared Documents/Multimedia/John Hammond/Digital Commons (AGR)/Website Documents/NC Farmer Products/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="3" documentId="8_{13606422-3B14-4905-BA2C-E745C6DBEDB1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FD9AA1D0-5374-4945-A2F0-6DF5442176AC}"/>
+  <xr:revisionPtr revIDLastSave="4" documentId="8_{770F47B5-0C5F-48F4-B167-6AF8452B803B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DD4C541F-C2DA-4C00-A9E2-2419FB86E541}"/>
   <bookViews>
-    <workbookView xWindow="-15450" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="686" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="350" uniqueCount="118">
   <si>
     <t>Farm/Business Name</t>
   </si>
   <si>
     <t>Product Type</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Availability Start Date</t>
   </si>
   <si>
     <t>Availability End Date</t>
   </si>
   <si>
     <t>Is the product listed above GAP certified? </t>
   </si>
   <si>
     <t>GAP Certifying Body and Certification Number</t>
   </si>
   <si>
     <t>GAP Certification Expiration Date</t>
   </si>
   <si>
     <t>Is the product listed above Organic certified?</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Eggs</t>
   </si>
   <si>
-    <t>Apple Slices</t>
-[...1 lines deleted...]
-  <si>
     <t>Bread and Grains</t>
   </si>
   <si>
     <t>Produce</t>
   </si>
   <si>
     <t>Meat and Poultry</t>
   </si>
   <si>
     <t>Fish and Seafood</t>
   </si>
   <si>
     <t>Shrimp</t>
   </si>
   <si>
-    <t>Dairy and Milk</t>
-[...1 lines deleted...]
-  <si>
     <t>Sweet Potatoes</t>
   </si>
   <si>
     <t>Snacks and Condiments </t>
   </si>
   <si>
     <t>Crab Cakes</t>
   </si>
   <si>
     <t>COTTON BOLL Pollinators LLC, Bayed Bear Honey LLC</t>
   </si>
   <si>
     <t>Honey</t>
   </si>
   <si>
     <t>Secret Garden Bees</t>
   </si>
   <si>
     <t>Honey and Jelly</t>
   </si>
   <si>
     <t>Raw Bottled Honey</t>
   </si>
   <si>
     <t>Beef</t>
   </si>
   <si>
-    <t>Nuts, Seeds and Legumes </t>
-[...1 lines deleted...]
-  <si>
     <t>Divine Desserts</t>
   </si>
   <si>
     <t>Cake pops</t>
   </si>
   <si>
     <t>Gourmet Cookies</t>
   </si>
   <si>
     <t>Rum cake</t>
   </si>
   <si>
     <t>A Little Love Seasoning</t>
   </si>
   <si>
     <t>All-Purpose Seasoning</t>
   </si>
   <si>
     <t>All-Purpose No Salt Seasoning</t>
   </si>
   <si>
     <t>Jerk Seasoning</t>
   </si>
   <si>
     <t>Spicy Garlic Seasoning</t>
@@ -200,504 +191,281 @@
   <si>
     <t>Paneer Masala Burrito</t>
   </si>
   <si>
     <t>Brookhaven Mill Farm</t>
   </si>
   <si>
     <t>Piedmont Microgreens</t>
   </si>
   <si>
     <t>Microgreens</t>
   </si>
   <si>
     <t>USDA #49166</t>
   </si>
   <si>
     <t>Gill and Spore Mushroom Farm</t>
   </si>
   <si>
     <t>Oyster Mushrooms</t>
   </si>
   <si>
     <t>Lion’s Mane Mushrooms</t>
   </si>
   <si>
-    <t>Ground Beef</t>
-[...1 lines deleted...]
-  <si>
     <t>DJs Pickles</t>
   </si>
   <si>
-    <t>Cedar Creek Market</t>
-[...13 lines deleted...]
-  <si>
     <t>Hawkins Farm</t>
   </si>
   <si>
     <t>Pasture Raised Eggs</t>
   </si>
   <si>
-    <t>Brown Creek Creamery</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Angel Wing Sauce </t>
   </si>
   <si>
     <t>Gourmet Hot Sauce</t>
   </si>
   <si>
-    <t>Forgotten Ways Farm</t>
-[...16 lines deleted...]
-  <si>
     <t>Muscadine Red Body Juice</t>
   </si>
   <si>
     <t>NC DA&amp;CS #?</t>
   </si>
   <si>
     <t>Sausage Breakfast Burrito</t>
   </si>
   <si>
     <t>Spicy Chicken Burrito</t>
   </si>
   <si>
     <t>Pulled Pork Burrito</t>
   </si>
   <si>
     <t xml:space="preserve">Proper Planning Farms </t>
   </si>
   <si>
     <t>Vegan Nopal Burrito</t>
   </si>
   <si>
     <t>Salsa Macha</t>
   </si>
   <si>
     <t>Salsa Verde</t>
   </si>
   <si>
-    <t xml:space="preserve">J &amp; J Martin Farms Produce </t>
-[...4 lines deleted...]
-  <si>
     <t>Feast Down East Food Hub</t>
   </si>
   <si>
     <t>Beef  - Ground</t>
   </si>
   <si>
-    <t xml:space="preserve">Turnips </t>
-[...7 lines deleted...]
-  <si>
     <t>Washington Crab</t>
   </si>
   <si>
     <t>Flounder</t>
   </si>
   <si>
     <t>Salmon</t>
   </si>
   <si>
     <t>Oysters</t>
   </si>
   <si>
     <t>Crab meat</t>
   </si>
   <si>
     <t>Catfish</t>
   </si>
   <si>
     <t>Trout</t>
   </si>
   <si>
     <t>Tuna</t>
   </si>
   <si>
-    <t>Bravo Steaks</t>
-[...1 lines deleted...]
-  <si>
     <t>Fulcher's Seafood LLC</t>
   </si>
   <si>
     <t>Value Added Seafood Microwave Meals</t>
   </si>
   <si>
-    <t xml:space="preserve">Moores Produce Family Farm </t>
-[...7 lines deleted...]
-  <si>
     <t>Fann Farms</t>
   </si>
   <si>
     <t>WQS - QIMA  GGN:405618765222</t>
   </si>
   <si>
-    <t>Jireh Family Farm</t>
-[...16 lines deleted...]
-  <si>
     <t>Wilders Farm</t>
   </si>
   <si>
     <t>100% Fullblood Wagyu Beef</t>
   </si>
   <si>
     <t>Berkshire Pork</t>
   </si>
   <si>
     <t>Mest farms llc</t>
   </si>
   <si>
     <t xml:space="preserve">Mest farms llc </t>
   </si>
   <si>
     <t xml:space="preserve">Pork </t>
   </si>
   <si>
     <t>Little Cedar Farm</t>
   </si>
   <si>
     <t>Lamb</t>
   </si>
   <si>
     <t>Dawson Creek Seafood</t>
   </si>
   <si>
     <t>Seafood</t>
   </si>
   <si>
-    <t>TK Family Farm LLC</t>
-[...7 lines deleted...]
-  <si>
     <t>Garner Farms Inc</t>
   </si>
   <si>
     <t xml:space="preserve">U-Pick Strawberries </t>
   </si>
   <si>
     <t>Tidewater Grain Co</t>
   </si>
   <si>
     <t>Carolina Gold Rice</t>
   </si>
   <si>
     <t>Santee Gold Long Grain Rice</t>
   </si>
   <si>
     <t>Heirloom Rice Flour</t>
   </si>
   <si>
     <t>Angel Wing Sauce</t>
   </si>
   <si>
     <t>Hot Sauce</t>
   </si>
   <si>
-    <t>Anders Family Farms, LLC</t>
-[...58 lines deleted...]
-  <si>
     <t>WOW! Grapes LLC</t>
   </si>
   <si>
     <t>Primus GFS</t>
   </si>
   <si>
     <t>Freeze-dried seedless muscadines</t>
   </si>
   <si>
-    <t xml:space="preserve">Hydroponic Spring Mix with Arugula </t>
-[...58 lines deleted...]
-  <si>
     <t>Chicken Eggs, Duck Eggs, Goose Eggs</t>
   </si>
   <si>
     <t>Live Lamb, Sheep</t>
   </si>
   <si>
-    <t>Roanoke Valley Beef</t>
-[...1 lines deleted...]
-  <si>
     <t>Sprout Culture, LLC</t>
   </si>
   <si>
     <t>North Carolina Department of Agriculture; Audit ID# 52614</t>
   </si>
   <si>
     <t>Math Queen LLC</t>
   </si>
   <si>
     <t>Vegetables</t>
   </si>
   <si>
     <t>Mitchell's Butchery</t>
   </si>
   <si>
-    <t>ZA LIFE LLC</t>
-[...10 lines deleted...]
-  <si>
     <t>Sprout Culture Microgreens</t>
   </si>
   <si>
     <t>Microgreens and microherbs</t>
   </si>
   <si>
     <t>NC Dept. of Ag. #52614</t>
   </si>
   <si>
     <t>Sycamore SOL</t>
   </si>
   <si>
     <t>Garlic</t>
+  </si>
+  <si>
+    <t>Bogue Sound Seafood Co.</t>
+  </si>
+  <si>
+    <t>Smoky Hollow Wildstead</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chicken eggs </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
     </dxf>
     <dxf>
@@ -708,54 +476,54 @@
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A1:I128" totalsRowShown="0" headerRowDxfId="9">
-[...2 lines deleted...]
-    <sortCondition ref="E1:E128"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A1:I68" totalsRowShown="0" headerRowDxfId="9">
+  <autoFilter ref="A1:I68" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:I68">
+    <sortCondition ref="E1:E68"/>
   </sortState>
   <tableColumns count="9">
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Farm/Business Name" dataDxfId="8"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Product Type" dataDxfId="7"/>
     <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="Product" dataDxfId="6"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Availability Start Date" dataDxfId="5"/>
     <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Availability End Date" dataDxfId="4"/>
     <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="Is the product listed above GAP certified? " dataDxfId="3"/>
     <tableColumn id="12" xr3:uid="{00000000-0010-0000-0000-00000C000000}" name="GAP Certifying Body and Certification Number" dataDxfId="2"/>
     <tableColumn id="13" xr3:uid="{00000000-0010-0000-0000-00000D000000}" name="GAP Certification Expiration Date" dataDxfId="1"/>
     <tableColumn id="14" xr3:uid="{00000000-0010-0000-0000-00000E000000}" name="Is the product listed above Organic certified?" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1029,3401 +797,1760 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:I128"/>
+  <dimension ref="A1:I68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A62" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="E62" sqref="E62"/>
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A55" sqref="A55:XFD56"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="44.44140625" customWidth="1"/>
     <col min="2" max="2" width="29" customWidth="1"/>
     <col min="3" max="3" width="40.88671875" customWidth="1"/>
     <col min="4" max="5" width="20" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="12.44140625" customWidth="1"/>
     <col min="7" max="10" width="20" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" ht="72" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="B2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C2" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D2" s="1">
-        <v>45945</v>
+        <v>46116</v>
       </c>
       <c r="E2" s="1">
-        <v>46011</v>
+        <v>46172</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="H2" s="1"/>
       <c r="I2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
-        <v>100</v>
+        <v>68</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C3" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="D3" s="1">
         <v>45863</v>
       </c>
       <c r="E3" s="1">
-        <v>46016</v>
+        <v>46173</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="H3" s="1"/>
       <c r="I3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
-        <v>59</v>
+        <v>100</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>102</v>
       </c>
       <c r="D4" s="1">
-        <v>45717</v>
+        <v>45901</v>
       </c>
       <c r="E4" s="1">
-        <v>46022</v>
+        <v>46175</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H4" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G4" t="s">
+        <v>101</v>
+      </c>
+      <c r="H4" s="1">
+        <v>46234</v>
+      </c>
       <c r="I4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="D5" s="1">
-        <v>45670</v>
+        <v>45865</v>
       </c>
       <c r="E5" s="1">
-        <v>46022</v>
+        <v>46204</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="1"/>
       <c r="I5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
-        <v>59</v>
+        <v>86</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="D6" s="1">
-        <v>45670</v>
+        <v>45865</v>
       </c>
       <c r="E6" s="1">
-        <v>46022</v>
+        <v>46204</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="H6" s="1"/>
       <c r="I6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
-        <v>61</v>
+        <v>86</v>
       </c>
       <c r="B7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C7" t="s">
-        <v>62</v>
+        <v>87</v>
       </c>
       <c r="D7" s="1">
-        <v>45699</v>
+        <v>45865</v>
       </c>
       <c r="E7" s="1">
-        <v>46022</v>
+        <v>46204</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="H7" s="1"/>
       <c r="I7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A8" t="s">
-        <v>61</v>
+        <v>80</v>
       </c>
       <c r="B8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C8" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="D8" s="1">
-        <v>45689</v>
+        <v>45863</v>
       </c>
       <c r="E8" s="1">
-        <v>46022</v>
+        <v>46227</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H8" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G8" t="s">
+        <v>81</v>
+      </c>
+      <c r="H8" s="1">
+        <v>45942</v>
+      </c>
       <c r="I8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
-        <v>66</v>
+        <v>90</v>
       </c>
       <c r="B9" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C9" t="s">
-        <v>67</v>
+        <v>91</v>
       </c>
       <c r="D9" s="1">
-        <v>45757</v>
+        <v>45866</v>
       </c>
       <c r="E9" s="1">
-        <v>46022</v>
+        <v>46234</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="H9" s="1"/>
       <c r="I9" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>47</v>
       </c>
       <c r="B10" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C10" t="s">
-        <v>71</v>
+        <v>103</v>
       </c>
       <c r="D10" s="1">
-        <v>45863</v>
+        <v>45870</v>
       </c>
       <c r="E10" s="1">
-        <v>46022</v>
+        <v>46235</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="H10" s="1"/>
       <c r="I10" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="B11" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C11" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="D11" s="1">
-        <v>45863</v>
+        <v>45865</v>
       </c>
       <c r="E11" s="1">
-        <v>46022</v>
+        <v>46265</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="H11" s="1"/>
       <c r="I11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A12" t="s">
-        <v>73</v>
+        <v>94</v>
       </c>
       <c r="B12" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C12" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="D12" s="1">
-        <v>45863</v>
+        <v>45901</v>
       </c>
       <c r="E12" s="1">
-        <v>46022</v>
+        <v>46266</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="H12" s="1"/>
       <c r="I12" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A13" t="s">
-        <v>73</v>
+        <v>94</v>
       </c>
       <c r="B13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C13" t="s">
-        <v>75</v>
+        <v>96</v>
       </c>
       <c r="D13" s="1">
-        <v>45863</v>
+        <v>45901</v>
       </c>
       <c r="E13" s="1">
-        <v>46022</v>
+        <v>46266</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="H13" s="1"/>
       <c r="I13" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A14" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="B14" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C14" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="D14" s="1">
-        <v>45856</v>
+        <v>45901</v>
       </c>
       <c r="E14" s="1">
-        <v>46022</v>
+        <v>46266</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="H14" s="1"/>
       <c r="I14" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A15" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="B15" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C15" t="s">
-        <v>12</v>
+        <v>114</v>
       </c>
       <c r="D15" s="1">
-        <v>45901</v>
+        <v>46237</v>
       </c>
       <c r="E15" s="1">
-        <v>46022</v>
+        <v>46300</v>
       </c>
       <c r="F15" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H15" s="1"/>
       <c r="I15" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A16" t="s">
-[...6 lines deleted...]
-        <v>136</v>
+      <c r="A16" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>117</v>
       </c>
       <c r="D16" s="1">
-        <v>45870</v>
+        <v>46113</v>
       </c>
       <c r="E16" s="1">
-        <v>46022</v>
-[...10 lines deleted...]
-      <c r="I16" t="s">
+        <v>46356</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G16" s="3"/>
+      <c r="H16" s="1"/>
+      <c r="I16" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A17" t="s">
-        <v>138</v>
+        <v>43</v>
       </c>
       <c r="B17" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C17" t="s">
-        <v>139</v>
+        <v>61</v>
       </c>
       <c r="D17" s="1">
-        <v>45870</v>
+        <v>45863</v>
       </c>
       <c r="E17" s="1">
-        <v>46022</v>
+        <v>46387</v>
       </c>
       <c r="F17" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H17" s="1"/>
       <c r="I17" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A18" t="s">
-        <v>138</v>
+        <v>43</v>
       </c>
       <c r="B18" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C18" t="s">
-        <v>140</v>
+        <v>62</v>
       </c>
       <c r="D18" s="1">
-        <v>45870</v>
+        <v>45863</v>
       </c>
       <c r="E18" s="1">
-        <v>46022</v>
+        <v>46387</v>
       </c>
       <c r="F18" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H18" s="1"/>
       <c r="I18" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A19" t="s">
-        <v>138</v>
+        <v>43</v>
       </c>
       <c r="B19" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C19" t="s">
-        <v>141</v>
+        <v>63</v>
       </c>
       <c r="D19" s="1">
-        <v>45870</v>
+        <v>45863</v>
       </c>
       <c r="E19" s="1">
-        <v>46022</v>
+        <v>46387</v>
       </c>
       <c r="F19" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H19" s="1"/>
       <c r="I19" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A20" t="s">
-        <v>138</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C20" t="s">
-        <v>142</v>
+        <v>45</v>
       </c>
       <c r="D20" s="1">
-        <v>45870</v>
+        <v>45863</v>
       </c>
       <c r="E20" s="1">
-        <v>46022</v>
+        <v>46387</v>
       </c>
       <c r="F20" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H20" s="1"/>
       <c r="I20" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A21" t="s">
-        <v>138</v>
+        <v>43</v>
       </c>
       <c r="B21" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C21" t="s">
-        <v>143</v>
+        <v>65</v>
       </c>
       <c r="D21" s="1">
-        <v>45870</v>
+        <v>45863</v>
       </c>
       <c r="E21" s="1">
-        <v>46022</v>
+        <v>46387</v>
       </c>
       <c r="F21" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H21" s="1"/>
       <c r="I21" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A22" t="s">
-        <v>138</v>
+        <v>43</v>
       </c>
       <c r="B22" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C22" t="s">
-        <v>144</v>
+        <v>46</v>
       </c>
       <c r="D22" s="1">
-        <v>45870</v>
+        <v>45863</v>
       </c>
       <c r="E22" s="1">
-        <v>46022</v>
+        <v>46387</v>
       </c>
       <c r="F22" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H22" s="1"/>
       <c r="I22" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A23" t="s">
-        <v>138</v>
+        <v>43</v>
       </c>
       <c r="B23" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C23" t="s">
-        <v>145</v>
+        <v>66</v>
       </c>
       <c r="D23" s="1">
-        <v>45870</v>
+        <v>45863</v>
       </c>
       <c r="E23" s="1">
-        <v>46022</v>
+        <v>46387</v>
       </c>
       <c r="F23" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H23" s="1"/>
       <c r="I23" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A24" t="s">
-        <v>138</v>
+        <v>43</v>
       </c>
       <c r="B24" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C24" t="s">
-        <v>146</v>
+        <v>67</v>
       </c>
       <c r="D24" s="1">
-        <v>45870</v>
+        <v>45863</v>
       </c>
       <c r="E24" s="1">
-        <v>46022</v>
+        <v>46387</v>
       </c>
       <c r="F24" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H24" s="1"/>
       <c r="I24" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A25" t="s">
-        <v>138</v>
+        <v>20</v>
       </c>
       <c r="B25" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C25" t="s">
-        <v>147</v>
+        <v>21</v>
       </c>
       <c r="D25" s="1">
-        <v>45870</v>
+        <v>45658</v>
       </c>
       <c r="E25" s="1">
-        <v>46022</v>
+        <v>46387</v>
       </c>
       <c r="F25" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H25" s="1"/>
       <c r="I25" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A26" t="s">
-        <v>138</v>
+        <v>47</v>
       </c>
       <c r="B26" t="s">
         <v>14</v>
       </c>
       <c r="C26" t="s">
-        <v>148</v>
+        <v>104</v>
       </c>
       <c r="D26" s="1">
         <v>45870</v>
       </c>
       <c r="E26" s="1">
-        <v>46022</v>
+        <v>46387</v>
       </c>
       <c r="F26" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H26" s="1"/>
       <c r="I26" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A27" t="s">
-        <v>138</v>
+        <v>109</v>
       </c>
       <c r="B27" t="s">
         <v>14</v>
       </c>
       <c r="C27" t="s">
-        <v>149</v>
+        <v>25</v>
       </c>
       <c r="D27" s="1">
-        <v>45870</v>
+        <v>45919</v>
       </c>
       <c r="E27" s="1">
-        <v>46022</v>
+        <v>46387</v>
       </c>
       <c r="F27" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H27" s="1"/>
       <c r="I27" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A28" t="s">
-        <v>138</v>
+        <v>54</v>
       </c>
       <c r="B28" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C28" t="s">
-        <v>150</v>
+        <v>54</v>
       </c>
       <c r="D28" s="1">
-        <v>45870</v>
+        <v>45572</v>
       </c>
       <c r="E28" s="1">
-        <v>46022</v>
+        <v>46418</v>
       </c>
       <c r="F28" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H28" s="1"/>
       <c r="I28" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A29" t="s">
-        <v>138</v>
+        <v>41</v>
       </c>
       <c r="B29" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="C29" t="s">
-        <v>151</v>
+        <v>59</v>
       </c>
       <c r="D29" s="1">
-        <v>45870</v>
+        <v>45658</v>
       </c>
       <c r="E29" s="1">
-        <v>46022</v>
+        <v>46752</v>
       </c>
       <c r="F29" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H29" s="1"/>
       <c r="I29" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A30" t="s">
-        <v>138</v>
+        <v>82</v>
       </c>
       <c r="B30" t="s">
         <v>14</v>
       </c>
       <c r="C30" t="s">
-        <v>152</v>
+        <v>83</v>
       </c>
       <c r="D30" s="1">
-        <v>45870</v>
+        <v>44927</v>
       </c>
       <c r="E30" s="1">
-        <v>46022</v>
+        <v>46752</v>
       </c>
       <c r="F30" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H30" s="1"/>
       <c r="I30" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A31" t="s">
-        <v>138</v>
+        <v>82</v>
       </c>
       <c r="B31" t="s">
         <v>14</v>
       </c>
       <c r="C31" t="s">
-        <v>158</v>
+        <v>84</v>
       </c>
       <c r="D31" s="1">
-        <v>45870</v>
+        <v>44562</v>
       </c>
       <c r="E31" s="1">
-        <v>46022</v>
+        <v>46752</v>
       </c>
       <c r="F31" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H31" s="1"/>
       <c r="I31" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A32" t="s">
-        <v>138</v>
+        <v>48</v>
       </c>
       <c r="B32" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C32" t="s">
-        <v>159</v>
+        <v>49</v>
       </c>
       <c r="D32" s="1">
-        <v>45870</v>
+        <v>45483</v>
       </c>
       <c r="E32" s="1">
-        <v>46022</v>
+        <v>46784</v>
       </c>
       <c r="F32" t="s">
         <v>9</v>
       </c>
-      <c r="G32" s="3" t="s">
-        <v>137</v>
+      <c r="G32" t="s">
+        <v>50</v>
       </c>
       <c r="H32" s="1">
-        <v>46003</v>
+        <v>45433</v>
       </c>
       <c r="I32" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A33" t="s">
-        <v>138</v>
+        <v>48</v>
       </c>
       <c r="B33" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C33" t="s">
-        <v>160</v>
+        <v>49</v>
       </c>
       <c r="D33" s="1">
-        <v>45870</v>
+        <v>45863</v>
       </c>
       <c r="E33" s="1">
-        <v>46022</v>
+        <v>47118</v>
       </c>
       <c r="F33" t="s">
         <v>9</v>
       </c>
-      <c r="G33" s="3" t="s">
-        <v>137</v>
+      <c r="G33" t="s">
+        <v>60</v>
       </c>
       <c r="H33" s="1">
-        <v>46003</v>
+        <v>46162</v>
       </c>
       <c r="I33" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A34" t="s">
-        <v>138</v>
+        <v>22</v>
       </c>
       <c r="B34" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C34" t="s">
-        <v>161</v>
+        <v>21</v>
       </c>
       <c r="D34" s="1">
-        <v>45870</v>
+        <v>45515</v>
       </c>
       <c r="E34" s="1">
-        <v>46022</v>
+        <v>47341</v>
       </c>
       <c r="F34" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H34" s="1"/>
       <c r="I34" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A35" t="s">
-[...6 lines deleted...]
-        <v>162</v>
+      <c r="A35" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>91</v>
       </c>
       <c r="D35" s="1">
-        <v>45870</v>
+        <v>46064</v>
       </c>
       <c r="E35" s="1">
-        <v>46022</v>
-[...10 lines deleted...]
-      <c r="I35" t="s">
+        <v>47525</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G35" s="3"/>
+      <c r="H35" s="1"/>
+      <c r="I35" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A36" t="s">
-        <v>138</v>
+        <v>64</v>
       </c>
       <c r="B36" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C36" t="s">
-        <v>163</v>
+        <v>11</v>
       </c>
       <c r="D36" s="1">
-        <v>45870</v>
+        <v>45915</v>
       </c>
       <c r="E36" s="1">
-        <v>46022</v>
+        <v>47741</v>
       </c>
       <c r="F36" t="s">
+        <v>10</v>
+      </c>
+      <c r="H36" s="1"/>
+      <c r="I36" t="s">
         <v>9</v>
-      </c>
-[...7 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A37" t="s">
-        <v>138</v>
+        <v>110</v>
       </c>
       <c r="B37" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C37" t="s">
-        <v>164</v>
+        <v>111</v>
       </c>
       <c r="D37" s="1">
-        <v>45870</v>
+        <v>45922</v>
       </c>
       <c r="E37" s="1">
-        <v>46022</v>
+        <v>47748</v>
       </c>
       <c r="F37" t="s">
         <v>9</v>
       </c>
-      <c r="G37" s="3" t="s">
-        <v>137</v>
+      <c r="G37" t="s">
+        <v>112</v>
       </c>
       <c r="H37" s="1">
-        <v>46003</v>
+        <v>46086</v>
       </c>
       <c r="I37" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A38" t="s">
-        <v>138</v>
+        <v>70</v>
       </c>
       <c r="B38" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C38" t="s">
-        <v>165</v>
+        <v>16</v>
       </c>
       <c r="D38" s="1">
-        <v>45870</v>
+        <v>45839</v>
       </c>
       <c r="E38" s="1">
-        <v>46022</v>
+        <v>47848</v>
       </c>
       <c r="F38" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H38" s="1"/>
       <c r="I38" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A39" t="s">
-        <v>138</v>
+        <v>70</v>
       </c>
       <c r="B39" t="s">
         <v>14</v>
       </c>
       <c r="C39" t="s">
-        <v>166</v>
+        <v>71</v>
       </c>
       <c r="D39" s="1">
-        <v>45870</v>
+        <v>45839</v>
       </c>
       <c r="E39" s="1">
-        <v>46022</v>
+        <v>47848</v>
       </c>
       <c r="F39" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H39" s="1"/>
       <c r="I39" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A40" t="s">
-        <v>138</v>
+        <v>70</v>
       </c>
       <c r="B40" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C40" t="s">
-        <v>167</v>
+        <v>72</v>
       </c>
       <c r="D40" s="1">
-        <v>45870</v>
+        <v>45839</v>
       </c>
       <c r="E40" s="1">
-        <v>46022</v>
+        <v>47848</v>
       </c>
       <c r="F40" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H40" s="1"/>
       <c r="I40" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A41" t="s">
-        <v>138</v>
+        <v>70</v>
       </c>
       <c r="B41" t="s">
-        <v>14</v>
+        <v>15</v>
+      </c>
+      <c r="C41" t="s">
+        <v>19</v>
       </c>
       <c r="D41" s="1">
-        <v>45870</v>
+        <v>45839</v>
       </c>
       <c r="E41" s="1">
-        <v>46022</v>
+        <v>47848</v>
       </c>
       <c r="F41" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H41" s="1"/>
       <c r="I41" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A42" t="s">
-        <v>138</v>
+        <v>70</v>
       </c>
       <c r="B42" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C42" t="s">
-        <v>168</v>
+        <v>73</v>
       </c>
       <c r="D42" s="1">
-        <v>45870</v>
+        <v>45839</v>
       </c>
       <c r="E42" s="1">
-        <v>46022</v>
+        <v>47848</v>
       </c>
       <c r="F42" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H42" s="1"/>
       <c r="I42" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A43" t="s">
-        <v>138</v>
+        <v>70</v>
       </c>
       <c r="B43" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C43" t="s">
-        <v>169</v>
+        <v>74</v>
       </c>
       <c r="D43" s="1">
-        <v>45870</v>
+        <v>45839</v>
       </c>
       <c r="E43" s="1">
-        <v>46022</v>
+        <v>47848</v>
       </c>
       <c r="F43" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H43" s="1"/>
       <c r="I43" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A44" t="s">
-        <v>138</v>
+        <v>70</v>
       </c>
       <c r="B44" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C44" t="s">
-        <v>170</v>
+        <v>75</v>
       </c>
       <c r="D44" s="1">
-        <v>45870</v>
+        <v>45839</v>
       </c>
       <c r="E44" s="1">
-        <v>46022</v>
+        <v>47848</v>
       </c>
       <c r="F44" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H44" s="1"/>
       <c r="I44" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A45" t="s">
-        <v>138</v>
+        <v>70</v>
       </c>
       <c r="B45" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C45" t="s">
-        <v>171</v>
+        <v>76</v>
       </c>
       <c r="D45" s="1">
-        <v>45870</v>
+        <v>45839</v>
       </c>
       <c r="E45" s="1">
-        <v>46022</v>
+        <v>47848</v>
       </c>
       <c r="F45" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H45" s="1"/>
       <c r="I45" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A46" t="s">
-        <v>138</v>
+        <v>70</v>
       </c>
       <c r="B46" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C46" t="s">
-        <v>172</v>
+        <v>77</v>
       </c>
       <c r="D46" s="1">
-        <v>45870</v>
+        <v>45839</v>
       </c>
       <c r="E46" s="1">
-        <v>46022</v>
+        <v>47848</v>
       </c>
       <c r="F46" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H46" s="1"/>
       <c r="I46" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A47" t="s">
-        <v>173</v>
+        <v>26</v>
       </c>
       <c r="B47" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C47" t="s">
-        <v>174</v>
+        <v>29</v>
       </c>
       <c r="D47" s="1">
-        <v>45870</v>
+        <v>45283</v>
       </c>
       <c r="E47" s="1">
-        <v>46022</v>
+        <v>48213</v>
       </c>
       <c r="F47" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H47" s="1"/>
       <c r="I47" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A48" t="s">
-        <v>138</v>
+        <v>26</v>
       </c>
       <c r="B48" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C48" t="s">
-        <v>175</v>
+        <v>27</v>
       </c>
       <c r="D48" s="1">
-        <v>45870</v>
+        <v>45283</v>
       </c>
       <c r="E48" s="1">
-        <v>46022</v>
+        <v>48216</v>
       </c>
       <c r="F48" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H48" s="1"/>
       <c r="I48" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A49" t="s">
-        <v>138</v>
+        <v>26</v>
       </c>
       <c r="B49" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C49" t="s">
-        <v>176</v>
+        <v>28</v>
       </c>
       <c r="D49" s="1">
-        <v>45870</v>
+        <v>45283</v>
       </c>
       <c r="E49" s="1">
-        <v>46022</v>
+        <v>48580</v>
       </c>
       <c r="F49" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H49" s="1"/>
       <c r="I49" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A50" t="s">
-        <v>138</v>
+        <v>22</v>
       </c>
       <c r="B50" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="C50" t="s">
-        <v>177</v>
+        <v>24</v>
       </c>
       <c r="D50" s="1">
-        <v>45870</v>
+        <v>45273</v>
       </c>
       <c r="E50" s="1">
-        <v>46022</v>
+        <v>49558</v>
       </c>
       <c r="F50" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H50" s="1"/>
       <c r="I50" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A51" t="s">
-        <v>180</v>
+        <v>55</v>
       </c>
       <c r="B51" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C51" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="D51" s="1">
-        <v>45658</v>
+        <v>45725</v>
       </c>
       <c r="E51" s="1">
-        <v>46022</v>
+        <v>49743</v>
       </c>
       <c r="F51" t="s">
         <v>10</v>
       </c>
       <c r="H51" s="1"/>
       <c r="I51" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A52" t="s">
-        <v>108</v>
+        <v>98</v>
       </c>
       <c r="B52" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C52" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="D52" s="1">
-        <v>45839</v>
+        <v>43626</v>
       </c>
       <c r="E52" s="1">
-        <v>46023</v>
+        <v>49998</v>
       </c>
       <c r="F52" t="s">
         <v>10</v>
       </c>
       <c r="H52" s="1"/>
       <c r="I52" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A53" t="s">
-        <v>108</v>
+        <v>51</v>
       </c>
       <c r="B53" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C53" t="s">
-        <v>110</v>
+        <v>52</v>
       </c>
       <c r="D53" s="1">
-        <v>45839</v>
+        <v>45488</v>
       </c>
       <c r="E53" s="1">
-        <v>46023</v>
+        <v>52231</v>
       </c>
       <c r="F53" t="s">
         <v>10</v>
       </c>
       <c r="H53" s="1"/>
       <c r="I53" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A54" t="s">
-        <v>108</v>
+        <v>51</v>
       </c>
       <c r="B54" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C54" t="s">
-        <v>111</v>
+        <v>53</v>
       </c>
       <c r="D54" s="1">
-        <v>45839</v>
+        <v>45488</v>
       </c>
       <c r="E54" s="1">
-        <v>46023</v>
+        <v>52231</v>
       </c>
       <c r="F54" t="s">
         <v>10</v>
       </c>
       <c r="H54" s="1"/>
       <c r="I54" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A55" t="s">
-        <v>108</v>
+        <v>57</v>
       </c>
       <c r="B55" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C55" t="s">
-        <v>112</v>
+        <v>58</v>
       </c>
       <c r="D55" s="1">
-        <v>45839</v>
+        <v>45801</v>
       </c>
       <c r="E55" s="1">
-        <v>46023</v>
+        <v>60998</v>
       </c>
       <c r="F55" t="s">
         <v>10</v>
       </c>
       <c r="H55" s="1"/>
       <c r="I55" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A56" t="s">
+        <v>107</v>
+      </c>
+      <c r="B56" t="s">
+        <v>13</v>
+      </c>
+      <c r="C56" t="s">
         <v>108</v>
       </c>
-      <c r="B56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D56" s="1">
-        <v>45839</v>
+        <v>46142</v>
       </c>
       <c r="E56" s="1">
-        <v>46023</v>
+        <v>64039</v>
       </c>
       <c r="F56" t="s">
         <v>10</v>
       </c>
       <c r="H56" s="1"/>
       <c r="I56" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A57" t="s">
-        <v>124</v>
+        <v>30</v>
       </c>
       <c r="B57" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C57" t="s">
-        <v>125</v>
+        <v>31</v>
       </c>
       <c r="D57" s="1">
-        <v>45887</v>
+        <v>45279</v>
       </c>
       <c r="E57" s="1">
-        <v>46041</v>
+        <v>72686</v>
       </c>
       <c r="F57" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H57" s="1"/>
       <c r="I57" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A58" t="s">
-        <v>85</v>
+        <v>30</v>
       </c>
       <c r="B58" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C58" t="s">
-        <v>90</v>
+        <v>32</v>
       </c>
       <c r="D58" s="1">
-        <v>45961</v>
+        <v>45279</v>
       </c>
       <c r="E58" s="1">
-        <v>46052</v>
+        <v>72686</v>
       </c>
       <c r="F58" t="s">
         <v>10</v>
       </c>
       <c r="H58" s="1"/>
       <c r="I58" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A59" t="s">
-        <v>153</v>
+        <v>30</v>
       </c>
       <c r="B59" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="C59" t="s">
-        <v>154</v>
+        <v>33</v>
       </c>
       <c r="D59" s="1">
-        <v>45978</v>
+        <v>45279</v>
       </c>
       <c r="E59" s="1">
-        <v>46052</v>
+        <v>72686</v>
       </c>
       <c r="F59" t="s">
         <v>10</v>
       </c>
       <c r="H59" s="1"/>
       <c r="I59" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A60" t="s">
-        <v>85</v>
+        <v>30</v>
       </c>
       <c r="B60" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C60" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="D60" s="1">
-        <v>45927</v>
+        <v>45279</v>
       </c>
       <c r="E60" s="1">
-        <v>46053</v>
+        <v>72686</v>
       </c>
       <c r="F60" t="s">
         <v>10</v>
       </c>
       <c r="H60" s="1"/>
       <c r="I60" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A61" t="s">
-        <v>85</v>
+        <v>30</v>
       </c>
       <c r="B61" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C61" t="s">
-        <v>89</v>
+        <v>35</v>
       </c>
       <c r="D61" s="1">
-        <v>45934</v>
+        <v>45279</v>
       </c>
       <c r="E61" s="1">
-        <v>46053</v>
+        <v>72686</v>
       </c>
       <c r="F61" t="s">
         <v>10</v>
       </c>
       <c r="H61" s="1"/>
       <c r="I61" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A62" t="s">
-        <v>127</v>
+        <v>30</v>
       </c>
       <c r="B62" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C62" t="s">
-        <v>128</v>
+        <v>36</v>
       </c>
       <c r="D62" s="1">
-        <v>46116</v>
+        <v>45279</v>
       </c>
       <c r="E62" s="1">
-        <v>46172</v>
+        <v>72686</v>
       </c>
       <c r="F62" t="s">
         <v>10</v>
       </c>
       <c r="H62" s="1"/>
       <c r="I62" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A63" t="s">
-        <v>87</v>
+        <v>30</v>
       </c>
       <c r="B63" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C63" t="s">
-        <v>88</v>
+        <v>37</v>
       </c>
       <c r="D63" s="1">
-        <v>45863</v>
+        <v>45279</v>
       </c>
       <c r="E63" s="1">
-        <v>46173</v>
+        <v>72686</v>
       </c>
       <c r="F63" t="s">
         <v>10</v>
       </c>
       <c r="H63" s="1"/>
       <c r="I63" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A64" t="s">
-        <v>155</v>
+        <v>30</v>
       </c>
       <c r="B64" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C64" t="s">
-        <v>157</v>
+        <v>38</v>
       </c>
       <c r="D64" s="1">
-        <v>45901</v>
+        <v>45279</v>
       </c>
       <c r="E64" s="1">
-        <v>46175</v>
+        <v>72686</v>
       </c>
       <c r="F64" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H64" s="1"/>
       <c r="I64" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A65" t="s">
-        <v>117</v>
+        <v>30</v>
       </c>
       <c r="B65" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C65" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="D65" s="1">
-        <v>45865</v>
+        <v>45279</v>
       </c>
       <c r="E65" s="1">
-        <v>46204</v>
+        <v>72686</v>
       </c>
       <c r="F65" t="s">
         <v>10</v>
       </c>
       <c r="H65" s="1"/>
       <c r="I65" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A66" t="s">
-        <v>118</v>
+        <v>30</v>
       </c>
       <c r="B66" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C66" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="D66" s="1">
-        <v>45865</v>
+        <v>45279</v>
       </c>
       <c r="E66" s="1">
-        <v>46204</v>
+        <v>72686</v>
       </c>
       <c r="F66" t="s">
         <v>10</v>
       </c>
       <c r="H66" s="1"/>
       <c r="I66" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A67" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="B67" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C67" t="s">
-        <v>119</v>
+        <v>49</v>
       </c>
       <c r="D67" s="1">
-        <v>45865</v>
+        <v>45896</v>
       </c>
       <c r="E67" s="1">
-        <v>46204</v>
+        <v>72924</v>
       </c>
       <c r="F67" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H67" s="1"/>
+        <v>9</v>
+      </c>
+      <c r="G67" t="s">
+        <v>106</v>
+      </c>
+      <c r="H67" s="1">
+        <v>46085</v>
+      </c>
       <c r="I67" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A68" t="s">
-        <v>106</v>
+        <v>78</v>
       </c>
       <c r="B68" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C68" t="s">
-        <v>19</v>
+        <v>79</v>
       </c>
       <c r="D68" s="1">
         <v>45863</v>
       </c>
       <c r="E68" s="1">
-        <v>46227</v>
+        <v>1132459</v>
       </c>
       <c r="F68" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="H68" s="1"/>
       <c r="I68" t="s">
-        <v>9</v>
-[...1459 lines deleted...]
-      <c r="I128" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="840835ac-57cf-4e7c-8808-03f41f398c55" xmlns:ns3="e2d26605-1d9b-4ee4-8466-0d097a60ace0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="60e53014f07a393be36c4b7011bbb1d1" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010052CF9F2C23FA254188B8947FA71C680A" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a409a8268bce2cd97d421482d91e08de">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="840835ac-57cf-4e7c-8808-03f41f398c55" xmlns:ns3="e2d26605-1d9b-4ee4-8466-0d097a60ace0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a81f3779fa46828a86ae42151e23c849" ns2:_="" ns3:_="">
     <xsd:import namespace="840835ac-57cf-4e7c-8808-03f41f398c55"/>
     <xsd:import namespace="e2d26605-1d9b-4ee4-8466-0d097a60ace0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -4612,71 +2739,106 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e2d26605-1d9b-4ee4-8466-0d097a60ace0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="840835ac-57cf-4e7c-8808-03f41f398c55" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32E188E1-05E9-40FF-A416-48599B09C0EF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="840835ac-57cf-4e7c-8808-03f41f398c55"/>
+    <ds:schemaRef ds:uri="e2d26605-1d9b-4ee4-8466-0d097a60ace0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91EB90C7-FBE4-41AA-BDAE-4462BDD4462F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0394E873-5D6E-4FDF-9FEE-46BAEBF7A878}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="e2d26605-1d9b-4ee4-8466-0d097a60ace0"/>
     <ds:schemaRef ds:uri="840835ac-57cf-4e7c-8808-03f41f398c55"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D4F6FF7-947B-4C97-A60A-826C72A1CB8C}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>