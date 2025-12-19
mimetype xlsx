--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -3,75 +3,75 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ncconnect.sharepoint.com/sites/AGR-Marketing/Shared Documents/Multimedia/John Hammond/Digital Commons (AGR)/Website Documents/NC Farmer Products/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="3" documentId="8_{80C0547E-E4D3-40E9-B587-67CE6DFB7F00}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{49A00202-BBE0-4606-8F5C-A5C9C3AFCA20}"/>
+  <xr:revisionPtr revIDLastSave="7" documentId="8_{FBEDE1E1-FBCC-4D51-B26D-ED4D945E0D5A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BEF824B9-73B9-4CA2-A051-B071412229D3}"/>
   <bookViews>
-    <workbookView xWindow="-14175" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-15450" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2296" uniqueCount="1223">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2364" uniqueCount="1254">
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Farm or Business Name</t>
   </si>
   <si>
     <t>Product Type</t>
   </si>
   <si>
     <t>Business Address 1</t>
   </si>
   <si>
     <t>Business Address 2</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>County</t>
   </si>
   <si>
@@ -3696,119 +3696,219 @@
     <t>Staat’s Bakery</t>
   </si>
   <si>
     <t>Blaine</t>
   </si>
   <si>
     <t>Staat</t>
   </si>
   <si>
     <t>3082 Rockford Road</t>
   </si>
   <si>
     <t>Dobson</t>
   </si>
   <si>
     <t>27017</t>
   </si>
   <si>
     <t>252-876-8267</t>
   </si>
   <si>
     <t>staatsbakery@gmsil.com</t>
   </si>
   <si>
     <t>staatsbakery.com</t>
+  </si>
+  <si>
+    <t>White Oak River Farms LLC</t>
+  </si>
+  <si>
+    <t>Bryce</t>
+  </si>
+  <si>
+    <t>Bynum</t>
+  </si>
+  <si>
+    <t>6057 White Oak River Rd</t>
+  </si>
+  <si>
+    <t>Maysville</t>
+  </si>
+  <si>
+    <t>28555</t>
+  </si>
+  <si>
+    <t>2525711916</t>
+  </si>
+  <si>
+    <t>brycebworf@gmail.com</t>
+  </si>
+  <si>
+    <t>Gerald</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3461 Mack Ballard rd. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maiden </t>
+  </si>
+  <si>
+    <t>Lincoln</t>
+  </si>
+  <si>
+    <t>28650</t>
+  </si>
+  <si>
+    <t>7046345547</t>
+  </si>
+  <si>
+    <t>Kbullock@denverlandscape.net</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KB Farms </t>
+  </si>
+  <si>
+    <t>Jerjuan</t>
+  </si>
+  <si>
+    <t>Brooks (Without Prejudice)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harvested Grain Exchange Company </t>
+  </si>
+  <si>
+    <t xml:space="preserve">665 Milton Welch Rd </t>
+  </si>
+  <si>
+    <t>7779-210 Angier NC 27501</t>
+  </si>
+  <si>
+    <t>Sandford</t>
+  </si>
+  <si>
+    <t>9194784701</t>
+  </si>
+  <si>
+    <t>ogmstaffservices@gmail.com</t>
+  </si>
+  <si>
+    <t>HarvestedGrainExchangeInc.my.canva.site</t>
+  </si>
+  <si>
+    <t>Christopher</t>
+  </si>
+  <si>
+    <t>Harney</t>
+  </si>
+  <si>
+    <t>Sycamore SOL</t>
+  </si>
+  <si>
+    <t>45 Sycamore Ridge Rd</t>
+  </si>
+  <si>
+    <t>9197807684</t>
+  </si>
+  <si>
+    <t>0sycamoresol0@gmail.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="23">
     <dxf>
       <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
@@ -3879,52 +3979,55 @@
     </dxf>
     <dxf>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A1:U135" totalsRowShown="0" headerRowDxfId="22" dataDxfId="21">
-  <autoFilter ref="A1:U135" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A1:U139" totalsRowShown="0" headerRowDxfId="22" dataDxfId="21">
+  <autoFilter ref="A1:U139" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:U139">
+    <sortCondition ref="A1:A139"/>
+  </sortState>
   <tableColumns count="21">
     <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="Farm or Business Name" dataDxfId="20"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Product Type" dataDxfId="19"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="First Name" dataDxfId="18"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Last Name" dataDxfId="17"/>
     <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Business Address 1" dataDxfId="16"/>
     <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="Business Address 2" dataDxfId="15"/>
     <tableColumn id="12" xr3:uid="{00000000-0010-0000-0000-00000C000000}" name="City" dataDxfId="14"/>
     <tableColumn id="13" xr3:uid="{00000000-0010-0000-0000-00000D000000}" name="County" dataDxfId="13"/>
     <tableColumn id="14" xr3:uid="{00000000-0010-0000-0000-00000E000000}" name="State" dataDxfId="12"/>
     <tableColumn id="15" xr3:uid="{00000000-0010-0000-0000-00000F000000}" name="Zip Code" dataDxfId="11"/>
     <tableColumn id="16" xr3:uid="{00000000-0010-0000-0000-000010000000}" name="Contact Number" dataDxfId="10"/>
     <tableColumn id="17" xr3:uid="{00000000-0010-0000-0000-000011000000}" name="Email Address" dataDxfId="9"/>
     <tableColumn id="18" xr3:uid="{00000000-0010-0000-0000-000012000000}" name="Farm/Business Website" dataDxfId="8"/>
     <tableColumn id="19" xr3:uid="{00000000-0010-0000-0000-000013000000}" name="Do you self-identify as a member of a socially disadvantaged group?" dataDxfId="7"/>
     <tableColumn id="20" xr3:uid="{00000000-0010-0000-0000-000014000000}" name="If yes, please indicate which group:" dataDxfId="6"/>
     <tableColumn id="21" xr3:uid="{00000000-0010-0000-0000-000015000000}" name="I identify as:" dataDxfId="5"/>
     <tableColumn id="22" xr3:uid="{00000000-0010-0000-0000-000016000000}" name="My sex is:" dataDxfId="4"/>
     <tableColumn id="23" xr3:uid="{00000000-0010-0000-0000-000017000000}" name="Do you currently sell product(s) to any wholesale entities such as aggregators, distributors, food hubs, schools, etc.?" dataDxfId="3"/>
     <tableColumn id="24" xr3:uid="{00000000-0010-0000-0000-000018000000}" name="Is your farm Certified Organic?" dataDxfId="2"/>
     <tableColumn id="25" xr3:uid="{00000000-0010-0000-0000-000019000000}" name="Organic Certifying Body and Certification Number" dataDxfId="1"/>
     <tableColumn id="26" xr3:uid="{00000000-0010-0000-0000-00001A000000}" name="Organic Certification Expiration Date" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
@@ -4204,60 +4307,60 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parsonsfarmllc@gmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kbullock@denverlandscape.net" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parsonsfarmllc@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:U135"/>
+  <dimension ref="A1:U139"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" sqref="A1:U1"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="44.33203125" style="1" customWidth="1"/>
     <col min="2" max="2" width="23.21875" style="1" customWidth="1"/>
     <col min="3" max="4" width="20" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="30.5546875" style="1" customWidth="1"/>
     <col min="7" max="8" width="20" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="10" width="9.109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="16.109375" style="1" customWidth="1"/>
     <col min="12" max="12" width="31.109375" style="1" customWidth="1"/>
     <col min="13" max="13" width="34.88671875" style="1" customWidth="1"/>
     <col min="14" max="14" width="13.21875" style="1" customWidth="1"/>
     <col min="15" max="15" width="10" style="1" customWidth="1"/>
     <col min="16" max="16" width="20" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="12.109375" style="1" customWidth="1"/>
     <col min="18" max="18" width="16.33203125" style="1" customWidth="1"/>
     <col min="19" max="19" width="7.33203125" style="1" customWidth="1"/>
     <col min="20" max="20" width="26.77734375" style="1" customWidth="1"/>
     <col min="21" max="23" width="20" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="115.2" x14ac:dyDescent="0.3">
@@ -7501,4152 +7604,4373 @@
         <v>156</v>
       </c>
       <c r="M60" s="1" t="s">
         <v>157</v>
       </c>
       <c r="N60" s="1" t="s">
         <v>32</v>
       </c>
       <c r="O60" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P60" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q60" s="1" t="s">
         <v>45</v>
       </c>
       <c r="R60" s="1" t="s">
         <v>29</v>
       </c>
       <c r="S60" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U60" s="3"/>
     </row>
-    <row r="61" spans="1:21" x14ac:dyDescent="0.3">
-[...50 lines deleted...]
-      </c>
+    <row r="61" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A61" s="9" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B61" s="9" t="s">
+        <v>559</v>
+      </c>
+      <c r="C61" s="9" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D61" s="9" t="s">
+        <v>1240</v>
+      </c>
+      <c r="E61" s="9" t="s">
+        <v>1242</v>
+      </c>
+      <c r="F61" s="9" t="s">
+        <v>1243</v>
+      </c>
+      <c r="G61" s="9" t="s">
+        <v>1244</v>
+      </c>
+      <c r="H61" s="9" t="s">
+        <v>346</v>
+      </c>
+      <c r="I61" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="J61" s="10" t="s">
+        <v>405</v>
+      </c>
+      <c r="K61" s="10" t="s">
+        <v>1245</v>
+      </c>
+      <c r="L61" s="9" t="s">
+        <v>1246</v>
+      </c>
+      <c r="M61" s="9" t="s">
+        <v>1247</v>
+      </c>
+      <c r="N61" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="O61" s="9" t="s">
+        <v>128</v>
+      </c>
+      <c r="P61" s="9" t="s">
+        <v>644</v>
+      </c>
+      <c r="Q61" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="R61" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="S61" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="T61" s="9"/>
       <c r="U61" s="3"/>
     </row>
     <row r="62" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A62" s="1" t="s">
-        <v>621</v>
+        <v>1085</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>319</v>
+        <v>769</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>619</v>
+        <v>1083</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>620</v>
+        <v>1084</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>622</v>
+        <v>1086</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>623</v>
+        <v>1087</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>624</v>
+        <v>906</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>189</v>
+        <v>907</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>625</v>
+        <v>908</v>
       </c>
       <c r="K62" s="1" t="s">
-        <v>626</v>
+        <v>1088</v>
       </c>
       <c r="L62" s="1" t="s">
-        <v>627</v>
+        <v>1089</v>
       </c>
       <c r="N62" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P62" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q62" s="1" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="R62" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="S62" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U62" s="3"/>
     </row>
     <row r="63" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A63" s="1" t="s">
-        <v>827</v>
+        <v>621</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>319</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>825</v>
+        <v>619</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>826</v>
+        <v>620</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>828</v>
+        <v>622</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>623</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>829</v>
+        <v>624</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>489</v>
+        <v>189</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>830</v>
-[...2 lines deleted...]
-        <v>831</v>
+        <v>625</v>
+      </c>
+      <c r="K63" s="1" t="s">
+        <v>626</v>
       </c>
       <c r="L63" s="1" t="s">
-        <v>832</v>
+        <v>627</v>
       </c>
       <c r="N63" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P63" s="1" t="s">
-        <v>833</v>
+        <v>30</v>
       </c>
       <c r="Q63" s="1" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="R63" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="S63" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U63" s="3"/>
     </row>
     <row r="64" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A64" s="1" t="s">
-        <v>630</v>
+        <v>827</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>319</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>628</v>
+        <v>825</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>629</v>
+        <v>826</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>631</v>
+        <v>828</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>152</v>
+        <v>829</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>153</v>
+        <v>489</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>154</v>
+        <v>830</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>632</v>
+        <v>831</v>
       </c>
       <c r="L64" s="1" t="s">
-        <v>633</v>
-[...2 lines deleted...]
-        <v>634</v>
+        <v>832</v>
       </c>
       <c r="N64" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P64" s="1" t="s">
-        <v>30</v>
+        <v>833</v>
       </c>
       <c r="Q64" s="1" t="s">
         <v>45</v>
       </c>
       <c r="R64" s="1" t="s">
         <v>29</v>
       </c>
       <c r="S64" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U64" s="3"/>
     </row>
     <row r="65" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A65" s="1" t="s">
-        <v>496</v>
+        <v>630</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>497</v>
+        <v>319</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>494</v>
+        <v>628</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>495</v>
+        <v>629</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>498</v>
+        <v>631</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>499</v>
+        <v>152</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>500</v>
+        <v>153</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>501</v>
+        <v>154</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>502</v>
+        <v>632</v>
       </c>
       <c r="L65" s="1" t="s">
-        <v>503</v>
+        <v>633</v>
+      </c>
+      <c r="M65" s="1" t="s">
+        <v>634</v>
       </c>
       <c r="N65" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P65" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q65" s="1" t="s">
         <v>45</v>
       </c>
       <c r="R65" s="1" t="s">
         <v>29</v>
       </c>
       <c r="S65" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U65" s="3"/>
     </row>
     <row r="66" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A66" s="1" t="s">
-        <v>214</v>
+        <v>496</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>497</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>212</v>
+        <v>494</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>213</v>
+        <v>495</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>215</v>
+        <v>498</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>216</v>
+        <v>499</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>217</v>
+        <v>500</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>501</v>
+      </c>
+      <c r="K66" s="2" t="s">
+        <v>502</v>
       </c>
       <c r="L66" s="1" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>503</v>
       </c>
       <c r="N66" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P66" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q66" s="1" t="s">
         <v>45</v>
       </c>
       <c r="R66" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="S66" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U66" s="3"/>
     </row>
     <row r="67" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A67" s="1" t="s">
-        <v>904</v>
-[...2 lines deleted...]
-        <v>314</v>
+        <v>214</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>153</v>
+        <v>212</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>826</v>
+        <v>213</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>905</v>
+        <v>215</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>906</v>
+        <v>216</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>907</v>
+        <v>217</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>908</v>
+        <v>218</v>
       </c>
       <c r="K67" s="1" t="s">
-        <v>909</v>
+        <v>219</v>
       </c>
       <c r="L67" s="1" t="s">
-        <v>910</v>
+        <v>220</v>
       </c>
       <c r="M67" s="1" t="s">
-        <v>911</v>
+        <v>221</v>
       </c>
       <c r="N67" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P67" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q67" s="1" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="R67" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="S67" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U67" s="3"/>
     </row>
     <row r="68" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A68" s="1" t="s">
-        <v>438</v>
+        <v>904</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>436</v>
+        <v>153</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>437</v>
+        <v>826</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>439</v>
+        <v>905</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>440</v>
+        <v>906</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>441</v>
+        <v>907</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-        <v>443</v>
+        <v>908</v>
+      </c>
+      <c r="K68" s="1" t="s">
+        <v>909</v>
       </c>
       <c r="L68" s="1" t="s">
-        <v>444</v>
+        <v>910</v>
+      </c>
+      <c r="M68" s="1" t="s">
+        <v>911</v>
       </c>
       <c r="N68" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P68" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q68" s="1" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="R68" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="S68" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U68" s="3"/>
     </row>
-    <row r="69" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A69" s="1" t="s">
-        <v>982</v>
+        <v>438</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>319</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>980</v>
+        <v>436</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>981</v>
+        <v>437</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>983</v>
+        <v>439</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>984</v>
+        <v>440</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>985</v>
+        <v>441</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>986</v>
-[...2 lines deleted...]
-        <v>987</v>
+        <v>442</v>
+      </c>
+      <c r="K69" s="2" t="s">
+        <v>443</v>
       </c>
       <c r="L69" s="1" t="s">
-        <v>988</v>
+        <v>444</v>
       </c>
       <c r="N69" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P69" s="1" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="Q69" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="R69" s="1" t="s">
         <v>32</v>
       </c>
       <c r="S69" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U69" s="3"/>
     </row>
     <row r="70" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A70" s="1" t="s">
-        <v>646</v>
+        <v>982</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>187</v>
+        <v>980</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>645</v>
+        <v>981</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>647</v>
+        <v>983</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>188</v>
+        <v>984</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>189</v>
+        <v>985</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>191</v>
+        <v>986</v>
+      </c>
+      <c r="K70" s="1" t="s">
+        <v>987</v>
       </c>
       <c r="L70" s="1" t="s">
-        <v>192</v>
+        <v>988</v>
       </c>
       <c r="N70" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="P70" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q70" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="R70" s="1" t="s">
         <v>32</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
       <c r="S70" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U70" s="3"/>
     </row>
     <row r="71" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A71" s="1" t="s">
-        <v>48</v>
+        <v>646</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>314</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>46</v>
+        <v>187</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>47</v>
+        <v>645</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>49</v>
+        <v>647</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>50</v>
+        <v>188</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>51</v>
+        <v>189</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>190</v>
+      </c>
+      <c r="K71" s="2" t="s">
+        <v>191</v>
       </c>
       <c r="L71" s="1" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>192</v>
       </c>
       <c r="N71" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
+      </c>
+      <c r="O71" s="1" t="s">
+        <v>251</v>
       </c>
       <c r="P71" s="1" t="s">
-        <v>44</v>
+        <v>193</v>
       </c>
       <c r="Q71" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="R71" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="S71" s="1" t="s">
-        <v>32</v>
-[...6 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="U71" s="3"/>
     </row>
     <row r="72" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A72" s="1" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-        <v>319</v>
+        <v>48</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>677</v>
+        <v>46</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>678</v>
+        <v>47</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-        <v>681</v>
+        <v>49</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>69</v>
+        <v>50</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>69</v>
+        <v>51</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="K72" s="1" t="s">
-        <v>682</v>
+        <v>53</v>
       </c>
       <c r="L72" s="1" t="s">
-        <v>683</v>
+        <v>54</v>
       </c>
       <c r="M72" s="1" t="s">
-        <v>684</v>
+        <v>55</v>
       </c>
       <c r="N72" s="1" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>251</v>
+        <v>29</v>
       </c>
       <c r="P72" s="1" t="s">
-        <v>193</v>
+        <v>44</v>
       </c>
       <c r="Q72" s="1" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="R72" s="1" t="s">
         <v>32</v>
       </c>
       <c r="S72" s="1" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      <c r="A73" t="s">
+        <v>32</v>
+      </c>
+      <c r="T72" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="U72" s="3">
+        <v>45352</v>
+      </c>
+    </row>
+    <row r="73" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A73" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="E73" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H73" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="I73" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="J73" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="K73" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="L73" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="M73" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="N73" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="O73" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="P73" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="Q73" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="R73" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="S73" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="U73" s="3"/>
+    </row>
+    <row r="74" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A74" t="s">
         <v>1183</v>
       </c>
-      <c r="B73" t="s">
+      <c r="B74" t="s">
         <v>314</v>
       </c>
-      <c r="C73" t="s">
+      <c r="C74" t="s">
         <v>1184</v>
       </c>
-      <c r="D73" t="s">
+      <c r="D74" t="s">
         <v>531</v>
       </c>
-      <c r="E73" t="s">
+      <c r="E74" t="s">
         <v>1185</v>
       </c>
-      <c r="F73"/>
-      <c r="G73" t="s">
+      <c r="F74"/>
+      <c r="G74" t="s">
         <v>1186</v>
       </c>
-      <c r="H73" t="s">
+      <c r="H74" t="s">
         <v>662</v>
       </c>
-      <c r="I73" t="s">
-[...2 lines deleted...]
-      <c r="J73" s="6" t="s">
+      <c r="I74" t="s">
+        <v>25</v>
+      </c>
+      <c r="J74" s="6" t="s">
         <v>1187</v>
       </c>
-      <c r="K73" t="s">
+      <c r="K74" t="s">
         <v>1188</v>
       </c>
-      <c r="L73" t="s">
+      <c r="L74" t="s">
         <v>1189</v>
       </c>
-      <c r="M73"/>
-[...4 lines deleted...]
-      <c r="P73" t="s">
+      <c r="M74"/>
+      <c r="N74" t="s">
+        <v>29</v>
+      </c>
+      <c r="O74"/>
+      <c r="P74" t="s">
         <v>193</v>
       </c>
-      <c r="Q73" t="s">
+      <c r="Q74" t="s">
         <v>45</v>
       </c>
-      <c r="R73" t="s">
+      <c r="R74" t="s">
         <v>32</v>
       </c>
-      <c r="S73" t="s">
-[...60 lines deleted...]
-      <c r="U74" s="3"/>
+      <c r="S74" t="s">
+        <v>29</v>
+      </c>
+      <c r="T74"/>
+      <c r="U74" s="7"/>
     </row>
     <row r="75" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A75" s="1" t="s">
-        <v>835</v>
+        <v>566</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>319</v>
+        <v>420</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>834</v>
+        <v>564</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>47</v>
+        <v>565</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>836</v>
+        <v>855</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>837</v>
+        <v>567</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>227</v>
+        <v>543</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>228</v>
+        <v>568</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>838</v>
+        <v>569</v>
       </c>
       <c r="L75" s="1" t="s">
-        <v>839</v>
+        <v>856</v>
       </c>
       <c r="M75" s="1" t="s">
-        <v>840</v>
+        <v>857</v>
       </c>
       <c r="N75" s="1" t="s">
         <v>32</v>
       </c>
       <c r="O75" s="1" t="s">
         <v>43</v>
       </c>
       <c r="P75" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q75" s="1" t="s">
         <v>45</v>
       </c>
       <c r="R75" s="1" t="s">
         <v>29</v>
       </c>
       <c r="S75" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U75" s="3"/>
     </row>
     <row r="76" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A76" s="1" t="s">
-        <v>715</v>
+        <v>1238</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>319</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>713</v>
+        <v>1231</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>714</v>
+        <v>207</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>716</v>
+        <v>1232</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>717</v>
+        <v>1233</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>718</v>
+        <v>1234</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>719</v>
+        <v>1235</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>720</v>
-[...5 lines deleted...]
-        <v>722</v>
+        <v>1236</v>
+      </c>
+      <c r="L76" s="8" t="s">
+        <v>1237</v>
       </c>
       <c r="N76" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P76" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q76" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="R76" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="S76" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="U76" s="3"/>
+    </row>
+    <row r="77" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A77" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E77" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="H77" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="I77" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="J77" s="2" t="s">
+        <v>228</v>
+      </c>
+      <c r="K77" s="2" t="s">
+        <v>838</v>
+      </c>
+      <c r="L77" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="M77" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="N77" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="O77" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="P77" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q77" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="R76" s="1" t="s">
-[...62 lines deleted...]
-      <c r="U77" s="7"/>
+      <c r="R77" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="S77" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="U77" s="3"/>
     </row>
     <row r="78" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A78" s="1" t="s">
-        <v>22</v>
+        <v>715</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>319</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>589</v>
+        <v>713</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>21</v>
+        <v>714</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>590</v>
+        <v>716</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>23</v>
+        <v>717</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>24</v>
+        <v>718</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>26</v>
+        <v>719</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>27</v>
+        <v>720</v>
       </c>
       <c r="L78" s="1" t="s">
-        <v>28</v>
+        <v>721</v>
       </c>
       <c r="M78" s="1" t="s">
-        <v>591</v>
+        <v>722</v>
       </c>
       <c r="N78" s="1" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="P78" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q78" s="1" t="s">
         <v>45</v>
       </c>
       <c r="R78" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="S78" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="U78" s="3"/>
+    </row>
+    <row r="79" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A79" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B79" t="s">
+        <v>314</v>
+      </c>
+      <c r="C79" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D79" t="s">
+        <v>1207</v>
+      </c>
+      <c r="E79" t="s">
+        <v>1209</v>
+      </c>
+      <c r="F79"/>
+      <c r="G79" t="s">
+        <v>761</v>
+      </c>
+      <c r="H79" t="s">
+        <v>1210</v>
+      </c>
+      <c r="I79" t="s">
+        <v>25</v>
+      </c>
+      <c r="J79" s="6" t="s">
+        <v>1211</v>
+      </c>
+      <c r="K79" s="6" t="s">
+        <v>1212</v>
+      </c>
+      <c r="L79" t="s">
+        <v>1213</v>
+      </c>
+      <c r="M79"/>
+      <c r="N79" t="s">
         <v>32</v>
       </c>
-      <c r="S78" s="1" t="s">
-[...47 lines deleted...]
-      <c r="Q79" s="1" t="s">
+      <c r="O79" t="s">
+        <v>251</v>
+      </c>
+      <c r="P79" t="s">
+        <v>193</v>
+      </c>
+      <c r="Q79" t="s">
         <v>31</v>
       </c>
-      <c r="R79" s="1" t="s">
-[...5 lines deleted...]
-      <c r="U79" s="3"/>
+      <c r="R79" t="s">
+        <v>29</v>
+      </c>
+      <c r="S79" t="s">
+        <v>29</v>
+      </c>
+      <c r="T79"/>
+      <c r="U79" s="7"/>
     </row>
     <row r="80" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A80" s="1" t="s">
-        <v>1143</v>
+        <v>22</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>319</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>1141</v>
+        <v>589</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>1142</v>
+        <v>21</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>1144</v>
+        <v>590</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>1145</v>
+        <v>23</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>1146</v>
+        <v>24</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J80" s="2" t="s">
-        <v>1147</v>
+        <v>26</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>1148</v>
+        <v>27</v>
       </c>
       <c r="L80" s="1" t="s">
-        <v>1149</v>
+        <v>28</v>
       </c>
       <c r="M80" s="1" t="s">
-        <v>1150</v>
+        <v>591</v>
       </c>
       <c r="N80" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
+      </c>
+      <c r="O80" s="1" t="s">
+        <v>43</v>
       </c>
       <c r="P80" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q80" s="1" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="R80" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="S80" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U80" s="3"/>
     </row>
     <row r="81" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A81" s="1" t="s">
-        <v>514</v>
+        <v>1055</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>515</v>
+        <v>319</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>153</v>
+        <v>1053</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>513</v>
+        <v>1054</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>516</v>
+        <v>1056</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>517</v>
+        <v>1057</v>
       </c>
       <c r="H81" s="1" t="s">
         <v>489</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-        <v>519</v>
+        <v>1058</v>
+      </c>
+      <c r="K81" s="2" t="s">
+        <v>1059</v>
       </c>
       <c r="L81" s="1" t="s">
-        <v>520</v>
+        <v>1060</v>
+      </c>
+      <c r="M81" s="1" t="s">
+        <v>1061</v>
       </c>
       <c r="N81" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P81" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q81" s="1" t="s">
         <v>31</v>
       </c>
       <c r="R81" s="1" t="s">
         <v>29</v>
       </c>
       <c r="S81" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U81" s="3"/>
     </row>
     <row r="82" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A82" s="1" t="s">
-        <v>696</v>
+        <v>1143</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>319</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>694</v>
+        <v>1141</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>695</v>
+        <v>1142</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>697</v>
+        <v>1144</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>698</v>
+        <v>1145</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>500</v>
+        <v>1146</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J82" s="2" t="s">
-        <v>699</v>
+        <v>1147</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>700</v>
+        <v>1148</v>
       </c>
       <c r="L82" s="1" t="s">
-        <v>701</v>
+        <v>1149</v>
       </c>
       <c r="M82" s="1" t="s">
-        <v>702</v>
+        <v>1150</v>
       </c>
       <c r="N82" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P82" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q82" s="1" t="s">
         <v>31</v>
       </c>
       <c r="R82" s="1" t="s">
         <v>29</v>
       </c>
       <c r="S82" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U82" s="3"/>
     </row>
     <row r="83" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A83" s="1" t="s">
-        <v>74</v>
+        <v>514</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>319</v>
+        <v>515</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>72</v>
+        <v>153</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>73</v>
+        <v>513</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>75</v>
+        <v>516</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>76</v>
+        <v>517</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>77</v>
+        <v>489</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J83" s="2" t="s">
-        <v>78</v>
+        <v>518</v>
       </c>
       <c r="K83" s="1" t="s">
-        <v>79</v>
+        <v>519</v>
       </c>
       <c r="L83" s="1" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-        <v>483</v>
+        <v>520</v>
       </c>
       <c r="N83" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P83" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q83" s="1" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="R83" s="1" t="s">
         <v>29</v>
       </c>
       <c r="S83" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U83" s="3"/>
     </row>
-    <row r="84" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A84" s="1" t="s">
-        <v>465</v>
+        <v>696</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>463</v>
+        <v>694</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>464</v>
+        <v>695</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>466</v>
+        <v>697</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>467</v>
+        <v>698</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>468</v>
+        <v>500</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J84" s="2" t="s">
-        <v>469</v>
+        <v>699</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>470</v>
+        <v>700</v>
       </c>
       <c r="L84" s="1" t="s">
-        <v>471</v>
+        <v>701</v>
+      </c>
+      <c r="M84" s="1" t="s">
+        <v>702</v>
       </c>
       <c r="N84" s="1" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>251</v>
+        <v>29</v>
       </c>
       <c r="P84" s="1" t="s">
-        <v>193</v>
+        <v>30</v>
       </c>
       <c r="Q84" s="1" t="s">
         <v>31</v>
       </c>
       <c r="R84" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="S84" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U84" s="3"/>
     </row>
     <row r="85" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A85" s="1" t="s">
-        <v>974</v>
+        <v>74</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>319</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>972</v>
+        <v>72</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>973</v>
+        <v>73</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>975</v>
+        <v>75</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>976</v>
+        <v>76</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>114</v>
+        <v>77</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>977</v>
-[...2 lines deleted...]
-        <v>978</v>
+        <v>78</v>
+      </c>
+      <c r="K85" s="1" t="s">
+        <v>79</v>
       </c>
       <c r="L85" s="1" t="s">
-        <v>979</v>
+        <v>482</v>
+      </c>
+      <c r="M85" s="1" t="s">
+        <v>483</v>
       </c>
       <c r="N85" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P85" s="1" t="s">
-        <v>298</v>
+        <v>30</v>
       </c>
       <c r="Q85" s="1" t="s">
         <v>45</v>
       </c>
       <c r="R85" s="1" t="s">
         <v>29</v>
       </c>
       <c r="S85" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U85" s="3"/>
     </row>
     <row r="86" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A86" s="1" t="s">
-        <v>637</v>
+        <v>465</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>314</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>635</v>
+        <v>463</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>636</v>
+        <v>464</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>638</v>
+        <v>466</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>639</v>
+        <v>467</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>640</v>
+        <v>468</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J86" s="2" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-        <v>642</v>
+        <v>469</v>
+      </c>
+      <c r="K86" s="2" t="s">
+        <v>470</v>
       </c>
       <c r="L86" s="1" t="s">
-        <v>643</v>
+        <v>471</v>
       </c>
       <c r="N86" s="1" t="s">
         <v>32</v>
       </c>
       <c r="O86" s="1" t="s">
         <v>251</v>
       </c>
       <c r="P86" s="1" t="s">
-        <v>644</v>
+        <v>193</v>
       </c>
       <c r="Q86" s="1" t="s">
         <v>31</v>
       </c>
       <c r="R86" s="1" t="s">
         <v>32</v>
       </c>
       <c r="S86" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U86" s="3"/>
     </row>
     <row r="87" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A87" s="1" t="s">
-        <v>1078</v>
+        <v>974</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>392</v>
+        <v>319</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>1076</v>
+        <v>972</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>1077</v>
+        <v>973</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>1079</v>
+        <v>975</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>133</v>
+        <v>976</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>38</v>
+        <v>114</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>134</v>
+        <v>977</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>1080</v>
+        <v>978</v>
       </c>
       <c r="L87" s="1" t="s">
-        <v>1081</v>
-[...2 lines deleted...]
-        <v>1082</v>
+        <v>979</v>
       </c>
       <c r="N87" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P87" s="1" t="s">
-        <v>30</v>
+        <v>298</v>
       </c>
       <c r="Q87" s="1" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="R87" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="S87" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U87" s="3"/>
     </row>
     <row r="88" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A88" s="1" t="s">
-        <v>954</v>
+        <v>637</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>559</v>
+        <v>314</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>952</v>
+        <v>635</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>953</v>
+        <v>636</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>955</v>
-[...2 lines deleted...]
-        <v>956</v>
+        <v>638</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>957</v>
+        <v>639</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>338</v>
+        <v>640</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="J88" s="1" t="s">
-[...3 lines deleted...]
-        <v>959</v>
+      <c r="J88" s="2" t="s">
+        <v>641</v>
+      </c>
+      <c r="K88" s="1" t="s">
+        <v>642</v>
       </c>
       <c r="L88" s="1" t="s">
-        <v>960</v>
-[...2 lines deleted...]
-        <v>961</v>
+        <v>643</v>
       </c>
       <c r="N88" s="1" t="s">
         <v>32</v>
       </c>
       <c r="O88" s="1" t="s">
-        <v>128</v>
+        <v>251</v>
       </c>
       <c r="P88" s="1" t="s">
-        <v>30</v>
+        <v>644</v>
       </c>
       <c r="Q88" s="1" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="R88" s="1" t="s">
         <v>32</v>
       </c>
       <c r="S88" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U88" s="3"/>
     </row>
     <row r="89" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A89" s="1" t="s">
-        <v>301</v>
+        <v>1078</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>392</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>299</v>
+        <v>1076</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>300</v>
+        <v>1077</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>302</v>
+        <v>1079</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>303</v>
+        <v>133</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>304</v>
+        <v>38</v>
       </c>
       <c r="I89" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J89" s="2" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-        <v>306</v>
+        <v>134</v>
+      </c>
+      <c r="K89" s="2" t="s">
+        <v>1080</v>
       </c>
       <c r="L89" s="1" t="s">
-        <v>307</v>
+        <v>1081</v>
       </c>
       <c r="M89" s="1" t="s">
-        <v>308</v>
+        <v>1082</v>
       </c>
       <c r="N89" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P89" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q89" s="1" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="R89" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="S89" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U89" s="3"/>
     </row>
-    <row r="90" spans="1:21" x14ac:dyDescent="0.3">
+    <row r="90" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A90" s="1" t="s">
-        <v>474</v>
+        <v>954</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>475</v>
+        <v>559</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>472</v>
+        <v>952</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>473</v>
+        <v>953</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>476</v>
+        <v>955</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>956</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>477</v>
+        <v>957</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>478</v>
+        <v>338</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="J90" s="2" t="s">
-        <v>479</v>
+      <c r="J90" s="1" t="s">
+        <v>958</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>480</v>
+        <v>959</v>
       </c>
       <c r="L90" s="1" t="s">
-        <v>481</v>
+        <v>960</v>
+      </c>
+      <c r="M90" s="1" t="s">
+        <v>961</v>
       </c>
       <c r="N90" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
+      </c>
+      <c r="O90" s="1" t="s">
+        <v>128</v>
       </c>
       <c r="P90" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q90" s="1" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="R90" s="1" t="s">
         <v>32</v>
       </c>
       <c r="S90" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U90" s="3"/>
     </row>
     <row r="91" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A91" s="1" t="s">
-        <v>850</v>
-[...2 lines deleted...]
-        <v>319</v>
+        <v>301</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>309</v>
+        <v>299</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>849</v>
+        <v>300</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>851</v>
+        <v>302</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J91" s="2" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>313</v>
+        <v>305</v>
+      </c>
+      <c r="K91" s="1" t="s">
+        <v>306</v>
       </c>
       <c r="L91" s="1" t="s">
-        <v>852</v>
+        <v>307</v>
       </c>
       <c r="M91" s="1" t="s">
-        <v>853</v>
+        <v>308</v>
       </c>
       <c r="N91" s="1" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="P91" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q91" s="1" t="s">
         <v>45</v>
       </c>
       <c r="R91" s="1" t="s">
         <v>29</v>
       </c>
       <c r="S91" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U91" s="3"/>
     </row>
-    <row r="92" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="92" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A92" s="1" t="s">
-        <v>572</v>
+        <v>474</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>314</v>
+        <v>475</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>570</v>
+        <v>472</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>571</v>
+        <v>473</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>573</v>
-[...2 lines deleted...]
-        <v>574</v>
+        <v>476</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>575</v>
+        <v>477</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>384</v>
+        <v>478</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J92" s="2" t="s">
-        <v>576</v>
-[...8 lines deleted...]
-        <v>578</v>
+        <v>479</v>
+      </c>
+      <c r="K92" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="L92" s="1" t="s">
+        <v>481</v>
       </c>
       <c r="N92" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P92" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q92" s="1" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="R92" s="1" t="s">
         <v>32</v>
       </c>
       <c r="S92" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U92" s="3"/>
     </row>
-    <row r="93" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="93" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A93" s="1" t="s">
-        <v>430</v>
+        <v>850</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>428</v>
+        <v>309</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>429</v>
+        <v>849</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>431</v>
+        <v>851</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>432</v>
+        <v>310</v>
       </c>
       <c r="H93" s="1" t="s">
         <v>311</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J93" s="2" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-        <v>434</v>
+        <v>312</v>
+      </c>
+      <c r="K93" s="2" t="s">
+        <v>313</v>
       </c>
       <c r="L93" s="1" t="s">
-        <v>435</v>
+        <v>852</v>
+      </c>
+      <c r="M93" s="1" t="s">
+        <v>853</v>
       </c>
       <c r="N93" s="1" t="s">
         <v>32</v>
       </c>
       <c r="O93" s="1" t="s">
-        <v>251</v>
+        <v>43</v>
       </c>
       <c r="P93" s="1" t="s">
-        <v>193</v>
+        <v>30</v>
       </c>
       <c r="Q93" s="1" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="R93" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="S93" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U93" s="3"/>
     </row>
     <row r="94" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A94" s="1" t="s">
-        <v>796</v>
+        <v>572</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>314</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>794</v>
+        <v>570</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>795</v>
+        <v>571</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>797</v>
+        <v>573</v>
+      </c>
+      <c r="F94" s="1" t="s">
+        <v>574</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>69</v>
+        <v>575</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>69</v>
+        <v>384</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J94" s="2" t="s">
-        <v>70</v>
-[...5 lines deleted...]
-        <v>815</v>
+        <v>576</v>
+      </c>
+      <c r="K94" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="L94" s="5" t="s">
+        <v>1180</v>
       </c>
       <c r="M94" s="1" t="s">
-        <v>799</v>
+        <v>578</v>
       </c>
       <c r="N94" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P94" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q94" s="1" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="R94" s="1" t="s">
         <v>32</v>
       </c>
       <c r="S94" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U94" s="3"/>
     </row>
     <row r="95" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A95" s="1" t="s">
-        <v>1160</v>
+        <v>430</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>769</v>
+        <v>314</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>1159</v>
+        <v>428</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>195</v>
+        <v>429</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>1161</v>
+        <v>431</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>1162</v>
+        <v>432</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>375</v>
+        <v>311</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J95" s="2" t="s">
-        <v>1163</v>
-[...2 lines deleted...]
-        <v>1164</v>
+        <v>433</v>
+      </c>
+      <c r="K95" s="1" t="s">
+        <v>434</v>
       </c>
       <c r="L95" s="1" t="s">
-        <v>1165</v>
+        <v>435</v>
       </c>
       <c r="N95" s="1" t="s">
         <v>32</v>
       </c>
       <c r="O95" s="1" t="s">
         <v>251</v>
       </c>
       <c r="P95" s="1" t="s">
         <v>193</v>
       </c>
       <c r="Q95" s="1" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="R95" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="S95" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U95" s="3"/>
     </row>
-    <row r="96" spans="1:21" x14ac:dyDescent="0.3">
+    <row r="96" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A96" s="1" t="s">
-        <v>402</v>
+        <v>796</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>400</v>
+        <v>794</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>401</v>
+        <v>795</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>403</v>
+        <v>797</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>404</v>
+        <v>69</v>
       </c>
       <c r="H96" s="1" t="s">
-        <v>346</v>
+        <v>69</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-        <v>406</v>
+        <v>70</v>
+      </c>
+      <c r="K96" s="2" t="s">
+        <v>798</v>
       </c>
       <c r="L96" s="1" t="s">
-        <v>407</v>
+        <v>815</v>
       </c>
       <c r="M96" s="1" t="s">
-        <v>408</v>
+        <v>799</v>
       </c>
       <c r="N96" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P96" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q96" s="1" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="R96" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="S96" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U96" s="3"/>
     </row>
-    <row r="97" spans="1:21" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A97" s="1" t="s">
-        <v>550</v>
+        <v>1160</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>314</v>
+        <v>769</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>548</v>
+        <v>1159</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>549</v>
+        <v>195</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>551</v>
+        <v>1161</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>552</v>
+        <v>1162</v>
       </c>
       <c r="H97" s="1" t="s">
-        <v>553</v>
+        <v>375</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-        <v>555</v>
+        <v>1163</v>
+      </c>
+      <c r="K97" s="2" t="s">
+        <v>1164</v>
       </c>
       <c r="L97" s="1" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-        <v>557</v>
+        <v>1165</v>
       </c>
       <c r="N97" s="1" t="s">
         <v>32</v>
       </c>
       <c r="O97" s="1" t="s">
-        <v>128</v>
+        <v>251</v>
       </c>
       <c r="P97" s="1" t="s">
-        <v>558</v>
+        <v>193</v>
       </c>
       <c r="Q97" s="1" t="s">
         <v>45</v>
       </c>
       <c r="R97" s="1" t="s">
         <v>29</v>
       </c>
       <c r="S97" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U97" s="3"/>
     </row>
     <row r="98" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A98" s="1" t="s">
-        <v>883</v>
+        <v>402</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>881</v>
+        <v>400</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>882</v>
+        <v>401</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>884</v>
+        <v>403</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>885</v>
+        <v>404</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>144</v>
+        <v>346</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J98" s="2" t="s">
-        <v>597</v>
+        <v>405</v>
       </c>
       <c r="K98" s="1" t="s">
-        <v>886</v>
+        <v>406</v>
       </c>
       <c r="L98" s="1" t="s">
-        <v>887</v>
+        <v>407</v>
+      </c>
+      <c r="M98" s="1" t="s">
+        <v>408</v>
       </c>
       <c r="N98" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P98" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q98" s="1" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="R98" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="S98" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U98" s="3"/>
     </row>
     <row r="99" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A99" s="1" t="s">
-        <v>659</v>
+        <v>550</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>657</v>
+        <v>548</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>658</v>
+        <v>549</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>660</v>
+        <v>551</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>661</v>
+        <v>552</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>662</v>
+        <v>553</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J99" s="2" t="s">
-        <v>663</v>
+        <v>554</v>
       </c>
       <c r="K99" s="1" t="s">
-        <v>664</v>
+        <v>555</v>
       </c>
       <c r="L99" s="1" t="s">
-        <v>665</v>
+        <v>556</v>
+      </c>
+      <c r="M99" s="1" t="s">
+        <v>557</v>
       </c>
       <c r="N99" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
+      </c>
+      <c r="O99" s="1" t="s">
+        <v>128</v>
       </c>
       <c r="P99" s="1" t="s">
-        <v>30</v>
+        <v>558</v>
       </c>
       <c r="Q99" s="1" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="R99" s="1" t="s">
         <v>29</v>
       </c>
       <c r="S99" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U99" s="3"/>
     </row>
-    <row r="100" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="100" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A100" s="1" t="s">
-        <v>742</v>
+        <v>883</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>743</v>
+        <v>314</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>741</v>
+        <v>881</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>611</v>
+        <v>882</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>744</v>
+        <v>884</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>745</v>
+        <v>885</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>746</v>
+        <v>144</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J100" s="2" t="s">
-        <v>747</v>
+        <v>597</v>
       </c>
       <c r="K100" s="1" t="s">
-        <v>748</v>
+        <v>886</v>
       </c>
       <c r="L100" s="1" t="s">
-        <v>749</v>
-[...2 lines deleted...]
-        <v>750</v>
+        <v>887</v>
       </c>
       <c r="N100" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P100" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q100" s="1" t="s">
         <v>31</v>
       </c>
       <c r="R100" s="1" t="s">
         <v>32</v>
       </c>
       <c r="S100" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U100" s="3"/>
     </row>
-    <row r="101" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A101" s="1" t="s">
-        <v>843</v>
+        <v>659</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>743</v>
+        <v>319</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>841</v>
+        <v>657</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>842</v>
+        <v>658</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>844</v>
+        <v>660</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>552</v>
+        <v>661</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>553</v>
+        <v>662</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J101" s="2" t="s">
-        <v>845</v>
-[...2 lines deleted...]
-        <v>846</v>
+        <v>663</v>
+      </c>
+      <c r="K101" s="1" t="s">
+        <v>664</v>
       </c>
       <c r="L101" s="1" t="s">
-        <v>847</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>665</v>
       </c>
       <c r="N101" s="1" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>251</v>
+        <v>29</v>
       </c>
       <c r="P101" s="1" t="s">
-        <v>193</v>
+        <v>30</v>
       </c>
       <c r="Q101" s="1" t="s">
         <v>31</v>
       </c>
       <c r="R101" s="1" t="s">
         <v>29</v>
       </c>
       <c r="S101" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U101" s="3"/>
     </row>
-    <row r="102" spans="1:21" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A102" s="1" t="s">
-        <v>914</v>
+        <v>742</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>314</v>
+        <v>743</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>912</v>
+        <v>741</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>913</v>
+        <v>611</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>915</v>
+        <v>744</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>916</v>
+        <v>745</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>917</v>
+        <v>746</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J102" s="2" t="s">
-        <v>918</v>
+        <v>747</v>
       </c>
       <c r="K102" s="1" t="s">
-        <v>919</v>
+        <v>748</v>
       </c>
       <c r="L102" s="1" t="s">
-        <v>920</v>
+        <v>749</v>
+      </c>
+      <c r="M102" s="1" t="s">
+        <v>750</v>
       </c>
       <c r="N102" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P102" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q102" s="1" t="s">
         <v>31</v>
       </c>
       <c r="R102" s="1" t="s">
         <v>32</v>
       </c>
       <c r="S102" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U102" s="3"/>
     </row>
-    <row r="103" spans="1:21" x14ac:dyDescent="0.3">
+    <row r="103" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A103" s="1" t="s">
-        <v>1092</v>
+        <v>843</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>769</v>
+        <v>743</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>1090</v>
+        <v>841</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>1091</v>
+        <v>842</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>1093</v>
+        <v>844</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>366</v>
+        <v>552</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>1094</v>
+        <v>553</v>
       </c>
       <c r="I103" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J103" s="2" t="s">
-        <v>1095</v>
+        <v>845</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>1096</v>
+        <v>846</v>
       </c>
       <c r="L103" s="1" t="s">
-        <v>1097</v>
+        <v>847</v>
       </c>
       <c r="M103" s="1" t="s">
-        <v>1098</v>
+        <v>848</v>
       </c>
       <c r="N103" s="1" t="s">
         <v>32</v>
       </c>
       <c r="O103" s="1" t="s">
         <v>251</v>
       </c>
       <c r="P103" s="1" t="s">
-        <v>44</v>
+        <v>193</v>
       </c>
       <c r="Q103" s="1" t="s">
         <v>31</v>
       </c>
       <c r="R103" s="1" t="s">
         <v>29</v>
       </c>
       <c r="S103" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U103" s="3"/>
     </row>
     <row r="104" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A104" s="1" t="s">
-        <v>121</v>
+        <v>914</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>420</v>
+        <v>314</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>119</v>
+        <v>912</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>120</v>
+        <v>913</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>122</v>
+        <v>915</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>123</v>
+        <v>916</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>124</v>
+        <v>917</v>
       </c>
       <c r="I104" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J104" s="2" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>854</v>
+        <v>918</v>
+      </c>
+      <c r="K104" s="1" t="s">
+        <v>919</v>
       </c>
       <c r="L104" s="1" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>920</v>
       </c>
       <c r="N104" s="1" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>29</v>
       </c>
       <c r="P104" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q104" s="1" t="s">
         <v>31</v>
       </c>
       <c r="R104" s="1" t="s">
         <v>32</v>
       </c>
       <c r="S104" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U104" s="3"/>
     </row>
-    <row r="105" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="105" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A105" s="1" t="s">
-        <v>59</v>
+        <v>1092</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>769</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>57</v>
+        <v>1090</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>58</v>
+        <v>1091</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>60</v>
+        <v>1093</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>61</v>
+        <v>366</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>62</v>
+        <v>1094</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J105" s="2" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>1095</v>
+      </c>
+      <c r="K105" s="2" t="s">
+        <v>1096</v>
       </c>
       <c r="L105" s="1" t="s">
-        <v>65</v>
+        <v>1097</v>
       </c>
       <c r="M105" s="1" t="s">
-        <v>66</v>
+        <v>1098</v>
       </c>
       <c r="N105" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
+      </c>
+      <c r="O105" s="1" t="s">
+        <v>251</v>
       </c>
       <c r="P105" s="1" t="s">
         <v>44</v>
       </c>
       <c r="Q105" s="1" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="R105" s="1" t="s">
         <v>29</v>
       </c>
       <c r="S105" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U105" s="3"/>
     </row>
     <row r="106" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A106" s="1" t="s">
-        <v>318</v>
+        <v>121</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>319</v>
+        <v>420</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>316</v>
+        <v>119</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>317</v>
+        <v>120</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>320</v>
+        <v>122</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>321</v>
+        <v>123</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>322</v>
+        <v>124</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J106" s="2" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-        <v>324</v>
+        <v>125</v>
+      </c>
+      <c r="K106" s="2" t="s">
+        <v>854</v>
       </c>
       <c r="L106" s="1" t="s">
-        <v>325</v>
+        <v>126</v>
       </c>
       <c r="M106" s="1" t="s">
-        <v>326</v>
+        <v>127</v>
       </c>
       <c r="N106" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
+      </c>
+      <c r="O106" s="1" t="s">
+        <v>128</v>
       </c>
       <c r="P106" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q106" s="1" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="R106" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="S106" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U106" s="3"/>
     </row>
     <row r="107" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A107" s="1" t="s">
-        <v>787</v>
-[...2 lines deleted...]
-        <v>319</v>
+        <v>59</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>785</v>
+        <v>57</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>786</v>
+        <v>58</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>788</v>
+        <v>60</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>103</v>
+        <v>61</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>104</v>
+        <v>62</v>
       </c>
       <c r="I107" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J107" s="2" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>789</v>
+        <v>63</v>
+      </c>
+      <c r="K107" s="1" t="s">
+        <v>64</v>
       </c>
       <c r="L107" s="1" t="s">
-        <v>790</v>
+        <v>65</v>
       </c>
       <c r="M107" s="1" t="s">
-        <v>791</v>
+        <v>66</v>
       </c>
       <c r="N107" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P107" s="1" t="s">
         <v>44</v>
       </c>
       <c r="Q107" s="1" t="s">
         <v>44</v>
       </c>
       <c r="R107" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="S107" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U107" s="3"/>
     </row>
     <row r="108" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A108" s="1" t="s">
-        <v>328</v>
+        <v>318</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>327</v>
+        <v>316</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>177</v>
+        <v>317</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>329</v>
+        <v>320</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>330</v>
+        <v>321</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>104</v>
+        <v>322</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J108" s="2" t="s">
-        <v>331</v>
-[...2 lines deleted...]
-        <v>332</v>
+        <v>323</v>
+      </c>
+      <c r="K108" s="1" t="s">
+        <v>324</v>
       </c>
       <c r="L108" s="1" t="s">
-        <v>333</v>
+        <v>325</v>
+      </c>
+      <c r="M108" s="1" t="s">
+        <v>326</v>
       </c>
       <c r="N108" s="1" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="P108" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q108" s="1" t="s">
         <v>45</v>
       </c>
       <c r="R108" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="S108" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U108" s="3"/>
     </row>
-    <row r="109" spans="1:21" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A109" s="1" t="s">
-        <v>372</v>
+        <v>787</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>370</v>
+        <v>785</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>371</v>
+        <v>786</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>373</v>
+        <v>788</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>374</v>
+        <v>103</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>375</v>
+        <v>104</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J109" s="2" t="s">
-        <v>376</v>
+        <v>105</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>377</v>
+        <v>789</v>
       </c>
       <c r="L109" s="1" t="s">
-        <v>378</v>
+        <v>790</v>
       </c>
       <c r="M109" s="1" t="s">
-        <v>379</v>
+        <v>791</v>
       </c>
       <c r="N109" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P109" s="1" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="Q109" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="R109" s="1" t="s">
         <v>32</v>
       </c>
       <c r="S109" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U109" s="3"/>
     </row>
     <row r="110" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A110" s="1" t="s">
-        <v>612</v>
+        <v>328</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>314</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>610</v>
+        <v>327</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>611</v>
+        <v>177</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>613</v>
+        <v>329</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>614</v>
+        <v>330</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>423</v>
+        <v>104</v>
       </c>
       <c r="I110" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J110" s="2" t="s">
-        <v>615</v>
-[...2 lines deleted...]
-        <v>616</v>
+        <v>331</v>
+      </c>
+      <c r="K110" s="2" t="s">
+        <v>332</v>
       </c>
       <c r="L110" s="1" t="s">
-        <v>617</v>
-[...2 lines deleted...]
-        <v>618</v>
+        <v>333</v>
       </c>
       <c r="N110" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
+      </c>
+      <c r="O110" s="1" t="s">
+        <v>43</v>
       </c>
       <c r="P110" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q110" s="1" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="R110" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="S110" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U110" s="3"/>
     </row>
     <row r="111" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A111" s="1" t="s">
-        <v>111</v>
+        <v>372</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>314</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>109</v>
+        <v>370</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>110</v>
+        <v>371</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>112</v>
+        <v>373</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>113</v>
+        <v>374</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>114</v>
+        <v>375</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J111" s="2" t="s">
-        <v>115</v>
+        <v>376</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>116</v>
+        <v>377</v>
       </c>
       <c r="L111" s="1" t="s">
-        <v>117</v>
+        <v>378</v>
       </c>
       <c r="M111" s="1" t="s">
-        <v>118</v>
+        <v>379</v>
       </c>
       <c r="N111" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P111" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q111" s="1" t="s">
         <v>45</v>
       </c>
       <c r="R111" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="S111" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U111" s="3"/>
     </row>
     <row r="112" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A112" s="1" t="s">
-        <v>101</v>
+        <v>612</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>314</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>99</v>
+        <v>610</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>100</v>
+        <v>611</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>102</v>
+        <v>613</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>103</v>
+        <v>614</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>104</v>
+        <v>423</v>
       </c>
       <c r="I112" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J112" s="2" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>615</v>
+      </c>
+      <c r="K112" s="1" t="s">
+        <v>616</v>
       </c>
       <c r="L112" s="1" t="s">
-        <v>107</v>
+        <v>617</v>
       </c>
       <c r="M112" s="1" t="s">
-        <v>108</v>
+        <v>618</v>
       </c>
       <c r="N112" s="1" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="P112" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q112" s="1" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="R112" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="S112" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U112" s="3"/>
     </row>
     <row r="113" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A113" s="1" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-        <v>314</v>
+        <v>111</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>454</v>
+        <v>109</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>455</v>
+        <v>110</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>457</v>
+        <v>112</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>458</v>
+        <v>113</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>423</v>
+        <v>114</v>
       </c>
       <c r="I113" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J113" s="2" t="s">
-        <v>459</v>
+        <v>115</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>460</v>
+        <v>116</v>
       </c>
       <c r="L113" s="1" t="s">
-        <v>461</v>
+        <v>117</v>
       </c>
       <c r="M113" s="1" t="s">
-        <v>462</v>
+        <v>118</v>
       </c>
       <c r="N113" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P113" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q113" s="1" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="R113" s="1" t="s">
         <v>29</v>
       </c>
       <c r="S113" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U113" s="3"/>
     </row>
     <row r="114" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A114" s="1" t="s">
-        <v>131</v>
+        <v>101</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>129</v>
+        <v>99</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>130</v>
+        <v>100</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>132</v>
+        <v>102</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>133</v>
+        <v>103</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>38</v>
+        <v>104</v>
       </c>
       <c r="I114" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J114" s="2" t="s">
-        <v>134</v>
+        <v>105</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>135</v>
+        <v>106</v>
       </c>
       <c r="L114" s="1" t="s">
-        <v>136</v>
+        <v>107</v>
       </c>
       <c r="M114" s="1" t="s">
-        <v>137</v>
+        <v>108</v>
       </c>
       <c r="N114" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
+      </c>
+      <c r="O114" s="1" t="s">
+        <v>43</v>
       </c>
       <c r="P114" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q114" s="1" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="R114" s="1" t="s">
         <v>32</v>
       </c>
       <c r="S114" s="1" t="s">
-        <v>32</v>
-[...6 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="U114" s="3"/>
     </row>
     <row r="115" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A115" s="1" t="s">
-        <v>1175</v>
+        <v>456</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>314</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>1173</v>
+        <v>454</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>1174</v>
+        <v>455</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>1176</v>
+        <v>457</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>1177</v>
+        <v>458</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>227</v>
+        <v>423</v>
       </c>
       <c r="I115" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J115" s="2" t="s">
-        <v>285</v>
+        <v>459</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>1178</v>
+        <v>460</v>
       </c>
       <c r="L115" s="1" t="s">
-        <v>1179</v>
+        <v>461</v>
+      </c>
+      <c r="M115" s="1" t="s">
+        <v>462</v>
       </c>
       <c r="N115" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P115" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q115" s="1" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="R115" s="1" t="s">
         <v>29</v>
       </c>
       <c r="S115" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U115" s="3"/>
     </row>
     <row r="116" spans="1:21" x14ac:dyDescent="0.3">
-      <c r="A116" t="s">
-[...40 lines deleted...]
-      <c r="P116" t="s">
+      <c r="A116" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="E116" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="H116" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="I116" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="J116" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="K116" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="L116" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="M116" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="N116" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="P116" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="Q116" t="s">
+      <c r="Q116" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="R116" t="s">
+      <c r="R116" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="S116" t="s">
-[...3 lines deleted...]
-      <c r="U116" s="7"/>
+      <c r="S116" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="T116" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="U116" s="3">
+        <v>45293</v>
+      </c>
     </row>
     <row r="117" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A117" s="1" t="s">
-        <v>1048</v>
+        <v>1175</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>314</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>1046</v>
+        <v>1173</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>1047</v>
+        <v>1174</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>1049</v>
+        <v>1176</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>906</v>
+        <v>1177</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>907</v>
+        <v>227</v>
       </c>
       <c r="I117" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J117" s="2" t="s">
-        <v>908</v>
+        <v>285</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>1050</v>
+        <v>1178</v>
       </c>
       <c r="L117" s="1" t="s">
-        <v>1051</v>
-[...2 lines deleted...]
-        <v>1052</v>
+        <v>1179</v>
       </c>
       <c r="N117" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P117" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q117" s="1" t="s">
         <v>45</v>
       </c>
       <c r="R117" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="S117" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="U117" s="3"/>
+    </row>
+    <row r="118" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A118" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B118" t="s">
+        <v>420</v>
+      </c>
+      <c r="C118" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D118" t="s">
+        <v>1216</v>
+      </c>
+      <c r="E118" t="s">
+        <v>1217</v>
+      </c>
+      <c r="F118"/>
+      <c r="G118" t="s">
+        <v>1218</v>
+      </c>
+      <c r="H118" t="s">
+        <v>948</v>
+      </c>
+      <c r="I118" t="s">
+        <v>25</v>
+      </c>
+      <c r="J118" s="6" t="s">
+        <v>1219</v>
+      </c>
+      <c r="K118" t="s">
+        <v>1220</v>
+      </c>
+      <c r="L118" t="s">
+        <v>1221</v>
+      </c>
+      <c r="M118" t="s">
+        <v>1222</v>
+      </c>
+      <c r="N118" t="s">
+        <v>29</v>
+      </c>
+      <c r="O118"/>
+      <c r="P118" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>31</v>
+      </c>
+      <c r="R118" t="s">
         <v>32</v>
       </c>
-      <c r="S117" s="1" t="s">
-[...56 lines deleted...]
-      <c r="U118" s="3"/>
+      <c r="S118" t="s">
+        <v>29</v>
+      </c>
+      <c r="T118"/>
+      <c r="U118" s="7"/>
     </row>
     <row r="119" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A119" s="1" t="s">
-        <v>1181</v>
+        <v>1048</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>314</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>560</v>
+        <v>1046</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>561</v>
+        <v>1047</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>562</v>
+        <v>1049</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>422</v>
+        <v>906</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>423</v>
+        <v>907</v>
       </c>
       <c r="I119" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J119" s="2" t="s">
-        <v>424</v>
+        <v>908</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>563</v>
+        <v>1050</v>
       </c>
       <c r="L119" s="1" t="s">
-        <v>666</v>
+        <v>1051</v>
       </c>
       <c r="M119" s="1" t="s">
-        <v>667</v>
+        <v>1052</v>
       </c>
       <c r="N119" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P119" s="1" t="s">
-        <v>298</v>
+        <v>30</v>
       </c>
       <c r="Q119" s="1" t="s">
         <v>45</v>
       </c>
       <c r="R119" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="S119" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U119" s="3"/>
     </row>
     <row r="120" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A120" s="1" t="s">
-        <v>733</v>
+        <v>1134</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>392</v>
+        <v>314</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>177</v>
+        <v>1132</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>732</v>
+        <v>1133</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>734</v>
+        <v>1135</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>735</v>
+        <v>1136</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>736</v>
+        <v>322</v>
       </c>
       <c r="I120" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J120" s="2" t="s">
-        <v>737</v>
+        <v>1137</v>
       </c>
       <c r="K120" s="1" t="s">
-        <v>738</v>
+        <v>1138</v>
       </c>
       <c r="L120" s="1" t="s">
-        <v>739</v>
-[...2 lines deleted...]
-        <v>740</v>
+        <v>1139</v>
       </c>
       <c r="N120" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P120" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q120" s="1" t="s">
         <v>31</v>
       </c>
       <c r="R120" s="1" t="s">
         <v>29</v>
       </c>
       <c r="S120" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
+      </c>
+      <c r="T120" s="1" t="s">
+        <v>1140</v>
       </c>
       <c r="U120" s="3"/>
     </row>
-    <row r="121" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="121" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A121" s="1" t="s">
-        <v>818</v>
+        <v>1181</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>559</v>
+        <v>314</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>816</v>
+        <v>560</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>817</v>
+        <v>561</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>819</v>
+        <v>562</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>820</v>
+        <v>422</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>276</v>
+        <v>423</v>
       </c>
       <c r="I121" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J121" s="2" t="s">
-        <v>821</v>
+        <v>424</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>822</v>
+        <v>563</v>
       </c>
       <c r="L121" s="1" t="s">
-        <v>823</v>
+        <v>666</v>
       </c>
       <c r="M121" s="1" t="s">
-        <v>824</v>
+        <v>667</v>
       </c>
       <c r="N121" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P121" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="Q121" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="R121" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="S121" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="U121" s="3"/>
+    </row>
+    <row r="122" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A122" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="E122" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="H122" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="I122" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="J122" s="2" t="s">
+        <v>737</v>
+      </c>
+      <c r="K122" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="L122" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="M122" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="N122" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="P122" s="1" t="s">
         <v>30</v>
-      </c>
-[...52 lines deleted...]
-        <v>193</v>
       </c>
       <c r="Q122" s="1" t="s">
         <v>31</v>
       </c>
       <c r="R122" s="1" t="s">
         <v>29</v>
       </c>
       <c r="S122" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U122" s="3"/>
     </row>
-    <row r="123" spans="1:21" x14ac:dyDescent="0.3">
-[...39 lines deleted...]
-      <c r="Q123" s="1" t="s">
+    <row r="123" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A123" s="9" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B123" s="9" t="s">
+        <v>314</v>
+      </c>
+      <c r="C123" s="9" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D123" s="9" t="s">
+        <v>1249</v>
+      </c>
+      <c r="E123" s="9" t="s">
+        <v>1251</v>
+      </c>
+      <c r="F123" s="9"/>
+      <c r="G123" s="9" t="s">
+        <v>152</v>
+      </c>
+      <c r="H123" s="9" t="s">
+        <v>153</v>
+      </c>
+      <c r="I123" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="J123" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="K123" s="10" t="s">
+        <v>1252</v>
+      </c>
+      <c r="L123" s="9" t="s">
+        <v>1253</v>
+      </c>
+      <c r="M123" s="9"/>
+      <c r="N123" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="O123" s="9" t="s">
+        <v>251</v>
+      </c>
+      <c r="P123" s="9" t="s">
+        <v>644</v>
+      </c>
+      <c r="Q123" s="9" t="s">
         <v>31</v>
       </c>
-      <c r="R123" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="R123" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="S123" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="T123" s="9"/>
       <c r="U123" s="3"/>
     </row>
     <row r="124" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A124" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="E124" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="H124" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="I124" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="J124" s="2" t="s">
+        <v>821</v>
+      </c>
+      <c r="K124" s="2" t="s">
+        <v>822</v>
+      </c>
+      <c r="L124" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="M124" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="N124" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="P124" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q124" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="R124" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="S124" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="U124" s="3"/>
+    </row>
+    <row r="125" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A125" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="E125" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="H125" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="I125" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="J125" s="2" t="s">
+        <v>654</v>
+      </c>
+      <c r="K125" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="L125" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="N125" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="O125" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="P125" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="Q125" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="R125" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="S125" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="U125" s="3"/>
+    </row>
+    <row r="126" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A126" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E126" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="H126" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="I126" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="J126" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="K126" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="L126" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="M126" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="N126" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="P126" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q126" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="R126" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="S126" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="U126" s="3"/>
+    </row>
+    <row r="127" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A127" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C124" s="1" t="s">
+      <c r="C127" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="D124" s="1" t="s">
+      <c r="D127" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="E124" s="1" t="s">
+      <c r="E127" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="G124" s="1" t="s">
+      <c r="G127" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="H124" s="1" t="s">
+      <c r="H127" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="I124" s="1" t="s">
-[...2 lines deleted...]
-      <c r="J124" s="2" t="s">
+      <c r="I127" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="J127" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="K124" s="1" t="s">
+      <c r="K127" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="L124" s="1" t="s">
+      <c r="L127" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="M124" s="1" t="s">
+      <c r="M127" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="N124" s="1" t="s">
-[...2 lines deleted...]
-      <c r="P124" s="1" t="s">
+      <c r="N127" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="P127" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="Q124" s="1" t="s">
+      <c r="Q127" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="R124" s="1" t="s">
-[...163 lines deleted...]
-      </c>
       <c r="R127" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="S127" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U127" s="3"/>
     </row>
     <row r="128" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A128" s="1" t="s">
-        <v>1118</v>
-[...2 lines deleted...]
-        <v>392</v>
+        <v>169</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>1116</v>
+        <v>109</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>1117</v>
+        <v>168</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>1119</v>
+        <v>170</v>
       </c>
       <c r="G128" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="H128" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="I128" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="J128" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="K128" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="L128" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="M128" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="N128" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="P128" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q128" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="R128" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="S128" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="U128" s="3"/>
+    </row>
+    <row r="129" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A129" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E129" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="G129" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="H128" s="1" t="s">
+      <c r="H129" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="I128" s="1" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="I129" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J129" s="2" t="s">
-        <v>1037</v>
-[...2 lines deleted...]
-        <v>1038</v>
+        <v>315</v>
+      </c>
+      <c r="K129" s="1" t="s">
+        <v>414</v>
       </c>
       <c r="L129" s="1" t="s">
-        <v>1039</v>
+        <v>415</v>
       </c>
       <c r="M129" s="1" t="s">
-        <v>1040</v>
+        <v>416</v>
       </c>
       <c r="N129" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
+      </c>
+      <c r="O129" s="1" t="s">
+        <v>251</v>
       </c>
       <c r="P129" s="1" t="s">
-        <v>30</v>
+        <v>193</v>
       </c>
       <c r="Q129" s="1" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="R129" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="S129" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U129" s="3"/>
     </row>
     <row r="130" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A130" s="1" t="s">
-        <v>486</v>
+        <v>336</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>314</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>484</v>
+        <v>334</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>485</v>
+        <v>335</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>487</v>
+        <v>337</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>488</v>
+        <v>236</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>489</v>
+        <v>338</v>
       </c>
       <c r="I130" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J130" s="2" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>491</v>
+        <v>238</v>
+      </c>
+      <c r="K130" s="2" t="s">
+        <v>339</v>
       </c>
       <c r="L130" s="1" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-        <v>493</v>
+        <v>340</v>
       </c>
       <c r="N130" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
+      </c>
+      <c r="O130" s="1" t="s">
+        <v>43</v>
       </c>
       <c r="P130" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q130" s="1" t="s">
         <v>45</v>
       </c>
       <c r="R130" s="1" t="s">
         <v>32</v>
       </c>
       <c r="S130" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U130" s="3"/>
     </row>
-    <row r="131" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="131" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A131" s="1" t="s">
-        <v>1126</v>
+        <v>1118</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>743</v>
+        <v>392</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>1124</v>
+        <v>1116</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>1125</v>
+        <v>1117</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>1127</v>
-[...2 lines deleted...]
-        <v>1128</v>
+        <v>1119</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>567</v>
+        <v>69</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>543</v>
+        <v>69</v>
       </c>
       <c r="I131" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J131" s="2" t="s">
-        <v>568</v>
+        <v>1120</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>1129</v>
+        <v>1121</v>
       </c>
       <c r="L131" s="1" t="s">
-        <v>1130</v>
-[...2 lines deleted...]
-        <v>1131</v>
+        <v>1122</v>
       </c>
       <c r="N131" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P131" s="1" t="s">
-        <v>30</v>
+        <v>1123</v>
       </c>
       <c r="Q131" s="1" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="R131" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="S131" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U131" s="3"/>
     </row>
     <row r="132" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A132" s="1" t="s">
-        <v>1167</v>
+        <v>1034</v>
       </c>
       <c r="B132" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="E132" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H132" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="I132" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="J132" s="2" t="s">
+        <v>1037</v>
+      </c>
+      <c r="K132" s="2" t="s">
+        <v>1038</v>
+      </c>
+      <c r="L132" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="M132" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="N132" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="P132" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q132" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="R132" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="S132" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="U132" s="3"/>
+    </row>
+    <row r="133" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A133" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B133" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="C132" s="1" t="s">
-[...29 lines deleted...]
-      <c r="N132" s="1" t="s">
+      <c r="C133" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="E133" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="H133" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="I133" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="J133" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="K133" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="L133" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="M133" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="N133" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="P133" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q133" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="R133" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="O132" s="1" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="S133" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U133" s="3"/>
     </row>
-    <row r="134" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="134" spans="1:21" x14ac:dyDescent="0.3">
       <c r="A134" s="1" t="s">
-        <v>391</v>
+        <v>1223</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>392</v>
+        <v>769</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>389</v>
+        <v>1224</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>390</v>
+        <v>1225</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>393</v>
+        <v>1226</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>394</v>
+        <v>1227</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>395</v>
+        <v>531</v>
       </c>
       <c r="I134" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J134" s="2" t="s">
-        <v>396</v>
+        <v>1228</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>397</v>
+        <v>1229</v>
       </c>
       <c r="L134" s="1" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>399</v>
+        <v>1230</v>
       </c>
       <c r="N134" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P134" s="1" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="Q134" s="1" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="R134" s="1" t="s">
         <v>29</v>
       </c>
       <c r="S134" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U134" s="3"/>
     </row>
-    <row r="135" spans="1:21" x14ac:dyDescent="0.3">
+    <row r="135" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A135" s="1" t="s">
-        <v>594</v>
+        <v>1126</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>314</v>
+        <v>743</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>592</v>
+        <v>1124</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>593</v>
+        <v>1125</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>595</v>
+        <v>1127</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>1128</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>596</v>
+        <v>567</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>144</v>
+        <v>543</v>
       </c>
       <c r="I135" s="1" t="s">
         <v>25</v>
       </c>
       <c r="J135" s="2" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-        <v>598</v>
+        <v>568</v>
+      </c>
+      <c r="K135" s="2" t="s">
+        <v>1129</v>
       </c>
       <c r="L135" s="1" t="s">
-        <v>599</v>
+        <v>1130</v>
       </c>
       <c r="M135" s="1" t="s">
-        <v>600</v>
+        <v>1131</v>
       </c>
       <c r="N135" s="1" t="s">
         <v>29</v>
       </c>
       <c r="P135" s="1" t="s">
         <v>30</v>
       </c>
       <c r="Q135" s="1" t="s">
         <v>45</v>
       </c>
       <c r="R135" s="1" t="s">
         <v>32</v>
       </c>
       <c r="S135" s="1" t="s">
         <v>29</v>
       </c>
       <c r="U135" s="3"/>
     </row>
+    <row r="136" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A136" s="1" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>1166</v>
+      </c>
+      <c r="E136" s="1" t="s">
+        <v>1168</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="H136" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="I136" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="J136" s="2" t="s">
+        <v>893</v>
+      </c>
+      <c r="K136" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="L136" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="M136" s="1" t="s">
+        <v>1172</v>
+      </c>
+      <c r="N136" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="O136" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="P136" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q136" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="R136" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="S136" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="U136" s="3"/>
+    </row>
+    <row r="137" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A137" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="E137" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="H137" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="I137" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="J137" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="K137" s="2" t="s">
+        <v>674</v>
+      </c>
+      <c r="L137" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="M137" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="N137" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="P137" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q137" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="R137" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="S137" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="U137" s="3"/>
+    </row>
+    <row r="138" spans="1:21" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A138" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="E138" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="H138" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="I138" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="J138" s="2" t="s">
+        <v>396</v>
+      </c>
+      <c r="K138" s="2" t="s">
+        <v>397</v>
+      </c>
+      <c r="L138" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="M138" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="N138" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="P138" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q138" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="R138" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="S138" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="U138" s="3"/>
+    </row>
+    <row r="139" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A139" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="E139" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="H139" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="I139" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="J139" s="2" t="s">
+        <v>597</v>
+      </c>
+      <c r="K139" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="L139" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="M139" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="N139" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="P139" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q139" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="R139" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="S139" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="U139" s="3"/>
+    </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="L92" r:id="rId1" xr:uid="{071AEA26-EAFC-4770-9696-60D6B631CF10}"/>
+    <hyperlink ref="L94" r:id="rId1" xr:uid="{071AEA26-EAFC-4770-9696-60D6B631CF10}"/>
+    <hyperlink ref="L76" r:id="rId2" xr:uid="{ACDFF762-1BAD-4801-8430-382C959DEAB9}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
   <tableParts count="1">
-    <tablePart r:id="rId3"/>
+    <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e2d26605-1d9b-4ee4-8466-0d097a60ace0">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="840835ac-57cf-4e7c-8808-03f41f398c55" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010052CF9F2C23FA254188B8947FA71C680A" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="51975875769cfa6cb0e59d610a87f07b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="840835ac-57cf-4e7c-8808-03f41f398c55" xmlns:ns3="e2d26605-1d9b-4ee4-8466-0d097a60ace0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8955ac08bd5a0b9db309db4accb68a66" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010052CF9F2C23FA254188B8947FA71C680A" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d12f84478c16591243198d9270e28ed6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="840835ac-57cf-4e7c-8808-03f41f398c55" xmlns:ns3="e2d26605-1d9b-4ee4-8466-0d097a60ace0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="60e53014f07a393be36c4b7011bbb1d1" ns2:_="" ns3:_="">
     <xsd:import namespace="840835ac-57cf-4e7c-8808-03f41f398c55"/>
     <xsd:import namespace="e2d26605-1d9b-4ee4-8466-0d097a60ace0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -11855,66 +12179,51 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C8F3A59-F955-4511-8F63-562CDF36FAD4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5FC50A7C-BCA3-4615-9BB7-6D27FCA5B185}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="e2d26605-1d9b-4ee4-8466-0d097a60ace0"/>
     <ds:schemaRef ds:uri="840835ac-57cf-4e7c-8808-03f41f398c55"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD1ED3FF-69D7-40E8-8567-2605CA2E336E}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B32779C9-5F64-4434-A608-CDEBBB637D67}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>