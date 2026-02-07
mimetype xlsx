--- v0 (2025-10-17)
+++ v1 (2026-02-07)
@@ -4,255 +4,246 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Web Pages\PAL\2025-2026\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Web Pages\WebSiteProject2023NewSiteContent\Media\PAL\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{031A8C87-912F-4D67-AE71-5BDB1D55211C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C977CBF1-A8F4-4F81-A0C9-91C5A50E0BB6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookPassword="D985" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="2175" yWindow="2985" windowWidth="21600" windowHeight="11295" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="7" r:id="rId1"/>
     <sheet name="Summary" sheetId="8" r:id="rId2"/>
     <sheet name="Brown Box" sheetId="6" r:id="rId3"/>
     <sheet name="Processing" sheetId="5" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'Brown Box'!$A$1:$G$85</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'Brown Box'!$A$1:$G$81</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Brown Box'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <customWorkbookViews>
     <customWorkbookView name="Computer User - Personal View" guid="{B5D55900-D1B9-11D4-B095-444553540000}" mergeInterval="0" personalView="1" maximized="1" windowWidth="979" windowHeight="571" activeSheetId="2" showComments="commIndAndComment"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G34" i="6" l="1"/>
+  <c r="G5" i="5" l="1"/>
+  <c r="G64" i="6"/>
+  <c r="G62" i="6"/>
+  <c r="G10" i="6"/>
+  <c r="G40" i="6"/>
+  <c r="G32" i="6"/>
+  <c r="G26" i="5"/>
+  <c r="G11" i="5"/>
+  <c r="G10" i="5"/>
+  <c r="G8" i="5" l="1"/>
+  <c r="G41" i="6" l="1"/>
+  <c r="G39" i="6" l="1"/>
+  <c r="G54" i="6" l="1"/>
+  <c r="G55" i="6"/>
+  <c r="G53" i="6"/>
+  <c r="G12" i="5" l="1"/>
+  <c r="G76" i="6"/>
+  <c r="G42" i="6"/>
+  <c r="G13" i="5" l="1"/>
+  <c r="G9" i="5"/>
+  <c r="G3" i="5" l="1"/>
+  <c r="G75" i="6" l="1"/>
+  <c r="G71" i="6"/>
+  <c r="G65" i="6"/>
+  <c r="G47" i="6" l="1"/>
+  <c r="G43" i="6" l="1"/>
+  <c r="G78" i="6" l="1"/>
+  <c r="G77" i="6"/>
+  <c r="G58" i="6"/>
+  <c r="G28" i="6"/>
+  <c r="G15" i="6"/>
+  <c r="G28" i="5" l="1"/>
+  <c r="G74" i="6"/>
+  <c r="G70" i="6"/>
+  <c r="G38" i="6"/>
+  <c r="G34" i="6"/>
   <c r="G17" i="6"/>
-  <c r="G5" i="5"/>
-[...12 lines deleted...]
-  <c r="G57" i="6"/>
+  <c r="G8" i="6"/>
+  <c r="G80" i="6"/>
   <c r="G14" i="5" l="1"/>
-  <c r="G21" i="6"/>
-[...25 lines deleted...]
-  <c r="G13" i="6" l="1"/>
+  <c r="G79" i="6"/>
+  <c r="G14" i="6" l="1"/>
   <c r="G3" i="6" l="1"/>
   <c r="G4" i="6"/>
   <c r="G5" i="6"/>
   <c r="G6" i="6"/>
   <c r="G7" i="6"/>
   <c r="G9" i="6"/>
-  <c r="G10" i="6"/>
   <c r="G11" i="6"/>
   <c r="G12" i="6"/>
-  <c r="G15" i="6"/>
+  <c r="G13" i="6"/>
+  <c r="G16" i="6"/>
   <c r="G18" i="6"/>
   <c r="G19" i="6"/>
   <c r="G20" i="6"/>
+  <c r="G21" i="6"/>
   <c r="G22" i="6"/>
   <c r="G23" i="6"/>
   <c r="G24" i="6"/>
   <c r="G25" i="6"/>
   <c r="G26" i="6"/>
   <c r="G27" i="6"/>
-  <c r="G28" i="6"/>
+  <c r="G29" i="6"/>
   <c r="G30" i="6"/>
   <c r="G31" i="6"/>
-  <c r="G32" i="6"/>
   <c r="G33" i="6"/>
+  <c r="G35" i="6"/>
   <c r="G36" i="6"/>
   <c r="G37" i="6"/>
-  <c r="G38" i="6"/>
-  <c r="G39" i="6"/>
+  <c r="G44" i="6"/>
+  <c r="G45" i="6"/>
   <c r="G46" i="6"/>
-  <c r="G47" i="6"/>
   <c r="G48" i="6"/>
+  <c r="G49" i="6"/>
   <c r="G50" i="6"/>
   <c r="G51" i="6"/>
   <c r="G52" i="6"/>
-  <c r="G53" i="6"/>
-[...1 lines deleted...]
-  <c r="G55" i="6"/>
+  <c r="G56" i="6"/>
+  <c r="G57" i="6"/>
+  <c r="G59" i="6"/>
   <c r="G60" i="6"/>
   <c r="G61" i="6"/>
   <c r="G63" i="6"/>
-  <c r="G64" i="6"/>
-  <c r="G65" i="6"/>
   <c r="G66" i="6"/>
   <c r="G67" i="6"/>
+  <c r="G68" i="6"/>
   <c r="G69" i="6"/>
-  <c r="G70" i="6"/>
-  <c r="G71" i="6"/>
   <c r="G72" i="6"/>
-  <c r="G75" i="6"/>
-[...1 lines deleted...]
-  <c r="G77" i="6"/>
+  <c r="G73" i="6"/>
   <c r="G2" i="6"/>
+  <c r="G4" i="5"/>
   <c r="G6" i="5"/>
-  <c r="G8" i="5"/>
-  <c r="G9" i="5"/>
+  <c r="G7" i="5"/>
+  <c r="G15" i="5"/>
+  <c r="G16" i="5"/>
   <c r="G17" i="5"/>
   <c r="G18" i="5"/>
   <c r="G19" i="5"/>
   <c r="G20" i="5"/>
   <c r="G21" i="5"/>
   <c r="G22" i="5"/>
   <c r="G23" i="5"/>
   <c r="G24" i="5"/>
   <c r="G25" i="5"/>
-  <c r="G26" i="5"/>
   <c r="G27" i="5"/>
-  <c r="G29" i="5"/>
   <c r="G2" i="5"/>
   <c r="B8" i="8"/>
-  <c r="E31" i="5"/>
-  <c r="G85" i="6" l="1"/>
+  <c r="E29" i="5"/>
+  <c r="G81" i="6" l="1"/>
   <c r="B10" i="8" s="1"/>
-  <c r="G31" i="5"/>
+  <c r="G29" i="5"/>
   <c r="B11" i="8" s="1"/>
   <c r="B13" i="8" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="337" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="321" uniqueCount="196">
   <si>
     <t>Peaches Cup 4.4</t>
   </si>
   <si>
     <t>Strawberry Cup 4.5</t>
   </si>
   <si>
     <t>Potato Blk Proc Dehy</t>
   </si>
   <si>
     <t>Raisins Box  144</t>
   </si>
   <si>
     <t>Beef BNLS Special Trm</t>
   </si>
   <si>
     <t>Cheese Moz Lite Shred Frz Box</t>
   </si>
   <si>
     <t>6/#10 can</t>
   </si>
   <si>
     <t>40 lb  ctn</t>
   </si>
   <si>
     <t>144/1.33 oz box</t>
   </si>
   <si>
     <t>30 lb ctn</t>
   </si>
   <si>
     <t>4/10  pkg /ctn</t>
   </si>
   <si>
-    <t>4/10 lb pkg / ctn</t>
-[...1 lines deleted...]
-  <si>
     <t>6/106 oz</t>
   </si>
   <si>
     <t xml:space="preserve">Beef Spp Pty Hstyle Ckd 2.0 MMA </t>
   </si>
   <si>
     <t>Group</t>
   </si>
   <si>
     <t>Commodity Name</t>
   </si>
   <si>
     <t>Material #</t>
   </si>
   <si>
     <t>Case Size</t>
   </si>
   <si>
     <t>Case Value</t>
   </si>
   <si>
     <t>Dairy</t>
   </si>
   <si>
     <t>Cheese Blend Amer Skm Yel Slc</t>
@@ -302,81 +293,72 @@
   <si>
     <t>Strawberries Slc Frz</t>
   </si>
   <si>
     <t>Grains</t>
   </si>
   <si>
     <t>Rice Brn US # 1 Long Grain Parboiled</t>
   </si>
   <si>
     <t>Meat</t>
   </si>
   <si>
     <t>Beef Crumb SPP</t>
   </si>
   <si>
     <t>4/10 LB  pkg/ctn</t>
   </si>
   <si>
     <t>Beef Fine Ground Frz</t>
   </si>
   <si>
     <t>Pork Ham W Trad Cbed Frz</t>
   </si>
   <si>
-    <t>Pork Ham Water Frz</t>
-[...1 lines deleted...]
-  <si>
     <t>Misc</t>
   </si>
   <si>
     <t>Nuts/Seeds</t>
   </si>
   <si>
     <t>Poultry/Eggs</t>
   </si>
   <si>
     <t>Chicken Diced</t>
   </si>
   <si>
     <t>Chix Fajita Strips</t>
   </si>
   <si>
-    <t>Turkey Breast Deli Frz</t>
-[...1 lines deleted...]
-  <si>
     <t>Turkey Taco Filling</t>
   </si>
   <si>
     <t>Vegetables</t>
   </si>
   <si>
     <t>Spaghetti Sauce Meatless Pouch</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">20 lb Carton </t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t xml:space="preserve">Cheese Moz LM Pt SKM UNFZ PROC PK </t>
   </si>
   <si>
     <t xml:space="preserve">Cheese Nat Amer FBD Barrel 500 LB </t>
   </si>
   <si>
     <t>Fish Ak Plck Frz Bulk</t>
   </si>
   <si>
     <t>Flour Baker Hard Wht UNBLCH</t>
   </si>
   <si>
     <t>Beef Coarse Ground Frz</t>
   </si>
   <si>
     <t>Pork Picnic Bnls Frz</t>
   </si>
   <si>
     <t>Potatoes Bulk For Process Frz</t>
   </si>
@@ -516,53 +498,50 @@
   <si>
     <t xml:space="preserve">40 lb </t>
   </si>
   <si>
     <t xml:space="preserve">Meat </t>
   </si>
   <si>
     <t xml:space="preserve">Pork Ham Water Cooked Sliced Frz </t>
   </si>
   <si>
     <t>8/5 lb. pkg/ctn</t>
   </si>
   <si>
     <t xml:space="preserve">Chicken Unseasoned Strips Cooked Frz </t>
   </si>
   <si>
     <t xml:space="preserve">6/5 lb or 3/10 lb pkg </t>
   </si>
   <si>
     <t xml:space="preserve">Turkey Deli Breast Sliced Frz </t>
   </si>
   <si>
     <t xml:space="preserve">8/5 lb pkg </t>
   </si>
   <si>
-    <t>40 lb. ctn</t>
-[...1 lines deleted...]
-  <si>
     <t>32-48 lb ctn</t>
   </si>
   <si>
     <t xml:space="preserve">Applesauce Unsweetened </t>
   </si>
   <si>
     <t xml:space="preserve">Apple Slices Unsweetened </t>
   </si>
   <si>
     <t xml:space="preserve">Yogurt </t>
   </si>
   <si>
     <t xml:space="preserve">Yogurt Hi Protein Blueberry </t>
   </si>
   <si>
     <t xml:space="preserve">24/4 oz cups </t>
   </si>
   <si>
     <t xml:space="preserve">Fruit </t>
   </si>
   <si>
     <t xml:space="preserve">Apples For Further Processing </t>
   </si>
   <si>
     <t xml:space="preserve">Flour Bread Bulk </t>
@@ -573,50 +552,53 @@
   <si>
     <t>6/5 lb  pkg/ctn</t>
   </si>
   <si>
     <t xml:space="preserve">Sweet Potatoes Crinkle Cut </t>
   </si>
   <si>
     <t xml:space="preserve">6/5 lb pkg </t>
   </si>
   <si>
     <t xml:space="preserve">Yogurt Hi Protein Strawberry </t>
   </si>
   <si>
     <t>Alaska Pollock Whole Grain Rich Brd Strips</t>
   </si>
   <si>
     <t xml:space="preserve">8/5 lb or 4/10 lb pkg </t>
   </si>
   <si>
     <t xml:space="preserve">Cranberries Dried Individual Portion </t>
   </si>
   <si>
     <t xml:space="preserve">300/1.16oz </t>
   </si>
   <si>
+    <t xml:space="preserve">Beef SPP PTY 85/15 FRZ 2.0 MMA </t>
+  </si>
+  <si>
     <t>Beef Patties Cooked</t>
   </si>
   <si>
     <t xml:space="preserve">Pork Pulled Cooked </t>
   </si>
   <si>
     <t xml:space="preserve">8/5 lb or 3/10 lb pkg </t>
   </si>
   <si>
     <t>3/10 pkg</t>
   </si>
   <si>
     <t xml:space="preserve">Chicken Oven Roasted Frz </t>
   </si>
   <si>
     <t xml:space="preserve">Beans Refried Low Sodium </t>
   </si>
   <si>
     <t xml:space="preserve">Beans Pinto Low Sodium </t>
   </si>
   <si>
     <t xml:space="preserve">Beans Veg Low Sodium </t>
   </si>
   <si>
     <t xml:space="preserve">Beans Blkeye Low Sodium </t>
@@ -624,53 +606,50 @@
   <si>
     <t xml:space="preserve">Beans Green Frz No Salt </t>
   </si>
   <si>
     <t xml:space="preserve">Beans Green Low Sodium </t>
   </si>
   <si>
     <t xml:space="preserve">Beans Baby Lima Low Sodium </t>
   </si>
   <si>
     <t xml:space="preserve">Broccoli Florets No Salt  Frz </t>
   </si>
   <si>
     <t>Corn Frz No Salt</t>
   </si>
   <si>
     <t>Corn WK Golden No Salt</t>
   </si>
   <si>
     <t xml:space="preserve">Peas Low Sodium </t>
   </si>
   <si>
     <t xml:space="preserve">Pepper/Onion Strips Blend </t>
   </si>
   <si>
-    <t xml:space="preserve">Spinach Chopped Frz No Salt  IQF </t>
-[...1 lines deleted...]
-  <si>
     <t>Sweet Potatoes Light Syrup  No Salt</t>
   </si>
   <si>
     <t xml:space="preserve">6/#10 can </t>
   </si>
   <si>
     <t xml:space="preserve">Beans </t>
   </si>
   <si>
     <t xml:space="preserve">Tomato Diced  Low Sodium  </t>
   </si>
   <si>
     <t xml:space="preserve">Blueberries Wild Frz </t>
   </si>
   <si>
     <t xml:space="preserve">8/3lb pkg </t>
   </si>
   <si>
     <t xml:space="preserve">Yogurt Vanilla Tub </t>
   </si>
   <si>
     <t xml:space="preserve">6/32 oz </t>
   </si>
   <si>
     <t xml:space="preserve">12/2 lb ctn </t>
@@ -714,114 +693,134 @@
   <si>
     <t>Cheese Blend Amer Skm Yel (Price per case)</t>
   </si>
   <si>
     <t>Garbanzo Beans ( price per case)</t>
   </si>
   <si>
     <t xml:space="preserve">Cherries Sweet Pitted Unsweetened Frz </t>
   </si>
   <si>
     <t xml:space="preserve">12/2.5 lb </t>
   </si>
   <si>
     <t xml:space="preserve">Egg Patty Cooked  Rnd Frz </t>
   </si>
   <si>
     <t>Eggs Liquid  Whole Frz</t>
   </si>
   <si>
     <t xml:space="preserve">Turkey Roast Frz </t>
   </si>
   <si>
     <t>12/2 lb bag</t>
   </si>
   <si>
-    <t xml:space="preserve">Carrots Sliced Low Sodium </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Carrots  Sliced  Frz No Salt </t>
   </si>
   <si>
     <t xml:space="preserve">Potatoes Wedge  Fat Free Low Sodium Frz </t>
   </si>
   <si>
-    <t xml:space="preserve">Peaches Sliced Frz </t>
-[...4 lines deleted...]
-  <si>
     <t>Peaches Cl Diced (price per case)</t>
   </si>
   <si>
     <t>Pears Diced (price per case)</t>
   </si>
   <si>
     <t xml:space="preserve">Mixed Vegetables Frz </t>
   </si>
   <si>
     <t xml:space="preserve">6/5 lb bag </t>
   </si>
   <si>
     <t xml:space="preserve">Peanut Butter Smooth Pkg </t>
   </si>
   <si>
     <t>120/1.1 oz pkg</t>
   </si>
   <si>
     <t xml:space="preserve">Chicken Cutup Frz </t>
   </si>
   <si>
     <t xml:space="preserve">40 Lb Carton </t>
   </si>
   <si>
     <t>Flour Baker Hard UNBLCH</t>
   </si>
   <si>
-    <t xml:space="preserve">Cheese Ced-Wht Block </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Turkey Thighs Bnls Sknis Chilled </t>
   </si>
   <si>
-    <t xml:space="preserve">Black Bean Burger </t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Cheese Natural American </t>
+    <t xml:space="preserve">Mixed Fruit </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Apple Juice Single Frz Cup </t>
+  </si>
+  <si>
+    <t xml:space="preserve">40 Lb Pkg </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chicken Pulled Frz Ctn </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carrots Can </t>
+  </si>
+  <si>
+    <t>6/ #10 can</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tomato Salsa  Pouch </t>
+  </si>
+  <si>
+    <t xml:space="preserve">6/106 Oz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carrots Diced Frz Ctn </t>
+  </si>
+  <si>
+    <t xml:space="preserve">12/2 Lb bag </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Juice </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Beef 100% PTTY </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Raw </t>
+    </r>
+  </si>
+  <si>
+    <t>Cherries dried (Price per case)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">
 INSTRUCTIONS FOR 2025-2026 PAL:
 This form is intended for use as a worksheet and guideline to assist in entering requests into NC-ECOS.
 Instructions for Using PAL (Excel Version):
   </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 1. Click on each tab and fill-in only the cells with a green background color.
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
@@ -1005,77 +1004,65 @@
         <sz val="11"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Instruction for Using PAL (Printed Version):
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">   1. In Section #1: Calculate your "Net Entitlement" (use figures from NC-ECOS "View Entitlement" screen)
    2. In Section #2: Write the number of "Cases Requested" by each commodity 
               and multiply by the "Case Value" and enter the result in the "Total" column.
    3. Enter the grand total from Section #2 in item "E" (Planned Brown Box) of Section #1.
    4. In Section #3: Write the number of "Pounds Requested" by each commodity 
               and multiply by the "Price per Pound" and enter the result in the "Total" column.
    5. Enter the grand total from Section #3 in item "F" (Planned Processing) of Section #1.
    6. Calculate your "Remaining Entitlement" (item "G") by subtracting items "E" (Planned Brown Box) 
               and "F" (Planned Processing) from item "D" (Net Entitlement).</t>
     </r>
   </si>
   <si>
-    <t>Fruit Mix dry apple cherries cranberry raisins</t>
-[...11 lines deleted...]
-    <t>Tomato Salsa  Pouch</t>
+    <t xml:space="preserve">Cheese Natural American </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1102,50 +1089,56 @@
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color indexed="10"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1658,2860 +1651,2724 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:G8"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="182.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="33.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.28515625" style="2" customWidth="1"/>
     <col min="4" max="4" width="15" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" style="4" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" style="3" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="370.5" x14ac:dyDescent="0.2">
       <c r="A1" s="33" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A2" s="33"/>
     </row>
     <row r="3" spans="1:7" s="34" customFormat="1" ht="99.75" x14ac:dyDescent="0.2">
       <c r="A3" s="33" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="C3" s="35"/>
       <c r="E3" s="36"/>
       <c r="F3" s="37"/>
       <c r="G3" s="38"/>
     </row>
     <row r="4" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="21"/>
     </row>
     <row r="5" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="21"/>
     </row>
     <row r="6" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="21"/>
     </row>
     <row r="7" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="21"/>
     </row>
     <row r="8" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="21"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:C13"/>
   <sheetViews>
     <sheetView view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="41.42578125" customWidth="1"/>
     <col min="2" max="2" width="18" customWidth="1"/>
     <col min="3" max="3" width="43.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="22" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="B1" s="23"/>
       <c r="C1" s="24"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="22" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="B2" s="23"/>
       <c r="C2" s="24"/>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A3" s="25"/>
       <c r="B3" s="25"/>
     </row>
     <row r="4" spans="1:3" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="26" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B4" s="31"/>
     </row>
     <row r="5" spans="1:3" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="26" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B5" s="31"/>
     </row>
     <row r="6" spans="1:3" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="26" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="B6" s="31"/>
     </row>
     <row r="7" spans="1:3" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="27"/>
       <c r="B7" s="27"/>
     </row>
     <row r="8" spans="1:3" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="26" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B8" s="32">
         <f>B4-B5+B6</f>
         <v>0</v>
       </c>
       <c r="C8" s="28" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="27"/>
       <c r="B9" s="27"/>
     </row>
     <row r="10" spans="1:3" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="26" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="B10" s="32">
-        <f>'Brown Box'!G85</f>
+        <f>'Brown Box'!G81</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="26" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="B11" s="32">
-        <f>Processing!G31</f>
+        <f>Processing!G29</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="27"/>
       <c r="B12" s="27"/>
     </row>
     <row r="13" spans="1:3" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="26" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B13" s="32">
         <f>B8-B10-B11</f>
         <v>0</v>
       </c>
       <c r="C13" s="28" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="1.25" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" horizontalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Arial,Bold"&amp;14Request for USDA Foods
 Section #1: Entitlement Summary</oddHeader>
     <oddFooter>&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet3"/>
-  <dimension ref="A1:G85"/>
+  <dimension ref="A1:G81"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="I24" sqref="I24"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A29" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="N43" sqref="N43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="36.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="11.85546875" style="2" customWidth="1"/>
     <col min="4" max="4" width="21.28515625" style="1" customWidth="1"/>
     <col min="5" max="5" width="10.85546875" style="5" customWidth="1"/>
     <col min="6" max="6" width="15" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="20" style="3" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B1" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="B1" s="6" t="s">
+      <c r="C1" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="C1" s="7" t="s">
+      <c r="D1" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D1" s="6" t="s">
+      <c r="E1" s="16" t="s">
+        <v>67</v>
+      </c>
+      <c r="F1" s="8" t="s">
         <v>17</v>
       </c>
-      <c r="E1" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G1" s="9" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" s="10" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C2" s="11">
         <v>100036</v>
       </c>
       <c r="D2" s="10" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E2" s="29"/>
       <c r="F2" s="12">
-        <v>63.52</v>
+        <v>56.42</v>
       </c>
       <c r="G2" s="30">
         <f>E2*(ROUND(F2,2))</f>
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="10" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B3" s="10" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C3" s="11">
         <v>100012</v>
       </c>
       <c r="D3" s="10" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E3" s="29"/>
       <c r="F3" s="12">
-        <v>68.790000000000006</v>
+        <v>53.23</v>
       </c>
       <c r="G3" s="30">
-        <f t="shared" ref="G3:G62" si="0">E3*(ROUND(F3,2))</f>
+        <f t="shared" ref="G3:G58" si="0">E3*(ROUND(F3,2))</f>
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="10" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B4" s="10" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C4" s="11">
         <v>100003</v>
       </c>
       <c r="D4" s="10" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E4" s="29"/>
       <c r="F4" s="12">
-        <v>66.39</v>
+        <v>53.11</v>
       </c>
       <c r="G4" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="10" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B5" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="11">
         <v>100034</v>
       </c>
       <c r="D5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E5" s="29"/>
       <c r="F5" s="12">
-        <v>61.86</v>
+        <v>68.02</v>
       </c>
       <c r="G5" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="10" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B6" s="10" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C6" s="11">
         <v>110396</v>
       </c>
       <c r="D6" s="10" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E6" s="29"/>
       <c r="F6" s="12">
-        <v>66.459999999999994</v>
+        <v>55.53</v>
       </c>
       <c r="G6" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="10" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B7" s="10" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C7" s="11">
         <v>100018</v>
       </c>
       <c r="D7" s="10" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E7" s="29"/>
       <c r="F7" s="12">
-        <v>74.52</v>
+        <v>62.47</v>
       </c>
       <c r="G7" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="10" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B8" s="10" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="C8" s="11">
         <v>110851</v>
       </c>
       <c r="D8" s="10" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="E8" s="29"/>
       <c r="F8" s="12">
-        <v>94.93</v>
+        <v>99.41</v>
       </c>
       <c r="G8" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" s="10" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C9" s="11">
         <v>100201</v>
       </c>
       <c r="D9" s="10" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="E9" s="29">
         <v>0</v>
       </c>
       <c r="F9" s="12">
-        <v>207.2</v>
+        <v>218.8</v>
       </c>
       <c r="G9" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="10" t="s">
-        <v>31</v>
+        <v>191</v>
       </c>
       <c r="B10" s="10" t="s">
-        <v>111</v>
+        <v>182</v>
       </c>
       <c r="C10" s="11">
-        <v>100206</v>
+        <v>111790</v>
       </c>
       <c r="D10" s="10" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="E10" s="29"/>
       <c r="F10" s="12">
-        <v>39.89</v>
+        <v>19.399999999999999</v>
       </c>
       <c r="G10" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="C11" s="11">
+        <v>100206</v>
+      </c>
+      <c r="D11" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="B11" s="10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E11" s="29">
         <v>0</v>
       </c>
       <c r="F11" s="12">
-        <v>22.41</v>
+        <v>39.799999999999997</v>
       </c>
       <c r="G11" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="10" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B12" s="10" t="s">
-        <v>33</v>
+        <v>105</v>
       </c>
       <c r="C12" s="11">
-        <v>110361</v>
+        <v>110541</v>
       </c>
       <c r="D12" s="10" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
       <c r="E12" s="29">
         <v>0</v>
       </c>
       <c r="F12" s="12">
-        <v>18.84</v>
+        <v>26.08</v>
       </c>
       <c r="G12" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="10" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B13" s="10" t="s">
-        <v>155</v>
+        <v>32</v>
       </c>
       <c r="C13" s="11">
-        <v>110859</v>
+        <v>110361</v>
       </c>
       <c r="D13" s="10" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="E13" s="29"/>
+        <v>33</v>
+      </c>
+      <c r="E13" s="29">
+        <v>0</v>
+      </c>
       <c r="F13" s="12">
-        <v>40.090000000000003</v>
+        <v>19.48</v>
       </c>
       <c r="G13" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="10" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B14" s="10" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C14" s="11">
-        <v>100242</v>
+        <v>110859</v>
       </c>
       <c r="D14" s="10" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E14" s="29"/>
       <c r="F14" s="12">
-        <v>34.74</v>
+        <v>39.33</v>
       </c>
       <c r="G14" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="10" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B15" s="10" t="s">
-        <v>168</v>
+        <v>144</v>
       </c>
       <c r="C15" s="11">
-        <v>110872</v>
+        <v>100242</v>
       </c>
       <c r="D15" s="10" t="s">
-        <v>169</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="E15" s="29"/>
       <c r="F15" s="12">
-        <v>55.96</v>
+        <v>37.020000000000003</v>
       </c>
       <c r="G15" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="10" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B16" s="10" t="s">
-        <v>125</v>
+        <v>163</v>
       </c>
       <c r="C16" s="11">
-        <v>110723</v>
+        <v>110872</v>
       </c>
       <c r="D16" s="10" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="E16" s="29"/>
+        <v>164</v>
+      </c>
+      <c r="E16" s="29">
+        <v>0</v>
+      </c>
       <c r="F16" s="12">
-        <v>46.16</v>
+        <v>67.77</v>
       </c>
       <c r="G16" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="10" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B17" s="10" t="s">
-        <v>197</v>
+        <v>120</v>
       </c>
       <c r="C17" s="11">
-        <v>110161</v>
+        <v>110723</v>
       </c>
       <c r="D17" s="10" t="s">
-        <v>198</v>
+        <v>121</v>
       </c>
       <c r="E17" s="29"/>
       <c r="F17" s="12">
-        <v>82.54</v>
+        <v>58.14</v>
       </c>
       <c r="G17" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="10" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B18" s="10" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="C18" s="11">
         <v>100212</v>
       </c>
       <c r="D18" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E18" s="29">
         <v>0</v>
       </c>
       <c r="F18" s="12">
-        <v>44.64</v>
+        <v>43.49</v>
       </c>
       <c r="G18" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="10" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B19" s="10" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="C19" s="11">
         <v>100220</v>
       </c>
       <c r="D19" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E19" s="29">
         <v>0</v>
       </c>
       <c r="F19" s="12">
-        <v>45.82</v>
+        <v>44.73</v>
       </c>
       <c r="G19" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="10" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B20" s="10" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="C20" s="11">
         <v>100219</v>
       </c>
       <c r="D20" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E20" s="29">
         <v>0</v>
       </c>
       <c r="F20" s="12">
-        <v>43.41</v>
+        <v>42.46</v>
       </c>
       <c r="G20" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="10" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B21" s="10" t="s">
-        <v>177</v>
+        <v>0</v>
       </c>
       <c r="C21" s="11">
-        <v>100238</v>
+        <v>100241</v>
       </c>
       <c r="D21" s="10" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="E21" s="29"/>
+        <v>87</v>
+      </c>
+      <c r="E21" s="29">
+        <v>0</v>
+      </c>
       <c r="F21" s="12">
-        <v>44.59</v>
+        <v>39.770000000000003</v>
       </c>
       <c r="G21" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="10" t="s">
-        <v>31</v>
+        <v>86</v>
       </c>
       <c r="B22" s="10" t="s">
-        <v>0</v>
+        <v>88</v>
       </c>
       <c r="C22" s="11">
-        <v>100241</v>
+        <v>100226</v>
       </c>
       <c r="D22" s="10" t="s">
-        <v>91</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="E22" s="29"/>
       <c r="F22" s="12">
-        <v>40.659999999999997</v>
+        <v>46.76</v>
       </c>
       <c r="G22" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="10" t="s">
-        <v>90</v>
+        <v>30</v>
       </c>
       <c r="B23" s="10" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="C23" s="11">
-        <v>100226</v>
+        <v>100225</v>
       </c>
       <c r="D23" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E23" s="29"/>
+      <c r="E23" s="29">
+        <v>0</v>
+      </c>
       <c r="F23" s="12">
-        <v>51.06</v>
+        <v>34.47</v>
       </c>
       <c r="G23" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="10" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B24" s="10" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="C24" s="11">
-        <v>100225</v>
+        <v>100224</v>
       </c>
       <c r="D24" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E24" s="29">
         <v>0</v>
       </c>
       <c r="F24" s="12">
-        <v>50.47</v>
+        <v>46.5</v>
       </c>
       <c r="G24" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="10" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B25" s="10" t="s">
-        <v>94</v>
+        <v>3</v>
       </c>
       <c r="C25" s="11">
-        <v>100224</v>
+        <v>100293</v>
       </c>
       <c r="D25" s="10" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="E25" s="29">
         <v>0</v>
       </c>
       <c r="F25" s="12">
-        <v>53.59</v>
+        <v>21.08</v>
       </c>
       <c r="G25" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="10" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B26" s="10" t="s">
-        <v>3</v>
+        <v>34</v>
       </c>
       <c r="C26" s="11">
-        <v>100293</v>
+        <v>100254</v>
       </c>
       <c r="D26" s="10" t="s">
-        <v>8</v>
+        <v>92</v>
       </c>
       <c r="E26" s="29">
         <v>0</v>
       </c>
       <c r="F26" s="12">
-        <v>24.02</v>
+        <v>40.729999999999997</v>
       </c>
       <c r="G26" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="10" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B27" s="10" t="s">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="C27" s="11">
-        <v>100254</v>
+        <v>100256</v>
       </c>
       <c r="D27" s="10" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="E27" s="29">
         <v>0</v>
       </c>
       <c r="F27" s="12">
-        <v>38.799999999999997</v>
+        <v>44.37</v>
       </c>
       <c r="G27" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="10" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B28" s="10" t="s">
-        <v>1</v>
+        <v>149</v>
       </c>
       <c r="C28" s="11">
-        <v>100256</v>
+        <v>110860</v>
       </c>
       <c r="D28" s="10" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="E28" s="29"/>
       <c r="F28" s="12">
-        <v>45.53</v>
+        <v>50.38</v>
       </c>
       <c r="G28" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="10" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B29" s="10" t="s">
-        <v>154</v>
+        <v>36</v>
       </c>
       <c r="C29" s="11">
-        <v>110860</v>
+        <v>100500</v>
       </c>
       <c r="D29" s="10" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="E29" s="29"/>
+        <v>94</v>
+      </c>
+      <c r="E29" s="29">
+        <v>0</v>
+      </c>
       <c r="F29" s="12">
-        <v>47.74</v>
+        <v>25.65</v>
       </c>
       <c r="G29" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="10" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B30" s="10" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C30" s="11">
-        <v>100500</v>
+        <v>100134</v>
       </c>
       <c r="D30" s="10" t="s">
-        <v>98</v>
+        <v>39</v>
       </c>
       <c r="E30" s="29">
         <v>0</v>
       </c>
       <c r="F30" s="12">
-        <v>37.18</v>
+        <v>171.03</v>
       </c>
       <c r="G30" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B31" s="10" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C31" s="11">
-        <v>100134</v>
+        <v>100158</v>
       </c>
       <c r="D31" s="10" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="E31" s="29">
         <v>0</v>
       </c>
       <c r="F31" s="12">
-        <v>158.80000000000001</v>
+        <v>179.21</v>
       </c>
       <c r="G31" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B32" s="10" t="s">
-        <v>41</v>
+        <v>192</v>
       </c>
       <c r="C32" s="11">
-        <v>100158</v>
+        <v>110349</v>
       </c>
       <c r="D32" s="10" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>183</v>
+      </c>
+      <c r="E32" s="29"/>
       <c r="F32" s="12">
-        <v>157.41999999999999</v>
+        <v>177.07</v>
       </c>
       <c r="G32" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B33" s="10" t="s">
-        <v>199</v>
+        <v>122</v>
       </c>
       <c r="C33" s="11">
         <v>110348</v>
       </c>
       <c r="D33" s="10" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="E33" s="29">
         <v>0</v>
       </c>
       <c r="F33" s="12">
-        <v>127.26</v>
+        <v>147.80000000000001</v>
       </c>
       <c r="G33" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B34" s="10" t="s">
-        <v>200</v>
+        <v>123</v>
       </c>
       <c r="C34" s="11">
-        <v>110349</v>
+        <v>110711</v>
       </c>
       <c r="D34" s="10" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="E34" s="29"/>
       <c r="F34" s="12">
-        <v>147.63</v>
+        <v>224.6</v>
       </c>
       <c r="G34" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B35" s="10" t="s">
-        <v>127</v>
+        <v>12</v>
       </c>
       <c r="C35" s="11">
-        <v>110711</v>
+        <v>110322</v>
       </c>
       <c r="D35" s="10" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="E35" s="29"/>
+        <v>96</v>
+      </c>
+      <c r="E35" s="29">
+        <v>0</v>
+      </c>
       <c r="F35" s="12">
-        <v>186.04</v>
+        <v>165.58</v>
       </c>
       <c r="G35" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="10" t="s">
-        <v>38</v>
+        <v>97</v>
       </c>
       <c r="B36" s="10" t="s">
-        <v>13</v>
+        <v>98</v>
       </c>
       <c r="C36" s="11">
-        <v>110322</v>
+        <v>100187</v>
       </c>
       <c r="D36" s="10" t="s">
-        <v>100</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="E36" s="29"/>
       <c r="F36" s="12">
-        <v>146.47999999999999</v>
+        <v>95.23</v>
       </c>
       <c r="G36" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="10" t="s">
-        <v>101</v>
+        <v>37</v>
       </c>
       <c r="B37" s="10" t="s">
-        <v>102</v>
+        <v>41</v>
       </c>
       <c r="C37" s="11">
-        <v>100187</v>
+        <v>100188</v>
       </c>
       <c r="D37" s="10" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="E37" s="29"/>
+        <v>99</v>
+      </c>
+      <c r="E37" s="29">
+        <v>0</v>
+      </c>
       <c r="F37" s="12">
-        <v>102.4</v>
+        <v>92</v>
       </c>
       <c r="G37" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B38" s="10" t="s">
-        <v>42</v>
+        <v>124</v>
       </c>
       <c r="C38" s="11">
-        <v>100188</v>
+        <v>110730</v>
       </c>
       <c r="D38" s="10" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="E38" s="29"/>
       <c r="F38" s="12">
-        <v>91.8</v>
+        <v>102.76</v>
       </c>
       <c r="G38" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="10" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="B39" s="10" t="s">
-        <v>43</v>
+        <v>175</v>
       </c>
       <c r="C39" s="11">
-        <v>100184</v>
+        <v>110854</v>
       </c>
       <c r="D39" s="10" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>176</v>
+      </c>
+      <c r="E39" s="29"/>
       <c r="F39" s="12">
-        <v>87.2</v>
+        <v>14.23</v>
       </c>
       <c r="G39" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="10" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="B40" s="10" t="s">
-        <v>128</v>
+        <v>184</v>
       </c>
       <c r="C40" s="11">
-        <v>110730</v>
+        <v>111881</v>
       </c>
       <c r="D40" s="10" t="s">
-        <v>129</v>
+        <v>23</v>
       </c>
       <c r="E40" s="29"/>
       <c r="F40" s="12">
-        <v>92.03</v>
+        <v>123.64</v>
       </c>
       <c r="G40" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="10" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B41" s="10" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="C41" s="11">
-        <v>110854</v>
+        <v>111361</v>
       </c>
       <c r="D41" s="10" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="E41" s="29"/>
       <c r="F41" s="12">
-        <v>15.02</v>
+        <v>80.91</v>
       </c>
       <c r="G41" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="10" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B42" s="10" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="C42" s="11">
-        <v>111881</v>
+        <v>110921</v>
       </c>
       <c r="D42" s="10" t="s">
-        <v>105</v>
+        <v>9</v>
       </c>
       <c r="E42" s="29"/>
       <c r="F42" s="12">
-        <v>136.80000000000001</v>
+        <v>85.72</v>
       </c>
       <c r="G42" s="30">
-        <f t="shared" si="0"/>
+        <f>E42*(ROUND(F42,2))</f>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="10" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B43" s="10" t="s">
-        <v>185</v>
+        <v>127</v>
       </c>
       <c r="C43" s="11">
-        <v>111361</v>
+        <v>110080</v>
       </c>
       <c r="D43" s="10" t="s">
-        <v>186</v>
+        <v>126</v>
       </c>
       <c r="E43" s="29"/>
       <c r="F43" s="12">
-        <v>81.52</v>
+        <v>142.74</v>
       </c>
       <c r="G43" s="30">
-        <f t="shared" si="0"/>
+        <f>E43*(ROUND(F43,2))</f>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="10" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B44" s="10" t="s">
-        <v>162</v>
+        <v>100</v>
       </c>
       <c r="C44" s="11">
-        <v>110921</v>
+        <v>110462</v>
       </c>
       <c r="D44" s="10" t="s">
-        <v>9</v>
+        <v>101</v>
       </c>
       <c r="E44" s="29"/>
       <c r="F44" s="12">
-        <v>81.3</v>
+        <v>74.55</v>
       </c>
       <c r="G44" s="30">
-        <f>E44*(ROUND(F44,2))</f>
+        <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="10" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B45" s="10" t="s">
-        <v>131</v>
+        <v>45</v>
       </c>
       <c r="C45" s="11">
-        <v>110080</v>
+        <v>100101</v>
       </c>
       <c r="D45" s="10" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="E45" s="29"/>
+        <v>7</v>
+      </c>
+      <c r="E45" s="29">
+        <v>0</v>
+      </c>
       <c r="F45" s="12">
-        <v>142.96</v>
+        <v>97.19</v>
       </c>
       <c r="G45" s="30">
-        <f>E45*(ROUND(F45,2))</f>
+        <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B46" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="B46" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="11">
-        <v>110462</v>
+        <v>100117</v>
       </c>
       <c r="D46" s="10" t="s">
-        <v>105</v>
+        <v>9</v>
       </c>
       <c r="E46" s="29"/>
       <c r="F46" s="12">
-        <v>70.94</v>
+        <v>81.42</v>
       </c>
       <c r="G46" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="10" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B47" s="10" t="s">
-        <v>47</v>
+        <v>165</v>
       </c>
       <c r="C47" s="11">
-        <v>100101</v>
+        <v>110931</v>
       </c>
       <c r="D47" s="10" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="E47" s="29"/>
       <c r="F47" s="12">
-        <v>120.84</v>
+        <v>53.59</v>
       </c>
       <c r="G47" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="10" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B48" s="10" t="s">
-        <v>48</v>
+        <v>166</v>
       </c>
       <c r="C48" s="11">
-        <v>100117</v>
+        <v>110845</v>
       </c>
       <c r="D48" s="10" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E48" s="29"/>
+        <v>148</v>
+      </c>
+      <c r="E48" s="29">
+        <v>0</v>
+      </c>
       <c r="F48" s="12">
-        <v>72.48</v>
+        <v>31.68</v>
       </c>
       <c r="G48" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="10" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B49" s="10" t="s">
-        <v>170</v>
+        <v>102</v>
       </c>
       <c r="C49" s="11">
-        <v>110931</v>
+        <v>111900</v>
       </c>
       <c r="D49" s="10" t="s">
-        <v>163</v>
+        <v>103</v>
       </c>
       <c r="E49" s="29"/>
       <c r="F49" s="12">
-        <v>54.03</v>
+        <v>164.71</v>
       </c>
       <c r="G49" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="10" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B50" s="10" t="s">
-        <v>171</v>
+        <v>152</v>
       </c>
       <c r="C50" s="11">
-        <v>110845</v>
+        <v>111893</v>
       </c>
       <c r="D50" s="10" t="s">
-        <v>153</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="E50" s="29"/>
       <c r="F50" s="12">
-        <v>41.93</v>
+        <v>176</v>
       </c>
       <c r="G50" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="10" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B51" s="10" t="s">
-        <v>106</v>
+        <v>167</v>
       </c>
       <c r="C51" s="11">
-        <v>111900</v>
+        <v>100125</v>
       </c>
       <c r="D51" s="10" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="E51" s="29"/>
+        <v>104</v>
+      </c>
+      <c r="E51" s="29">
+        <v>0</v>
+      </c>
       <c r="F51" s="12">
-        <v>129.91999999999999</v>
+        <v>170.26</v>
       </c>
       <c r="G51" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="10" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B52" s="10" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C52" s="11">
-        <v>100121</v>
+        <v>100119</v>
       </c>
       <c r="D52" s="10" t="s">
-        <v>108</v>
+        <v>9</v>
       </c>
       <c r="E52" s="29">
         <v>0</v>
       </c>
       <c r="F52" s="12">
-        <v>137.19999999999999</v>
+        <v>88.13</v>
       </c>
       <c r="G52" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="10" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B53" s="10" t="s">
-        <v>157</v>
+        <v>134</v>
       </c>
       <c r="C53" s="11">
-        <v>111893</v>
+        <v>100371</v>
       </c>
       <c r="D53" s="10" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="E53" s="29"/>
+        <v>6</v>
+      </c>
+      <c r="E53" s="29">
+        <v>0</v>
+      </c>
       <c r="F53" s="12">
-        <v>111.56</v>
+        <v>26.88</v>
       </c>
       <c r="G53" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="10" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B54" s="10" t="s">
-        <v>172</v>
+        <v>131</v>
       </c>
       <c r="C54" s="11">
-        <v>100125</v>
+        <v>100368</v>
       </c>
       <c r="D54" s="10" t="s">
-        <v>109</v>
+        <v>6</v>
       </c>
       <c r="E54" s="29">
         <v>0</v>
       </c>
       <c r="F54" s="12">
-        <v>110.8</v>
+        <v>26.34</v>
       </c>
       <c r="G54" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="10" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B55" s="10" t="s">
-        <v>50</v>
+        <v>133</v>
       </c>
       <c r="C55" s="11">
-        <v>100119</v>
+        <v>100307</v>
       </c>
       <c r="D55" s="10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="E55" s="29">
         <v>0</v>
       </c>
       <c r="F55" s="12">
-        <v>71.64</v>
+        <v>19.16</v>
       </c>
       <c r="G55" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B56" s="10" t="s">
-        <v>190</v>
+        <v>132</v>
       </c>
       <c r="C56" s="11">
-        <v>111860</v>
+        <v>111054</v>
       </c>
       <c r="D56" s="10" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="E56" s="29"/>
+        <v>168</v>
+      </c>
+      <c r="E56" s="29">
+        <v>0</v>
+      </c>
       <c r="F56" s="12">
-        <v>107.7</v>
+        <v>22.09</v>
       </c>
       <c r="G56" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B57" s="10" t="s">
-        <v>138</v>
+        <v>129</v>
       </c>
       <c r="C57" s="11">
-        <v>100371</v>
+        <v>100365</v>
       </c>
       <c r="D57" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E57" s="29">
         <v>0</v>
       </c>
       <c r="F57" s="12">
-        <v>28.59</v>
+        <v>19.559999999999999</v>
       </c>
       <c r="G57" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B58" s="10" t="s">
-        <v>135</v>
+        <v>153</v>
       </c>
       <c r="C58" s="11">
-        <v>100368</v>
+        <v>100359</v>
       </c>
       <c r="D58" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E58" s="29">
-[...1 lines deleted...]
-      </c>
+      <c r="E58" s="29"/>
       <c r="F58" s="12">
-        <v>30.05</v>
+        <v>26.88</v>
       </c>
       <c r="G58" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B59" s="10" t="s">
-        <v>137</v>
+        <v>128</v>
       </c>
       <c r="C59" s="11">
-        <v>100307</v>
+        <v>100362</v>
       </c>
       <c r="D59" s="10" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="E59" s="29">
         <v>0</v>
       </c>
       <c r="F59" s="12">
-        <v>17.579999999999998</v>
+        <v>39.82</v>
       </c>
       <c r="G59" s="30">
-        <f t="shared" si="0"/>
+        <f t="shared" ref="G59:G79" si="1">E59*(ROUND(F59,2))</f>
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B60" s="10" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="C60" s="11">
-        <v>111054</v>
+        <v>100364</v>
       </c>
       <c r="D60" s="10" t="s">
-        <v>173</v>
+        <v>6</v>
       </c>
       <c r="E60" s="29">
         <v>0</v>
       </c>
       <c r="F60" s="12">
-        <v>19.100000000000001</v>
+        <v>19.559999999999999</v>
       </c>
       <c r="G60" s="30">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B61" s="10" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C61" s="11">
-        <v>100365</v>
+        <v>110473</v>
       </c>
       <c r="D61" s="10" t="s">
-        <v>6</v>
+        <v>91</v>
       </c>
       <c r="E61" s="29">
         <v>0</v>
       </c>
       <c r="F61" s="12">
-        <v>19.600000000000001</v>
+        <v>56.6</v>
       </c>
       <c r="G61" s="30">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B62" s="10" t="s">
-        <v>158</v>
+        <v>185</v>
       </c>
       <c r="C62" s="11">
-        <v>100359</v>
+        <v>100309</v>
       </c>
       <c r="D62" s="10" t="s">
-        <v>6</v>
+        <v>186</v>
       </c>
       <c r="E62" s="29"/>
       <c r="F62" s="12">
-        <v>19.350000000000001</v>
+        <v>30.3</v>
       </c>
       <c r="G62" s="30">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B63" s="10" t="s">
-        <v>132</v>
+        <v>169</v>
       </c>
       <c r="C63" s="11">
-        <v>100362</v>
+        <v>100352</v>
       </c>
       <c r="D63" s="10" t="s">
-        <v>32</v>
+        <v>91</v>
       </c>
       <c r="E63" s="29">
         <v>0</v>
       </c>
       <c r="F63" s="12">
-        <v>41.11</v>
+        <v>19.3</v>
       </c>
       <c r="G63" s="30">
-        <f t="shared" ref="G63:G83" si="1">E63*(ROUND(F63,2))</f>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B64" s="10" t="s">
-        <v>134</v>
+        <v>189</v>
       </c>
       <c r="C64" s="11">
-        <v>100364</v>
+        <v>111052</v>
       </c>
       <c r="D64" s="10" t="s">
-        <v>6</v>
-[...3 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="E64" s="29"/>
       <c r="F64" s="12">
-        <v>20.149999999999999</v>
+        <v>19.18</v>
       </c>
       <c r="G64" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B65" s="10" t="s">
-        <v>139</v>
+        <v>173</v>
       </c>
       <c r="C65" s="11">
-        <v>110473</v>
+        <v>111230</v>
       </c>
       <c r="D65" s="10" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="E65" s="29"/>
       <c r="F65" s="12">
-        <v>55.47</v>
+        <v>26.13</v>
       </c>
       <c r="G65" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B66" s="10" t="s">
-        <v>174</v>
+        <v>136</v>
       </c>
       <c r="C66" s="11">
-        <v>100309</v>
+        <v>111053</v>
       </c>
       <c r="D66" s="10" t="s">
-        <v>6</v>
+        <v>159</v>
       </c>
       <c r="E66" s="29">
         <v>0</v>
       </c>
       <c r="F66" s="12">
-        <v>22.03</v>
+        <v>21.62</v>
       </c>
       <c r="G66" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B67" s="10" t="s">
-        <v>175</v>
+        <v>137</v>
       </c>
       <c r="C67" s="11">
-        <v>100352</v>
+        <v>100313</v>
       </c>
       <c r="D67" s="10" t="s">
-        <v>95</v>
+        <v>6</v>
       </c>
       <c r="E67" s="29">
         <v>0</v>
       </c>
       <c r="F67" s="12">
-        <v>19.84</v>
+        <v>25.29</v>
       </c>
       <c r="G67" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B68" s="10" t="s">
-        <v>181</v>
+        <v>138</v>
       </c>
       <c r="C68" s="11">
-        <v>111230</v>
+        <v>100315</v>
       </c>
       <c r="D68" s="10" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="E68" s="29"/>
+        <v>6</v>
+      </c>
+      <c r="E68" s="29">
+        <v>0</v>
+      </c>
       <c r="F68" s="12">
-        <v>27.06</v>
+        <v>30.14</v>
       </c>
       <c r="G68" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B69" s="10" t="s">
-        <v>140</v>
+        <v>154</v>
       </c>
       <c r="C69" s="11">
-        <v>111053</v>
+        <v>110763</v>
       </c>
       <c r="D69" s="10" t="s">
-        <v>164</v>
+        <v>155</v>
       </c>
       <c r="E69" s="29">
         <v>0</v>
       </c>
       <c r="F69" s="12">
-        <v>19.14</v>
+        <v>24.34</v>
       </c>
       <c r="G69" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B70" s="10" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C70" s="11">
-        <v>100313</v>
+        <v>110724</v>
       </c>
       <c r="D70" s="10" t="s">
-        <v>6</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="E70" s="29"/>
       <c r="F70" s="12">
-        <v>23.81</v>
+        <v>49.87</v>
       </c>
       <c r="G70" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B71" s="10" t="s">
-        <v>142</v>
+        <v>170</v>
       </c>
       <c r="C71" s="11">
-        <v>100315</v>
+        <v>100356</v>
       </c>
       <c r="D71" s="10" t="s">
-        <v>6</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="E71" s="29"/>
       <c r="F71" s="12">
-        <v>30.76</v>
+        <v>28.93</v>
       </c>
       <c r="G71" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B72" s="10" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C72" s="11">
-        <v>110763</v>
+        <v>100357</v>
       </c>
       <c r="D72" s="10" t="s">
-        <v>160</v>
+        <v>114</v>
       </c>
       <c r="E72" s="29">
         <v>0</v>
       </c>
       <c r="F72" s="12">
-        <v>25.35</v>
+        <v>35.590000000000003</v>
       </c>
       <c r="G72" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B73" s="10" t="s">
-        <v>143</v>
+        <v>115</v>
       </c>
       <c r="C73" s="11">
-        <v>110724</v>
+        <v>110721</v>
       </c>
       <c r="D73" s="10" t="s">
-        <v>9</v>
+        <v>116</v>
       </c>
       <c r="E73" s="29"/>
       <c r="F73" s="12">
-        <v>48.55</v>
+        <v>40.83</v>
       </c>
       <c r="G73" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B74" s="10" t="s">
-        <v>176</v>
+        <v>140</v>
       </c>
       <c r="C74" s="11">
-        <v>100356</v>
+        <v>100317</v>
       </c>
       <c r="D74" s="10" t="s">
-        <v>165</v>
+        <v>31</v>
       </c>
       <c r="E74" s="29"/>
       <c r="F74" s="12">
-        <v>35.520000000000003</v>
+        <v>23.06</v>
       </c>
       <c r="G74" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B75" s="10" t="s">
-        <v>161</v>
+        <v>49</v>
       </c>
       <c r="C75" s="11">
-        <v>100357</v>
+        <v>110177</v>
       </c>
       <c r="D75" s="10" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="E75" s="29"/>
       <c r="F75" s="12">
-        <v>39.96</v>
+        <v>25.4</v>
       </c>
       <c r="G75" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B76" s="10" t="s">
-        <v>144</v>
+        <v>187</v>
       </c>
       <c r="C76" s="11">
-        <v>110425</v>
+        <v>110186</v>
       </c>
       <c r="D76" s="10" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="E76" s="29"/>
       <c r="F76" s="12">
-        <v>18.149999999999999</v>
+        <v>27.15</v>
       </c>
       <c r="G76" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="10" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B77" s="10" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="C77" s="11">
-        <v>110721</v>
+        <v>100329</v>
       </c>
       <c r="D77" s="10" t="s">
-        <v>121</v>
+        <v>141</v>
       </c>
       <c r="E77" s="29"/>
       <c r="F77" s="12">
-        <v>43.49</v>
+        <v>21.27</v>
       </c>
       <c r="G77" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="10" t="s">
-        <v>51</v>
+        <v>107</v>
       </c>
       <c r="B78" s="10" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C78" s="11">
-        <v>100317</v>
+        <v>110398</v>
       </c>
       <c r="D78" s="10" t="s">
-        <v>32</v>
+        <v>147</v>
       </c>
       <c r="E78" s="29"/>
       <c r="F78" s="12">
-        <v>28.26</v>
+        <v>23.16</v>
       </c>
       <c r="G78" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="10" t="s">
-        <v>51</v>
+        <v>107</v>
       </c>
       <c r="B79" s="10" t="s">
-        <v>52</v>
+        <v>108</v>
       </c>
       <c r="C79" s="11">
-        <v>110177</v>
+        <v>110400</v>
       </c>
       <c r="D79" s="10" t="s">
-        <v>12</v>
+        <v>109</v>
       </c>
       <c r="E79" s="29"/>
       <c r="F79" s="12">
-        <v>27.7</v>
+        <v>9.6199999999999992</v>
       </c>
       <c r="G79" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="10" t="s">
-        <v>51</v>
+        <v>107</v>
       </c>
       <c r="B80" s="10" t="s">
-        <v>201</v>
+        <v>117</v>
       </c>
       <c r="C80" s="11">
-        <v>110186</v>
+        <v>110401</v>
       </c>
       <c r="D80" s="10" t="s">
-        <v>32</v>
+        <v>109</v>
       </c>
       <c r="E80" s="29"/>
       <c r="F80" s="12">
-        <v>30.83</v>
+        <v>9.5</v>
       </c>
       <c r="G80" s="30">
-        <f t="shared" si="1"/>
-[...96 lines deleted...]
-        <f>SUM(G2:G84)</f>
+        <f t="shared" ref="G80" si="2">E80*(ROUND(F80,2))</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="6:7" x14ac:dyDescent="0.2">
+      <c r="F81" s="19" t="s">
+        <v>69</v>
+      </c>
+      <c r="G81" s="41">
+        <f>SUM(G2:G80)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="1.25" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="98" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Arial,Bold"&amp;14Request for USDA Foods
 Section #2: Brown Box Commodities</oddHeader>
     <oddFooter>&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet4"/>
-  <dimension ref="A1:G31"/>
+  <dimension ref="A1:G29"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="J28" sqref="J28"/>
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="P25" sqref="P25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="38.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="11.7109375" style="2" customWidth="1"/>
     <col min="4" max="4" width="27" style="1" customWidth="1"/>
     <col min="5" max="5" width="13" style="5" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" style="3" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B1" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="B1" s="6" t="s">
+      <c r="C1" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="C1" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1" s="18" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E1" s="16" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="F1" s="17" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="G1" s="9" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="10" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B2" s="10" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="C2" s="11">
         <v>110244</v>
       </c>
       <c r="D2" s="20"/>
       <c r="E2" s="29"/>
       <c r="F2" s="12">
-        <v>1.98</v>
+        <v>2.0299999999999998</v>
       </c>
       <c r="G2" s="30">
         <f>E2*ROUND(F2,2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="10" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B3" s="10" t="s">
-        <v>55</v>
+        <v>161</v>
       </c>
       <c r="C3" s="11">
-        <v>111791</v>
+        <v>100036</v>
       </c>
       <c r="D3" s="20"/>
       <c r="E3" s="29"/>
       <c r="F3" s="12">
-        <v>1.72</v>
+        <v>56.42</v>
       </c>
       <c r="G3" s="30">
         <f>E3*ROUND(F3,2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="10" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B4" s="10" t="s">
-        <v>166</v>
+        <v>52</v>
       </c>
       <c r="C4" s="11">
-        <v>100036</v>
+        <v>110242</v>
       </c>
       <c r="D4" s="20"/>
-      <c r="E4" s="29"/>
+      <c r="E4" s="29">
+        <v>0</v>
+      </c>
       <c r="F4" s="12">
-        <v>63.52</v>
+        <v>1.76</v>
       </c>
       <c r="G4" s="30">
-        <f>E4*ROUND(F4,2)</f>
+        <f t="shared" ref="G4:G28" si="0">E4*ROUND(F4,2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="10" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B5" s="10" t="s">
         <v>195</v>
       </c>
       <c r="C5" s="11">
         <v>110254</v>
       </c>
       <c r="D5" s="20"/>
       <c r="E5" s="29"/>
       <c r="F5" s="12">
-        <v>2.13</v>
+        <v>1.56</v>
       </c>
       <c r="G5" s="30">
-        <f>E5*ROUND(F5,2)</f>
+        <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="10" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="B6" s="10" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="C6" s="11">
-        <v>110242</v>
+        <v>110601</v>
       </c>
       <c r="D6" s="20"/>
-      <c r="E6" s="29">
-[...1 lines deleted...]
-      </c>
+      <c r="E6" s="29"/>
       <c r="F6" s="12">
-        <v>2.15</v>
+        <v>2.0699999999999998</v>
       </c>
       <c r="G6" s="30">
-        <f t="shared" ref="G6:G30" si="0">E6*ROUND(F6,2)</f>
+        <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="10" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="B7" s="10" t="s">
-        <v>188</v>
+        <v>54</v>
       </c>
       <c r="C7" s="11">
-        <v>110253</v>
+        <v>100418</v>
       </c>
       <c r="D7" s="20"/>
-      <c r="E7" s="29"/>
+      <c r="E7" s="29">
+        <v>0</v>
+      </c>
       <c r="F7" s="12">
-        <v>2.2400000000000002</v>
+        <v>0.25</v>
       </c>
       <c r="G7" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B8" s="10" t="s">
-        <v>57</v>
+        <v>179</v>
       </c>
       <c r="C8" s="11">
-        <v>110601</v>
+        <v>100420</v>
       </c>
       <c r="D8" s="20"/>
       <c r="E8" s="29"/>
       <c r="F8" s="12">
-        <v>1.67</v>
+        <v>0.28000000000000003</v>
       </c>
       <c r="G8" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="10" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B9" s="10" t="s">
-        <v>58</v>
+        <v>112</v>
       </c>
       <c r="C9" s="11">
-        <v>100418</v>
+        <v>100912</v>
       </c>
       <c r="D9" s="20"/>
       <c r="E9" s="29">
         <v>0</v>
       </c>
       <c r="F9" s="12">
-        <v>0.27</v>
+        <v>0.26</v>
       </c>
       <c r="G9" s="30">
-        <f t="shared" si="0"/>
+        <f t="shared" ref="G9:G13" si="1">E9*ROUND(F9,2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="10" t="s">
-        <v>30</v>
+        <v>110</v>
       </c>
       <c r="B10" s="10" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="C10" s="11">
-        <v>100420</v>
+        <v>100229</v>
       </c>
       <c r="D10" s="20"/>
       <c r="E10" s="29"/>
       <c r="F10" s="12">
-        <v>0.28000000000000003</v>
+        <v>84.59</v>
       </c>
       <c r="G10" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="10" t="s">
-        <v>30</v>
+        <v>110</v>
       </c>
       <c r="B11" s="10" t="s">
-        <v>117</v>
+        <v>181</v>
       </c>
       <c r="C11" s="11">
-        <v>100912</v>
+        <v>100212</v>
       </c>
       <c r="D11" s="20"/>
-      <c r="E11" s="29">
-[...1 lines deleted...]
-      </c>
+      <c r="E11" s="29"/>
       <c r="F11" s="12">
-        <v>0.27</v>
+        <v>43.49</v>
       </c>
       <c r="G11" s="30">
-        <f t="shared" ref="G11:G15" si="1">E11*ROUND(F11,2)</f>
+        <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="10" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B12" s="10" t="s">
-        <v>193</v>
+        <v>172</v>
       </c>
       <c r="C12" s="11">
-        <v>100229</v>
+        <v>100225</v>
       </c>
       <c r="D12" s="20"/>
       <c r="E12" s="29"/>
       <c r="F12" s="12">
-        <v>76</v>
+        <v>34.47</v>
       </c>
       <c r="G12" s="30">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="10" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B13" s="10" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="C13" s="11">
-        <v>100212</v>
+        <v>100220</v>
       </c>
       <c r="D13" s="20"/>
       <c r="E13" s="29"/>
       <c r="F13" s="12">
-        <v>44.64</v>
+        <v>44.73</v>
       </c>
       <c r="G13" s="30">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="10" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B14" s="10" t="s">
-        <v>180</v>
+        <v>111</v>
       </c>
       <c r="C14" s="11">
-        <v>100225</v>
+        <v>110149</v>
       </c>
       <c r="D14" s="20"/>
       <c r="E14" s="29"/>
       <c r="F14" s="12">
-        <v>50.47</v>
+        <v>0.32</v>
       </c>
       <c r="G14" s="30">
-        <f t="shared" si="1"/>
+        <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="10" t="s">
-        <v>115</v>
+        <v>37</v>
       </c>
       <c r="B15" s="10" t="s">
-        <v>179</v>
+        <v>4</v>
       </c>
       <c r="C15" s="11">
-        <v>100220</v>
+        <v>100156</v>
       </c>
       <c r="D15" s="20"/>
       <c r="E15" s="29"/>
       <c r="F15" s="12">
-        <v>45.68</v>
+        <v>4.74</v>
       </c>
       <c r="G15" s="30">
-        <f t="shared" si="1"/>
+        <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="10" t="s">
-        <v>115</v>
+        <v>37</v>
       </c>
       <c r="B16" s="10" t="s">
-        <v>116</v>
+        <v>55</v>
       </c>
       <c r="C16" s="11">
-        <v>110149</v>
+        <v>100154</v>
       </c>
       <c r="D16" s="20"/>
-      <c r="E16" s="29"/>
+      <c r="E16" s="29">
+        <v>0</v>
+      </c>
       <c r="F16" s="12">
-        <v>0.37</v>
+        <v>4.34</v>
       </c>
       <c r="G16" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B17" s="10" t="s">
-        <v>4</v>
+        <v>56</v>
       </c>
       <c r="C17" s="11">
-        <v>100156</v>
+        <v>100193</v>
       </c>
       <c r="D17" s="20"/>
-      <c r="E17" s="29"/>
+      <c r="E17" s="29">
+        <v>0</v>
+      </c>
       <c r="F17" s="12">
-        <v>4.41</v>
+        <v>1.33</v>
       </c>
       <c r="G17" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="10" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="B18" s="10" t="s">
-        <v>59</v>
+        <v>2</v>
       </c>
       <c r="C18" s="11">
-        <v>100154</v>
+        <v>110227</v>
       </c>
       <c r="D18" s="20"/>
       <c r="E18" s="29">
         <v>0</v>
       </c>
       <c r="F18" s="12">
-        <v>3.73</v>
+        <v>0.12</v>
       </c>
       <c r="G18" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="10" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="B19" s="10" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="C19" s="11">
-        <v>100193</v>
+        <v>100506</v>
       </c>
       <c r="D19" s="20"/>
       <c r="E19" s="29">
         <v>0</v>
       </c>
       <c r="F19" s="12">
-        <v>1.42</v>
+        <v>0.18</v>
       </c>
       <c r="G19" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="10" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B20" s="10" t="s">
-        <v>2</v>
+        <v>58</v>
       </c>
       <c r="C20" s="11">
-        <v>110227</v>
+        <v>100980</v>
       </c>
       <c r="D20" s="20"/>
       <c r="E20" s="29">
         <v>0</v>
       </c>
       <c r="F20" s="12">
-        <v>0.12</v>
+        <v>0.18</v>
       </c>
       <c r="G20" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="10" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B21" s="10" t="s">
-        <v>61</v>
+        <v>113</v>
       </c>
       <c r="C21" s="11">
-        <v>100506</v>
+        <v>110700</v>
       </c>
       <c r="D21" s="20"/>
-      <c r="E21" s="29">
-[...1 lines deleted...]
-      </c>
+      <c r="E21" s="29"/>
       <c r="F21" s="12">
-        <v>0.17</v>
+        <v>0.52</v>
       </c>
       <c r="G21" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="10" t="s">
         <v>44</v>
       </c>
       <c r="B22" s="10" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C22" s="11">
-        <v>100980</v>
+        <v>100103</v>
       </c>
       <c r="D22" s="20"/>
-      <c r="E22" s="29">
-[...1 lines deleted...]
-      </c>
+      <c r="E22" s="29"/>
       <c r="F22" s="12">
-        <v>0.18</v>
+        <v>1.6</v>
       </c>
       <c r="G22" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="10" t="s">
         <v>44</v>
       </c>
       <c r="B23" s="10" t="s">
-        <v>118</v>
+        <v>60</v>
       </c>
       <c r="C23" s="11">
-        <v>110700</v>
+        <v>100113</v>
       </c>
       <c r="D23" s="20"/>
       <c r="E23" s="29"/>
       <c r="F23" s="12">
-        <v>0.63</v>
+        <v>0.66</v>
       </c>
       <c r="G23" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="10" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B24" s="10" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C24" s="11">
-        <v>100103</v>
+        <v>100047</v>
       </c>
       <c r="D24" s="20"/>
-      <c r="E24" s="29"/>
+      <c r="E24" s="29">
+        <v>0</v>
+      </c>
       <c r="F24" s="12">
-        <v>1.53</v>
+        <v>1.25</v>
       </c>
       <c r="G24" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="10" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B25" s="10" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C25" s="11">
-        <v>100113</v>
+        <v>100124</v>
       </c>
       <c r="D25" s="20"/>
-      <c r="E25" s="29"/>
+      <c r="E25" s="29">
+        <v>0</v>
+      </c>
       <c r="F25" s="12">
-        <v>0.69</v>
+        <v>1.83</v>
       </c>
       <c r="G25" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="10" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B26" s="10" t="s">
-        <v>65</v>
+        <v>180</v>
       </c>
       <c r="C26" s="11">
-        <v>100047</v>
+        <v>100883</v>
       </c>
       <c r="D26" s="20"/>
-      <c r="E26" s="29">
-[...1 lines deleted...]
-      </c>
+      <c r="E26" s="29"/>
       <c r="F26" s="12">
-        <v>1.49</v>
+        <v>3.65</v>
       </c>
       <c r="G26" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="10" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B27" s="10" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C27" s="11">
-        <v>100124</v>
+        <v>100332</v>
       </c>
       <c r="D27" s="20"/>
-      <c r="E27" s="29">
-[...1 lines deleted...]
-      </c>
+      <c r="E27" s="29"/>
       <c r="F27" s="12">
-        <v>1.73</v>
+        <v>0.61</v>
       </c>
       <c r="G27" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="10" t="s">
-        <v>46</v>
+        <v>142</v>
       </c>
       <c r="B28" s="10" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="C28" s="11">
-        <v>100883</v>
+        <v>100360</v>
       </c>
       <c r="D28" s="20"/>
       <c r="E28" s="29"/>
       <c r="F28" s="12">
-        <v>2.2000000000000002</v>
+        <v>18.440000000000001</v>
       </c>
       <c r="G28" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="10" t="s">
-[...53 lines deleted...]
-        <f>SUM(G2:G29)</f>
+      <c r="A29" s="13"/>
+      <c r="B29" s="13"/>
+      <c r="C29" s="14"/>
+      <c r="D29" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E29" s="39">
+        <f>SUM(E2:E27)</f>
+        <v>0</v>
+      </c>
+      <c r="F29" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="G29" s="40">
+        <f>SUM(G2:G27)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.35" right="0.35" top="1.25" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Arial,Bold"&amp;14Request for USDA Foods
 Section #3: Processing Commodities</oddHeader>
     <oddFooter>&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>