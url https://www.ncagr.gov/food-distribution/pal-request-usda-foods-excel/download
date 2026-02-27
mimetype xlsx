--- v1 (2026-02-07)
+++ v2 (2026-02-27)
@@ -4,58 +4,58 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Web Pages\WebSiteProject2023NewSiteContent\Media\PAL\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C977CBF1-A8F4-4F81-A0C9-91C5A50E0BB6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{9E793BF3-4BE5-4BC9-9426-51086DFC58EE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookPassword="D985" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="7" r:id="rId1"/>
     <sheet name="Summary" sheetId="8" r:id="rId2"/>
     <sheet name="Brown Box" sheetId="6" r:id="rId3"/>
     <sheet name="Processing" sheetId="5" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Brown Box'!$A$1:$G$81</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Brown Box'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <customWorkbookViews>
     <customWorkbookView name="Computer User - Personal View" guid="{B5D55900-D1B9-11D4-B095-444553540000}" mergeInterval="0" personalView="1" maximized="1" windowWidth="979" windowHeight="571" activeSheetId="2" showComments="commIndAndComment"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
@@ -779,53 +779,56 @@
   </si>
   <si>
     <t xml:space="preserve">12/2 Lb bag </t>
   </si>
   <si>
     <t xml:space="preserve">Juice </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Beef 100% PTTY </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Raw </t>
     </r>
   </si>
   <si>
     <t>Cherries dried (Price per case)</t>
   </si>
   <si>
+    <t xml:space="preserve">Cheese Natural American </t>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve">
-INSTRUCTIONS FOR 2025-2026 PAL:
+INSTRUCTIONS FOR 2026-2027 PAL:
 This form is intended for use as a worksheet and guideline to assist in entering requests into NC-ECOS.
 Instructions for Using PAL (Excel Version):
   </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 1. Click on each tab and fill-in only the cells with a green background color.
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">   </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
@@ -1002,53 +1005,50 @@
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Instruction for Using PAL (Printed Version):
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">   1. In Section #1: Calculate your "Net Entitlement" (use figures from NC-ECOS "View Entitlement" screen)
    2. In Section #2: Write the number of "Cases Requested" by each commodity 
               and multiply by the "Case Value" and enter the result in the "Total" column.
    3. Enter the grand total from Section #2 in item "E" (Planned Brown Box) of Section #1.
    4. In Section #3: Write the number of "Pounds Requested" by each commodity 
               and multiply by the "Price per Pound" and enter the result in the "Total" column.
    5. Enter the grand total from Section #3 in item "F" (Planned Processing) of Section #1.
    6. Calculate your "Remaining Entitlement" (item "G") by subtracting items "E" (Planned Brown Box) 
               and "F" (Planned Processing) from item "D" (Net Entitlement).</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Cheese Natural American </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
@@ -1667,51 +1667,51 @@
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="182.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="33.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.28515625" style="2" customWidth="1"/>
     <col min="4" max="4" width="15" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" style="4" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" style="3" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="370.5" x14ac:dyDescent="0.2">
       <c r="A1" s="33" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A2" s="33"/>
     </row>
     <row r="3" spans="1:7" s="34" customFormat="1" ht="99.75" x14ac:dyDescent="0.2">
       <c r="A3" s="33" t="s">
         <v>79</v>
       </c>
       <c r="C3" s="35"/>
       <c r="E3" s="36"/>
       <c r="F3" s="37"/>
       <c r="G3" s="38"/>
     </row>
     <row r="4" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="21"/>
     </row>
     <row r="5" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="21"/>
     </row>
     <row r="6" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="21"/>
     </row>
     <row r="7" spans="1:7" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="21"/>
@@ -3816,51 +3816,51 @@
         <v>18</v>
       </c>
       <c r="B4" s="10" t="s">
         <v>52</v>
       </c>
       <c r="C4" s="11">
         <v>110242</v>
       </c>
       <c r="D4" s="20"/>
       <c r="E4" s="29">
         <v>0</v>
       </c>
       <c r="F4" s="12">
         <v>1.76</v>
       </c>
       <c r="G4" s="30">
         <f t="shared" ref="G4:G28" si="0">E4*ROUND(F4,2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="10" t="s">
         <v>18</v>
       </c>
       <c r="B5" s="10" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C5" s="11">
         <v>110254</v>
       </c>
       <c r="D5" s="20"/>
       <c r="E5" s="29"/>
       <c r="F5" s="12">
         <v>1.56</v>
       </c>
       <c r="G5" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="10" t="s">
         <v>27</v>
       </c>
       <c r="B6" s="10" t="s">
         <v>53</v>
       </c>
       <c r="C6" s="11">
         <v>110601</v>
       </c>
       <c r="D6" s="20"/>