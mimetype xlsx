--- v0 (2025-10-05)
+++ v1 (2025-11-05)
@@ -21,185 +21,195 @@
 	<Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 	<Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="15" windowWidth="18960" windowHeight="11325"/>
   </bookViews>
   <sheets>
     <sheet name="Table 1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <si>
     <r>
       <rPr>
+        <sz val="8.0"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Revised 10-17-2025</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
         <b/>
         <sz val="14.0"/>
         <color rgb="FF758B47"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">ACXION</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Bella Sheprow</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">704-681-4945</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
-        <color rgb="FF0462C1"/>
+        <color rgb="FF0562C1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">bella.sheprow@acxion.com</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Reilly Kirkpatrick</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">402-320-6792</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
-        <color rgb="FF0462C1"/>
+        <color rgb="FF0562C1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">reilly.kirkpatrick@acxion.com</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Stevey Cooney</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">267-254-8120</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
-        <color rgb="FF0462C1"/>
+        <color rgb="FF0562C1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">steve.cooney@acxion.com</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">D'Lorah Campos</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">260-409-7879</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
-        <color rgb="FF0462C1"/>
+        <color rgb="FF0562C1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">dlorah.campos@acxion.com</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14.0"/>
         <color rgb="FF758B47"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">REPRESENTATION LIST</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
@@ -225,357 +235,291 @@
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Trident Seafoods</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14.0"/>
         <color rgb="FF758B47"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">AFFINITY GROUP SOUTHEAST</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Kevin Ros</t>
-[...10 lines deleted...]
-      <t xml:space="preserve">803-603-7043</t>
+      <t xml:space="preserve">Catherine Batusic</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11.0"/>
+        <color rgb="FF404040"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">773-547-3305</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF0462C1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">kevin.ros@affinitysales.com</t>
-[...21 lines deleted...]
-      <t xml:space="preserve">504-701-5578</t>
+      <t xml:space="preserve">catherine.batusic@affinitysales.com</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11.0"/>
+        <color rgb="FF404040"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Angie Zachary</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11.0"/>
+        <color rgb="FF404040"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">910-915-3506</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF0462C1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">chad.hudson@affinitysales.com</t>
-[...65 lines deleted...]
-      <t xml:space="preserve">catherine.batusic@affinitysales.com</t>
+      <t xml:space="preserve">angie.zachary@affinitysales.com</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Albie's Foods
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Basic American Foods Buena Vista Cavendish
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">ES Foods
+      <t xml:space="preserve">Del Real Foods ES Foods
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Hormel (dba Jennie-O) Rich Products
+      <t xml:space="preserve">Hormel (dba Jennie-O) ProView
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Tasty Brands</t>
+      <t xml:space="preserve">Rich Products Tasty Brands</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14.0"/>
         <color rgb="FF758B47"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">B&amp;A FOOD SALES</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Thom Harrison</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">843-534-7298</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
-        <color rgb="FF0562C1"/>
+        <color rgb="FF0462C1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">tharrison@brokeroftheyear.com</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Emily Williams</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">941-228-7847</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
-        <color rgb="FF0562C1"/>
+        <color rgb="FF0462C1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">ewilliams@brokeroftheyear.com</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Trinity Frozen Foods Maidrite</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14.0"/>
         <color rgb="FF758B47"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">COHEN FOOD BROKERAGE</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Melissa Rogers</t>
+      <t xml:space="preserve">Melissa Payne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">803-727-3398</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF0462C1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Melissa_rogers@cohenfoods.com</t>
+      <t xml:space="preserve">Melissa_payne@cohenfoods.com</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Christy Rogers</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">704-650-4328</t>
     </r>
   </si>
   <si>
@@ -608,93 +552,159 @@
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">386-569-9412</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF0462C1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">M_Highfill@cohenfoods.com</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Bake Crafters Don Lee Farms Foster Farms Nardone Brothers
+      <t xml:space="preserve">Alpha Foods Company Bake Crafters
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Nicks Famous Bar-B-Q
+      <t xml:space="preserve">Don Lee Farms Foster Farms Nardone Brothers
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Yang's 5th Taste (formerly Ling's)</t>
+      <t xml:space="preserve">Nicks Famous Bar-B-Q Yangs (formerly Ling's)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14.0"/>
         <color rgb="FF758B47"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">CORE FOODSERVICE</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
+      <t xml:space="preserve">Katie Willard</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11.0"/>
+        <color rgb="FF404040"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">336-682-5311</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11.0"/>
+        <color rgb="FF0462C1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">kwillard@corefoodservice.com</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11.0"/>
+        <color rgb="FF404040"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Susan Bond</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11.0"/>
+        <color rgb="FF404040"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">732-685-1658</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11.0"/>
+        <color rgb="FF0462C1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">sbond3@corefoodservice.com</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11.0"/>
+        <color rgb="FF404040"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
       <t xml:space="preserve">Candi Jackson</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">863-698-9822</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF0462C1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">cjackson@corefoodservice.com</t>
     </r>
   </si>
@@ -1001,51 +1011,51 @@
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">919-812-1268</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF0462C1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">aellington@gilbertfoods.com</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Bongards Brookwood Farms Chef's Corner Integrated Foods
+      <t xml:space="preserve">Bongards Brookwood Farms Cherry Central Chef's Corner Integrated Foods
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">S.A. Piazza</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14.0"/>
         <color rgb="FF758B47"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">HOUSE OF RAEFORD</t>
     </r>
   </si>
   <si>
@@ -1067,83 +1077,50 @@
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">912-222-4090</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF0462C1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Karen.Duke@houseofraeford.com</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Robin Chriscoe</t>
-[...31 lines deleted...]
-      </rPr>
       <t xml:space="preserve">Direct Representation</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14.0"/>
         <color rgb="FF758B47"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">NATIONAL FOOD GROUP</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Andrea Berczel</t>
     </r>
@@ -1246,62 +1223,139 @@
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">rlund@petersonfarmsinc.com</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14.0"/>
         <color rgb="FF758B47"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">SCHWANS</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Jim Stahl</t>
+      <t xml:space="preserve">Mike Peggs</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11.0"/>
+        <color rgb="FF404040"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">540-553-1170</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF0462C1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">jim.stahl@schwans.com</t>
+      <t xml:space="preserve">michael.peggs@chwans.com</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11.0"/>
+        <color rgb="FF404040"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Lisa York</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11.0"/>
+        <color rgb="FF404040"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">704-516-0901</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11.0"/>
+        <color rgb="FF0462C1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">lisa.york@schwans.com</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11.0"/>
+        <color rgb="FF404040"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Brenda Dirckx</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11.0"/>
+        <color rgb="FF404040"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">507-537-8555</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11.0"/>
+        <color rgb="FF0462C1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">brenda.dirckx@schwans.com</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14.0"/>
         <color rgb="FF758B47"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">STILLWATER PROVISIONS</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Eric Longshore</t>
     </r>
   </si>
@@ -1313,170 +1367,88 @@
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">803-465-6457</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF0462C1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">eric@stillwaterprovisions.com</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Ashley Shakallis</t>
-[...31 lines deleted...]
-      </rPr>
       <t xml:space="preserve">Channel Fish Processing Kraft Heinz
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11.0"/>
         <color rgb="FF404040"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Tabatchnick Fine Foods</t>
-[...44 lines deleted...]
-      <t xml:space="preserve">Michael.Garcia@tyson.com</t>
+      <t xml:space="preserve">Rich Chicks Tabatchnick Fine Foods</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
+  <numFmts/>
   <fonts count="4">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <charset val="204"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
-    </font>
-[...4 lines deleted...]
-      <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE6ECD6"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
@@ -1573,192 +1545,192 @@
         <color rgb="FF7E7E7E"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF7E7E7E"/>
       </right>
       <top style="thin">
         <color rgb="FF7E7E7E"/>
       </top>
       <bottom style="thin">
         <color rgb="FF7E7E7E"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="49">
     <xf numFmtId="0" fillId="0" borderId="0" fontId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fillId="2" borderId="0" fontId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fillId="2" borderId="0" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="1" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fillId="2" borderId="0" fontId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="1" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="1" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="2" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="2" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="3" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="3" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="4" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="4" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="1" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="2" borderId="0" fontId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fillId="3" borderId="1" fontId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="2" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="2" fontId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="4" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="4" fontId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="3" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="3" fontId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fillId="2" borderId="0" fontId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="5" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="5" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="1" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="6" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="6" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="1" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="7" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="7" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="1" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="8" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="8" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="1" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fillId="3" borderId="1" fontId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fillId="3" borderId="2" fontId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fillId="3" borderId="3" fontId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fillId="3" borderId="4" fontId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="1" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="1" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="1" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="2" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="2" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="1" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="3" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="3" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="1" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="4" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="4" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="1" wrapText="1"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="left" vertical="top" indent="6" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fillId="3" borderId="1" fontId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fillId="3" borderId="2" fontId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fillId="3" borderId="4" fontId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fillId="3" borderId="3" fontId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="1" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="1" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="6" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fillId="3" borderId="2" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="6" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fillId="3" borderId="3" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="6" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fillId="3" borderId="4" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="6" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fillId="3" borderId="1" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="2" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="2" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="2" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="2" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="3" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="3" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="2" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="4" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="4" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="2" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="1" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="1" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="4" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="2" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="2" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="4" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="3" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="3" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="4" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="4" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="4" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="4" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="1" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="1" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="5" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="2" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="2" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="5" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="3" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="3" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="5" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="4" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="4" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="5" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="1" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="1" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="3" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="2" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="2" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="3" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="3" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="3" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="3" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fillId="3" borderId="4" fontId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fillId="3" borderId="4" fontId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="3" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2015,3311 +1987,3077 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bella.sheprow@acxion.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reilly.kirkpatrick@acxion.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steve.cooney@acxion.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dlorah.campos@acxion.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kevin.ros@affinitysales.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chad.hudson@affinitysales.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rick.miller@affinitysales.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catherine.batusic@affinitysales.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tharrison@brokeroftheyear.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ewilliams@brokeroftheyear.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Melissa_rogers@cohenfoods.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Christy_rogers@cohenfoods.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:M_Highfill@cohenfoods.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cjackson@corefoodservice.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kbird@corefoodservice.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ckerby@fse.us.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gfrey@fse.us.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bshay@gilbertfoods.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lhecht@gilbertfoods.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kjohnson@gilbertfoods.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aellington@gilbertfoods.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Karen.Duke@houseofraeford.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Robin.Chriscoe@houseofraeford.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aberczel@nationalfoodgroup.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mclark@nationalfoodgroup.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rlund@petersonfarmsinc.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.stahl@schwans.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eric@stillwaterprovisions.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ashley@stillwaterprovisions.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Michael.Garcia@tyson.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bella.sheprow@acxion.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reilly.kirkpatrick@acxion.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steve.cooney@acxion.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dlorah.campos@acxion.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catherine.batusic@affinitysales.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angie.zachary@affinitysales.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tharrison@brokeroftheyear.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ewilliams@brokeroftheyear.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Melissa_payne@cohenfoods.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Christy_rogers@cohenfoods.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:M_Highfill@cohenfoods.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kwillard@corefoodservice.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbond3@corefoodservice.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cjackson@corefoodservice.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kbird@corefoodservice.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ckerby@fse.us.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gfrey@fse.us.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bshay@gilbertfoods.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lhecht@gilbertfoods.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kjohnson@gilbertfoods.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aellington@gilbertfoods.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Karen.Duke@houseofraeford.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aberczel@nationalfoodgroup.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mclark@nationalfoodgroup.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rlund@petersonfarmsinc.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.peggs@chwans.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisa.york@schwans.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brenda.dirckx@schwans.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eric@stillwaterprovisions.com" TargetMode="External"/></Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:N182"/>
+  <dimension ref="A1:N168"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" customWidth="1" width="2.222222"/>
     <col min="2" max="2" customWidth="1" width="34.888889"/>
     <col min="3" max="3" customWidth="1" width="4.666667"/>
     <col min="4" max="4" customWidth="1" width="2.222222"/>
     <col min="5" max="5" customWidth="1" width="3.333333"/>
     <col min="6" max="6" customWidth="1" width="2.222222"/>
     <col min="7" max="7" customWidth="1" width="29.111111"/>
     <col min="8" max="8" customWidth="1" width="5.777778"/>
     <col min="9" max="9" customWidth="1" width="1.111111"/>
     <col min="10" max="10" customWidth="1" width="2.222222"/>
     <col min="11" max="11" customWidth="1" width="15.111111"/>
     <col min="12" max="12" customWidth="1" width="26.666667"/>
     <col min="13" max="13" customWidth="1" width="4.666667"/>
     <col min="14" max="14" customWidth="1" width="4.666667"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="36.50" customHeight="1">
-      <c r="A1" s="1"/>
+    <row r="1" spans="1:14" ht="90.50" customHeight="1">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
-      <c r="N1" s="0"/>
+      <c r="N1" s="1"/>
     </row>
     <row r="2" spans="1:14" ht="21.00" customHeight="1">
       <c r="A2" s="2"/>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="4" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="I2" s="5"/>
       <c r="J2" s="6"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
-      <c r="N2" s="0"/>
-[...15 lines deleted...]
-      <c r="N3" s="0"/>
+      <c r="N2" s="2"/>
+    </row>
+    <row r="3" spans="1:14" ht="31.75" customHeight="1">
+      <c r="A3" s="7"/>
+      <c r="B3" s="7"/>
+      <c r="C3" s="7"/>
+      <c r="D3" s="7"/>
+      <c r="E3" s="7"/>
+      <c r="F3" s="7"/>
+      <c r="G3" s="7"/>
+      <c r="H3" s="7"/>
+      <c r="I3" s="7"/>
+      <c r="J3" s="7"/>
+      <c r="K3" s="7"/>
+      <c r="L3" s="7"/>
+      <c r="M3" s="7"/>
+      <c r="N3" s="7"/>
     </row>
     <row r="4" spans="1:14" ht="16.50" customHeight="1">
       <c r="A4" s="2"/>
-      <c r="B4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="9"/>
+      <c r="B4" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="10"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
-      <c r="F4" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G4" s="9"/>
+      <c r="F4" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="G4" s="10"/>
       <c r="H4" s="2"/>
-      <c r="I4" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L4" s="9"/>
+      <c r="I4" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="J4" s="11"/>
+      <c r="K4" s="11"/>
+      <c r="L4" s="10"/>
       <c r="M4" s="2"/>
-      <c r="N4" s="0"/>
-[...15 lines deleted...]
-      <c r="N5" s="0"/>
+      <c r="N4" s="2"/>
+    </row>
+    <row r="5" spans="1:14" ht="47.00" customHeight="1">
+      <c r="A5" s="7"/>
+      <c r="B5" s="7"/>
+      <c r="C5" s="7"/>
+      <c r="D5" s="7"/>
+      <c r="E5" s="7"/>
+      <c r="F5" s="7"/>
+      <c r="G5" s="7"/>
+      <c r="H5" s="7"/>
+      <c r="I5" s="7"/>
+      <c r="J5" s="7"/>
+      <c r="K5" s="7"/>
+      <c r="L5" s="7"/>
+      <c r="M5" s="7"/>
+      <c r="N5" s="7"/>
     </row>
     <row r="6" spans="1:14" ht="16.50" customHeight="1">
       <c r="A6" s="2"/>
-      <c r="B6" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="9"/>
+      <c r="B6" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="10"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
-      <c r="F6" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G6" s="9"/>
+      <c r="F6" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="G6" s="10"/>
       <c r="H6" s="2"/>
-      <c r="I6" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L6" s="9"/>
+      <c r="I6" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="J6" s="11"/>
+      <c r="K6" s="11"/>
+      <c r="L6" s="10"/>
       <c r="M6" s="2"/>
-      <c r="N6" s="0"/>
-[...15 lines deleted...]
-      <c r="N7" s="0"/>
+      <c r="N6" s="2"/>
+    </row>
+    <row r="7" spans="1:14" ht="38.00" customHeight="1">
+      <c r="A7" s="7"/>
+      <c r="B7" s="7"/>
+      <c r="C7" s="7"/>
+      <c r="D7" s="7"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="7"/>
+      <c r="G7" s="7"/>
+      <c r="H7" s="7"/>
+      <c r="I7" s="7"/>
+      <c r="J7" s="7"/>
+      <c r="K7" s="7"/>
+      <c r="L7" s="7"/>
+      <c r="M7" s="7"/>
+      <c r="N7" s="7"/>
     </row>
     <row r="8" spans="1:14" ht="16.50" customHeight="1">
       <c r="A8" s="2"/>
-      <c r="B8" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="9"/>
+      <c r="B8" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="C8" s="10"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
-      <c r="F8" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G8" s="9"/>
+      <c r="F8" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="G8" s="10"/>
       <c r="H8" s="2"/>
-      <c r="I8" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L8" s="9"/>
+      <c r="I8" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="J8" s="11"/>
+      <c r="K8" s="11"/>
+      <c r="L8" s="10"/>
       <c r="M8" s="2"/>
-      <c r="N8" s="0"/>
-[...15 lines deleted...]
-      <c r="N9" s="0"/>
+      <c r="N8" s="2"/>
+    </row>
+    <row r="9" spans="1:14" ht="50.00" customHeight="1">
+      <c r="A9" s="12"/>
+      <c r="B9" s="12"/>
+      <c r="C9" s="12"/>
+      <c r="D9" s="12"/>
+      <c r="E9" s="12"/>
+      <c r="F9" s="12"/>
+      <c r="G9" s="12"/>
+      <c r="H9" s="12"/>
+      <c r="I9" s="12"/>
+      <c r="J9" s="12"/>
+      <c r="K9" s="12"/>
+      <c r="L9" s="12"/>
+      <c r="M9" s="12"/>
+      <c r="N9" s="12"/>
     </row>
     <row r="10" spans="1:14" ht="16.50" customHeight="1">
       <c r="A10" s="2"/>
-      <c r="B10" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="9"/>
+      <c r="B10" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="C10" s="10"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
-      <c r="F10" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G10" s="9"/>
+      <c r="F10" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" s="10"/>
       <c r="H10" s="2"/>
-      <c r="I10" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L10" s="9"/>
+      <c r="I10" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="J10" s="11"/>
+      <c r="K10" s="11"/>
+      <c r="L10" s="10"/>
       <c r="M10" s="2"/>
-      <c r="N10" s="0"/>
-[...15 lines deleted...]
-      <c r="N11" s="0"/>
+      <c r="N10" s="2"/>
+    </row>
+    <row r="11" spans="1:14" ht="62.00" customHeight="1">
+      <c r="A11" s="12"/>
+      <c r="B11" s="12"/>
+      <c r="C11" s="12"/>
+      <c r="D11" s="12"/>
+      <c r="E11" s="12"/>
+      <c r="F11" s="12"/>
+      <c r="G11" s="12"/>
+      <c r="H11" s="12"/>
+      <c r="I11" s="12"/>
+      <c r="J11" s="12"/>
+      <c r="K11" s="12"/>
+      <c r="L11" s="12"/>
+      <c r="M11" s="12"/>
+      <c r="N11" s="12"/>
     </row>
     <row r="12" spans="1:14" ht="21.00" customHeight="1">
       <c r="A12" s="2"/>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
-      <c r="G12" s="13" t="s">
-[...3 lines deleted...]
-      <c r="I12" s="15"/>
+      <c r="G12" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" s="15"/>
+      <c r="I12" s="16"/>
       <c r="J12" s="2"/>
       <c r="K12" s="2"/>
       <c r="L12" s="2"/>
       <c r="M12" s="2"/>
-      <c r="N12" s="0"/>
-[...15 lines deleted...]
-      <c r="N13" s="0"/>
+      <c r="N12" s="2"/>
+    </row>
+    <row r="13" spans="1:14" ht="26.00" customHeight="1">
+      <c r="A13" s="7"/>
+      <c r="B13" s="7"/>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="7"/>
+      <c r="F13" s="7"/>
+      <c r="G13" s="7"/>
+      <c r="H13" s="7"/>
+      <c r="I13" s="7"/>
+      <c r="J13" s="7"/>
+      <c r="K13" s="7"/>
+      <c r="L13" s="7"/>
+      <c r="M13" s="7"/>
+      <c r="N13" s="7"/>
     </row>
     <row r="14" spans="1:14" ht="142.25" customHeight="1">
-      <c r="A14" s="11"/>
-[...14 lines deleted...]
-      <c r="N14" s="0"/>
+      <c r="A14" s="12"/>
+      <c r="B14" s="12"/>
+      <c r="C14" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="19"/>
+      <c r="E14" s="19"/>
+      <c r="F14" s="19"/>
+      <c r="G14" s="19"/>
+      <c r="H14" s="19"/>
+      <c r="I14" s="19"/>
+      <c r="J14" s="19"/>
+      <c r="K14" s="20"/>
+      <c r="L14" s="12"/>
+      <c r="M14" s="12"/>
+      <c r="N14" s="12"/>
     </row>
     <row r="15" spans="1:14" ht="36.50" customHeight="1">
-      <c r="A15" s="1"/>
-[...11 lines deleted...]
-      <c r="M15" s="1"/>
+      <c r="A15" s="7"/>
+      <c r="B15" s="7"/>
+      <c r="C15" s="7"/>
+      <c r="D15" s="7"/>
+      <c r="E15" s="7"/>
+      <c r="F15" s="7"/>
+      <c r="G15" s="7"/>
+      <c r="H15" s="7"/>
+      <c r="I15" s="7"/>
+      <c r="J15" s="7"/>
+      <c r="K15" s="7"/>
+      <c r="L15" s="7"/>
+      <c r="M15" s="7"/>
       <c r="N15" s="0"/>
     </row>
     <row r="16" spans="1:14" ht="21.00" customHeight="1">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
-      <c r="E16" s="21" t="s">
-[...6 lines deleted...]
-      <c r="J16" s="23"/>
+      <c r="E16" s="22" t="s">
+        <v>16</v>
+      </c>
+      <c r="F16" s="23"/>
+      <c r="G16" s="23"/>
+      <c r="H16" s="23"/>
+      <c r="I16" s="23"/>
+      <c r="J16" s="24"/>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16" s="0"/>
     </row>
-    <row r="17" spans="1:14" ht="32.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M17" s="1"/>
+    <row r="17" spans="1:14" ht="31.75" customHeight="1">
+      <c r="A17" s="7"/>
+      <c r="B17" s="7"/>
+      <c r="C17" s="7"/>
+      <c r="D17" s="7"/>
+      <c r="E17" s="7"/>
+      <c r="F17" s="7"/>
+      <c r="G17" s="7"/>
+      <c r="H17" s="7"/>
+      <c r="I17" s="7"/>
+      <c r="J17" s="7"/>
+      <c r="K17" s="7"/>
+      <c r="L17" s="7"/>
+      <c r="M17" s="7"/>
       <c r="N17" s="0"/>
     </row>
     <row r="18" spans="1:14" ht="16.50" customHeight="1">
       <c r="A18" s="2"/>
-      <c r="B18" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="9"/>
+      <c r="B18" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" s="10"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
-      <c r="F18" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G18" s="9"/>
+      <c r="F18" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" s="10"/>
       <c r="H18" s="2"/>
-      <c r="I18" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L18" s="9"/>
+      <c r="I18" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="J18" s="11"/>
+      <c r="K18" s="11"/>
+      <c r="L18" s="10"/>
       <c r="M18" s="2"/>
       <c r="N18" s="0"/>
     </row>
-    <row r="19" spans="1:14" ht="47.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M19" s="11"/>
+    <row r="19" spans="1:14" ht="47.00" customHeight="1">
+      <c r="A19" s="7"/>
+      <c r="B19" s="7"/>
+      <c r="C19" s="7"/>
+      <c r="D19" s="7"/>
+      <c r="E19" s="7"/>
+      <c r="F19" s="7"/>
+      <c r="G19" s="7"/>
+      <c r="H19" s="7"/>
+      <c r="I19" s="7"/>
+      <c r="J19" s="7"/>
+      <c r="K19" s="7"/>
+      <c r="L19" s="7"/>
+      <c r="M19" s="7"/>
       <c r="N19" s="0"/>
     </row>
     <row r="20" spans="1:14" ht="16.50" customHeight="1">
       <c r="A20" s="2"/>
-      <c r="B20" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="9"/>
+      <c r="B20" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="C20" s="10"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
-      <c r="F20" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G20" s="9"/>
+      <c r="F20" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" s="10"/>
       <c r="H20" s="2"/>
-      <c r="I20" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L20" s="9"/>
+      <c r="I20" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="J20" s="11"/>
+      <c r="K20" s="11"/>
+      <c r="L20" s="10"/>
       <c r="M20" s="2"/>
       <c r="N20" s="0"/>
     </row>
-    <row r="21" spans="1:14" ht="38.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M21" s="1"/>
+    <row r="21" spans="1:14" ht="38.00" customHeight="1">
+      <c r="A21" s="7"/>
+      <c r="B21" s="7"/>
+      <c r="C21" s="7"/>
+      <c r="D21" s="7"/>
+      <c r="E21" s="7"/>
+      <c r="F21" s="7"/>
+      <c r="G21" s="7"/>
+      <c r="H21" s="7"/>
+      <c r="I21" s="7"/>
+      <c r="J21" s="7"/>
+      <c r="K21" s="7"/>
+      <c r="L21" s="7"/>
+      <c r="M21" s="7"/>
       <c r="N21" s="0"/>
     </row>
-    <row r="22" spans="1:14" ht="16.50" customHeight="1">
+    <row r="22" spans="1:14" ht="13.00" customHeight="1">
       <c r="A22" s="2"/>
-      <c r="B22" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="9"/>
+      <c r="B22" s="26"/>
+      <c r="C22" s="27"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
-      <c r="F22" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G22" s="9"/>
+      <c r="F22" s="26"/>
+      <c r="G22" s="27"/>
       <c r="H22" s="2"/>
-      <c r="I22" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L22" s="9"/>
+      <c r="I22" s="26"/>
+      <c r="J22" s="28"/>
+      <c r="K22" s="28"/>
+      <c r="L22" s="27"/>
       <c r="M22" s="2"/>
       <c r="N22" s="0"/>
     </row>
-    <row r="23" spans="1:14" ht="50.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M23" s="11"/>
+    <row r="23" spans="1:14" ht="50.00" customHeight="1">
+      <c r="A23" s="12"/>
+      <c r="B23" s="12"/>
+      <c r="C23" s="12"/>
+      <c r="D23" s="12"/>
+      <c r="E23" s="12"/>
+      <c r="F23" s="12"/>
+      <c r="G23" s="12"/>
+      <c r="H23" s="12"/>
+      <c r="I23" s="12"/>
+      <c r="J23" s="12"/>
+      <c r="K23" s="12"/>
+      <c r="L23" s="12"/>
+      <c r="M23" s="12"/>
       <c r="N23" s="0"/>
     </row>
-    <row r="24" spans="1:14" ht="16.50" customHeight="1">
+    <row r="24" spans="1:14" ht="13.00" customHeight="1">
       <c r="A24" s="2"/>
-      <c r="B24" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="9"/>
+      <c r="B24" s="26"/>
+      <c r="C24" s="27"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
-      <c r="F24" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G24" s="9"/>
+      <c r="F24" s="26"/>
+      <c r="G24" s="27"/>
       <c r="H24" s="2"/>
-      <c r="I24" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L24" s="9"/>
+      <c r="I24" s="26"/>
+      <c r="J24" s="28"/>
+      <c r="K24" s="28"/>
+      <c r="L24" s="27"/>
       <c r="M24" s="2"/>
       <c r="N24" s="0"/>
     </row>
-    <row r="25" spans="1:14" ht="62.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M25" s="11"/>
+    <row r="25" spans="1:14" ht="62.00" customHeight="1">
+      <c r="A25" s="12"/>
+      <c r="B25" s="12"/>
+      <c r="C25" s="12"/>
+      <c r="D25" s="12"/>
+      <c r="E25" s="12"/>
+      <c r="F25" s="12"/>
+      <c r="G25" s="12"/>
+      <c r="H25" s="12"/>
+      <c r="I25" s="12"/>
+      <c r="J25" s="12"/>
+      <c r="K25" s="12"/>
+      <c r="L25" s="12"/>
+      <c r="M25" s="12"/>
       <c r="N25" s="0"/>
     </row>
     <row r="26" spans="1:14" ht="21.00" customHeight="1">
       <c r="A26" s="2"/>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
-      <c r="G26" s="13" t="s">
-[...3 lines deleted...]
-      <c r="I26" s="15"/>
+      <c r="G26" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" s="15"/>
+      <c r="I26" s="16"/>
       <c r="J26" s="2"/>
       <c r="K26" s="2"/>
       <c r="L26" s="2"/>
       <c r="M26" s="2"/>
       <c r="N26" s="0"/>
     </row>
-    <row r="27" spans="1:14" ht="26.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M27" s="1"/>
+    <row r="27" spans="1:14" ht="26.00" customHeight="1">
+      <c r="A27" s="7"/>
+      <c r="B27" s="7"/>
+      <c r="C27" s="7"/>
+      <c r="D27" s="7"/>
+      <c r="E27" s="7"/>
+      <c r="F27" s="7"/>
+      <c r="G27" s="7"/>
+      <c r="H27" s="7"/>
+      <c r="I27" s="7"/>
+      <c r="J27" s="7"/>
+      <c r="K27" s="7"/>
+      <c r="L27" s="7"/>
+      <c r="M27" s="7"/>
       <c r="N27" s="0"/>
     </row>
     <row r="28" spans="1:14" ht="142.25" customHeight="1">
-      <c r="A28" s="11"/>
-[...13 lines deleted...]
-      <c r="M28" s="11"/>
+      <c r="A28" s="12"/>
+      <c r="B28" s="12"/>
+      <c r="C28" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="D28" s="19"/>
+      <c r="E28" s="19"/>
+      <c r="F28" s="19"/>
+      <c r="G28" s="19"/>
+      <c r="H28" s="19"/>
+      <c r="I28" s="19"/>
+      <c r="J28" s="19"/>
+      <c r="K28" s="20"/>
+      <c r="L28" s="12"/>
+      <c r="M28" s="12"/>
       <c r="N28" s="0"/>
     </row>
-    <row r="29" spans="1:14" ht="90.50" customHeight="1">
-[...15 lines deleted...]
-      <c r="N29" s="24"/>
+    <row r="29" spans="1:14" ht="36.50" customHeight="1">
+      <c r="A29" s="7"/>
+      <c r="B29" s="7"/>
+      <c r="C29" s="7"/>
+      <c r="D29" s="7"/>
+      <c r="E29" s="7"/>
+      <c r="F29" s="7"/>
+      <c r="G29" s="7"/>
+      <c r="H29" s="7"/>
+      <c r="I29" s="7"/>
+      <c r="J29" s="7"/>
+      <c r="K29" s="7"/>
+      <c r="L29" s="7"/>
+      <c r="M29" s="7"/>
+      <c r="N29" s="0"/>
     </row>
     <row r="30" spans="1:14" ht="21.00" customHeight="1">
       <c r="A30" s="2"/>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
       <c r="D30" s="2"/>
-      <c r="E30" s="26" t="s">
-[...6 lines deleted...]
-      <c r="J30" s="28"/>
+      <c r="E30" s="30" t="s">
+        <v>24</v>
+      </c>
+      <c r="F30" s="31"/>
+      <c r="G30" s="31"/>
+      <c r="H30" s="31"/>
+      <c r="I30" s="31"/>
+      <c r="J30" s="32"/>
       <c r="K30" s="2"/>
       <c r="L30" s="2"/>
       <c r="M30" s="2"/>
-      <c r="N30" s="2"/>
+      <c r="N30" s="0"/>
     </row>
     <row r="31" spans="1:14" ht="31.75" customHeight="1">
-      <c r="A31" s="1"/>
-[...12 lines deleted...]
-      <c r="N31" s="1"/>
+      <c r="A31" s="7"/>
+      <c r="B31" s="7"/>
+      <c r="C31" s="7"/>
+      <c r="D31" s="7"/>
+      <c r="E31" s="7"/>
+      <c r="F31" s="7"/>
+      <c r="G31" s="7"/>
+      <c r="H31" s="7"/>
+      <c r="I31" s="7"/>
+      <c r="J31" s="7"/>
+      <c r="K31" s="7"/>
+      <c r="L31" s="7"/>
+      <c r="M31" s="7"/>
+      <c r="N31" s="0"/>
     </row>
     <row r="32" spans="1:14" ht="16.50" customHeight="1">
       <c r="A32" s="2"/>
-      <c r="B32" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="9"/>
+      <c r="B32" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="C32" s="10"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
-      <c r="F32" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G32" s="9"/>
+      <c r="F32" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="G32" s="10"/>
       <c r="H32" s="2"/>
-      <c r="I32" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L32" s="9"/>
+      <c r="I32" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="J32" s="11"/>
+      <c r="K32" s="11"/>
+      <c r="L32" s="10"/>
       <c r="M32" s="2"/>
-      <c r="N32" s="2"/>
+      <c r="N32" s="0"/>
     </row>
     <row r="33" spans="1:14" ht="47.00" customHeight="1">
-      <c r="A33" s="1"/>
-[...12 lines deleted...]
-      <c r="N33" s="1"/>
+      <c r="A33" s="7"/>
+      <c r="B33" s="7"/>
+      <c r="C33" s="7"/>
+      <c r="D33" s="7"/>
+      <c r="E33" s="7"/>
+      <c r="F33" s="7"/>
+      <c r="G33" s="7"/>
+      <c r="H33" s="7"/>
+      <c r="I33" s="7"/>
+      <c r="J33" s="7"/>
+      <c r="K33" s="7"/>
+      <c r="L33" s="7"/>
+      <c r="M33" s="7"/>
+      <c r="N33" s="0"/>
     </row>
     <row r="34" spans="1:14" ht="16.50" customHeight="1">
       <c r="A34" s="2"/>
-      <c r="B34" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C34" s="9"/>
+      <c r="B34" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="C34" s="10"/>
       <c r="D34" s="2"/>
       <c r="E34" s="2"/>
-      <c r="F34" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G34" s="9"/>
+      <c r="F34" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="G34" s="10"/>
       <c r="H34" s="2"/>
-      <c r="I34" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L34" s="9"/>
+      <c r="I34" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="J34" s="11"/>
+      <c r="K34" s="11"/>
+      <c r="L34" s="10"/>
       <c r="M34" s="2"/>
-      <c r="N34" s="2"/>
+      <c r="N34" s="0"/>
     </row>
     <row r="35" spans="1:14" ht="38.00" customHeight="1">
-      <c r="A35" s="1"/>
-[...12 lines deleted...]
-      <c r="N35" s="1"/>
+      <c r="A35" s="7"/>
+      <c r="B35" s="7"/>
+      <c r="C35" s="7"/>
+      <c r="D35" s="7"/>
+      <c r="E35" s="7"/>
+      <c r="F35" s="7"/>
+      <c r="G35" s="7"/>
+      <c r="H35" s="7"/>
+      <c r="I35" s="7"/>
+      <c r="J35" s="7"/>
+      <c r="K35" s="7"/>
+      <c r="L35" s="7"/>
+      <c r="M35" s="7"/>
+      <c r="N35" s="0"/>
     </row>
     <row r="36" spans="1:14" ht="13.00" customHeight="1">
       <c r="A36" s="2"/>
-      <c r="B36" s="30"/>
-      <c r="C36" s="31"/>
+      <c r="B36" s="26"/>
+      <c r="C36" s="27"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
-      <c r="F36" s="30"/>
-      <c r="G36" s="31"/>
+      <c r="F36" s="26"/>
+      <c r="G36" s="27"/>
       <c r="H36" s="2"/>
-      <c r="I36" s="30"/>
-[...2 lines deleted...]
-      <c r="L36" s="31"/>
+      <c r="I36" s="26"/>
+      <c r="J36" s="28"/>
+      <c r="K36" s="28"/>
+      <c r="L36" s="27"/>
       <c r="M36" s="2"/>
-      <c r="N36" s="2"/>
+      <c r="N36" s="0"/>
     </row>
     <row r="37" spans="1:14" ht="50.00" customHeight="1">
-      <c r="A37" s="11"/>
-[...12 lines deleted...]
-      <c r="N37" s="11"/>
+      <c r="A37" s="12"/>
+      <c r="B37" s="12"/>
+      <c r="C37" s="12"/>
+      <c r="D37" s="12"/>
+      <c r="E37" s="12"/>
+      <c r="F37" s="12"/>
+      <c r="G37" s="12"/>
+      <c r="H37" s="12"/>
+      <c r="I37" s="12"/>
+      <c r="J37" s="12"/>
+      <c r="K37" s="12"/>
+      <c r="L37" s="12"/>
+      <c r="M37" s="12"/>
+      <c r="N37" s="0"/>
     </row>
     <row r="38" spans="1:14" ht="13.00" customHeight="1">
       <c r="A38" s="2"/>
-      <c r="B38" s="30"/>
-      <c r="C38" s="31"/>
+      <c r="B38" s="26"/>
+      <c r="C38" s="27"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
-      <c r="F38" s="30"/>
-      <c r="G38" s="31"/>
+      <c r="F38" s="26"/>
+      <c r="G38" s="27"/>
       <c r="H38" s="2"/>
-      <c r="I38" s="30"/>
-[...2 lines deleted...]
-      <c r="L38" s="31"/>
+      <c r="I38" s="26"/>
+      <c r="J38" s="28"/>
+      <c r="K38" s="28"/>
+      <c r="L38" s="27"/>
       <c r="M38" s="2"/>
-      <c r="N38" s="2"/>
+      <c r="N38" s="0"/>
     </row>
     <row r="39" spans="1:14" ht="62.00" customHeight="1">
-      <c r="A39" s="11"/>
-[...12 lines deleted...]
-      <c r="N39" s="11"/>
+      <c r="A39" s="12"/>
+      <c r="B39" s="12"/>
+      <c r="C39" s="12"/>
+      <c r="D39" s="12"/>
+      <c r="E39" s="12"/>
+      <c r="F39" s="12"/>
+      <c r="G39" s="12"/>
+      <c r="H39" s="12"/>
+      <c r="I39" s="12"/>
+      <c r="J39" s="12"/>
+      <c r="K39" s="12"/>
+      <c r="L39" s="12"/>
+      <c r="M39" s="12"/>
+      <c r="N39" s="0"/>
     </row>
     <row r="40" spans="1:14" ht="21.00" customHeight="1">
       <c r="A40" s="2"/>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="2"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
-      <c r="G40" s="13" t="s">
-[...3 lines deleted...]
-      <c r="I40" s="15"/>
+      <c r="G40" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H40" s="15"/>
+      <c r="I40" s="16"/>
       <c r="J40" s="2"/>
       <c r="K40" s="2"/>
       <c r="L40" s="2"/>
       <c r="M40" s="2"/>
-      <c r="N40" s="2"/>
+      <c r="N40" s="0"/>
     </row>
     <row r="41" spans="1:14" ht="26.00" customHeight="1">
-      <c r="A41" s="1"/>
-[...12 lines deleted...]
-      <c r="N41" s="1"/>
+      <c r="A41" s="7"/>
+      <c r="B41" s="7"/>
+      <c r="C41" s="7"/>
+      <c r="D41" s="7"/>
+      <c r="E41" s="7"/>
+      <c r="F41" s="7"/>
+      <c r="G41" s="7"/>
+      <c r="H41" s="7"/>
+      <c r="I41" s="7"/>
+      <c r="J41" s="7"/>
+      <c r="K41" s="7"/>
+      <c r="L41" s="7"/>
+      <c r="M41" s="7"/>
+      <c r="N41" s="0"/>
     </row>
     <row r="42" spans="1:14" ht="142.25" customHeight="1">
-      <c r="A42" s="11"/>
-[...14 lines deleted...]
-      <c r="N42" s="11"/>
+      <c r="A42" s="12"/>
+      <c r="B42" s="12"/>
+      <c r="C42" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D42" s="11"/>
+      <c r="E42" s="11"/>
+      <c r="F42" s="11"/>
+      <c r="G42" s="11"/>
+      <c r="H42" s="11"/>
+      <c r="I42" s="11"/>
+      <c r="J42" s="11"/>
+      <c r="K42" s="10"/>
+      <c r="L42" s="12"/>
+      <c r="M42" s="12"/>
+      <c r="N42" s="0"/>
     </row>
     <row r="43" spans="1:14" ht="36.50" customHeight="1">
-      <c r="A43" s="1"/>
-[...11 lines deleted...]
-      <c r="M43" s="1"/>
+      <c r="A43" s="7"/>
+      <c r="B43" s="7"/>
+      <c r="C43" s="7"/>
+      <c r="D43" s="7"/>
+      <c r="E43" s="7"/>
+      <c r="F43" s="7"/>
+      <c r="G43" s="7"/>
+      <c r="H43" s="7"/>
+      <c r="I43" s="7"/>
+      <c r="J43" s="7"/>
+      <c r="K43" s="7"/>
+      <c r="L43" s="7"/>
+      <c r="M43" s="7"/>
       <c r="N43" s="0"/>
     </row>
     <row r="44" spans="1:14" ht="21.00" customHeight="1">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="34" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="F44" s="35"/>
       <c r="G44" s="35"/>
       <c r="H44" s="35"/>
       <c r="I44" s="35"/>
       <c r="J44" s="36"/>
       <c r="K44" s="2"/>
       <c r="L44" s="2"/>
       <c r="M44" s="2"/>
       <c r="N44" s="0"/>
     </row>
-    <row r="45" spans="1:14" ht="32.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M45" s="1"/>
+    <row r="45" spans="1:14" ht="31.75" customHeight="1">
+      <c r="A45" s="7"/>
+      <c r="B45" s="7"/>
+      <c r="C45" s="7"/>
+      <c r="D45" s="7"/>
+      <c r="E45" s="7"/>
+      <c r="F45" s="7"/>
+      <c r="G45" s="7"/>
+      <c r="H45" s="7"/>
+      <c r="I45" s="7"/>
+      <c r="J45" s="7"/>
+      <c r="K45" s="7"/>
+      <c r="L45" s="7"/>
+      <c r="M45" s="7"/>
       <c r="N45" s="0"/>
     </row>
     <row r="46" spans="1:14" ht="16.50" customHeight="1">
       <c r="A46" s="2"/>
-      <c r="B46" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C46" s="9"/>
+      <c r="B46" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C46" s="10"/>
       <c r="D46" s="2"/>
       <c r="E46" s="2"/>
-      <c r="F46" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G46" s="9"/>
+      <c r="F46" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G46" s="10"/>
       <c r="H46" s="2"/>
-      <c r="I46" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L46" s="9"/>
+      <c r="I46" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="J46" s="11"/>
+      <c r="K46" s="11"/>
+      <c r="L46" s="10"/>
       <c r="M46" s="2"/>
       <c r="N46" s="0"/>
     </row>
-    <row r="47" spans="1:14" ht="47.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M47" s="11"/>
+    <row r="47" spans="1:14" ht="47.00" customHeight="1">
+      <c r="A47" s="7"/>
+      <c r="B47" s="7"/>
+      <c r="C47" s="7"/>
+      <c r="D47" s="7"/>
+      <c r="E47" s="7"/>
+      <c r="F47" s="7"/>
+      <c r="G47" s="7"/>
+      <c r="H47" s="7"/>
+      <c r="I47" s="7"/>
+      <c r="J47" s="7"/>
+      <c r="K47" s="7"/>
+      <c r="L47" s="7"/>
+      <c r="M47" s="7"/>
       <c r="N47" s="0"/>
     </row>
     <row r="48" spans="1:14" ht="16.50" customHeight="1">
       <c r="A48" s="2"/>
-      <c r="B48" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="9"/>
+      <c r="B48" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="C48" s="10"/>
       <c r="D48" s="2"/>
       <c r="E48" s="2"/>
-      <c r="F48" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G48" s="9"/>
+      <c r="F48" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="G48" s="10"/>
       <c r="H48" s="2"/>
-      <c r="I48" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L48" s="9"/>
+      <c r="I48" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="J48" s="11"/>
+      <c r="K48" s="11"/>
+      <c r="L48" s="10"/>
       <c r="M48" s="2"/>
       <c r="N48" s="0"/>
     </row>
-    <row r="49" spans="1:14" ht="38.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M49" s="1"/>
+    <row r="49" spans="1:14" ht="38.00" customHeight="1">
+      <c r="A49" s="7"/>
+      <c r="B49" s="7"/>
+      <c r="C49" s="7"/>
+      <c r="D49" s="7"/>
+      <c r="E49" s="7"/>
+      <c r="F49" s="7"/>
+      <c r="G49" s="7"/>
+      <c r="H49" s="7"/>
+      <c r="I49" s="7"/>
+      <c r="J49" s="7"/>
+      <c r="K49" s="7"/>
+      <c r="L49" s="7"/>
+      <c r="M49" s="7"/>
       <c r="N49" s="0"/>
     </row>
     <row r="50" spans="1:14" ht="16.50" customHeight="1">
       <c r="A50" s="2"/>
-      <c r="B50" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C50" s="9"/>
+      <c r="B50" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C50" s="10"/>
       <c r="D50" s="2"/>
       <c r="E50" s="2"/>
-      <c r="F50" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G50" s="9"/>
+      <c r="F50" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="G50" s="10"/>
       <c r="H50" s="2"/>
-      <c r="I50" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L50" s="9"/>
+      <c r="I50" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="J50" s="11"/>
+      <c r="K50" s="11"/>
+      <c r="L50" s="10"/>
       <c r="M50" s="2"/>
       <c r="N50" s="0"/>
     </row>
-    <row r="51" spans="1:14" ht="50.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M51" s="11"/>
+    <row r="51" spans="1:14" ht="50.00" customHeight="1">
+      <c r="A51" s="12"/>
+      <c r="B51" s="12"/>
+      <c r="C51" s="12"/>
+      <c r="D51" s="12"/>
+      <c r="E51" s="12"/>
+      <c r="F51" s="12"/>
+      <c r="G51" s="12"/>
+      <c r="H51" s="12"/>
+      <c r="I51" s="12"/>
+      <c r="J51" s="12"/>
+      <c r="K51" s="12"/>
+      <c r="L51" s="12"/>
+      <c r="M51" s="12"/>
       <c r="N51" s="0"/>
     </row>
-    <row r="52" spans="1:14" ht="12.50" customHeight="1">
+    <row r="52" spans="1:14" ht="13.00" customHeight="1">
       <c r="A52" s="2"/>
-      <c r="B52" s="30"/>
-      <c r="C52" s="31"/>
+      <c r="B52" s="26"/>
+      <c r="C52" s="27"/>
       <c r="D52" s="2"/>
       <c r="E52" s="2"/>
-      <c r="F52" s="30"/>
-      <c r="G52" s="31"/>
+      <c r="F52" s="26"/>
+      <c r="G52" s="27"/>
       <c r="H52" s="2"/>
-      <c r="I52" s="30"/>
-[...2 lines deleted...]
-      <c r="L52" s="31"/>
+      <c r="I52" s="26"/>
+      <c r="J52" s="28"/>
+      <c r="K52" s="28"/>
+      <c r="L52" s="27"/>
       <c r="M52" s="2"/>
       <c r="N52" s="0"/>
     </row>
-    <row r="53" spans="1:14" ht="62.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M53" s="11"/>
+    <row r="53" spans="1:14" ht="62.00" customHeight="1">
+      <c r="A53" s="12"/>
+      <c r="B53" s="12"/>
+      <c r="C53" s="12"/>
+      <c r="D53" s="12"/>
+      <c r="E53" s="12"/>
+      <c r="F53" s="12"/>
+      <c r="G53" s="12"/>
+      <c r="H53" s="12"/>
+      <c r="I53" s="12"/>
+      <c r="J53" s="12"/>
+      <c r="K53" s="12"/>
+      <c r="L53" s="12"/>
+      <c r="M53" s="12"/>
       <c r="N53" s="0"/>
     </row>
     <row r="54" spans="1:14" ht="21.00" customHeight="1">
       <c r="A54" s="2"/>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="2"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
-      <c r="G54" s="13" t="s">
-[...3 lines deleted...]
-      <c r="I54" s="15"/>
+      <c r="G54" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H54" s="15"/>
+      <c r="I54" s="16"/>
       <c r="J54" s="2"/>
       <c r="K54" s="2"/>
       <c r="L54" s="2"/>
       <c r="M54" s="2"/>
       <c r="N54" s="0"/>
     </row>
-    <row r="55" spans="1:14" ht="26.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M55" s="1"/>
+    <row r="55" spans="1:14" ht="26.00" customHeight="1">
+      <c r="A55" s="7"/>
+      <c r="B55" s="7"/>
+      <c r="C55" s="7"/>
+      <c r="D55" s="7"/>
+      <c r="E55" s="7"/>
+      <c r="F55" s="7"/>
+      <c r="G55" s="7"/>
+      <c r="H55" s="7"/>
+      <c r="I55" s="7"/>
+      <c r="J55" s="7"/>
+      <c r="K55" s="7"/>
+      <c r="L55" s="7"/>
+      <c r="M55" s="7"/>
       <c r="N55" s="0"/>
     </row>
     <row r="56" spans="1:14" ht="142.25" customHeight="1">
-      <c r="A56" s="11"/>
-[...13 lines deleted...]
-      <c r="M56" s="11"/>
+      <c r="A56" s="12"/>
+      <c r="B56" s="12"/>
+      <c r="C56" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="D56" s="19"/>
+      <c r="E56" s="19"/>
+      <c r="F56" s="19"/>
+      <c r="G56" s="19"/>
+      <c r="H56" s="19"/>
+      <c r="I56" s="19"/>
+      <c r="J56" s="19"/>
+      <c r="K56" s="20"/>
+      <c r="L56" s="12"/>
+      <c r="M56" s="12"/>
       <c r="N56" s="0"/>
     </row>
     <row r="57" spans="1:14" ht="36.50" customHeight="1">
-      <c r="A57" s="1"/>
-[...11 lines deleted...]
-      <c r="M57" s="1"/>
+      <c r="A57" s="7"/>
+      <c r="B57" s="7"/>
+      <c r="C57" s="7"/>
+      <c r="D57" s="7"/>
+      <c r="E57" s="7"/>
+      <c r="F57" s="7"/>
+      <c r="G57" s="7"/>
+      <c r="H57" s="7"/>
+      <c r="I57" s="7"/>
+      <c r="J57" s="7"/>
+      <c r="K57" s="7"/>
+      <c r="L57" s="7"/>
+      <c r="M57" s="7"/>
       <c r="N57" s="0"/>
     </row>
     <row r="58" spans="1:14" ht="21.00" customHeight="1">
       <c r="A58" s="2"/>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="2"/>
       <c r="E58" s="38" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="F58" s="39"/>
       <c r="G58" s="39"/>
       <c r="H58" s="39"/>
       <c r="I58" s="39"/>
       <c r="J58" s="40"/>
       <c r="K58" s="2"/>
       <c r="L58" s="2"/>
       <c r="M58" s="2"/>
       <c r="N58" s="0"/>
     </row>
-    <row r="59" spans="1:14" ht="32.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M59" s="1"/>
+    <row r="59" spans="1:14" ht="31.75" customHeight="1">
+      <c r="A59" s="7"/>
+      <c r="B59" s="7"/>
+      <c r="C59" s="7"/>
+      <c r="D59" s="7"/>
+      <c r="E59" s="7"/>
+      <c r="F59" s="7"/>
+      <c r="G59" s="7"/>
+      <c r="H59" s="7"/>
+      <c r="I59" s="7"/>
+      <c r="J59" s="7"/>
+      <c r="K59" s="7"/>
+      <c r="L59" s="7"/>
+      <c r="M59" s="7"/>
       <c r="N59" s="0"/>
     </row>
     <row r="60" spans="1:14" ht="16.50" customHeight="1">
       <c r="A60" s="2"/>
-      <c r="B60" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C60" s="9"/>
+      <c r="B60" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C60" s="10"/>
       <c r="D60" s="2"/>
       <c r="E60" s="2"/>
-      <c r="F60" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G60" s="9"/>
+      <c r="F60" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G60" s="10"/>
       <c r="H60" s="2"/>
-      <c r="I60" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L60" s="9"/>
+      <c r="I60" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="J60" s="11"/>
+      <c r="K60" s="11"/>
+      <c r="L60" s="10"/>
       <c r="M60" s="2"/>
       <c r="N60" s="0"/>
     </row>
-    <row r="61" spans="1:14" ht="47.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M61" s="11"/>
+    <row r="61" spans="1:14" ht="47.00" customHeight="1">
+      <c r="A61" s="7"/>
+      <c r="B61" s="7"/>
+      <c r="C61" s="7"/>
+      <c r="D61" s="7"/>
+      <c r="E61" s="7"/>
+      <c r="F61" s="7"/>
+      <c r="G61" s="7"/>
+      <c r="H61" s="7"/>
+      <c r="I61" s="7"/>
+      <c r="J61" s="7"/>
+      <c r="K61" s="7"/>
+      <c r="L61" s="7"/>
+      <c r="M61" s="7"/>
       <c r="N61" s="0"/>
     </row>
     <row r="62" spans="1:14" ht="16.50" customHeight="1">
       <c r="A62" s="2"/>
-      <c r="B62" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C62" s="9"/>
+      <c r="B62" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C62" s="10"/>
       <c r="D62" s="2"/>
       <c r="E62" s="2"/>
-      <c r="F62" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G62" s="9"/>
+      <c r="F62" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G62" s="10"/>
       <c r="H62" s="2"/>
-      <c r="I62" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L62" s="9"/>
+      <c r="I62" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="J62" s="11"/>
+      <c r="K62" s="11"/>
+      <c r="L62" s="10"/>
       <c r="M62" s="2"/>
       <c r="N62" s="0"/>
     </row>
-    <row r="63" spans="1:14" ht="38.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M63" s="1"/>
+    <row r="63" spans="1:14" ht="38.00" customHeight="1">
+      <c r="A63" s="7"/>
+      <c r="B63" s="7"/>
+      <c r="C63" s="7"/>
+      <c r="D63" s="7"/>
+      <c r="E63" s="7"/>
+      <c r="F63" s="7"/>
+      <c r="G63" s="7"/>
+      <c r="H63" s="7"/>
+      <c r="I63" s="7"/>
+      <c r="J63" s="7"/>
+      <c r="K63" s="7"/>
+      <c r="L63" s="7"/>
+      <c r="M63" s="7"/>
       <c r="N63" s="0"/>
     </row>
-    <row r="64" spans="1:14" ht="12.50" customHeight="1">
+    <row r="64" spans="1:14" ht="16.50" customHeight="1">
       <c r="A64" s="2"/>
-      <c r="B64" s="30"/>
-      <c r="C64" s="31"/>
+      <c r="B64" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C64" s="10"/>
       <c r="D64" s="2"/>
       <c r="E64" s="2"/>
-      <c r="F64" s="30"/>
-      <c r="G64" s="31"/>
+      <c r="F64" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="G64" s="10"/>
       <c r="H64" s="2"/>
-      <c r="I64" s="30"/>
-[...2 lines deleted...]
-      <c r="L64" s="31"/>
+      <c r="I64" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="J64" s="11"/>
+      <c r="K64" s="11"/>
+      <c r="L64" s="10"/>
       <c r="M64" s="2"/>
       <c r="N64" s="0"/>
     </row>
-    <row r="65" spans="1:14" ht="50.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M65" s="11"/>
+    <row r="65" spans="1:14" ht="50.00" customHeight="1">
+      <c r="A65" s="12"/>
+      <c r="B65" s="12"/>
+      <c r="C65" s="12"/>
+      <c r="D65" s="12"/>
+      <c r="E65" s="12"/>
+      <c r="F65" s="12"/>
+      <c r="G65" s="12"/>
+      <c r="H65" s="12"/>
+      <c r="I65" s="12"/>
+      <c r="J65" s="12"/>
+      <c r="K65" s="12"/>
+      <c r="L65" s="12"/>
+      <c r="M65" s="12"/>
       <c r="N65" s="0"/>
     </row>
-    <row r="66" spans="1:14" ht="12.50" customHeight="1">
+    <row r="66" spans="1:14" ht="16.50" customHeight="1">
       <c r="A66" s="2"/>
-      <c r="B66" s="30"/>
-      <c r="C66" s="31"/>
+      <c r="B66" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="C66" s="10"/>
       <c r="D66" s="2"/>
       <c r="E66" s="2"/>
-      <c r="F66" s="30"/>
-      <c r="G66" s="31"/>
+      <c r="F66" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="G66" s="10"/>
       <c r="H66" s="2"/>
-      <c r="I66" s="30"/>
-[...2 lines deleted...]
-      <c r="L66" s="31"/>
+      <c r="I66" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="J66" s="11"/>
+      <c r="K66" s="11"/>
+      <c r="L66" s="10"/>
       <c r="M66" s="2"/>
       <c r="N66" s="0"/>
     </row>
-    <row r="67" spans="1:14" ht="62.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M67" s="11"/>
+    <row r="67" spans="1:14" ht="62.00" customHeight="1">
+      <c r="A67" s="12"/>
+      <c r="B67" s="12"/>
+      <c r="C67" s="12"/>
+      <c r="D67" s="12"/>
+      <c r="E67" s="12"/>
+      <c r="F67" s="12"/>
+      <c r="G67" s="12"/>
+      <c r="H67" s="12"/>
+      <c r="I67" s="12"/>
+      <c r="J67" s="12"/>
+      <c r="K67" s="12"/>
+      <c r="L67" s="12"/>
+      <c r="M67" s="12"/>
       <c r="N67" s="0"/>
     </row>
     <row r="68" spans="1:14" ht="21.00" customHeight="1">
       <c r="A68" s="2"/>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
       <c r="D68" s="2"/>
       <c r="E68" s="2"/>
       <c r="F68" s="2"/>
-      <c r="G68" s="13" t="s">
-[...3 lines deleted...]
-      <c r="I68" s="15"/>
+      <c r="G68" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H68" s="15"/>
+      <c r="I68" s="16"/>
       <c r="J68" s="2"/>
       <c r="K68" s="2"/>
       <c r="L68" s="2"/>
       <c r="M68" s="2"/>
       <c r="N68" s="0"/>
     </row>
-    <row r="69" spans="1:14" ht="26.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M69" s="1"/>
+    <row r="69" spans="1:14" ht="26.00" customHeight="1">
+      <c r="A69" s="7"/>
+      <c r="B69" s="7"/>
+      <c r="C69" s="7"/>
+      <c r="D69" s="7"/>
+      <c r="E69" s="7"/>
+      <c r="F69" s="7"/>
+      <c r="G69" s="7"/>
+      <c r="H69" s="7"/>
+      <c r="I69" s="7"/>
+      <c r="J69" s="7"/>
+      <c r="K69" s="7"/>
+      <c r="L69" s="7"/>
+      <c r="M69" s="7"/>
       <c r="N69" s="0"/>
     </row>
     <row r="70" spans="1:14" ht="142.25" customHeight="1">
-      <c r="A70" s="11"/>
-[...13 lines deleted...]
-      <c r="M70" s="11"/>
+      <c r="A70" s="12"/>
+      <c r="B70" s="12"/>
+      <c r="C70" s="18" t="s">
+        <v>56</v>
+      </c>
+      <c r="D70" s="19"/>
+      <c r="E70" s="19"/>
+      <c r="F70" s="19"/>
+      <c r="G70" s="19"/>
+      <c r="H70" s="19"/>
+      <c r="I70" s="19"/>
+      <c r="J70" s="19"/>
+      <c r="K70" s="20"/>
+      <c r="L70" s="12"/>
+      <c r="M70" s="12"/>
       <c r="N70" s="0"/>
     </row>
     <row r="71" spans="1:14" ht="36.50" customHeight="1">
-      <c r="A71" s="1"/>
-[...11 lines deleted...]
-      <c r="M71" s="1"/>
+      <c r="A71" s="7"/>
+      <c r="B71" s="7"/>
+      <c r="C71" s="7"/>
+      <c r="D71" s="7"/>
+      <c r="E71" s="7"/>
+      <c r="F71" s="7"/>
+      <c r="G71" s="7"/>
+      <c r="H71" s="7"/>
+      <c r="I71" s="7"/>
+      <c r="J71" s="7"/>
+      <c r="K71" s="7"/>
+      <c r="L71" s="7"/>
+      <c r="M71" s="7"/>
       <c r="N71" s="0"/>
     </row>
     <row r="72" spans="1:14" ht="21.00" customHeight="1">
       <c r="A72" s="2"/>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="2"/>
       <c r="E72" s="42" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F72" s="43"/>
       <c r="G72" s="43"/>
       <c r="H72" s="43"/>
       <c r="I72" s="43"/>
       <c r="J72" s="44"/>
       <c r="K72" s="2"/>
       <c r="L72" s="2"/>
       <c r="M72" s="2"/>
       <c r="N72" s="0"/>
     </row>
-    <row r="73" spans="1:14" ht="32.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M73" s="1"/>
+    <row r="73" spans="1:14" ht="31.75" customHeight="1">
+      <c r="A73" s="7"/>
+      <c r="B73" s="7"/>
+      <c r="C73" s="7"/>
+      <c r="D73" s="7"/>
+      <c r="E73" s="7"/>
+      <c r="F73" s="7"/>
+      <c r="G73" s="7"/>
+      <c r="H73" s="7"/>
+      <c r="I73" s="7"/>
+      <c r="J73" s="7"/>
+      <c r="K73" s="7"/>
+      <c r="L73" s="7"/>
+      <c r="M73" s="7"/>
       <c r="N73" s="0"/>
     </row>
     <row r="74" spans="1:14" ht="16.50" customHeight="1">
       <c r="A74" s="2"/>
-      <c r="B74" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C74" s="9"/>
+      <c r="B74" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="C74" s="10"/>
       <c r="D74" s="2"/>
       <c r="E74" s="2"/>
-      <c r="F74" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G74" s="9"/>
+      <c r="F74" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G74" s="10"/>
       <c r="H74" s="2"/>
-      <c r="I74" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L74" s="9"/>
+      <c r="I74" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="J74" s="11"/>
+      <c r="K74" s="11"/>
+      <c r="L74" s="10"/>
       <c r="M74" s="2"/>
       <c r="N74" s="0"/>
     </row>
-    <row r="75" spans="1:14" ht="47.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M75" s="11"/>
+    <row r="75" spans="1:14" ht="47.00" customHeight="1">
+      <c r="A75" s="7"/>
+      <c r="B75" s="7"/>
+      <c r="C75" s="7"/>
+      <c r="D75" s="7"/>
+      <c r="E75" s="7"/>
+      <c r="F75" s="7"/>
+      <c r="G75" s="7"/>
+      <c r="H75" s="7"/>
+      <c r="I75" s="7"/>
+      <c r="J75" s="7"/>
+      <c r="K75" s="7"/>
+      <c r="L75" s="7"/>
+      <c r="M75" s="7"/>
       <c r="N75" s="0"/>
     </row>
     <row r="76" spans="1:14" ht="16.50" customHeight="1">
       <c r="A76" s="2"/>
-      <c r="B76" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C76" s="9"/>
+      <c r="B76" s="9" t="s">
+        <v>61</v>
+      </c>
+      <c r="C76" s="10"/>
       <c r="D76" s="2"/>
       <c r="E76" s="2"/>
-      <c r="F76" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G76" s="9"/>
+      <c r="F76" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G76" s="10"/>
       <c r="H76" s="2"/>
-      <c r="I76" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L76" s="9"/>
+      <c r="I76" s="9" t="s">
+        <v>63</v>
+      </c>
+      <c r="J76" s="11"/>
+      <c r="K76" s="11"/>
+      <c r="L76" s="10"/>
       <c r="M76" s="2"/>
       <c r="N76" s="0"/>
     </row>
-    <row r="77" spans="1:14" ht="38.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M77" s="1"/>
+    <row r="77" spans="1:14" ht="38.00" customHeight="1">
+      <c r="A77" s="7"/>
+      <c r="B77" s="7"/>
+      <c r="C77" s="7"/>
+      <c r="D77" s="7"/>
+      <c r="E77" s="7"/>
+      <c r="F77" s="7"/>
+      <c r="G77" s="7"/>
+      <c r="H77" s="7"/>
+      <c r="I77" s="7"/>
+      <c r="J77" s="7"/>
+      <c r="K77" s="7"/>
+      <c r="L77" s="7"/>
+      <c r="M77" s="7"/>
       <c r="N77" s="0"/>
     </row>
-    <row r="78" spans="1:14" ht="12.50" customHeight="1">
+    <row r="78" spans="1:14" ht="13.00" customHeight="1">
       <c r="A78" s="2"/>
-      <c r="B78" s="30"/>
-      <c r="C78" s="31"/>
+      <c r="B78" s="26"/>
+      <c r="C78" s="27"/>
       <c r="D78" s="2"/>
       <c r="E78" s="2"/>
-      <c r="F78" s="30"/>
-      <c r="G78" s="31"/>
+      <c r="F78" s="26"/>
+      <c r="G78" s="27"/>
       <c r="H78" s="2"/>
-      <c r="I78" s="30"/>
-[...2 lines deleted...]
-      <c r="L78" s="31"/>
+      <c r="I78" s="26"/>
+      <c r="J78" s="28"/>
+      <c r="K78" s="28"/>
+      <c r="L78" s="27"/>
       <c r="M78" s="2"/>
       <c r="N78" s="0"/>
     </row>
-    <row r="79" spans="1:14" ht="50.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M79" s="11"/>
+    <row r="79" spans="1:14" ht="50.00" customHeight="1">
+      <c r="A79" s="12"/>
+      <c r="B79" s="12"/>
+      <c r="C79" s="12"/>
+      <c r="D79" s="12"/>
+      <c r="E79" s="12"/>
+      <c r="F79" s="12"/>
+      <c r="G79" s="12"/>
+      <c r="H79" s="12"/>
+      <c r="I79" s="12"/>
+      <c r="J79" s="12"/>
+      <c r="K79" s="12"/>
+      <c r="L79" s="12"/>
+      <c r="M79" s="12"/>
       <c r="N79" s="0"/>
     </row>
-    <row r="80" spans="1:14" ht="12.50" customHeight="1">
+    <row r="80" spans="1:14" ht="13.00" customHeight="1">
       <c r="A80" s="2"/>
-      <c r="B80" s="30"/>
-      <c r="C80" s="31"/>
+      <c r="B80" s="26"/>
+      <c r="C80" s="27"/>
       <c r="D80" s="2"/>
       <c r="E80" s="2"/>
-      <c r="F80" s="30"/>
-      <c r="G80" s="31"/>
+      <c r="F80" s="26"/>
+      <c r="G80" s="27"/>
       <c r="H80" s="2"/>
-      <c r="I80" s="30"/>
-[...2 lines deleted...]
-      <c r="L80" s="31"/>
+      <c r="I80" s="26"/>
+      <c r="J80" s="28"/>
+      <c r="K80" s="28"/>
+      <c r="L80" s="27"/>
       <c r="M80" s="2"/>
       <c r="N80" s="0"/>
     </row>
-    <row r="81" spans="1:14" ht="62.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M81" s="11"/>
+    <row r="81" spans="1:14" ht="62.00" customHeight="1">
+      <c r="A81" s="12"/>
+      <c r="B81" s="12"/>
+      <c r="C81" s="12"/>
+      <c r="D81" s="12"/>
+      <c r="E81" s="12"/>
+      <c r="F81" s="12"/>
+      <c r="G81" s="12"/>
+      <c r="H81" s="12"/>
+      <c r="I81" s="12"/>
+      <c r="J81" s="12"/>
+      <c r="K81" s="12"/>
+      <c r="L81" s="12"/>
+      <c r="M81" s="12"/>
       <c r="N81" s="0"/>
     </row>
     <row r="82" spans="1:14" ht="21.00" customHeight="1">
       <c r="A82" s="2"/>
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
       <c r="D82" s="2"/>
       <c r="E82" s="2"/>
       <c r="F82" s="2"/>
-      <c r="G82" s="13" t="s">
-[...3 lines deleted...]
-      <c r="I82" s="15"/>
+      <c r="G82" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H82" s="15"/>
+      <c r="I82" s="16"/>
       <c r="J82" s="2"/>
       <c r="K82" s="2"/>
       <c r="L82" s="2"/>
       <c r="M82" s="2"/>
       <c r="N82" s="0"/>
     </row>
-    <row r="83" spans="1:14" ht="26.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M83" s="1"/>
+    <row r="83" spans="1:14" ht="26.00" customHeight="1">
+      <c r="A83" s="7"/>
+      <c r="B83" s="7"/>
+      <c r="C83" s="7"/>
+      <c r="D83" s="7"/>
+      <c r="E83" s="7"/>
+      <c r="F83" s="7"/>
+      <c r="G83" s="7"/>
+      <c r="H83" s="7"/>
+      <c r="I83" s="7"/>
+      <c r="J83" s="7"/>
+      <c r="K83" s="7"/>
+      <c r="L83" s="7"/>
+      <c r="M83" s="7"/>
       <c r="N83" s="0"/>
     </row>
     <row r="84" spans="1:14" ht="142.25" customHeight="1">
-      <c r="A84" s="11"/>
-[...13 lines deleted...]
-      <c r="M84" s="11"/>
+      <c r="A84" s="12"/>
+      <c r="B84" s="12"/>
+      <c r="C84" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="D84" s="19"/>
+      <c r="E84" s="19"/>
+      <c r="F84" s="19"/>
+      <c r="G84" s="19"/>
+      <c r="H84" s="19"/>
+      <c r="I84" s="19"/>
+      <c r="J84" s="19"/>
+      <c r="K84" s="20"/>
+      <c r="L84" s="12"/>
+      <c r="M84" s="12"/>
       <c r="N84" s="0"/>
     </row>
     <row r="85" spans="1:14" ht="36.50" customHeight="1">
-      <c r="A85" s="1"/>
-[...11 lines deleted...]
-      <c r="M85" s="1"/>
+      <c r="A85" s="7"/>
+      <c r="B85" s="7"/>
+      <c r="C85" s="7"/>
+      <c r="D85" s="7"/>
+      <c r="E85" s="7"/>
+      <c r="F85" s="7"/>
+      <c r="G85" s="7"/>
+      <c r="H85" s="7"/>
+      <c r="I85" s="7"/>
+      <c r="J85" s="7"/>
+      <c r="K85" s="7"/>
+      <c r="L85" s="7"/>
+      <c r="M85" s="7"/>
       <c r="N85" s="0"/>
     </row>
     <row r="86" spans="1:14" ht="21.00" customHeight="1">
       <c r="A86" s="2"/>
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
       <c r="D86" s="2"/>
       <c r="E86" s="46" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F86" s="47"/>
       <c r="G86" s="47"/>
       <c r="H86" s="47"/>
       <c r="I86" s="47"/>
       <c r="J86" s="48"/>
       <c r="K86" s="2"/>
       <c r="L86" s="2"/>
       <c r="M86" s="2"/>
       <c r="N86" s="0"/>
     </row>
-    <row r="87" spans="1:14" ht="32.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M87" s="1"/>
+    <row r="87" spans="1:14" ht="31.75" customHeight="1">
+      <c r="A87" s="7"/>
+      <c r="B87" s="7"/>
+      <c r="C87" s="7"/>
+      <c r="D87" s="7"/>
+      <c r="E87" s="7"/>
+      <c r="F87" s="7"/>
+      <c r="G87" s="7"/>
+      <c r="H87" s="7"/>
+      <c r="I87" s="7"/>
+      <c r="J87" s="7"/>
+      <c r="K87" s="7"/>
+      <c r="L87" s="7"/>
+      <c r="M87" s="7"/>
       <c r="N87" s="0"/>
     </row>
     <row r="88" spans="1:14" ht="16.50" customHeight="1">
       <c r="A88" s="2"/>
-      <c r="B88" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C88" s="9"/>
+      <c r="B88" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C88" s="10"/>
       <c r="D88" s="2"/>
       <c r="E88" s="2"/>
-      <c r="F88" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G88" s="9"/>
+      <c r="F88" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="G88" s="10"/>
       <c r="H88" s="2"/>
-      <c r="I88" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L88" s="9"/>
+      <c r="I88" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="J88" s="11"/>
+      <c r="K88" s="11"/>
+      <c r="L88" s="10"/>
       <c r="M88" s="2"/>
       <c r="N88" s="0"/>
     </row>
-    <row r="89" spans="1:14" ht="47.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M89" s="11"/>
+    <row r="89" spans="1:14" ht="47.00" customHeight="1">
+      <c r="A89" s="7"/>
+      <c r="B89" s="7"/>
+      <c r="C89" s="7"/>
+      <c r="D89" s="7"/>
+      <c r="E89" s="7"/>
+      <c r="F89" s="7"/>
+      <c r="G89" s="7"/>
+      <c r="H89" s="7"/>
+      <c r="I89" s="7"/>
+      <c r="J89" s="7"/>
+      <c r="K89" s="7"/>
+      <c r="L89" s="7"/>
+      <c r="M89" s="7"/>
       <c r="N89" s="0"/>
     </row>
     <row r="90" spans="1:14" ht="16.50" customHeight="1">
       <c r="A90" s="2"/>
-      <c r="B90" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C90" s="9"/>
+      <c r="B90" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C90" s="10"/>
       <c r="D90" s="2"/>
       <c r="E90" s="2"/>
-      <c r="F90" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G90" s="9"/>
+      <c r="F90" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="G90" s="10"/>
       <c r="H90" s="2"/>
-      <c r="I90" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L90" s="9"/>
+      <c r="I90" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="J90" s="11"/>
+      <c r="K90" s="11"/>
+      <c r="L90" s="10"/>
       <c r="M90" s="2"/>
       <c r="N90" s="0"/>
     </row>
-    <row r="91" spans="1:14" ht="38.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M91" s="1"/>
+    <row r="91" spans="1:14" ht="38.00" customHeight="1">
+      <c r="A91" s="7"/>
+      <c r="B91" s="7"/>
+      <c r="C91" s="7"/>
+      <c r="D91" s="7"/>
+      <c r="E91" s="7"/>
+      <c r="F91" s="7"/>
+      <c r="G91" s="7"/>
+      <c r="H91" s="7"/>
+      <c r="I91" s="7"/>
+      <c r="J91" s="7"/>
+      <c r="K91" s="7"/>
+      <c r="L91" s="7"/>
+      <c r="M91" s="7"/>
       <c r="N91" s="0"/>
     </row>
     <row r="92" spans="1:14" ht="16.50" customHeight="1">
       <c r="A92" s="2"/>
-      <c r="B92" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C92" s="9"/>
+      <c r="B92" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C92" s="10"/>
       <c r="D92" s="2"/>
       <c r="E92" s="2"/>
-      <c r="F92" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G92" s="9"/>
+      <c r="F92" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="G92" s="10"/>
       <c r="H92" s="2"/>
-      <c r="I92" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L92" s="9"/>
+      <c r="I92" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="J92" s="11"/>
+      <c r="K92" s="11"/>
+      <c r="L92" s="10"/>
       <c r="M92" s="2"/>
       <c r="N92" s="0"/>
     </row>
-    <row r="93" spans="1:14" ht="50.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M93" s="11"/>
+    <row r="93" spans="1:14" ht="50.00" customHeight="1">
+      <c r="A93" s="12"/>
+      <c r="B93" s="12"/>
+      <c r="C93" s="12"/>
+      <c r="D93" s="12"/>
+      <c r="E93" s="12"/>
+      <c r="F93" s="12"/>
+      <c r="G93" s="12"/>
+      <c r="H93" s="12"/>
+      <c r="I93" s="12"/>
+      <c r="J93" s="12"/>
+      <c r="K93" s="12"/>
+      <c r="L93" s="12"/>
+      <c r="M93" s="12"/>
       <c r="N93" s="0"/>
     </row>
     <row r="94" spans="1:14" ht="16.50" customHeight="1">
       <c r="A94" s="2"/>
-      <c r="B94" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C94" s="9"/>
+      <c r="B94" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C94" s="10"/>
       <c r="D94" s="2"/>
       <c r="E94" s="2"/>
-      <c r="F94" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G94" s="9"/>
+      <c r="F94" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="G94" s="10"/>
       <c r="H94" s="2"/>
-      <c r="I94" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L94" s="9"/>
+      <c r="I94" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="J94" s="11"/>
+      <c r="K94" s="11"/>
+      <c r="L94" s="10"/>
       <c r="M94" s="2"/>
       <c r="N94" s="0"/>
     </row>
-    <row r="95" spans="1:14" ht="62.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M95" s="11"/>
+    <row r="95" spans="1:14" ht="62.00" customHeight="1">
+      <c r="A95" s="12"/>
+      <c r="B95" s="12"/>
+      <c r="C95" s="12"/>
+      <c r="D95" s="12"/>
+      <c r="E95" s="12"/>
+      <c r="F95" s="12"/>
+      <c r="G95" s="12"/>
+      <c r="H95" s="12"/>
+      <c r="I95" s="12"/>
+      <c r="J95" s="12"/>
+      <c r="K95" s="12"/>
+      <c r="L95" s="12"/>
+      <c r="M95" s="12"/>
       <c r="N95" s="0"/>
     </row>
     <row r="96" spans="1:14" ht="21.00" customHeight="1">
       <c r="A96" s="2"/>
       <c r="B96" s="2"/>
       <c r="C96" s="2"/>
       <c r="D96" s="2"/>
       <c r="E96" s="2"/>
       <c r="F96" s="2"/>
-      <c r="G96" s="13" t="s">
-[...3 lines deleted...]
-      <c r="I96" s="15"/>
+      <c r="G96" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H96" s="15"/>
+      <c r="I96" s="16"/>
       <c r="J96" s="2"/>
       <c r="K96" s="2"/>
       <c r="L96" s="2"/>
       <c r="M96" s="2"/>
       <c r="N96" s="0"/>
     </row>
-    <row r="97" spans="1:14" ht="26.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M97" s="1"/>
+    <row r="97" spans="1:14" ht="26.00" customHeight="1">
+      <c r="A97" s="7"/>
+      <c r="B97" s="7"/>
+      <c r="C97" s="7"/>
+      <c r="D97" s="7"/>
+      <c r="E97" s="7"/>
+      <c r="F97" s="7"/>
+      <c r="G97" s="7"/>
+      <c r="H97" s="7"/>
+      <c r="I97" s="7"/>
+      <c r="J97" s="7"/>
+      <c r="K97" s="7"/>
+      <c r="L97" s="7"/>
+      <c r="M97" s="7"/>
       <c r="N97" s="0"/>
     </row>
     <row r="98" spans="1:14" ht="142.25" customHeight="1">
-      <c r="A98" s="11"/>
-[...13 lines deleted...]
-      <c r="M98" s="11"/>
+      <c r="A98" s="12"/>
+      <c r="B98" s="12"/>
+      <c r="C98" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="D98" s="19"/>
+      <c r="E98" s="19"/>
+      <c r="F98" s="19"/>
+      <c r="G98" s="19"/>
+      <c r="H98" s="19"/>
+      <c r="I98" s="19"/>
+      <c r="J98" s="19"/>
+      <c r="K98" s="20"/>
+      <c r="L98" s="12"/>
+      <c r="M98" s="12"/>
       <c r="N98" s="0"/>
     </row>
     <row r="99" spans="1:14" ht="36.50" customHeight="1">
-      <c r="A99" s="1"/>
-[...11 lines deleted...]
-      <c r="M99" s="1"/>
+      <c r="A99" s="7"/>
+      <c r="B99" s="7"/>
+      <c r="C99" s="7"/>
+      <c r="D99" s="7"/>
+      <c r="E99" s="7"/>
+      <c r="F99" s="7"/>
+      <c r="G99" s="7"/>
+      <c r="H99" s="7"/>
+      <c r="I99" s="7"/>
+      <c r="J99" s="7"/>
+      <c r="K99" s="7"/>
+      <c r="L99" s="7"/>
+      <c r="M99" s="7"/>
       <c r="N99" s="0"/>
     </row>
     <row r="100" spans="1:14" ht="21.00" customHeight="1">
       <c r="A100" s="2"/>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="2"/>
       <c r="E100" s="38" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F100" s="39"/>
       <c r="G100" s="39"/>
       <c r="H100" s="39"/>
       <c r="I100" s="39"/>
       <c r="J100" s="40"/>
       <c r="K100" s="2"/>
       <c r="L100" s="2"/>
       <c r="M100" s="2"/>
       <c r="N100" s="0"/>
     </row>
-    <row r="101" spans="1:14" ht="32.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M101" s="1"/>
+    <row r="101" spans="1:14" ht="31.75" customHeight="1">
+      <c r="A101" s="7"/>
+      <c r="B101" s="7"/>
+      <c r="C101" s="7"/>
+      <c r="D101" s="7"/>
+      <c r="E101" s="7"/>
+      <c r="F101" s="7"/>
+      <c r="G101" s="7"/>
+      <c r="H101" s="7"/>
+      <c r="I101" s="7"/>
+      <c r="J101" s="7"/>
+      <c r="K101" s="7"/>
+      <c r="L101" s="7"/>
+      <c r="M101" s="7"/>
       <c r="N101" s="0"/>
     </row>
     <row r="102" spans="1:14" ht="16.50" customHeight="1">
       <c r="A102" s="2"/>
-      <c r="B102" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C102" s="9"/>
+      <c r="B102" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C102" s="10"/>
       <c r="D102" s="2"/>
       <c r="E102" s="2"/>
-      <c r="F102" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G102" s="9"/>
+      <c r="F102" s="9" t="s">
+        <v>81</v>
+      </c>
+      <c r="G102" s="10"/>
       <c r="H102" s="2"/>
-      <c r="I102" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L102" s="9"/>
+      <c r="I102" s="9" t="s">
+        <v>82</v>
+      </c>
+      <c r="J102" s="11"/>
+      <c r="K102" s="11"/>
+      <c r="L102" s="10"/>
       <c r="M102" s="2"/>
       <c r="N102" s="0"/>
     </row>
-    <row r="103" spans="1:14" ht="47.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M103" s="11"/>
+    <row r="103" spans="1:14" ht="47.00" customHeight="1">
+      <c r="A103" s="7"/>
+      <c r="B103" s="7"/>
+      <c r="C103" s="7"/>
+      <c r="D103" s="7"/>
+      <c r="E103" s="7"/>
+      <c r="F103" s="7"/>
+      <c r="G103" s="7"/>
+      <c r="H103" s="7"/>
+      <c r="I103" s="7"/>
+      <c r="J103" s="7"/>
+      <c r="K103" s="7"/>
+      <c r="L103" s="7"/>
+      <c r="M103" s="7"/>
       <c r="N103" s="0"/>
     </row>
-    <row r="104" spans="1:14" ht="16.50" customHeight="1">
+    <row r="104" spans="1:14" ht="13.00" customHeight="1">
       <c r="A104" s="2"/>
-      <c r="B104" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C104" s="9"/>
+      <c r="B104" s="26"/>
+      <c r="C104" s="27"/>
       <c r="D104" s="2"/>
       <c r="E104" s="2"/>
-      <c r="F104" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G104" s="9"/>
+      <c r="F104" s="26"/>
+      <c r="G104" s="27"/>
       <c r="H104" s="2"/>
-      <c r="I104" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L104" s="9"/>
+      <c r="I104" s="26"/>
+      <c r="J104" s="28"/>
+      <c r="K104" s="28"/>
+      <c r="L104" s="27"/>
       <c r="M104" s="2"/>
       <c r="N104" s="0"/>
     </row>
-    <row r="105" spans="1:14" ht="38.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M105" s="1"/>
+    <row r="105" spans="1:14" ht="38.00" customHeight="1">
+      <c r="A105" s="7"/>
+      <c r="B105" s="7"/>
+      <c r="C105" s="7"/>
+      <c r="D105" s="7"/>
+      <c r="E105" s="7"/>
+      <c r="F105" s="7"/>
+      <c r="G105" s="7"/>
+      <c r="H105" s="7"/>
+      <c r="I105" s="7"/>
+      <c r="J105" s="7"/>
+      <c r="K105" s="7"/>
+      <c r="L105" s="7"/>
+      <c r="M105" s="7"/>
       <c r="N105" s="0"/>
     </row>
-    <row r="106" spans="1:14" ht="12.50" customHeight="1">
+    <row r="106" spans="1:14" ht="13.00" customHeight="1">
       <c r="A106" s="2"/>
-      <c r="B106" s="30"/>
-      <c r="C106" s="31"/>
+      <c r="B106" s="26"/>
+      <c r="C106" s="27"/>
       <c r="D106" s="2"/>
       <c r="E106" s="2"/>
-      <c r="F106" s="30"/>
-      <c r="G106" s="31"/>
+      <c r="F106" s="26"/>
+      <c r="G106" s="27"/>
       <c r="H106" s="2"/>
-      <c r="I106" s="30"/>
-[...2 lines deleted...]
-      <c r="L106" s="31"/>
+      <c r="I106" s="26"/>
+      <c r="J106" s="28"/>
+      <c r="K106" s="28"/>
+      <c r="L106" s="27"/>
       <c r="M106" s="2"/>
       <c r="N106" s="0"/>
     </row>
-    <row r="107" spans="1:14" ht="50.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M107" s="11"/>
+    <row r="107" spans="1:14" ht="50.00" customHeight="1">
+      <c r="A107" s="12"/>
+      <c r="B107" s="12"/>
+      <c r="C107" s="12"/>
+      <c r="D107" s="12"/>
+      <c r="E107" s="12"/>
+      <c r="F107" s="12"/>
+      <c r="G107" s="12"/>
+      <c r="H107" s="12"/>
+      <c r="I107" s="12"/>
+      <c r="J107" s="12"/>
+      <c r="K107" s="12"/>
+      <c r="L107" s="12"/>
+      <c r="M107" s="12"/>
       <c r="N107" s="0"/>
     </row>
-    <row r="108" spans="1:14" ht="12.50" customHeight="1">
+    <row r="108" spans="1:14" ht="13.00" customHeight="1">
       <c r="A108" s="2"/>
-      <c r="B108" s="30"/>
-      <c r="C108" s="31"/>
+      <c r="B108" s="26"/>
+      <c r="C108" s="27"/>
       <c r="D108" s="2"/>
       <c r="E108" s="2"/>
-      <c r="F108" s="30"/>
-      <c r="G108" s="31"/>
+      <c r="F108" s="26"/>
+      <c r="G108" s="27"/>
       <c r="H108" s="2"/>
-      <c r="I108" s="30"/>
-[...2 lines deleted...]
-      <c r="L108" s="31"/>
+      <c r="I108" s="26"/>
+      <c r="J108" s="28"/>
+      <c r="K108" s="28"/>
+      <c r="L108" s="27"/>
       <c r="M108" s="2"/>
       <c r="N108" s="0"/>
     </row>
-    <row r="109" spans="1:14" ht="62.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M109" s="11"/>
+    <row r="109" spans="1:14" ht="62.00" customHeight="1">
+      <c r="A109" s="12"/>
+      <c r="B109" s="12"/>
+      <c r="C109" s="12"/>
+      <c r="D109" s="12"/>
+      <c r="E109" s="12"/>
+      <c r="F109" s="12"/>
+      <c r="G109" s="12"/>
+      <c r="H109" s="12"/>
+      <c r="I109" s="12"/>
+      <c r="J109" s="12"/>
+      <c r="K109" s="12"/>
+      <c r="L109" s="12"/>
+      <c r="M109" s="12"/>
       <c r="N109" s="0"/>
     </row>
     <row r="110" spans="1:14" ht="21.00" customHeight="1">
       <c r="A110" s="2"/>
       <c r="B110" s="2"/>
       <c r="C110" s="2"/>
       <c r="D110" s="2"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
-      <c r="G110" s="13" t="s">
-[...3 lines deleted...]
-      <c r="I110" s="15"/>
+      <c r="G110" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H110" s="15"/>
+      <c r="I110" s="16"/>
       <c r="J110" s="2"/>
       <c r="K110" s="2"/>
       <c r="L110" s="2"/>
       <c r="M110" s="2"/>
       <c r="N110" s="0"/>
     </row>
-    <row r="111" spans="1:14" ht="26.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M111" s="1"/>
+    <row r="111" spans="1:14" ht="26.00" customHeight="1">
+      <c r="A111" s="7"/>
+      <c r="B111" s="7"/>
+      <c r="C111" s="7"/>
+      <c r="D111" s="7"/>
+      <c r="E111" s="7"/>
+      <c r="F111" s="7"/>
+      <c r="G111" s="7"/>
+      <c r="H111" s="7"/>
+      <c r="I111" s="7"/>
+      <c r="J111" s="7"/>
+      <c r="K111" s="7"/>
+      <c r="L111" s="7"/>
+      <c r="M111" s="7"/>
       <c r="N111" s="0"/>
     </row>
     <row r="112" spans="1:14" ht="142.25" customHeight="1">
-      <c r="A112" s="11"/>
-[...13 lines deleted...]
-      <c r="M112" s="11"/>
+      <c r="A112" s="12"/>
+      <c r="B112" s="12"/>
+      <c r="C112" s="9" t="s">
+        <v>83</v>
+      </c>
+      <c r="D112" s="11"/>
+      <c r="E112" s="11"/>
+      <c r="F112" s="11"/>
+      <c r="G112" s="11"/>
+      <c r="H112" s="11"/>
+      <c r="I112" s="11"/>
+      <c r="J112" s="11"/>
+      <c r="K112" s="10"/>
+      <c r="L112" s="12"/>
+      <c r="M112" s="12"/>
       <c r="N112" s="0"/>
     </row>
     <row r="113" spans="1:14" ht="36.50" customHeight="1">
-      <c r="A113" s="1"/>
-[...11 lines deleted...]
-      <c r="M113" s="1"/>
+      <c r="A113" s="7"/>
+      <c r="B113" s="7"/>
+      <c r="C113" s="7"/>
+      <c r="D113" s="7"/>
+      <c r="E113" s="7"/>
+      <c r="F113" s="7"/>
+      <c r="G113" s="7"/>
+      <c r="H113" s="7"/>
+      <c r="I113" s="7"/>
+      <c r="J113" s="7"/>
+      <c r="K113" s="7"/>
+      <c r="L113" s="7"/>
+      <c r="M113" s="7"/>
       <c r="N113" s="0"/>
     </row>
     <row r="114" spans="1:14" ht="21.00" customHeight="1">
       <c r="A114" s="2"/>
       <c r="B114" s="2"/>
       <c r="C114" s="2"/>
       <c r="D114" s="2"/>
       <c r="E114" s="46" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F114" s="47"/>
       <c r="G114" s="47"/>
       <c r="H114" s="47"/>
       <c r="I114" s="47"/>
       <c r="J114" s="48"/>
       <c r="K114" s="2"/>
       <c r="L114" s="2"/>
       <c r="M114" s="2"/>
       <c r="N114" s="0"/>
     </row>
-    <row r="115" spans="1:14" ht="32.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M115" s="1"/>
+    <row r="115" spans="1:14" ht="31.75" customHeight="1">
+      <c r="A115" s="7"/>
+      <c r="B115" s="7"/>
+      <c r="C115" s="7"/>
+      <c r="D115" s="7"/>
+      <c r="E115" s="7"/>
+      <c r="F115" s="7"/>
+      <c r="G115" s="7"/>
+      <c r="H115" s="7"/>
+      <c r="I115" s="7"/>
+      <c r="J115" s="7"/>
+      <c r="K115" s="7"/>
+      <c r="L115" s="7"/>
+      <c r="M115" s="7"/>
       <c r="N115" s="0"/>
     </row>
     <row r="116" spans="1:14" ht="16.50" customHeight="1">
       <c r="A116" s="2"/>
-      <c r="B116" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C116" s="9"/>
+      <c r="B116" s="9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C116" s="10"/>
       <c r="D116" s="2"/>
       <c r="E116" s="2"/>
-      <c r="F116" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G116" s="9"/>
+      <c r="F116" s="9" t="s">
+        <v>86</v>
+      </c>
+      <c r="G116" s="10"/>
       <c r="H116" s="2"/>
-      <c r="I116" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L116" s="9"/>
+      <c r="I116" s="9" t="s">
+        <v>87</v>
+      </c>
+      <c r="J116" s="11"/>
+      <c r="K116" s="11"/>
+      <c r="L116" s="10"/>
       <c r="M116" s="2"/>
       <c r="N116" s="0"/>
     </row>
-    <row r="117" spans="1:14" ht="47.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M117" s="11"/>
+    <row r="117" spans="1:14" ht="47.00" customHeight="1">
+      <c r="A117" s="7"/>
+      <c r="B117" s="7"/>
+      <c r="C117" s="7"/>
+      <c r="D117" s="7"/>
+      <c r="E117" s="7"/>
+      <c r="F117" s="7"/>
+      <c r="G117" s="7"/>
+      <c r="H117" s="7"/>
+      <c r="I117" s="7"/>
+      <c r="J117" s="7"/>
+      <c r="K117" s="7"/>
+      <c r="L117" s="7"/>
+      <c r="M117" s="7"/>
       <c r="N117" s="0"/>
     </row>
     <row r="118" spans="1:14" ht="16.50" customHeight="1">
       <c r="A118" s="2"/>
-      <c r="B118" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C118" s="9"/>
+      <c r="B118" s="9" t="s">
+        <v>88</v>
+      </c>
+      <c r="C118" s="10"/>
       <c r="D118" s="2"/>
       <c r="E118" s="2"/>
-      <c r="F118" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G118" s="9"/>
+      <c r="F118" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="G118" s="10"/>
       <c r="H118" s="2"/>
-      <c r="I118" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L118" s="9"/>
+      <c r="I118" s="9" t="s">
+        <v>90</v>
+      </c>
+      <c r="J118" s="11"/>
+      <c r="K118" s="11"/>
+      <c r="L118" s="10"/>
       <c r="M118" s="2"/>
       <c r="N118" s="0"/>
     </row>
-    <row r="119" spans="1:14" ht="38.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M119" s="1"/>
+    <row r="119" spans="1:14" ht="38.00" customHeight="1">
+      <c r="A119" s="7"/>
+      <c r="B119" s="7"/>
+      <c r="C119" s="7"/>
+      <c r="D119" s="7"/>
+      <c r="E119" s="7"/>
+      <c r="F119" s="7"/>
+      <c r="G119" s="7"/>
+      <c r="H119" s="7"/>
+      <c r="I119" s="7"/>
+      <c r="J119" s="7"/>
+      <c r="K119" s="7"/>
+      <c r="L119" s="7"/>
+      <c r="M119" s="7"/>
       <c r="N119" s="0"/>
     </row>
-    <row r="120" spans="1:14" ht="12.50" customHeight="1">
+    <row r="120" spans="1:14" ht="13.00" customHeight="1">
       <c r="A120" s="2"/>
-      <c r="B120" s="30"/>
-      <c r="C120" s="31"/>
+      <c r="B120" s="26"/>
+      <c r="C120" s="27"/>
       <c r="D120" s="2"/>
       <c r="E120" s="2"/>
-      <c r="F120" s="30"/>
-      <c r="G120" s="31"/>
+      <c r="F120" s="26"/>
+      <c r="G120" s="27"/>
       <c r="H120" s="2"/>
-      <c r="I120" s="30"/>
-[...2 lines deleted...]
-      <c r="L120" s="31"/>
+      <c r="I120" s="26"/>
+      <c r="J120" s="28"/>
+      <c r="K120" s="28"/>
+      <c r="L120" s="27"/>
       <c r="M120" s="2"/>
       <c r="N120" s="0"/>
     </row>
-    <row r="121" spans="1:14" ht="50.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M121" s="11"/>
+    <row r="121" spans="1:14" ht="50.00" customHeight="1">
+      <c r="A121" s="12"/>
+      <c r="B121" s="12"/>
+      <c r="C121" s="12"/>
+      <c r="D121" s="12"/>
+      <c r="E121" s="12"/>
+      <c r="F121" s="12"/>
+      <c r="G121" s="12"/>
+      <c r="H121" s="12"/>
+      <c r="I121" s="12"/>
+      <c r="J121" s="12"/>
+      <c r="K121" s="12"/>
+      <c r="L121" s="12"/>
+      <c r="M121" s="12"/>
       <c r="N121" s="0"/>
     </row>
-    <row r="122" spans="1:14" ht="12.50" customHeight="1">
+    <row r="122" spans="1:14" ht="13.00" customHeight="1">
       <c r="A122" s="2"/>
-      <c r="B122" s="30"/>
-      <c r="C122" s="31"/>
+      <c r="B122" s="26"/>
+      <c r="C122" s="27"/>
       <c r="D122" s="2"/>
       <c r="E122" s="2"/>
-      <c r="F122" s="30"/>
-      <c r="G122" s="31"/>
+      <c r="F122" s="26"/>
+      <c r="G122" s="27"/>
       <c r="H122" s="2"/>
-      <c r="I122" s="30"/>
-[...2 lines deleted...]
-      <c r="L122" s="31"/>
+      <c r="I122" s="26"/>
+      <c r="J122" s="28"/>
+      <c r="K122" s="28"/>
+      <c r="L122" s="27"/>
       <c r="M122" s="2"/>
       <c r="N122" s="0"/>
     </row>
-    <row r="123" spans="1:14" ht="62.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M123" s="11"/>
+    <row r="123" spans="1:14" ht="62.00" customHeight="1">
+      <c r="A123" s="12"/>
+      <c r="B123" s="12"/>
+      <c r="C123" s="12"/>
+      <c r="D123" s="12"/>
+      <c r="E123" s="12"/>
+      <c r="F123" s="12"/>
+      <c r="G123" s="12"/>
+      <c r="H123" s="12"/>
+      <c r="I123" s="12"/>
+      <c r="J123" s="12"/>
+      <c r="K123" s="12"/>
+      <c r="L123" s="12"/>
+      <c r="M123" s="12"/>
       <c r="N123" s="0"/>
     </row>
     <row r="124" spans="1:14" ht="21.00" customHeight="1">
       <c r="A124" s="2"/>
       <c r="B124" s="2"/>
       <c r="C124" s="2"/>
       <c r="D124" s="2"/>
       <c r="E124" s="2"/>
       <c r="F124" s="2"/>
-      <c r="G124" s="13" t="s">
-[...3 lines deleted...]
-      <c r="I124" s="15"/>
+      <c r="G124" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H124" s="15"/>
+      <c r="I124" s="16"/>
       <c r="J124" s="2"/>
       <c r="K124" s="2"/>
       <c r="L124" s="2"/>
       <c r="M124" s="2"/>
       <c r="N124" s="0"/>
     </row>
-    <row r="125" spans="1:14" ht="26.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M125" s="1"/>
+    <row r="125" spans="1:14" ht="26.00" customHeight="1">
+      <c r="A125" s="7"/>
+      <c r="B125" s="7"/>
+      <c r="C125" s="7"/>
+      <c r="D125" s="7"/>
+      <c r="E125" s="7"/>
+      <c r="F125" s="7"/>
+      <c r="G125" s="7"/>
+      <c r="H125" s="7"/>
+      <c r="I125" s="7"/>
+      <c r="J125" s="7"/>
+      <c r="K125" s="7"/>
+      <c r="L125" s="7"/>
+      <c r="M125" s="7"/>
       <c r="N125" s="0"/>
     </row>
     <row r="126" spans="1:14" ht="142.25" customHeight="1">
-      <c r="A126" s="11"/>
-[...13 lines deleted...]
-      <c r="M126" s="11"/>
+      <c r="A126" s="12"/>
+      <c r="B126" s="12"/>
+      <c r="C126" s="9" t="s">
+        <v>83</v>
+      </c>
+      <c r="D126" s="11"/>
+      <c r="E126" s="11"/>
+      <c r="F126" s="11"/>
+      <c r="G126" s="11"/>
+      <c r="H126" s="11"/>
+      <c r="I126" s="11"/>
+      <c r="J126" s="11"/>
+      <c r="K126" s="10"/>
+      <c r="L126" s="12"/>
+      <c r="M126" s="12"/>
       <c r="N126" s="0"/>
     </row>
     <row r="127" spans="1:14" ht="36.50" customHeight="1">
-      <c r="A127" s="1"/>
-[...11 lines deleted...]
-      <c r="M127" s="1"/>
+      <c r="A127" s="7"/>
+      <c r="B127" s="7"/>
+      <c r="C127" s="7"/>
+      <c r="D127" s="7"/>
+      <c r="E127" s="7"/>
+      <c r="F127" s="7"/>
+      <c r="G127" s="7"/>
+      <c r="H127" s="7"/>
+      <c r="I127" s="7"/>
+      <c r="J127" s="7"/>
+      <c r="K127" s="7"/>
+      <c r="L127" s="7"/>
+      <c r="M127" s="7"/>
       <c r="N127" s="0"/>
     </row>
     <row r="128" spans="1:14" ht="21.00" customHeight="1">
       <c r="A128" s="2"/>
       <c r="B128" s="2"/>
       <c r="C128" s="2"/>
       <c r="D128" s="2"/>
       <c r="E128" s="42" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="F128" s="43"/>
       <c r="G128" s="43"/>
       <c r="H128" s="43"/>
       <c r="I128" s="43"/>
       <c r="J128" s="44"/>
       <c r="K128" s="2"/>
       <c r="L128" s="2"/>
       <c r="M128" s="2"/>
       <c r="N128" s="0"/>
     </row>
-    <row r="129" spans="1:14" ht="32.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M129" s="1"/>
+    <row r="129" spans="1:14" ht="31.75" customHeight="1">
+      <c r="A129" s="7"/>
+      <c r="B129" s="7"/>
+      <c r="C129" s="7"/>
+      <c r="D129" s="7"/>
+      <c r="E129" s="7"/>
+      <c r="F129" s="7"/>
+      <c r="G129" s="7"/>
+      <c r="H129" s="7"/>
+      <c r="I129" s="7"/>
+      <c r="J129" s="7"/>
+      <c r="K129" s="7"/>
+      <c r="L129" s="7"/>
+      <c r="M129" s="7"/>
       <c r="N129" s="0"/>
     </row>
     <row r="130" spans="1:14" ht="16.50" customHeight="1">
       <c r="A130" s="2"/>
-      <c r="B130" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C130" s="9"/>
+      <c r="B130" s="9" t="s">
+        <v>92</v>
+      </c>
+      <c r="C130" s="10"/>
       <c r="D130" s="2"/>
       <c r="E130" s="2"/>
-      <c r="F130" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G130" s="9"/>
+      <c r="F130" s="9" t="s">
+        <v>93</v>
+      </c>
+      <c r="G130" s="10"/>
       <c r="H130" s="2"/>
-      <c r="I130" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L130" s="9"/>
+      <c r="I130" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="J130" s="11"/>
+      <c r="K130" s="11"/>
+      <c r="L130" s="10"/>
       <c r="M130" s="2"/>
       <c r="N130" s="0"/>
     </row>
-    <row r="131" spans="1:14" ht="47.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M131" s="11"/>
+    <row r="131" spans="1:14" ht="47.00" customHeight="1">
+      <c r="A131" s="7"/>
+      <c r="B131" s="7"/>
+      <c r="C131" s="7"/>
+      <c r="D131" s="7"/>
+      <c r="E131" s="7"/>
+      <c r="F131" s="7"/>
+      <c r="G131" s="7"/>
+      <c r="H131" s="7"/>
+      <c r="I131" s="7"/>
+      <c r="J131" s="7"/>
+      <c r="K131" s="7"/>
+      <c r="L131" s="7"/>
+      <c r="M131" s="7"/>
       <c r="N131" s="0"/>
     </row>
-    <row r="132" spans="1:14" ht="12.50" customHeight="1">
+    <row r="132" spans="1:14" ht="13.00" customHeight="1">
       <c r="A132" s="2"/>
-      <c r="B132" s="30"/>
-      <c r="C132" s="31"/>
+      <c r="B132" s="26"/>
+      <c r="C132" s="27"/>
       <c r="D132" s="2"/>
       <c r="E132" s="2"/>
-      <c r="F132" s="30"/>
-      <c r="G132" s="31"/>
+      <c r="F132" s="26"/>
+      <c r="G132" s="27"/>
       <c r="H132" s="2"/>
-      <c r="I132" s="30"/>
-[...2 lines deleted...]
-      <c r="L132" s="31"/>
+      <c r="I132" s="26"/>
+      <c r="J132" s="28"/>
+      <c r="K132" s="28"/>
+      <c r="L132" s="27"/>
       <c r="M132" s="2"/>
       <c r="N132" s="0"/>
     </row>
-    <row r="133" spans="1:14" ht="38.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M133" s="1"/>
+    <row r="133" spans="1:14" ht="38.00" customHeight="1">
+      <c r="A133" s="7"/>
+      <c r="B133" s="7"/>
+      <c r="C133" s="7"/>
+      <c r="D133" s="7"/>
+      <c r="E133" s="7"/>
+      <c r="F133" s="7"/>
+      <c r="G133" s="7"/>
+      <c r="H133" s="7"/>
+      <c r="I133" s="7"/>
+      <c r="J133" s="7"/>
+      <c r="K133" s="7"/>
+      <c r="L133" s="7"/>
+      <c r="M133" s="7"/>
       <c r="N133" s="0"/>
     </row>
-    <row r="134" spans="1:14" ht="12.50" customHeight="1">
+    <row r="134" spans="1:14" ht="13.00" customHeight="1">
       <c r="A134" s="2"/>
-      <c r="B134" s="30"/>
-      <c r="C134" s="31"/>
+      <c r="B134" s="26"/>
+      <c r="C134" s="27"/>
       <c r="D134" s="2"/>
       <c r="E134" s="2"/>
-      <c r="F134" s="30"/>
-      <c r="G134" s="31"/>
+      <c r="F134" s="26"/>
+      <c r="G134" s="27"/>
       <c r="H134" s="2"/>
-      <c r="I134" s="30"/>
-[...2 lines deleted...]
-      <c r="L134" s="31"/>
+      <c r="I134" s="26"/>
+      <c r="J134" s="28"/>
+      <c r="K134" s="28"/>
+      <c r="L134" s="27"/>
       <c r="M134" s="2"/>
       <c r="N134" s="0"/>
     </row>
-    <row r="135" spans="1:14" ht="50.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M135" s="11"/>
+    <row r="135" spans="1:14" ht="50.00" customHeight="1">
+      <c r="A135" s="12"/>
+      <c r="B135" s="12"/>
+      <c r="C135" s="12"/>
+      <c r="D135" s="12"/>
+      <c r="E135" s="12"/>
+      <c r="F135" s="12"/>
+      <c r="G135" s="12"/>
+      <c r="H135" s="12"/>
+      <c r="I135" s="12"/>
+      <c r="J135" s="12"/>
+      <c r="K135" s="12"/>
+      <c r="L135" s="12"/>
+      <c r="M135" s="12"/>
       <c r="N135" s="0"/>
     </row>
-    <row r="136" spans="1:14" ht="12.50" customHeight="1">
+    <row r="136" spans="1:14" ht="13.00" customHeight="1">
       <c r="A136" s="2"/>
-      <c r="B136" s="30"/>
-      <c r="C136" s="31"/>
+      <c r="B136" s="26"/>
+      <c r="C136" s="27"/>
       <c r="D136" s="2"/>
       <c r="E136" s="2"/>
-      <c r="F136" s="30"/>
-      <c r="G136" s="31"/>
+      <c r="F136" s="26"/>
+      <c r="G136" s="27"/>
       <c r="H136" s="2"/>
-      <c r="I136" s="30"/>
-[...2 lines deleted...]
-      <c r="L136" s="31"/>
+      <c r="I136" s="26"/>
+      <c r="J136" s="28"/>
+      <c r="K136" s="28"/>
+      <c r="L136" s="27"/>
       <c r="M136" s="2"/>
       <c r="N136" s="0"/>
     </row>
-    <row r="137" spans="1:14" ht="62.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M137" s="11"/>
+    <row r="137" spans="1:14" ht="62.00" customHeight="1">
+      <c r="A137" s="12"/>
+      <c r="B137" s="12"/>
+      <c r="C137" s="12"/>
+      <c r="D137" s="12"/>
+      <c r="E137" s="12"/>
+      <c r="F137" s="12"/>
+      <c r="G137" s="12"/>
+      <c r="H137" s="12"/>
+      <c r="I137" s="12"/>
+      <c r="J137" s="12"/>
+      <c r="K137" s="12"/>
+      <c r="L137" s="12"/>
+      <c r="M137" s="12"/>
       <c r="N137" s="0"/>
     </row>
     <row r="138" spans="1:14" ht="21.00" customHeight="1">
       <c r="A138" s="2"/>
       <c r="B138" s="2"/>
       <c r="C138" s="2"/>
       <c r="D138" s="2"/>
       <c r="E138" s="2"/>
       <c r="F138" s="2"/>
-      <c r="G138" s="13" t="s">
-[...3 lines deleted...]
-      <c r="I138" s="15"/>
+      <c r="G138" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H138" s="15"/>
+      <c r="I138" s="16"/>
       <c r="J138" s="2"/>
       <c r="K138" s="2"/>
       <c r="L138" s="2"/>
       <c r="M138" s="2"/>
       <c r="N138" s="0"/>
     </row>
-    <row r="139" spans="1:14" ht="26.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M139" s="1"/>
+    <row r="139" spans="1:14" ht="26.00" customHeight="1">
+      <c r="A139" s="7"/>
+      <c r="B139" s="7"/>
+      <c r="C139" s="7"/>
+      <c r="D139" s="7"/>
+      <c r="E139" s="7"/>
+      <c r="F139" s="7"/>
+      <c r="G139" s="7"/>
+      <c r="H139" s="7"/>
+      <c r="I139" s="7"/>
+      <c r="J139" s="7"/>
+      <c r="K139" s="7"/>
+      <c r="L139" s="7"/>
+      <c r="M139" s="7"/>
       <c r="N139" s="0"/>
     </row>
     <row r="140" spans="1:14" ht="142.25" customHeight="1">
-      <c r="A140" s="11"/>
-[...13 lines deleted...]
-      <c r="M140" s="11"/>
+      <c r="A140" s="12"/>
+      <c r="B140" s="12"/>
+      <c r="C140" s="9" t="s">
+        <v>83</v>
+      </c>
+      <c r="D140" s="11"/>
+      <c r="E140" s="11"/>
+      <c r="F140" s="11"/>
+      <c r="G140" s="11"/>
+      <c r="H140" s="11"/>
+      <c r="I140" s="11"/>
+      <c r="J140" s="11"/>
+      <c r="K140" s="10"/>
+      <c r="L140" s="12"/>
+      <c r="M140" s="12"/>
       <c r="N140" s="0"/>
     </row>
     <row r="141" spans="1:14" ht="36.50" customHeight="1">
-      <c r="A141" s="1"/>
-[...11 lines deleted...]
-      <c r="M141" s="1"/>
+      <c r="A141" s="7"/>
+      <c r="B141" s="7"/>
+      <c r="C141" s="7"/>
+      <c r="D141" s="7"/>
+      <c r="E141" s="7"/>
+      <c r="F141" s="7"/>
+      <c r="G141" s="7"/>
+      <c r="H141" s="7"/>
+      <c r="I141" s="7"/>
+      <c r="J141" s="7"/>
+      <c r="K141" s="7"/>
+      <c r="L141" s="7"/>
+      <c r="M141" s="7"/>
       <c r="N141" s="0"/>
     </row>
     <row r="142" spans="1:14" ht="21.00" customHeight="1">
       <c r="A142" s="2"/>
       <c r="B142" s="2"/>
       <c r="C142" s="2"/>
       <c r="D142" s="2"/>
       <c r="E142" s="4" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="F142" s="5"/>
       <c r="G142" s="5"/>
       <c r="H142" s="5"/>
       <c r="I142" s="5"/>
       <c r="J142" s="6"/>
       <c r="K142" s="2"/>
       <c r="L142" s="2"/>
       <c r="M142" s="2"/>
       <c r="N142" s="0"/>
     </row>
-    <row r="143" spans="1:14" ht="32.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M143" s="1"/>
+    <row r="143" spans="1:14" ht="31.75" customHeight="1">
+      <c r="A143" s="7"/>
+      <c r="B143" s="7"/>
+      <c r="C143" s="7"/>
+      <c r="D143" s="7"/>
+      <c r="E143" s="7"/>
+      <c r="F143" s="7"/>
+      <c r="G143" s="7"/>
+      <c r="H143" s="7"/>
+      <c r="I143" s="7"/>
+      <c r="J143" s="7"/>
+      <c r="K143" s="7"/>
+      <c r="L143" s="7"/>
+      <c r="M143" s="7"/>
       <c r="N143" s="0"/>
     </row>
     <row r="144" spans="1:14" ht="16.50" customHeight="1">
       <c r="A144" s="2"/>
-      <c r="B144" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C144" s="9"/>
+      <c r="B144" s="9" t="s">
+        <v>96</v>
+      </c>
+      <c r="C144" s="10"/>
       <c r="D144" s="2"/>
       <c r="E144" s="2"/>
-      <c r="F144" s="30"/>
-      <c r="G144" s="31"/>
+      <c r="F144" s="9" t="s">
+        <v>97</v>
+      </c>
+      <c r="G144" s="10"/>
       <c r="H144" s="2"/>
-      <c r="I144" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L144" s="9"/>
+      <c r="I144" s="9" t="s">
+        <v>98</v>
+      </c>
+      <c r="J144" s="11"/>
+      <c r="K144" s="11"/>
+      <c r="L144" s="10"/>
       <c r="M144" s="2"/>
       <c r="N144" s="0"/>
     </row>
-    <row r="145" spans="1:14" ht="47.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M145" s="11"/>
+    <row r="145" spans="1:14" ht="47.00" customHeight="1">
+      <c r="A145" s="7"/>
+      <c r="B145" s="7"/>
+      <c r="C145" s="7"/>
+      <c r="D145" s="7"/>
+      <c r="E145" s="7"/>
+      <c r="F145" s="7"/>
+      <c r="G145" s="7"/>
+      <c r="H145" s="7"/>
+      <c r="I145" s="7"/>
+      <c r="J145" s="7"/>
+      <c r="K145" s="7"/>
+      <c r="L145" s="7"/>
+      <c r="M145" s="7"/>
       <c r="N145" s="0"/>
     </row>
-    <row r="146" spans="1:14" ht="12.50" customHeight="1">
+    <row r="146" spans="1:14" ht="16.50" customHeight="1">
       <c r="A146" s="2"/>
-      <c r="B146" s="30"/>
-      <c r="C146" s="31"/>
+      <c r="B146" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="C146" s="10"/>
       <c r="D146" s="2"/>
       <c r="E146" s="2"/>
-      <c r="F146" s="30"/>
-      <c r="G146" s="31"/>
+      <c r="F146" s="9" t="s">
+        <v>100</v>
+      </c>
+      <c r="G146" s="10"/>
       <c r="H146" s="2"/>
-      <c r="I146" s="30"/>
-[...2 lines deleted...]
-      <c r="L146" s="31"/>
+      <c r="I146" s="9" t="s">
+        <v>101</v>
+      </c>
+      <c r="J146" s="11"/>
+      <c r="K146" s="11"/>
+      <c r="L146" s="10"/>
       <c r="M146" s="2"/>
       <c r="N146" s="0"/>
     </row>
-    <row r="147" spans="1:14" ht="38.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M147" s="1"/>
+    <row r="147" spans="1:14" ht="38.00" customHeight="1">
+      <c r="A147" s="7"/>
+      <c r="B147" s="7"/>
+      <c r="C147" s="7"/>
+      <c r="D147" s="7"/>
+      <c r="E147" s="7"/>
+      <c r="F147" s="7"/>
+      <c r="G147" s="7"/>
+      <c r="H147" s="7"/>
+      <c r="I147" s="7"/>
+      <c r="J147" s="7"/>
+      <c r="K147" s="7"/>
+      <c r="L147" s="7"/>
+      <c r="M147" s="7"/>
       <c r="N147" s="0"/>
     </row>
-    <row r="148" spans="1:14" ht="12.50" customHeight="1">
+    <row r="148" spans="1:14" ht="16.50" customHeight="1">
       <c r="A148" s="2"/>
-      <c r="B148" s="30"/>
-      <c r="C148" s="31"/>
+      <c r="B148" s="9" t="s">
+        <v>102</v>
+      </c>
+      <c r="C148" s="10"/>
       <c r="D148" s="2"/>
       <c r="E148" s="2"/>
-      <c r="F148" s="30"/>
-      <c r="G148" s="31"/>
+      <c r="F148" s="9" t="s">
+        <v>103</v>
+      </c>
+      <c r="G148" s="10"/>
       <c r="H148" s="2"/>
-      <c r="I148" s="30"/>
-[...2 lines deleted...]
-      <c r="L148" s="31"/>
+      <c r="I148" s="9" t="s">
+        <v>104</v>
+      </c>
+      <c r="J148" s="11"/>
+      <c r="K148" s="11"/>
+      <c r="L148" s="10"/>
       <c r="M148" s="2"/>
       <c r="N148" s="0"/>
     </row>
-    <row r="149" spans="1:14" ht="50.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M149" s="11"/>
+    <row r="149" spans="1:14" ht="50.00" customHeight="1">
+      <c r="A149" s="12"/>
+      <c r="B149" s="12"/>
+      <c r="C149" s="12"/>
+      <c r="D149" s="12"/>
+      <c r="E149" s="12"/>
+      <c r="F149" s="12"/>
+      <c r="G149" s="12"/>
+      <c r="H149" s="12"/>
+      <c r="I149" s="12"/>
+      <c r="J149" s="12"/>
+      <c r="K149" s="12"/>
+      <c r="L149" s="12"/>
+      <c r="M149" s="12"/>
       <c r="N149" s="0"/>
     </row>
-    <row r="150" spans="1:14" ht="12.50" customHeight="1">
+    <row r="150" spans="1:14" ht="13.00" customHeight="1">
       <c r="A150" s="2"/>
-      <c r="B150" s="30"/>
-      <c r="C150" s="31"/>
+      <c r="B150" s="26"/>
+      <c r="C150" s="27"/>
       <c r="D150" s="2"/>
       <c r="E150" s="2"/>
-      <c r="F150" s="30"/>
-      <c r="G150" s="31"/>
+      <c r="F150" s="26"/>
+      <c r="G150" s="27"/>
       <c r="H150" s="2"/>
-      <c r="I150" s="30"/>
-[...2 lines deleted...]
-      <c r="L150" s="31"/>
+      <c r="I150" s="26"/>
+      <c r="J150" s="28"/>
+      <c r="K150" s="28"/>
+      <c r="L150" s="27"/>
       <c r="M150" s="2"/>
       <c r="N150" s="0"/>
     </row>
-    <row r="151" spans="1:14" ht="62.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M151" s="11"/>
+    <row r="151" spans="1:14" ht="62.00" customHeight="1">
+      <c r="A151" s="12"/>
+      <c r="B151" s="12"/>
+      <c r="C151" s="12"/>
+      <c r="D151" s="12"/>
+      <c r="E151" s="12"/>
+      <c r="F151" s="12"/>
+      <c r="G151" s="12"/>
+      <c r="H151" s="12"/>
+      <c r="I151" s="12"/>
+      <c r="J151" s="12"/>
+      <c r="K151" s="12"/>
+      <c r="L151" s="12"/>
+      <c r="M151" s="12"/>
       <c r="N151" s="0"/>
     </row>
     <row r="152" spans="1:14" ht="21.00" customHeight="1">
       <c r="A152" s="2"/>
       <c r="B152" s="2"/>
       <c r="C152" s="2"/>
       <c r="D152" s="2"/>
       <c r="E152" s="2"/>
       <c r="F152" s="2"/>
-      <c r="G152" s="13" t="s">
-[...3 lines deleted...]
-      <c r="I152" s="15"/>
+      <c r="G152" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H152" s="15"/>
+      <c r="I152" s="16"/>
       <c r="J152" s="2"/>
       <c r="K152" s="2"/>
       <c r="L152" s="2"/>
       <c r="M152" s="2"/>
       <c r="N152" s="0"/>
     </row>
-    <row r="153" spans="1:14" ht="26.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M153" s="1"/>
+    <row r="153" spans="1:14" ht="26.00" customHeight="1">
+      <c r="A153" s="7"/>
+      <c r="B153" s="7"/>
+      <c r="C153" s="7"/>
+      <c r="D153" s="7"/>
+      <c r="E153" s="7"/>
+      <c r="F153" s="7"/>
+      <c r="G153" s="7"/>
+      <c r="H153" s="7"/>
+      <c r="I153" s="7"/>
+      <c r="J153" s="7"/>
+      <c r="K153" s="7"/>
+      <c r="L153" s="7"/>
+      <c r="M153" s="7"/>
       <c r="N153" s="0"/>
     </row>
     <row r="154" spans="1:14" ht="142.25" customHeight="1">
-      <c r="A154" s="11"/>
-[...13 lines deleted...]
-      <c r="M154" s="11"/>
+      <c r="A154" s="12"/>
+      <c r="B154" s="12"/>
+      <c r="C154" s="9" t="s">
+        <v>83</v>
+      </c>
+      <c r="D154" s="11"/>
+      <c r="E154" s="11"/>
+      <c r="F154" s="11"/>
+      <c r="G154" s="11"/>
+      <c r="H154" s="11"/>
+      <c r="I154" s="11"/>
+      <c r="J154" s="11"/>
+      <c r="K154" s="10"/>
+      <c r="L154" s="12"/>
+      <c r="M154" s="12"/>
       <c r="N154" s="0"/>
     </row>
     <row r="155" spans="1:14" ht="36.50" customHeight="1">
-      <c r="A155" s="1"/>
-[...11 lines deleted...]
-      <c r="M155" s="1"/>
+      <c r="A155" s="7"/>
+      <c r="B155" s="7"/>
+      <c r="C155" s="7"/>
+      <c r="D155" s="7"/>
+      <c r="E155" s="7"/>
+      <c r="F155" s="7"/>
+      <c r="G155" s="7"/>
+      <c r="H155" s="7"/>
+      <c r="I155" s="7"/>
+      <c r="J155" s="7"/>
+      <c r="K155" s="7"/>
+      <c r="L155" s="7"/>
+      <c r="M155" s="7"/>
       <c r="N155" s="0"/>
     </row>
     <row r="156" spans="1:14" ht="21.00" customHeight="1">
       <c r="A156" s="2"/>
       <c r="B156" s="2"/>
       <c r="C156" s="2"/>
       <c r="D156" s="2"/>
       <c r="E156" s="34" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="F156" s="35"/>
       <c r="G156" s="35"/>
       <c r="H156" s="35"/>
       <c r="I156" s="35"/>
       <c r="J156" s="36"/>
       <c r="K156" s="2"/>
       <c r="L156" s="2"/>
       <c r="M156" s="2"/>
       <c r="N156" s="0"/>
     </row>
-    <row r="157" spans="1:14" ht="32.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M157" s="1"/>
+    <row r="157" spans="1:14" ht="31.75" customHeight="1">
+      <c r="A157" s="7"/>
+      <c r="B157" s="7"/>
+      <c r="C157" s="7"/>
+      <c r="D157" s="7"/>
+      <c r="E157" s="7"/>
+      <c r="F157" s="7"/>
+      <c r="G157" s="7"/>
+      <c r="H157" s="7"/>
+      <c r="I157" s="7"/>
+      <c r="J157" s="7"/>
+      <c r="K157" s="7"/>
+      <c r="L157" s="7"/>
+      <c r="M157" s="7"/>
       <c r="N157" s="0"/>
     </row>
     <row r="158" spans="1:14" ht="16.50" customHeight="1">
       <c r="A158" s="2"/>
-      <c r="B158" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C158" s="9"/>
+      <c r="B158" s="9" t="s">
+        <v>106</v>
+      </c>
+      <c r="C158" s="10"/>
       <c r="D158" s="2"/>
       <c r="E158" s="2"/>
-      <c r="F158" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G158" s="9"/>
+      <c r="F158" s="9" t="s">
+        <v>107</v>
+      </c>
+      <c r="G158" s="10"/>
       <c r="H158" s="2"/>
-      <c r="I158" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L158" s="9"/>
+      <c r="I158" s="9" t="s">
+        <v>108</v>
+      </c>
+      <c r="J158" s="11"/>
+      <c r="K158" s="11"/>
+      <c r="L158" s="10"/>
       <c r="M158" s="2"/>
       <c r="N158" s="0"/>
     </row>
-    <row r="159" spans="1:14" ht="47.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M159" s="11"/>
+    <row r="159" spans="1:14" ht="47.00" customHeight="1">
+      <c r="A159" s="7"/>
+      <c r="B159" s="7"/>
+      <c r="C159" s="7"/>
+      <c r="D159" s="7"/>
+      <c r="E159" s="7"/>
+      <c r="F159" s="7"/>
+      <c r="G159" s="7"/>
+      <c r="H159" s="7"/>
+      <c r="I159" s="7"/>
+      <c r="J159" s="7"/>
+      <c r="K159" s="7"/>
+      <c r="L159" s="7"/>
+      <c r="M159" s="7"/>
       <c r="N159" s="0"/>
     </row>
-    <row r="160" spans="1:14" ht="16.50" customHeight="1">
+    <row r="160" spans="1:14" ht="13.00" customHeight="1">
       <c r="A160" s="2"/>
-      <c r="B160" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C160" s="9"/>
+      <c r="B160" s="26"/>
+      <c r="C160" s="27"/>
       <c r="D160" s="2"/>
       <c r="E160" s="2"/>
-      <c r="F160" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G160" s="9"/>
+      <c r="F160" s="26"/>
+      <c r="G160" s="27"/>
       <c r="H160" s="2"/>
-      <c r="I160" s="8" t="s">
-[...4 lines deleted...]
-      <c r="L160" s="9"/>
+      <c r="I160" s="26"/>
+      <c r="J160" s="28"/>
+      <c r="K160" s="28"/>
+      <c r="L160" s="27"/>
       <c r="M160" s="2"/>
       <c r="N160" s="0"/>
     </row>
-    <row r="161" spans="1:14" ht="38.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M161" s="1"/>
+    <row r="161" spans="1:14" ht="38.00" customHeight="1">
+      <c r="A161" s="7"/>
+      <c r="B161" s="7"/>
+      <c r="C161" s="7"/>
+      <c r="D161" s="7"/>
+      <c r="E161" s="7"/>
+      <c r="F161" s="7"/>
+      <c r="G161" s="7"/>
+      <c r="H161" s="7"/>
+      <c r="I161" s="7"/>
+      <c r="J161" s="7"/>
+      <c r="K161" s="7"/>
+      <c r="L161" s="7"/>
+      <c r="M161" s="7"/>
       <c r="N161" s="0"/>
     </row>
-    <row r="162" spans="1:14" ht="12.50" customHeight="1">
+    <row r="162" spans="1:14" ht="13.00" customHeight="1">
       <c r="A162" s="2"/>
-      <c r="B162" s="30"/>
-      <c r="C162" s="31"/>
+      <c r="B162" s="26"/>
+      <c r="C162" s="27"/>
       <c r="D162" s="2"/>
       <c r="E162" s="2"/>
-      <c r="F162" s="30"/>
-      <c r="G162" s="31"/>
+      <c r="F162" s="26"/>
+      <c r="G162" s="27"/>
       <c r="H162" s="2"/>
-      <c r="I162" s="30"/>
-[...2 lines deleted...]
-      <c r="L162" s="31"/>
+      <c r="I162" s="26"/>
+      <c r="J162" s="28"/>
+      <c r="K162" s="28"/>
+      <c r="L162" s="27"/>
       <c r="M162" s="2"/>
       <c r="N162" s="0"/>
     </row>
-    <row r="163" spans="1:14" ht="50.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M163" s="11"/>
+    <row r="163" spans="1:14" ht="50.00" customHeight="1">
+      <c r="A163" s="12"/>
+      <c r="B163" s="12"/>
+      <c r="C163" s="12"/>
+      <c r="D163" s="12"/>
+      <c r="E163" s="12"/>
+      <c r="F163" s="12"/>
+      <c r="G163" s="12"/>
+      <c r="H163" s="12"/>
+      <c r="I163" s="12"/>
+      <c r="J163" s="12"/>
+      <c r="K163" s="12"/>
+      <c r="L163" s="12"/>
+      <c r="M163" s="12"/>
       <c r="N163" s="0"/>
     </row>
-    <row r="164" spans="1:14" ht="12.50" customHeight="1">
+    <row r="164" spans="1:14" ht="13.00" customHeight="1">
       <c r="A164" s="2"/>
-      <c r="B164" s="30"/>
-      <c r="C164" s="31"/>
+      <c r="B164" s="26"/>
+      <c r="C164" s="27"/>
       <c r="D164" s="2"/>
       <c r="E164" s="2"/>
-      <c r="F164" s="30"/>
-      <c r="G164" s="31"/>
+      <c r="F164" s="26"/>
+      <c r="G164" s="27"/>
       <c r="H164" s="2"/>
-      <c r="I164" s="30"/>
-[...2 lines deleted...]
-      <c r="L164" s="31"/>
+      <c r="I164" s="26"/>
+      <c r="J164" s="28"/>
+      <c r="K164" s="28"/>
+      <c r="L164" s="27"/>
       <c r="M164" s="2"/>
       <c r="N164" s="0"/>
     </row>
-    <row r="165" spans="1:14" ht="62.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M165" s="11"/>
+    <row r="165" spans="1:14" ht="62.00" customHeight="1">
+      <c r="A165" s="12"/>
+      <c r="B165" s="12"/>
+      <c r="C165" s="12"/>
+      <c r="D165" s="12"/>
+      <c r="E165" s="12"/>
+      <c r="F165" s="12"/>
+      <c r="G165" s="12"/>
+      <c r="H165" s="12"/>
+      <c r="I165" s="12"/>
+      <c r="J165" s="12"/>
+      <c r="K165" s="12"/>
+      <c r="L165" s="12"/>
+      <c r="M165" s="12"/>
       <c r="N165" s="0"/>
     </row>
     <row r="166" spans="1:14" ht="21.00" customHeight="1">
       <c r="A166" s="2"/>
       <c r="B166" s="2"/>
       <c r="C166" s="2"/>
       <c r="D166" s="2"/>
       <c r="E166" s="2"/>
       <c r="F166" s="2"/>
-      <c r="G166" s="13" t="s">
-[...3 lines deleted...]
-      <c r="I166" s="15"/>
+      <c r="G166" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="H166" s="15"/>
+      <c r="I166" s="16"/>
       <c r="J166" s="2"/>
       <c r="K166" s="2"/>
       <c r="L166" s="2"/>
       <c r="M166" s="2"/>
       <c r="N166" s="0"/>
     </row>
-    <row r="167" spans="1:14" ht="26.50" customHeight="1">
-[...12 lines deleted...]
-      <c r="M167" s="1"/>
+    <row r="167" spans="1:14" ht="26.00" customHeight="1">
+      <c r="A167" s="7"/>
+      <c r="B167" s="7"/>
+      <c r="C167" s="7"/>
+      <c r="D167" s="7"/>
+      <c r="E167" s="7"/>
+      <c r="F167" s="7"/>
+      <c r="G167" s="7"/>
+      <c r="H167" s="7"/>
+      <c r="I167" s="7"/>
+      <c r="J167" s="7"/>
+      <c r="K167" s="7"/>
+      <c r="L167" s="7"/>
+      <c r="M167" s="7"/>
       <c r="N167" s="0"/>
     </row>
     <row r="168" spans="1:14" ht="142.25" customHeight="1">
-      <c r="A168" s="11"/>
-[...13 lines deleted...]
-      <c r="M168" s="11"/>
+      <c r="A168" s="12"/>
+      <c r="B168" s="12"/>
+      <c r="C168" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="D168" s="19"/>
+      <c r="E168" s="19"/>
+      <c r="F168" s="19"/>
+      <c r="G168" s="19"/>
+      <c r="H168" s="19"/>
+      <c r="I168" s="19"/>
+      <c r="J168" s="19"/>
+      <c r="K168" s="20"/>
+      <c r="L168" s="12"/>
+      <c r="M168" s="12"/>
       <c r="N168" s="0"/>
     </row>
-    <row r="169" spans="1:14" ht="36.50" customHeight="1">
-[...234 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="221">
-    <mergeCell ref="A1:M1"/>
+  <mergeCells count="205">
+    <mergeCell ref="A1:N1"/>
     <mergeCell ref="E2:J2"/>
+    <mergeCell ref="M2:N2"/>
+    <mergeCell ref="M3:N3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="F4:G4"/>
     <mergeCell ref="I4:L4"/>
+    <mergeCell ref="M4:N4"/>
+    <mergeCell ref="M5:N5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="F6:G6"/>
     <mergeCell ref="I6:L6"/>
+    <mergeCell ref="M6:N6"/>
+    <mergeCell ref="M7:N7"/>
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="F8:G8"/>
     <mergeCell ref="I8:L8"/>
+    <mergeCell ref="M8:N8"/>
+    <mergeCell ref="M9:N9"/>
     <mergeCell ref="B10:C10"/>
     <mergeCell ref="F10:G10"/>
     <mergeCell ref="I10:L10"/>
+    <mergeCell ref="M10:N10"/>
+    <mergeCell ref="M11:N11"/>
     <mergeCell ref="G12:I12"/>
+    <mergeCell ref="M12:N12"/>
+    <mergeCell ref="M13:N13"/>
     <mergeCell ref="C14:K14"/>
+    <mergeCell ref="M14:N14"/>
     <mergeCell ref="A15:M15"/>
     <mergeCell ref="E16:J16"/>
     <mergeCell ref="B18:C18"/>
     <mergeCell ref="F18:G18"/>
     <mergeCell ref="I18:L18"/>
     <mergeCell ref="B20:C20"/>
     <mergeCell ref="F20:G20"/>
     <mergeCell ref="I20:L20"/>
     <mergeCell ref="B22:C22"/>
     <mergeCell ref="F22:G22"/>
     <mergeCell ref="I22:L22"/>
     <mergeCell ref="B24:C24"/>
     <mergeCell ref="F24:G24"/>
     <mergeCell ref="I24:L24"/>
     <mergeCell ref="G26:I26"/>
     <mergeCell ref="C28:K28"/>
-    <mergeCell ref="A29:N29"/>
+    <mergeCell ref="A29:M29"/>
     <mergeCell ref="E30:J30"/>
-    <mergeCell ref="M30:N30"/>
-    <mergeCell ref="M31:N31"/>
     <mergeCell ref="B32:C32"/>
     <mergeCell ref="F32:G32"/>
     <mergeCell ref="I32:L32"/>
-    <mergeCell ref="M32:N32"/>
-    <mergeCell ref="M33:N33"/>
     <mergeCell ref="B34:C34"/>
     <mergeCell ref="F34:G34"/>
     <mergeCell ref="I34:L34"/>
-    <mergeCell ref="M34:N34"/>
-    <mergeCell ref="M35:N35"/>
     <mergeCell ref="B36:C36"/>
     <mergeCell ref="F36:G36"/>
     <mergeCell ref="I36:L36"/>
-    <mergeCell ref="M36:N36"/>
-    <mergeCell ref="M37:N37"/>
     <mergeCell ref="B38:C38"/>
     <mergeCell ref="F38:G38"/>
     <mergeCell ref="I38:L38"/>
-    <mergeCell ref="M38:N38"/>
-    <mergeCell ref="M39:N39"/>
     <mergeCell ref="G40:I40"/>
-    <mergeCell ref="M40:N40"/>
-    <mergeCell ref="M41:N41"/>
     <mergeCell ref="C42:K42"/>
-    <mergeCell ref="M42:N42"/>
     <mergeCell ref="A43:M43"/>
     <mergeCell ref="E44:J44"/>
     <mergeCell ref="B46:C46"/>
     <mergeCell ref="F46:G46"/>
     <mergeCell ref="I46:L46"/>
     <mergeCell ref="B48:C48"/>
     <mergeCell ref="F48:G48"/>
     <mergeCell ref="I48:L48"/>
     <mergeCell ref="B50:C50"/>
     <mergeCell ref="F50:G50"/>
     <mergeCell ref="I50:L50"/>
     <mergeCell ref="B52:C52"/>
     <mergeCell ref="F52:G52"/>
     <mergeCell ref="I52:L52"/>
     <mergeCell ref="G54:I54"/>
     <mergeCell ref="C56:K56"/>
     <mergeCell ref="A57:M57"/>
     <mergeCell ref="E58:J58"/>
     <mergeCell ref="B60:C60"/>
     <mergeCell ref="F60:G60"/>
     <mergeCell ref="I60:L60"/>
     <mergeCell ref="B62:C62"/>
     <mergeCell ref="F62:G62"/>
     <mergeCell ref="I62:L62"/>
     <mergeCell ref="B64:C64"/>
@@ -5420,128 +5158,111 @@
     <mergeCell ref="I146:L146"/>
     <mergeCell ref="B148:C148"/>
     <mergeCell ref="F148:G148"/>
     <mergeCell ref="I148:L148"/>
     <mergeCell ref="B150:C150"/>
     <mergeCell ref="F150:G150"/>
     <mergeCell ref="I150:L150"/>
     <mergeCell ref="G152:I152"/>
     <mergeCell ref="C154:K154"/>
     <mergeCell ref="A155:M155"/>
     <mergeCell ref="E156:J156"/>
     <mergeCell ref="B158:C158"/>
     <mergeCell ref="F158:G158"/>
     <mergeCell ref="I158:L158"/>
     <mergeCell ref="B160:C160"/>
     <mergeCell ref="F160:G160"/>
     <mergeCell ref="I160:L160"/>
     <mergeCell ref="B162:C162"/>
     <mergeCell ref="F162:G162"/>
     <mergeCell ref="I162:L162"/>
     <mergeCell ref="B164:C164"/>
     <mergeCell ref="F164:G164"/>
     <mergeCell ref="I164:L164"/>
     <mergeCell ref="G166:I166"/>
     <mergeCell ref="C168:K168"/>
-    <mergeCell ref="A169:M169"/>
-[...14 lines deleted...]
-    <mergeCell ref="C182:K182"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="I4" r:id="rId1" display="mailto:bella.sheprow@acxion.com"/>
     <hyperlink ref="I6" r:id="rId2" display="mailto:reilly.kirkpatrick@acxion.com"/>
     <hyperlink ref="I8" r:id="rId3" display="mailto:steve.cooney@acxion.com"/>
     <hyperlink ref="I10" r:id="rId4" display="mailto:dlorah.campos@acxion.com"/>
-    <hyperlink ref="I18" r:id="rId5" display="mailto:kevin.ros@affinitysales.com"/>
-[...9 lines deleted...]
-    <hyperlink ref="I62" r:id="rId15" display="mailto:kbird@corefoodservice.com"/>
+    <hyperlink ref="I18" r:id="rId5" display="mailto:catherine.batusic@affinitysales.com"/>
+    <hyperlink ref="I20" r:id="rId6" display="mailto:angie.zachary@affinitysales.com"/>
+    <hyperlink ref="I32" r:id="rId7" display="mailto:tharrison@brokeroftheyear.com"/>
+    <hyperlink ref="I34" r:id="rId8" display="mailto:ewilliams@brokeroftheyear.com"/>
+    <hyperlink ref="I46" r:id="rId9" display="mailto:Melissa_payne@cohenfoods.com"/>
+    <hyperlink ref="I48" r:id="rId10" display="mailto:Christy_rogers@cohenfoods.com"/>
+    <hyperlink ref="I50" r:id="rId11" display="mailto:M_Highfill@cohenfoods.com"/>
+    <hyperlink ref="I60" r:id="rId12" display="mailto:kwillard@corefoodservice.com"/>
+    <hyperlink ref="I62" r:id="rId13" display="mailto:sbond3@corefoodservice.com"/>
+    <hyperlink ref="I64" r:id="rId14" display="mailto:cjackson@corefoodservice.com"/>
+    <hyperlink ref="I66" r:id="rId15" display="mailto:kbird@corefoodservice.com"/>
     <hyperlink ref="I74" r:id="rId16" display="mailto:ckerby@fse.us.com"/>
     <hyperlink ref="I76" r:id="rId17" display="mailto:gfrey@fse.us.com"/>
     <hyperlink ref="I88" r:id="rId18" display="mailto:bshay@gilbertfoods.com"/>
     <hyperlink ref="I90" r:id="rId19" display="mailto:lhecht@gilbertfoods.com"/>
     <hyperlink ref="I92" r:id="rId20" display="mailto:kjohnson@gilbertfoods.com"/>
     <hyperlink ref="I94" r:id="rId21" display="mailto:aellington@gilbertfoods.com"/>
     <hyperlink ref="I102" r:id="rId22" display="mailto:Karen.Duke@houseofraeford.com"/>
-    <hyperlink ref="I104" r:id="rId23" display="mailto:Robin.Chriscoe@houseofraeford.com"/>
-[...6 lines deleted...]
-    <hyperlink ref="I172" r:id="rId30" display="mailto:Michael.Garcia@tyson.com"/>
+    <hyperlink ref="I116" r:id="rId23" display="mailto:aberczel@nationalfoodgroup.com"/>
+    <hyperlink ref="I118" r:id="rId24" display="mailto:mclark@nationalfoodgroup.com"/>
+    <hyperlink ref="I130" r:id="rId25" display="mailto:rlund@petersonfarmsinc.com"/>
+    <hyperlink ref="I144" r:id="rId26" display="mailto:michael.peggs@chwans.com"/>
+    <hyperlink ref="I146" r:id="rId27" display="mailto:lisa.york@schwans.com"/>
+    <hyperlink ref="I148" r:id="rId28" display="mailto:brenda.dirckx@schwans.com"/>
+    <hyperlink ref="I158" r:id="rId29" display="mailto:eric@stillwaterprovisions.com"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Table 1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
-    <vt:filetime>2025-04-28T00:00:00Z</vt:filetime>
+    <vt:filetime>2025-10-17T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Access® for Microsoft 365</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
-    <vt:filetime>2025-04-28T00:00:00Z</vt:filetime>
+    <vt:filetime>2025-10-22T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>Microsoft® Access® for Microsoft 365</vt:lpwstr>
   </property>
 </Properties>
 </file>