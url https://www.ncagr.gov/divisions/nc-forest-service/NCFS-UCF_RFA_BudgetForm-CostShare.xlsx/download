--- v0 (2026-01-03)
+++ v1 (2026-01-23)
@@ -8,53 +8,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Everyone\CO\Forest Management &amp; Development\Urban Forestry\GRANTS &amp; Budgets\Sub Grants RFA\Forms &amp; Instructions\Project Planning &amp; Application\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F0B827B1-BC6C-4A62-8911-589C378384B8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0B87BF12-03EF-4445-80CA-7414E2A34543}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{A375C931-E9B6-4AA8-83E5-58B9BAB51BD1}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{A375C931-E9B6-4AA8-83E5-58B9BAB51BD1}"/>
   </bookViews>
   <sheets>
     <sheet name="Budget" sheetId="1" r:id="rId1"/>
     <sheet name="DropDownDefintions" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Budget!$B$3:$G$32</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -72,74 +72,68 @@
   <c r="G22" i="1"/>
   <c r="G23" i="1"/>
   <c r="G24" i="1"/>
   <c r="G25" i="1"/>
   <c r="G26" i="1"/>
   <c r="G27" i="1"/>
   <c r="F15" i="1"/>
   <c r="F14" i="1"/>
   <c r="F13" i="1"/>
   <c r="F12" i="1"/>
   <c r="F11" i="1"/>
   <c r="F10" i="1"/>
   <c r="F9" i="1"/>
   <c r="F8" i="1"/>
   <c r="G29" i="1" l="1"/>
   <c r="F29" i="1"/>
   <c r="F30" i="1" l="1"/>
   <c r="H29" i="1" s="1"/>
   <c r="F31" i="1" l="1"/>
   <c r="F32" i="1" s="1"/>
   <c r="I29" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99" uniqueCount="86">
   <si>
     <t>Applicant Name:</t>
   </si>
   <si>
     <t>Cost</t>
   </si>
   <si>
     <t>Unit Cost</t>
   </si>
   <si>
     <t>Organizational Category</t>
   </si>
   <si>
     <t>Budget Category</t>
   </si>
   <si>
     <t>Definition</t>
-  </si>
-[...4 lines deleted...]
-    <t>Indirect Administration</t>
   </si>
   <si>
     <t>Professional Services</t>
   </si>
   <si>
     <t>Speaker Fees</t>
   </si>
   <si>
     <t>Tree Planting Site Preparation Services</t>
   </si>
   <si>
     <t>Urban Foresty Consulting Services</t>
   </si>
   <si>
     <t>Supplies</t>
   </si>
   <si>
     <t>Event Supplies</t>
   </si>
   <si>
     <t>Tree Planting Supplies</t>
   </si>
   <si>
     <t>Trees</t>
   </si>
@@ -302,53 +296,50 @@
     <t>Education/Outreach Product Design &amp; Printing</t>
   </si>
   <si>
     <t>Applicant Share - If applicable</t>
   </si>
   <si>
     <t>Service fees for a consulting urban forestry professional.</t>
   </si>
   <si>
     <t>Urban forestry software or web-based application subscriptions.</t>
   </si>
   <si>
     <t>Service fees for a tree service provider to perform tree maintenance; pruning, removal, watering.</t>
   </si>
   <si>
     <t>Supply and delivery of trees for planting.</t>
   </si>
   <si>
     <t>Supplies for an education, training or outreach event.</t>
   </si>
   <si>
     <t>Project Management Services</t>
   </si>
   <si>
     <t>Service fees for managing the grant.</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Indirect de minimis. Fee paid to cover the adminstrative costs to manage the grant. % of total project cost. The Funding Program defines the allowable %. Default is 15%. </t>
   </si>
   <si>
     <t>Service fees for a commincations/marketing projessional to complete communications/outreach services.</t>
   </si>
   <si>
     <t>PPE for participants of an event, or completing tree planting or maintenance activity.</t>
   </si>
   <si>
     <t>Climb to Tree City</t>
   </si>
   <si>
     <t>Climb to Managing Community</t>
   </si>
   <si>
     <t>Tree Maintenance &amp; Planting</t>
   </si>
   <si>
     <t>Select Application Package from the Dropdown list</t>
   </si>
   <si>
     <t>Select Funding Program from the Dropdown list</t>
   </si>
   <si>
     <t xml:space="preserve">then right click your Mouse </t>
   </si>
@@ -507,51 +498,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="52">
+  <borders count="51">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thick">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color indexed="64"/>
       </left>
       <right/>
@@ -1155,72 +1146,63 @@
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thick">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...7 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="88">
+  <cellXfs count="87">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -1312,51 +1294,51 @@
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="8" fontId="1" fillId="0" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="8" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="8" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="7" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
@@ -1433,53 +1415,50 @@
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="8" fontId="1" fillId="0" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="8" fontId="1" fillId="0" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
@@ -2022,860 +2001,844 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DC5F8C9F-3963-4863-8F2F-63A05C6F61C5}">
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="K17" sqref="J17:K17"/>
+      <selection activeCell="K17" sqref="K17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="47" customWidth="1"/>
-    <col min="2" max="2" width="22.33203125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="7" width="13.5546875" customWidth="1"/>
+    <col min="2" max="2" width="22.28515625" customWidth="1"/>
+    <col min="3" max="3" width="54.7109375" customWidth="1"/>
+    <col min="5" max="5" width="9.42578125" customWidth="1"/>
+    <col min="6" max="6" width="12.7109375" customWidth="1"/>
+    <col min="7" max="7" width="13.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B1" s="54"/>
       <c r="C1" s="54"/>
       <c r="D1" s="54"/>
       <c r="E1" s="54"/>
       <c r="F1" s="54"/>
       <c r="G1" s="54"/>
     </row>
-    <row r="2" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="64" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="C2" s="64"/>
       <c r="D2" s="64"/>
       <c r="E2" s="64"/>
       <c r="F2" s="64"/>
       <c r="G2" s="64"/>
     </row>
-    <row r="3" spans="1:13" ht="15.6" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:13" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B3" s="38" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="72"/>
       <c r="D3" s="73"/>
       <c r="E3" s="40" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F3" s="62"/>
       <c r="G3" s="63"/>
     </row>
-    <row r="4" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="52" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="B4" s="39" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C4" s="48"/>
       <c r="D4" s="74" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="E4" s="75"/>
       <c r="F4" s="76"/>
       <c r="G4" s="77"/>
       <c r="H4" s="80" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="I4" s="81"/>
       <c r="J4" s="81"/>
       <c r="K4" s="81"/>
       <c r="L4" s="81"/>
     </row>
-    <row r="5" spans="1:13" ht="15.6" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:13" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B5" s="59" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="C5" s="60"/>
       <c r="D5" s="60"/>
       <c r="E5" s="60"/>
       <c r="F5" s="60"/>
       <c r="G5" s="61"/>
     </row>
-    <row r="6" spans="1:13" ht="34.200000000000003" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:13" ht="34.15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="B6" s="33" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C6" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" s="2" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>1</v>
       </c>
       <c r="G6" s="5"/>
     </row>
-    <row r="7" spans="1:13" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:13" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B7" s="34"/>
       <c r="C7" s="6"/>
       <c r="D7" s="7"/>
       <c r="E7" s="8"/>
       <c r="F7" s="23">
         <f>D7*E7</f>
         <v>0</v>
       </c>
       <c r="G7" s="24"/>
     </row>
-    <row r="8" spans="1:13" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:13" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A8" s="32" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B8" s="34"/>
       <c r="C8" s="9"/>
       <c r="D8" s="7"/>
       <c r="E8" s="8"/>
       <c r="F8" s="23">
         <f t="shared" ref="F8:F16" si="0">D8*E8</f>
         <v>0</v>
       </c>
       <c r="G8" s="24"/>
     </row>
-    <row r="9" spans="1:13" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:13" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B9" s="34"/>
       <c r="C9" s="9"/>
       <c r="D9" s="7"/>
       <c r="E9" s="8"/>
       <c r="F9" s="23">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G9" s="24"/>
     </row>
-    <row r="10" spans="1:13" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:13" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B10" s="34"/>
       <c r="C10" s="9"/>
       <c r="D10" s="7"/>
       <c r="E10" s="8"/>
       <c r="F10" s="23">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G10" s="24"/>
     </row>
-    <row r="11" spans="1:13" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:13" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B11" s="34"/>
       <c r="C11" s="9"/>
       <c r="D11" s="7"/>
       <c r="E11" s="8"/>
       <c r="F11" s="23">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G11" s="24"/>
     </row>
-    <row r="12" spans="1:13" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:13" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B12" s="34"/>
       <c r="C12" s="9"/>
       <c r="D12" s="7"/>
       <c r="E12" s="8"/>
       <c r="F12" s="23">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G12" s="24"/>
     </row>
-    <row r="13" spans="1:13" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:13" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="B13" s="34"/>
       <c r="C13" s="9"/>
       <c r="D13" s="7"/>
       <c r="E13" s="8"/>
       <c r="F13" s="23">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G13" s="24"/>
       <c r="M13" s="49"/>
     </row>
-    <row r="14" spans="1:13" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:13" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A14"/>
       <c r="B14" s="34"/>
       <c r="C14" s="9"/>
       <c r="D14" s="7"/>
       <c r="E14" s="8"/>
       <c r="F14" s="23">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G14" s="24"/>
     </row>
-    <row r="15" spans="1:13" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:13" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B15" s="34"/>
       <c r="C15" s="9"/>
       <c r="D15" s="7"/>
       <c r="E15" s="8"/>
       <c r="F15" s="23">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G15" s="24"/>
     </row>
-    <row r="16" spans="1:13" s="18" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:13" s="18" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="53" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="B16" s="35"/>
       <c r="C16" s="10"/>
       <c r="D16" s="11"/>
       <c r="E16" s="15"/>
       <c r="F16" s="25">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G16" s="26"/>
     </row>
-    <row r="17" spans="1:9" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:9" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="53"/>
       <c r="B17" s="65" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C17" s="66"/>
       <c r="D17" s="66"/>
       <c r="E17" s="66"/>
       <c r="F17" s="66"/>
       <c r="G17" s="67"/>
     </row>
-    <row r="18" spans="1:9" ht="33.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:9" ht="33.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A18" s="53"/>
       <c r="B18" s="33" t="s">
+        <v>53</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C18" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" s="2" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E18" s="12" t="s">
         <v>2</v>
       </c>
       <c r="F18" s="13"/>
       <c r="G18" s="16" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="19" spans="1:9" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:9" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B19" s="34"/>
       <c r="C19" s="6"/>
       <c r="D19" s="7"/>
       <c r="E19" s="14"/>
       <c r="F19" s="27"/>
       <c r="G19" s="28">
         <f>D19*E19</f>
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:9" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:9" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A20" s="32" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B20" s="34"/>
       <c r="C20" s="6"/>
       <c r="D20" s="7"/>
       <c r="E20" s="14"/>
       <c r="F20" s="27"/>
       <c r="G20" s="28">
         <f>D20*E20</f>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:9" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:9" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B21" s="34"/>
       <c r="C21" s="9"/>
       <c r="D21" s="7"/>
       <c r="E21" s="14"/>
       <c r="F21" s="27"/>
       <c r="G21" s="28">
         <f>D21*E21</f>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:9" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:9" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B22" s="34"/>
       <c r="C22" s="9"/>
       <c r="D22" s="7"/>
       <c r="E22" s="14"/>
       <c r="F22" s="27"/>
       <c r="G22" s="28">
         <f>D22*E22</f>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:9" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:9" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B23" s="34"/>
       <c r="C23" s="9"/>
       <c r="D23" s="7"/>
       <c r="E23" s="14"/>
       <c r="F23" s="27"/>
       <c r="G23" s="28">
         <f t="shared" ref="G23:G28" si="1">D23*E23</f>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:9" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:9" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B24" s="34"/>
       <c r="C24" s="9"/>
       <c r="D24" s="7"/>
       <c r="E24" s="14"/>
       <c r="F24" s="27"/>
       <c r="G24" s="28">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:9" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:9" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="B25" s="34"/>
       <c r="C25" s="9"/>
       <c r="D25" s="7"/>
       <c r="E25" s="14"/>
       <c r="F25" s="27"/>
       <c r="G25" s="28">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:9" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:9" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A26"/>
       <c r="B26" s="34"/>
       <c r="C26" s="9"/>
       <c r="D26" s="7"/>
       <c r="E26" s="14"/>
       <c r="F26" s="27"/>
       <c r="G26" s="28">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:9" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:9" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B27" s="34"/>
       <c r="C27" s="9"/>
       <c r="D27" s="7"/>
       <c r="E27" s="14"/>
       <c r="F27" s="27"/>
       <c r="G27" s="28">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="H27" s="55" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="I27" s="56"/>
     </row>
-    <row r="28" spans="1:9" s="18" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:9" s="18" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B28" s="35"/>
       <c r="C28" s="10"/>
       <c r="D28" s="11"/>
       <c r="E28" s="15"/>
       <c r="F28" s="29"/>
       <c r="G28" s="30">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="H28" s="31" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I28" s="31" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="70"/>
       <c r="C29" s="71"/>
       <c r="D29" s="71"/>
       <c r="E29" s="71"/>
       <c r="F29" s="37">
         <f>SUM(F7:F16)</f>
         <v>0</v>
       </c>
       <c r="G29" s="19">
         <f>SUM(G19:G28)</f>
         <v>0</v>
       </c>
       <c r="H29" s="22" t="e">
         <f>F29/F30</f>
         <v>#DIV/0!</v>
       </c>
       <c r="I29" s="22" t="e">
         <f>G29/F30</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="30" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B30" s="42"/>
       <c r="C30" s="43"/>
       <c r="D30" s="41"/>
       <c r="E30" s="41" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="F30" s="78">
         <f>F29+G29</f>
         <v>0</v>
       </c>
       <c r="G30" s="79"/>
       <c r="H30" s="22"/>
       <c r="I30" s="22"/>
     </row>
-    <row r="31" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B31" s="42"/>
       <c r="C31" s="51" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="D31" s="50"/>
       <c r="E31" s="44" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="F31" s="78">
         <f>F30*D31</f>
         <v>0</v>
       </c>
       <c r="G31" s="79"/>
       <c r="H31" s="22"/>
       <c r="I31" s="22"/>
     </row>
-    <row r="32" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B32" s="57" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C32" s="58"/>
       <c r="D32" s="58"/>
       <c r="E32" s="58"/>
       <c r="F32" s="68">
         <f>SUM(F30:G31)</f>
         <v>0</v>
       </c>
       <c r="G32" s="69"/>
     </row>
-    <row r="33" ht="15" thickTop="1" x14ac:dyDescent="0.3"/>
+    <row r="33" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A16:A18"/>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="H27:I27"/>
     <mergeCell ref="B32:E32"/>
     <mergeCell ref="B5:G5"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="B2:G2"/>
     <mergeCell ref="B17:G17"/>
     <mergeCell ref="F32:G32"/>
     <mergeCell ref="B29:E29"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="F4:G4"/>
     <mergeCell ref="F30:G30"/>
     <mergeCell ref="F31:G31"/>
     <mergeCell ref="H4:L4"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.2" right="0.2" top="0.75" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold"&amp;14NCFS Financial Assistance Project Cost Share Budget&amp;RDate: &amp;D</oddHeader>
     <oddFooter>&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{D85C6820-8493-463B-84CB-6359E38BC930}">
           <x14:formula1>
             <xm:f>DropDownDefintions!$E$2:$E$4</xm:f>
           </x14:formula1>
           <xm:sqref>F4:G4</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{419661A8-C0CC-4902-B916-70CA2C5AFEA9}">
           <x14:formula1>
             <xm:f>DropDownDefintions!$G$2:$G$4</xm:f>
           </x14:formula1>
           <xm:sqref>C4</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" showInputMessage="1" showErrorMessage="1" xr:uid="{A92E82F6-48D6-41E6-8B1D-B480E77E79FA}">
           <x14:formula1>
-            <xm:f>DropDownDefintions!$B$2:$B$30</xm:f>
+            <xm:f>DropDownDefintions!$B$2:$B$28</xm:f>
           </x14:formula1>
           <xm:sqref>B7:B15 B19:B27</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2820075A-F1CF-43CA-9DB3-7D345265409E}">
-  <dimension ref="A1:G30"/>
+  <dimension ref="A1:G28"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B5" sqref="B5"/>
+      <selection activeCell="B34" sqref="B34"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="28.33203125" customWidth="1"/>
-    <col min="2" max="2" width="45.44140625" customWidth="1"/>
+    <col min="1" max="1" width="28.28515625" customWidth="1"/>
+    <col min="2" max="2" width="45.42578125" customWidth="1"/>
     <col min="3" max="3" width="110" customWidth="1"/>
-    <col min="5" max="5" width="26.88671875" customWidth="1"/>
+    <col min="5" max="5" width="26.85546875" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="45" t="s">
         <v>3</v>
       </c>
       <c r="B1" s="45" t="s">
         <v>4</v>
       </c>
       <c r="C1" s="45" t="s">
         <v>5</v>
       </c>
       <c r="E1" s="46" t="s">
+        <v>57</v>
+      </c>
+      <c r="G1" s="47" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="83" t="s">
+        <v>6</v>
+      </c>
+      <c r="B2" s="84"/>
+      <c r="C2" s="85"/>
+      <c r="E2" t="s">
+        <v>78</v>
+      </c>
+      <c r="G2" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B3" s="20" t="s">
+        <v>41</v>
+      </c>
+      <c r="C3" s="21" t="s">
+        <v>68</v>
+      </c>
+      <c r="E3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B4" s="17" t="s">
         <v>59</v>
       </c>
-      <c r="G1" s="47" t="s">
-[...35 lines deleted...]
-      <c r="C4" s="85"/>
+      <c r="C4" t="s">
+        <v>34</v>
+      </c>
       <c r="E4" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="G4" t="s">
-        <v>75</v>
-[...7 lines deleted...]
-        <v>71</v>
+        <v>72</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="C5" t="s">
+        <v>36</v>
       </c>
       <c r="E5" s="36"/>
       <c r="G5" s="36"/>
     </row>
-    <row r="6" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B6" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B7" s="17" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B8" s="17" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B9" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="C9" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B10" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="C10" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B11" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
         <v>61</v>
       </c>
-      <c r="C6" t="s">
-[...44 lines deleted...]
-      <c r="B12" s="17" t="s">
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A12" s="86" t="s">
         <v>10</v>
       </c>
-      <c r="C12" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B12" s="86"/>
+      <c r="C12" s="86"/>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B13" s="17" t="s">
         <v>11</v>
       </c>
       <c r="C13" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      <c r="A14" s="87" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B14" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C14" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B15" s="17" t="s">
         <v>12</v>
       </c>
-      <c r="B14" s="87"/>
-[...5 lines deleted...]
-      </c>
       <c r="C15" t="s">
-        <v>67</v>
-[...10 lines deleted...]
-    <row r="17" spans="1:3" x14ac:dyDescent="0.3">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A16" s="86" t="s">
+        <v>14</v>
+      </c>
+      <c r="B16" s="86"/>
+      <c r="C16" s="86"/>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="B17" s="17" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A18" s="87" t="s">
+    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="B18" s="17" t="s">
+        <v>15</v>
+      </c>
+      <c r="C18" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="B19" s="17" t="s">
         <v>16</v>
       </c>
-      <c r="B18" s="87"/>
-[...5 lines deleted...]
-      </c>
       <c r="C19" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:3" x14ac:dyDescent="0.3">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
       <c r="B20" s="17" t="s">
         <v>17</v>
       </c>
       <c r="C20" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:3" x14ac:dyDescent="0.3">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="B21" s="17" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="C21" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      <c r="B22" s="17" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A22" s="86" t="s">
         <v>19</v>
       </c>
-      <c r="C22" t="s">
+      <c r="B22" s="86"/>
+      <c r="C22" s="86"/>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="B23" s="17" t="s">
         <v>20</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B23" s="17" t="s">
+      <c r="C23" t="s">
         <v>47</v>
       </c>
-      <c r="C23" t="s">
-[...4 lines deleted...]
-      <c r="A24" s="87" t="s">
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A24" s="82" t="s">
         <v>21</v>
       </c>
-      <c r="B24" s="87"/>
-[...2 lines deleted...]
-    <row r="25" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="B24" s="82"/>
+      <c r="C24" s="82"/>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A25" s="36"/>
       <c r="B25" s="17" t="s">
         <v>22</v>
       </c>
       <c r="C25" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      <c r="A26" s="82" t="s">
         <v>23</v>
       </c>
-      <c r="B26" s="82"/>
-[...3 lines deleted...]
-      <c r="A27" s="36"/>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="B26" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="C26" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
       <c r="B27" s="17" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C27" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:3" x14ac:dyDescent="0.3">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
       <c r="B28" s="17" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C28" t="s">
-        <v>27</v>
-[...6 lines deleted...]
-      <c r="C29" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="ebbsVNJO1hf7lpI52HDxRcmR/gwFBzXFTwZxAgQIiNq25UQpBckZgfKqiiieOYrh7qMTiMR0c5Wr1YoBGsRuDw==" saltValue="rgSFLmQTAvQvO1Ha/WLLpw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...1 lines deleted...]
-    <sortCondition ref="B5:B13"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="0dazsnUegwBTSRGI5JM3mAV7yUdh6shyL4j+RsyMACAkGZB1uHDQGjXzLwbSDa9IJknL1kpNQhhrwtW3zokDLg==" saltValue="BWo1zH1oMJY9ZTtYgH4Pow==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B3:C11">
+    <sortCondition ref="B3:B11"/>
   </sortState>
-  <mergeCells count="6">
-[...1 lines deleted...]
-    <mergeCell ref="A4:C4"/>
+  <mergeCells count="5">
+    <mergeCell ref="A24:C24"/>
     <mergeCell ref="A2:C2"/>
-    <mergeCell ref="A14:C14"/>
-[...1 lines deleted...]
-    <mergeCell ref="A24:C24"/>
+    <mergeCell ref="A12:C12"/>
+    <mergeCell ref="A16:C16"/>
+    <mergeCell ref="A22:C22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>