--- v0 (2025-10-09)
+++ v1 (2025-12-11)
@@ -1,1701 +1,1747 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="42D1CE7E" w14:textId="5A4425AD" w:rsidR="00BF4658" w:rsidRPr="0082195D" w:rsidRDefault="00BF4658" w:rsidP="006605A3">
+    <w:p w14:paraId="42D1CE7E" w14:textId="5A4425AD" w:rsidR="00BF4658" w:rsidRPr="00882BFF" w:rsidRDefault="00BF4658" w:rsidP="006605A3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="4320"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CE8E" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00222447" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+    <w:p w14:paraId="42D1CE8E" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00882BFF" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CE8F" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00222447" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+    <w:p w14:paraId="42D1CE8F" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00882BFF" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CE90" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00222447" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+    <w:p w14:paraId="42D1CE90" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00882BFF" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CE91" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00222447" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+    <w:p w14:paraId="42D1CE91" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00882BFF" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CE92" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00222447" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+    <w:p w14:paraId="42D1CE92" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00882BFF" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CE93" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00222447" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+    <w:p w14:paraId="42D1CE93" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00882BFF" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CE94" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00222447" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+    <w:p w14:paraId="42D1CE94" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00882BFF" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CE95" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00222447" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+    <w:p w14:paraId="42D1CE95" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00882BFF" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CE96" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00222447" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+    <w:p w14:paraId="42D1CE96" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00882BFF" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CE97" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00222447" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+    <w:p w14:paraId="42D1CE97" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00882BFF" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CE98" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00222447" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+    <w:p w14:paraId="42D1CE98" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00882BFF" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CE99" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00222447" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+    <w:p w14:paraId="42D1CE99" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00882BFF" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CE9A" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00222447" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+    <w:p w14:paraId="42D1CE9A" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00882BFF" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CE9B" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00222447" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+    <w:p w14:paraId="42D1CE9B" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00882BFF" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CE9C" w14:textId="3E2E04AE" w:rsidR="00BF4658" w:rsidRPr="00413C57" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+    <w:p w14:paraId="42D1CE9C" w14:textId="3E2E04AE" w:rsidR="00BF4658" w:rsidRPr="00882BFF" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00222447">
+      <w:r w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">This instrument prepared by and </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00222447">
+        <w:t>This instrument prepared by and return to:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A12B43" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>return</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00222447">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A12B43" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A12B43">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A12B43" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A12B43">
+      <w:r w:rsidR="00A12B43" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A12B43">
+      <w:r w:rsidR="00A12B43" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A12B43">
+      <w:r w:rsidR="00A12B43" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A12B43">
-[...13 lines deleted...]
-      <w:r w:rsidR="00413C57" w:rsidRPr="00413C57">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>ADFP Tracking #</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CE9E" w14:textId="680C01A1" w:rsidR="00BF4658" w:rsidRPr="00222447" w:rsidRDefault="005D2C45" w:rsidP="00BF4658">
+    <w:p w14:paraId="42D1CE9E" w14:textId="680C01A1" w:rsidR="00BF4658" w:rsidRPr="00882BFF" w:rsidRDefault="005D2C45" w:rsidP="00BF4658">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text56"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Text56"/>
-      <w:r>
+      <w:r w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00882BFF">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Enter name</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="007D5031" w:rsidRPr="00222447">
+      <w:r w:rsidR="007D5031" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00413C57">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00413C57">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00413C57">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00413C57">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00413C57">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00413C57">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00413C57">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00413C57">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t>ADM-ADFP-</w:t>
       </w:r>
-      <w:r w:rsidR="00413C57">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text57"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Text57"/>
-      <w:r w:rsidR="00413C57">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00413C57">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00413C57">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00413C57">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00413C57">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00413C57">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00413C57">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00413C57">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00413C57">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="42D1CE9F" w14:textId="176420F2" w:rsidR="00BF4658" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+    <w:p w14:paraId="42D1CE9F" w14:textId="176420F2" w:rsidR="00BF4658" w:rsidRPr="00882BFF" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7750A433" w14:textId="77777777" w:rsidR="00FA5892" w:rsidRPr="00222447" w:rsidRDefault="00FA5892" w:rsidP="00BF4658">
+    <w:p w14:paraId="7750A433" w14:textId="77777777" w:rsidR="00FA5892" w:rsidRPr="00882BFF" w:rsidRDefault="00FA5892" w:rsidP="00BF4658">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CEA0" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00D23F18" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
-[...7 lines deleted...]
-    <w:p w14:paraId="42D1CEA1" w14:textId="4DC5016C" w:rsidR="00BF4658" w:rsidRPr="00D23F18" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+    <w:p w14:paraId="42D1CEA0" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00882BFF" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CEA1" w14:textId="4DC5016C" w:rsidR="00BF4658" w:rsidRPr="00EA187F" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D23F18">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>STATE OF NORTH CAROLINA</w:t>
       </w:r>
-      <w:r w:rsidR="00413C57" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00413C57" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00413C57" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00413C57" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00413C57" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Parcel ID (</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00413C57" w:rsidRPr="00D23F18">
+        <w:t>Parcel ID (PIN) #</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CEA2" w14:textId="5F26286B" w:rsidR="00BF4658" w:rsidRPr="00EA187F" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>PIN) #</w:t>
-[...4 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00D23F18">
+        <w:t>COUNTY OF</w:t>
+      </w:r>
+      <w:r w:rsidR="007D5031" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>COUNTY OF</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FA5892" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00FA5892" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter county name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Text1"/>
-      <w:r w:rsidR="00FA5892" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00FA5892" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00FA5892" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00FA5892" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00FA5892" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00FA5892" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00FA5892" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00FA5892" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter county name</w:t>
       </w:r>
-      <w:r w:rsidR="00FA5892" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00FA5892" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidR="00413C57" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00413C57" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00413C57" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00413C57" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00413C57" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00413C57" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text58"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter PIN"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Text58"/>
-      <w:r w:rsidR="00413C57" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00413C57" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00413C57" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00413C57" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter PIN</w:t>
       </w:r>
-      <w:r w:rsidR="00413C57" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00413C57" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="42D1CEA3" w14:textId="6BB832E2" w:rsidR="00BF4658" w:rsidRPr="00D23F18" w:rsidRDefault="00BF4658" w:rsidP="007E1BE5">
-[...23 lines deleted...]
-    <w:p w14:paraId="42D1CEA5" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00D23F18" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+    <w:p w14:paraId="42D1CEA3" w14:textId="6BB832E2" w:rsidR="00BF4658" w:rsidRPr="00EA187F" w:rsidRDefault="00BF4658" w:rsidP="007E1BE5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1484F9C5" w14:textId="77777777" w:rsidR="00FA5892" w:rsidRPr="00EA187F" w:rsidRDefault="00FA5892" w:rsidP="007E1BE5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CEA4" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00EA187F" w:rsidRDefault="00BF4658" w:rsidP="007E1BE5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CEA5" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00EA187F" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D23F18">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WARRANTY </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CEA6" w14:textId="2A2EA569" w:rsidR="00BF4658" w:rsidRPr="00D23F18" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+    <w:p w14:paraId="42D1CEA6" w14:textId="2A2EA569" w:rsidR="00BF4658" w:rsidRPr="00EA187F" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D23F18">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DEED OF </w:t>
       </w:r>
-      <w:r w:rsidR="00F3318F" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00F3318F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AGRICULTURAL LAND</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D23F18">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EASEMENT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CEA7" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00D23F18" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00D23F18">
+    <w:p w14:paraId="42D1CEA7" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00EA187F" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CEA8" w14:textId="17F96C26" w:rsidR="00B47C5F" w:rsidRPr="00EA187F" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This Deed of </w:t>
       </w:r>
-      <w:r w:rsidR="0049137A" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="0049137A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Agricultural Land</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D23F18">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Easement (</w:t>
       </w:r>
-      <w:r w:rsidR="00C96552" w:rsidRPr="00D23F18">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00C96552" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="00260C89">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96552" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) is granted on this </w:t>
       </w:r>
-      <w:r w:rsidR="00FA5892" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00FA5892" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter day with numerals and letter suffixes"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="Text2"/>
-      <w:r w:rsidR="00FA5892" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00FA5892" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00FA5892" w:rsidRPr="00D23F18">
-[...5 lines deleted...]
-      <w:r w:rsidR="00FA5892" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00FA5892" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00FA5892" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00FA5892" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00FA5892" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter day with numerals and letter suffixes</w:t>
       </w:r>
-      <w:r w:rsidR="00FA5892" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00FA5892" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="00D23F18">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> day of </w:t>
       </w:r>
-      <w:r w:rsidR="00FA5892" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00FA5892" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Dropdown1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:ddList>
               <w:listEntry w:val="January"/>
               <w:listEntry w:val="February"/>
               <w:listEntry w:val="March"/>
               <w:listEntry w:val="April"/>
               <w:listEntry w:val="May"/>
               <w:listEntry w:val="June"/>
               <w:listEntry w:val="July"/>
               <w:listEntry w:val="August"/>
               <w:listEntry w:val="September"/>
               <w:listEntry w:val="October"/>
               <w:listEntry w:val="November"/>
               <w:listEntry w:val="December"/>
             </w:ddList>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="Dropdown1"/>
-      <w:r w:rsidR="00FA5892" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00FA5892" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
       </w:r>
-      <w:r w:rsidR="00FA5892" w:rsidRPr="00D23F18">
-[...5 lines deleted...]
-      <w:r w:rsidR="00FA5892" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00FA5892" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00FA5892" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00FA5892" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00FA5892" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidR="00FA5892" w:rsidRPr="00D23F18">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5892" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00672EB9" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00672EB9" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00CB5754">
+      <w:r w:rsidR="00C7430D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
+            <w:name w:val="Text79"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:textInput>
-[...1 lines deleted...]
-            </w:textInput>
+            <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00CB5754">
+      <w:bookmarkStart w:id="6" w:name="Text79"/>
+      <w:r w:rsidR="00C7430D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00CB5754">
-[...5 lines deleted...]
-      <w:r w:rsidR="00CB5754">
+      <w:r w:rsidR="00C7430D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C7430D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CB5754">
+      <w:r w:rsidR="00C7430D">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>enter year</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CB5754">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7430D">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7430D">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7430D">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7430D">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7430D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="007D5031" w:rsidRPr="00D23F18">
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidR="007D5031" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D23F18">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by</w:t>
       </w:r>
-      <w:r w:rsidR="007D5031" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="007D5031" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text59"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter landowner name(s)"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="Text59"/>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:bookmarkStart w:id="7" w:name="Text59"/>
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
-[...5 lines deleted...]
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter landowner name(s)</w:t>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007D5031" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="007D5031" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D23F18">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">aving an address of </w:t>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text60"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter landowner mailing address"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="Text60"/>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:bookmarkStart w:id="8" w:name="Text60"/>
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
-[...5 lines deleted...]
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter landowner mailing address</w:t>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007D5031" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="007D5031" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(c</w:t>
       </w:r>
-      <w:r w:rsidR="007D580C" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="007D580C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ollectively </w:t>
       </w:r>
-      <w:r w:rsidR="00B47C5F" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00B47C5F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“G</w:t>
       </w:r>
-      <w:r w:rsidR="007D580C" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="007D580C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rantor</w:t>
       </w:r>
-      <w:r w:rsidR="00B47C5F" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00B47C5F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">”), </w:t>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text61"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter easement holding entity"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="Text61"/>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:bookmarkStart w:id="9" w:name="Text61"/>
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
-[...5 lines deleted...]
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter easement holding entity</w:t>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidR="007D5031" w:rsidRPr="00D23F18">
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidR="007D5031" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> h</w:t>
       </w:r>
-      <w:r w:rsidR="00B47C5F" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00B47C5F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>aving an address of</w:t>
       </w:r>
-      <w:r w:rsidR="007D5031" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="007D5031" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text62"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter entity mailing address"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="Text62"/>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:bookmarkStart w:id="10" w:name="Text62"/>
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
-[...5 lines deleted...]
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter entity mailing address</w:t>
       </w:r>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-      <w:r w:rsidR="00230646" w:rsidRPr="00D23F18">
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidR="00230646" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007D5031" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="007D5031" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(“</w:t>
       </w:r>
-      <w:r w:rsidR="00B47C5F" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00B47C5F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidR="007D580C" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="007D580C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rantee</w:t>
       </w:r>
-      <w:r w:rsidR="00B47C5F" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00B47C5F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”)</w:t>
       </w:r>
-      <w:r w:rsidR="008B1A9E" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="008B1A9E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, the North Carolina Department of Agriculture and Consumer Services (</w:t>
       </w:r>
-      <w:r w:rsidR="00F50849">
+      <w:r w:rsidR="005439F1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="008B1A9E" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="008B1A9E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NCDA&amp;CS</w:t>
       </w:r>
-      <w:r w:rsidR="00F50849">
+      <w:r w:rsidR="005439F1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="008B1A9E" w:rsidRPr="00D23F18">
-[...6 lines deleted...]
-      <w:r w:rsidR="00566866" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="008B1A9E" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) acting by and through the North Carolina Agricultur</w:t>
+      </w:r>
+      <w:r w:rsidR="00260C89">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>al</w:t>
+      </w:r>
+      <w:r w:rsidR="008B1A9E" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Development and Farmland Preservation Trust Fund (</w:t>
+      </w:r>
+      <w:r w:rsidR="00566866" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“NCDA&amp;CS” or </w:t>
       </w:r>
-      <w:r w:rsidR="008B1A9E" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="008B1A9E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“ADFP Trust Fund</w:t>
       </w:r>
-      <w:r w:rsidR="007D580C" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="007D580C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="008B1A9E" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="008B1A9E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00B47C5F" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00B47C5F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00257819" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00257819" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">for the purpose of forever conserving the agricultural productivity of the Protected </w:t>
       </w:r>
-      <w:r w:rsidR="005F47B7" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="005F47B7" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00257819" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00257819" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>roperty and its value for resource preservation and as open space</w:t>
       </w:r>
-      <w:r w:rsidR="00B47C5F" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00B47C5F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.  The Grantor</w:t>
       </w:r>
-      <w:r w:rsidR="008B1A9E" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="008B1A9E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Grantee</w:t>
       </w:r>
-      <w:r w:rsidR="000E450F">
+      <w:r w:rsidR="000E450F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidR="008B1A9E" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="008B1A9E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> NCDA&amp;CS</w:t>
       </w:r>
-      <w:r w:rsidR="00B47C5F" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00B47C5F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are collectively referred to as </w:t>
       </w:r>
-      <w:r w:rsidR="00B47C5F" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00B47C5F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="007D580C" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="007D580C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00B47C5F" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00B47C5F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Parties</w:t>
       </w:r>
-      <w:r w:rsidR="00FE1B58" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00FE1B58" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="00E23CE4" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00E23CE4" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00FE1B58" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="00FE1B58" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CEA9" w14:textId="77777777" w:rsidR="00B47C5F" w:rsidRPr="00D23F18" w:rsidRDefault="00B47C5F" w:rsidP="00BF4658">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00D23F18">
+    <w:p w14:paraId="42D1CEA9" w14:textId="77777777" w:rsidR="00B47C5F" w:rsidRPr="00EA187F" w:rsidRDefault="00B47C5F" w:rsidP="00BF4658">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CEAC" w14:textId="41D5E899" w:rsidR="00BF4658" w:rsidRPr="00EA187F" w:rsidRDefault="00B47C5F" w:rsidP="00BF4658">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The designation Grantor and Grantee as used herein shall include said parties, their heirs, </w:t>
       </w:r>
-      <w:r w:rsidR="00755AFF" w:rsidRPr="00D23F18">
+      <w:r w:rsidR="005439F1" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>successor,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D23F18">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and assigns, and shall include singular, plural, masculine, feminine or neuter as required by context.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="562B25C8" w14:textId="77777777" w:rsidR="00145AC1" w:rsidRDefault="00145AC1" w:rsidP="00BF4658">
-[...7 lines deleted...]
-    <w:p w14:paraId="725BAD2F" w14:textId="7360BC4C" w:rsidR="00145AC1" w:rsidRPr="00D23F18" w:rsidRDefault="00145AC1" w:rsidP="00BF4658">
+    <w:p w14:paraId="7FBCD2DB" w14:textId="09F2134C" w:rsidR="002A3843" w:rsidRPr="00EA187F" w:rsidRDefault="002A3843" w:rsidP="00BF4658">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26129FD5" w14:textId="398F3F39" w:rsidR="00E502D3" w:rsidRPr="00EA187F" w:rsidRDefault="00E502D3" w:rsidP="00E502D3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grantee through the ADFP Trust Fund is providing </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter percentage"/>
@@ -1721,51 +1767,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter percentage</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>% of the Easement Value, for a total cash contribution of $</w:t>
+        <w:t>% of the Easement Value, for a cash contribution of $</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter amount"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
@@ -1895,327 +1941,341 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter amount</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009E6372">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5A21">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="004D5A21">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Optional:  "/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="Text6"/>
-      <w:r w:rsidR="009E6372">
+      <w:bookmarkStart w:id="11" w:name="Text6"/>
+      <w:r w:rsidR="004D5A21">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="009E6372">
-[...5 lines deleted...]
-      <w:r w:rsidR="009E6372">
+      <w:r w:rsidR="004D5A21">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="004D5A21">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="009E6372">
+      <w:r w:rsidR="004D5A21">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Optional:  </w:t>
       </w:r>
-      <w:r w:rsidR="009E6372">
+      <w:r w:rsidR="004D5A21">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidR="009E6372" w:rsidRPr="005734D1">
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidR="004D5A21" w:rsidRPr="004D5A21">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Grantee is providing "/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="009E6372" w:rsidRPr="005734D1">
+      <w:r w:rsidR="004D5A21" w:rsidRPr="004D5A21">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="009E6372" w:rsidRPr="005734D1">
+      <w:r w:rsidR="004D5A21" w:rsidRPr="004D5A21">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="darkGray"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="009E6372" w:rsidRPr="005734D1">
+      <w:r w:rsidR="004D5A21" w:rsidRPr="004D5A21">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="009E6372" w:rsidRPr="005734D1">
+      <w:r w:rsidR="004D5A21" w:rsidRPr="004D5A21">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:t xml:space="preserve">Grantee is providing </w:t>
       </w:r>
-      <w:r w:rsidR="009E6372" w:rsidRPr="005734D1">
+      <w:r w:rsidR="004D5A21" w:rsidRPr="004D5A21">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00E61158">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="004E0118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D5A21" w:rsidRPr="004D5A21">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
-              <w:default w:val="Enter percentage% "/>
+              <w:default w:val=" Enter percentage% "/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00E61158">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="004D5A21" w:rsidRPr="004D5A21">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E61158">
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="004D5A21" w:rsidRPr="004D5A21">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="004D5A21" w:rsidRPr="004D5A21">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E61158">
+      <w:r w:rsidR="004D5A21" w:rsidRPr="004D5A21">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Enter percentage% </w:t>
+      </w:r>
+      <w:r w:rsidR="004D5A21" w:rsidRPr="004D5A21">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="005734D1" w:rsidRPr="005734D1">
-[...3 lines deleted...]
-          <w:highlight w:val="darkGray"/>
+      <w:r w:rsidR="004D5A21">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="of the Easement Value, for a cash consideration of "/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="005734D1" w:rsidRPr="005734D1">
-[...3 lines deleted...]
-          <w:highlight w:val="darkGray"/>
+      <w:r w:rsidR="004D5A21">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="005734D1" w:rsidRPr="005734D1">
-[...10 lines deleted...]
-          <w:highlight w:val="darkGray"/>
+      <w:r w:rsidR="004D5A21">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="004D5A21">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="005734D1" w:rsidRPr="005734D1">
+      <w:r w:rsidR="004D5A21">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:t xml:space="preserve">of the Easement Value, for a cash consideration of </w:t>
       </w:r>
-      <w:r w:rsidR="005734D1" w:rsidRPr="005734D1">
-[...3 lines deleted...]
-          <w:highlight w:val="darkGray"/>
+      <w:r w:rsidR="004D5A21">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00121C78">
+      <w:r w:rsidR="00081F43">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="$Enter amount."/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00121C78">
+      <w:r w:rsidR="00081F43">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00121C78">
-[...5 lines deleted...]
-      <w:r w:rsidR="00121C78">
+      <w:r w:rsidR="00081F43">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00081F43">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00121C78">
+      <w:r w:rsidR="00081F43">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>$Enter amount.</w:t>
       </w:r>
-      <w:r w:rsidR="00121C78">
+      <w:r w:rsidR="00081F43">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="009E6372">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+      <w:r w:rsidR="004E0118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The total Easement Value is $</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter total amount from grantor, and grantee cash contributions"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
@@ -2245,1398 +2305,1504 @@
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Enter total amount from grantor, and grantee cash contributions</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-    <w:p w14:paraId="016E3228" w14:textId="1F23E4A1" w:rsidR="00C5724E" w:rsidRPr="00051803" w:rsidRDefault="00C5724E" w:rsidP="00C5724E">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34C03591" w14:textId="338A7856" w:rsidR="00E502D3" w:rsidRPr="00EA187F" w:rsidRDefault="00E502D3" w:rsidP="00BF4658">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="016E3228" w14:textId="5519A095" w:rsidR="00C5724E" w:rsidRPr="00EA187F" w:rsidRDefault="00C5724E" w:rsidP="00C5724E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="253" w:lineRule="exact"/>
       </w:pPr>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>The Grantor and Grantee agree that any difference between the amount of this total cash payment and the fair market value of this</w:t>
       </w:r>
-      <w:r w:rsidR="00B80B5B">
+      <w:r w:rsidR="00B80B5B" w:rsidRPr="00EA187F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B80B5B" w:rsidRPr="00C61B40">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidR="00260C89">
+        <w:t>ALE Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:t>, as determined by a “qualified appraisal” (as that term is defined by U.S. Treasury Regulations section 1.170A-13(c)(5)),</w:t>
       </w:r>
-      <w:r w:rsidR="00CE774E">
-[...5 lines deleted...]
-      <w:r w:rsidR="003B3B27" w:rsidRPr="00C61B40">
+      <w:r w:rsidR="009E511E" w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve"> or as </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1AB0" w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve">determined by one of the valuation methods and rules that affect valuation as set forth in Regulation </w:t>
+      </w:r>
+      <w:r w:rsidR="003B3B27" w:rsidRPr="00EA187F">
         <w:t>§1.170A-l4(h)(3)</w:t>
       </w:r>
-      <w:r w:rsidR="00AD34E9">
+      <w:r w:rsidR="00A3573F" w:rsidRPr="00EA187F">
         <w:t xml:space="preserve"> is a charitable donation from Grantor to Grantee</w:t>
       </w:r>
-      <w:r w:rsidR="003B3B27" w:rsidRPr="00C61B40">
+      <w:r w:rsidR="003B3B27" w:rsidRPr="00EA187F">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B86D556" w14:textId="77777777" w:rsidR="00C5724E" w:rsidRPr="00051803" w:rsidRDefault="00C5724E" w:rsidP="00C5724E"/>
-    <w:p w14:paraId="7EB335E8" w14:textId="5E4F3957" w:rsidR="00C5724E" w:rsidRPr="00DA7D4E" w:rsidRDefault="00C5724E" w:rsidP="00C5724E">
+    <w:p w14:paraId="7B86D556" w14:textId="77777777" w:rsidR="00C5724E" w:rsidRPr="00EA187F" w:rsidRDefault="00C5724E" w:rsidP="00C5724E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EB335E8" w14:textId="2F0C0980" w:rsidR="00C5724E" w:rsidRPr="00EA187F" w:rsidRDefault="00C5724E" w:rsidP="00C5724E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="253" w:lineRule="exact"/>
       </w:pPr>
-      <w:r w:rsidRPr="00051803">
-        <w:t xml:space="preserve">The “Effective Date” of this ALE is the date and time it was first recorded in the </w:t>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve">The “Effective Date” of this ALE </w:t>
+      </w:r>
+      <w:r w:rsidR="00122B56">
+        <w:t xml:space="preserve">Deed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve">is the date and time it was first recorded in the </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:id w:val="-1534806383"/>
           <w:placeholder>
-            <w:docPart w:val="818CCBC83CFD4FB8AD9038953C557750"/>
+            <w:docPart w:val="0FB3A497E25242D7A393181438F4480F"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00145AC1" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="002E11E2" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:bCs/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="Enter county name"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
-          <w:r w:rsidR="00145AC1" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="002E11E2" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:bCs/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
-          <w:r w:rsidR="00145AC1" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="002E11E2" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:bCs/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
           </w:r>
-          <w:r w:rsidR="00145AC1" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="002E11E2" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:bCs/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00145AC1" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="002E11E2" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:bCs/>
               <w:noProof/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t>Enter county name</w:t>
           </w:r>
-          <w:r w:rsidR="00145AC1" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="002E11E2" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:bCs/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00051803">
-[...11 lines deleted...]
-    <w:p w14:paraId="42D1CEB3" w14:textId="3A2B3F72" w:rsidR="00EA5ABE" w:rsidRPr="00D23F18" w:rsidRDefault="00EA5ABE" w:rsidP="007E1BE5">
+      <w:r w:rsidR="002E11E2" w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>County, North Carolina Registry.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CEAF" w14:textId="77777777" w:rsidR="00B47C5F" w:rsidRPr="00EA187F" w:rsidRDefault="00B47C5F" w:rsidP="00BF4658">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CEB3" w14:textId="3A2B3F72" w:rsidR="00EA5ABE" w:rsidRPr="00EA187F" w:rsidRDefault="00EA5ABE" w:rsidP="007E1BE5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D23F18">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>RECITALS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282DBEB3" w14:textId="7DF99B09" w:rsidR="004A6133" w:rsidRPr="00BE3D5C" w:rsidRDefault="004A6133" w:rsidP="007E1BE5">
+    <w:p w14:paraId="282DBEB3" w14:textId="7DF99B09" w:rsidR="004A6133" w:rsidRPr="00EA187F" w:rsidRDefault="004A6133" w:rsidP="007E1BE5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CEB5" w14:textId="508B4EA7" w:rsidR="00EA5ABE" w:rsidRPr="00BE3D5C" w:rsidRDefault="00EA5ABE" w:rsidP="00EA5ABE">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+    <w:p w14:paraId="42D1CEB5" w14:textId="08FCC69E" w:rsidR="00EA5ABE" w:rsidRPr="00EA187F" w:rsidRDefault="00EA5ABE" w:rsidP="00EA5ABE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">WHEREAS, Grantor is the sole owner in fee simple, of a certain farm property identified in </w:t>
       </w:r>
-      <w:r w:rsidR="008334AE" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="008334AE" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Exhibit</w:t>
       </w:r>
-      <w:r w:rsidR="007D5031" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="007D5031" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D36510" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00D36510" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter exhibit letter or number"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="Text10"/>
-      <w:r w:rsidR="00D36510" w:rsidRPr="00BE3D5C">
+      <w:bookmarkStart w:id="12" w:name="Text10"/>
+      <w:r w:rsidR="00D36510" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00D36510" w:rsidRPr="00BE3D5C">
-[...5 lines deleted...]
-      <w:r w:rsidR="00D36510" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00D36510" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D36510" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D36510" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00D36510" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter exhibit letter or number</w:t>
       </w:r>
-      <w:r w:rsidR="00D36510" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00D36510" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidR="007D5031" w:rsidRPr="00BE3D5C">
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidR="007D5031" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> l</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ocated in</w:t>
       </w:r>
-      <w:r w:rsidR="007D5031" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="007D5031" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D36510" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00D36510" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter township name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="Text11"/>
-      <w:r w:rsidR="00D36510" w:rsidRPr="00BE3D5C">
+      <w:bookmarkStart w:id="13" w:name="Text11"/>
+      <w:r w:rsidR="00D36510" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00D36510" w:rsidRPr="00BE3D5C">
-[...5 lines deleted...]
-      <w:r w:rsidR="00D36510" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00D36510" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D36510" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D36510" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00D36510" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter township name</w:t>
       </w:r>
-      <w:r w:rsidR="00D36510" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00D36510" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidR="007D5031" w:rsidRPr="00BE3D5C">
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidR="007D5031" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> T</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ownship, </w:t>
       </w:r>
-      <w:r w:rsidR="00D36510" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00D36510" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter county name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="Text12"/>
-      <w:r w:rsidR="00D36510" w:rsidRPr="00BE3D5C">
+      <w:bookmarkStart w:id="14" w:name="Text12"/>
+      <w:r w:rsidR="00D36510" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00D36510" w:rsidRPr="00BE3D5C">
-[...5 lines deleted...]
-      <w:r w:rsidR="00D36510" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00D36510" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D36510" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D36510" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00D36510" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter county name</w:t>
       </w:r>
-      <w:r w:rsidR="00D36510" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00D36510" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidR="00D36510" w:rsidRPr="00BE3D5C">
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidR="00D36510" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>County, North Carolina and identified on the plat of property entitle</w:t>
       </w:r>
-      <w:r w:rsidR="00414B99" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00414B99" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> “</w:t>
       </w:r>
-      <w:r w:rsidR="007D5031" w:rsidRPr="00BE3D5C">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="0076346F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text80"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Enter Title of Survey"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="Text80"/>
+      <w:r w:rsidR="0076346F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="0076346F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0076346F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="0076346F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Enter Title of Survey</w:t>
+      </w:r>
+      <w:r w:rsidR="0076346F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>” prepared by</w:t>
       </w:r>
-      <w:r w:rsidR="007D5031" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="007D5031" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter surveyor"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="Text13"/>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:bookmarkStart w:id="16" w:name="Text13"/>
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
-[...5 lines deleted...]
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter surveyor</w:t>
       </w:r>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
-      <w:r w:rsidR="007D5031" w:rsidRPr="00BE3D5C">
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidR="007D5031" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> w</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">hich plat is recorded at Plat Book </w:t>
       </w:r>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter book number"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="Text14"/>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:bookmarkStart w:id="17" w:name="Text14"/>
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
-[...5 lines deleted...]
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter book number</w:t>
       </w:r>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Page </w:t>
       </w:r>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text15"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter page number"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="Text15"/>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:bookmarkStart w:id="18" w:name="Text15"/>
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
-[...5 lines deleted...]
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter page number</w:t>
       </w:r>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text16"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter county name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="Text16"/>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:bookmarkStart w:id="19" w:name="Text16"/>
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
-[...5 lines deleted...]
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter county name</w:t>
       </w:r>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidR="00F61FC0" w:rsidRPr="00BE3D5C">
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidR="00F61FC0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> C</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ounty Registry with s</w:t>
       </w:r>
-      <w:r w:rsidR="007D5031" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="007D5031" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>uch</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> farm property totaling </w:t>
       </w:r>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter number of acres"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="Text17"/>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:bookmarkStart w:id="20" w:name="Text17"/>
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
-[...5 lines deleted...]
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter number of acres</w:t>
       </w:r>
-      <w:r w:rsidR="00643687" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00643687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> acres covered by this </w:t>
       </w:r>
-      <w:r w:rsidR="00791451" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00791451" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00272714" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00272714" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (the “Protected Property”).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CEB6" w14:textId="77777777" w:rsidR="00EA5ABE" w:rsidRPr="00BE3D5C" w:rsidRDefault="00EA5ABE" w:rsidP="00EA5ABE">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+    <w:p w14:paraId="42D1CEB6" w14:textId="77777777" w:rsidR="00EA5ABE" w:rsidRPr="00EA187F" w:rsidRDefault="00EA5ABE" w:rsidP="00EA5ABE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CEB7" w14:textId="493730C5" w:rsidR="00EA5ABE" w:rsidRPr="00EA187F" w:rsidRDefault="00EA5ABE" w:rsidP="00EA5ABE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...16 lines deleted...]
-      <w:r w:rsidR="00ED7845" w:rsidRPr="00BE3D5C">
+        <w:t xml:space="preserve">WHEREAS, the Protected Property consists primarily of </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED7845" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...123 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">roductive </w:t>
+      </w:r>
+      <w:r w:rsidR="008539C7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">agricultural or forested </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>land.  The Protected Property also contains within its boundary</w:t>
+      </w:r>
+      <w:r w:rsidR="00D72894">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> buildings and/or improvements as shown on</w:t>
+      </w:r>
+      <w:r w:rsidR="00070F24">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Exhibit</w:t>
+      </w:r>
+      <w:r w:rsidR="00D72894">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-651138777"/>
+          <w:placeholder>
+            <w:docPart w:val="A921FF9A46294E7B8C024C0A380A9888"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B57C86" w:rsidRPr="00EA187F">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:highlight w:val="darkGray"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin">
+              <w:ffData>
+                <w:name w:val=""/>
+                <w:enabled/>
+                <w:calcOnExit w:val="0"/>
+                <w:textInput>
+                  <w:default w:val="Enter exhibit letter or number "/>
+                </w:textInput>
+              </w:ffData>
+            </w:fldChar>
+          </w:r>
+          <w:r w:rsidR="00B57C86" w:rsidRPr="00EA187F">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:highlight w:val="darkGray"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00B57C86" w:rsidRPr="00EA187F">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:highlight w:val="darkGray"/>
+            </w:rPr>
+          </w:r>
+          <w:r w:rsidR="00B57C86" w:rsidRPr="00EA187F">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:highlight w:val="darkGray"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00B57C86" w:rsidRPr="00EA187F">
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:highlight w:val="darkGray"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Enter exhibit letter or number </w:t>
+          </w:r>
+          <w:r w:rsidR="00B57C86" w:rsidRPr="00EA187F">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:highlight w:val="darkGray"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidR="00180EB9">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00180EB9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>attached hereto and incorporated</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1722">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> herein. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3C88" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It is the primary purpose of this </w:t>
+      </w:r>
+      <w:r w:rsidR="007757CD" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3C88" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00272714" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3C88" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to protect the agricultural soils and agricultural viability and productivity </w:t>
+      </w:r>
+      <w:r w:rsidR="005C66CD" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>by limiting non</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6DBE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="005C66CD" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>agricultural uses of the Protected Property</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3C88" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3199C0D6" w14:textId="7287AE6D" w:rsidR="005C0033" w:rsidRPr="00EA187F" w:rsidRDefault="005C0033" w:rsidP="00EA5ABE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:id w:val="163527777"/>
+        <w:id w:val="2014491854"/>
         <w:placeholder>
-          <w:docPart w:val="E6249A1DD7EA4DD1B79028AFF9FA3D5B"/>
+          <w:docPart w:val="062981E434AF4EA28303441C46520508"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="53BCCFE3" w14:textId="77777777" w:rsidR="002C73F5" w:rsidRPr="00EA187F" w:rsidRDefault="002C73F5" w:rsidP="002C73F5">
+        <w:p w14:paraId="0BD6AC20" w14:textId="13B55E5B" w:rsidR="00131D5D" w:rsidRPr="00EA187F" w:rsidRDefault="00131D5D" w:rsidP="00131D5D">
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
             <w:spacing w:before="1"/>
             <w:ind w:right="473" w:firstLine="720"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val="Text78"/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="[Delete this and the below box if it is not relevant]"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
+          <w:bookmarkStart w:id="21" w:name="Text78"/>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
           </w:r>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:t>[Delete this and the below box if it is not relevant]</w:t>
           </w:r>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
+          <w:bookmarkEnd w:id="21"/>
         </w:p>
-        <w:p w14:paraId="0D800924" w14:textId="77777777" w:rsidR="002C73F5" w:rsidRPr="00EA187F" w:rsidRDefault="00ED47D9" w:rsidP="002C73F5">
+        <w:p w14:paraId="4596085D" w14:textId="353739FF" w:rsidR="00131D5D" w:rsidRPr="00EA187F" w:rsidRDefault="00C52055" w:rsidP="00131D5D">
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
             <w:spacing w:before="1"/>
             <w:ind w:right="473" w:firstLine="720"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
-              <w:id w:val="-1258982810"/>
+              <w:id w:val="1948885853"/>
               <w:placeholder>
-                <w:docPart w:val="9877F945938D4B95A3FD845F42CC5D9D"/>
+                <w:docPart w:val="8C7DD7A7529E497C8CB92D0BC3FE0605"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:sdt>
                 <w:sdtPr>
-                  <w:id w:val="-78442804"/>
+                  <w:id w:val="1048654493"/>
                   <w:placeholder>
-                    <w:docPart w:val="3E2B4F3C02C447B08787B13577E62436"/>
+                    <w:docPart w:val="101C3CCA379C432E9155A50F8C0A6A6B"/>
                   </w:placeholder>
                 </w:sdtPr>
                 <w:sdtEndPr/>
                 <w:sdtContent>
-                  <w:r w:rsidR="002C73F5" w:rsidRPr="00EA187F">
+                  <w:r w:rsidR="00131D5D" w:rsidRPr="00EA187F">
                     <w:rPr>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val=""/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:default w:val="WHEREAS, the Protected Property contains "/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:r w:rsidR="002C73F5" w:rsidRPr="00EA187F">
+                  <w:r w:rsidR="00131D5D" w:rsidRPr="00EA187F">
                     <w:rPr>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
-                  <w:r w:rsidR="002C73F5" w:rsidRPr="00EA187F">
+                  <w:r w:rsidR="00131D5D" w:rsidRPr="00EA187F">
                     <w:rPr>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                   </w:r>
-                  <w:r w:rsidR="002C73F5" w:rsidRPr="00EA187F">
+                  <w:r w:rsidR="00131D5D" w:rsidRPr="00EA187F">
                     <w:rPr>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="002C73F5" w:rsidRPr="00EA187F">
+                  <w:r w:rsidR="00131D5D" w:rsidRPr="00EA187F">
                     <w:rPr>
                       <w:noProof/>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:t xml:space="preserve">WHEREAS, the Protected Property contains </w:t>
                   </w:r>
-                  <w:r w:rsidR="002C73F5" w:rsidRPr="00EA187F">
+                  <w:r w:rsidR="00131D5D" w:rsidRPr="00EA187F">
                     <w:rPr>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:sdtContent>
               </w:sdt>
             </w:sdtContent>
           </w:sdt>
           <w:sdt>
             <w:sdtPr>
-              <w:id w:val="97681820"/>
+              <w:id w:val="6723120"/>
               <w:placeholder>
-                <w:docPart w:val="8439B26CCFFF4112A6B33C96A7BE3B08"/>
+                <w:docPart w:val="975544E8970643C392C024ADD7CEAB9F"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="002C73F5" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="00131D5D" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val=""/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput>
                       <w:default w:val="[Enter road name]"/>
                     </w:textInput>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
-              <w:r w:rsidR="002C73F5" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="00131D5D" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
-              <w:r w:rsidR="002C73F5" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="00131D5D" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
               </w:r>
-              <w:r w:rsidR="002C73F5" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="00131D5D" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
-              <w:r w:rsidR="002C73F5" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="00131D5D" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:noProof/>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:t>[Enter road name]</w:t>
               </w:r>
-              <w:r w:rsidR="002C73F5" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="00131D5D" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:sdt>
             <w:sdtPr>
-              <w:id w:val="-2009357522"/>
+              <w:id w:val="-1739932779"/>
               <w:placeholder>
-                <w:docPart w:val="8A3E379B86354EE484DD3A3875CB885D"/>
+                <w:docPart w:val="C751319963524BB1A015EEBB653C68B8"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="002C73F5">
+              <w:r w:rsidR="0076116D">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val=""/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput>
                       <w:default w:val=" a public road and provides a scenic view to the traveling public of"/>
                     </w:textInput>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
-              <w:r w:rsidR="002C73F5">
+              <w:r w:rsidR="0076116D">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
-              <w:r w:rsidR="002C73F5">
+              <w:r w:rsidR="0076116D">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
               </w:r>
-              <w:r w:rsidR="002C73F5">
+              <w:r w:rsidR="0076116D">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
-              <w:r w:rsidR="002C73F5">
+              <w:r w:rsidR="0076116D">
                 <w:rPr>
                   <w:noProof/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> a public road and provides a scenic view to the traveling public of</w:t>
               </w:r>
-              <w:r w:rsidR="002C73F5">
+              <w:r w:rsidR="0076116D">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:sdt>
             <w:sdtPr>
-              <w:id w:val="1896696703"/>
+              <w:id w:val="-1276254633"/>
               <w:placeholder>
-                <w:docPart w:val="6B1C7470C02240B581F3E00994C5B3BE"/>
+                <w:docPart w:val="B7112701FF05466199DA1BE7E1C2DD8C"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="002C73F5">
+              <w:r w:rsidR="0033130D">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val=""/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput>
                       <w:default w:val=" [describe view of nature]."/>
                     </w:textInput>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
-              <w:r w:rsidR="002C73F5">
+              <w:r w:rsidR="0033130D">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
-              <w:r w:rsidR="002C73F5">
+              <w:r w:rsidR="0033130D">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
               </w:r>
-              <w:r w:rsidR="002C73F5">
+              <w:r w:rsidR="0033130D">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
-              <w:r w:rsidR="002C73F5">
+              <w:r w:rsidR="0033130D">
                 <w:rPr>
                   <w:noProof/>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> [describe view of nature].</w:t>
               </w:r>
-              <w:r w:rsidR="002C73F5">
+              <w:r w:rsidR="0033130D">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="3813E4BC" w14:textId="19E596A7" w:rsidR="004F7BB6" w:rsidRDefault="004F7BB6" w:rsidP="004F7BB6">
-[...3 lines deleted...]
-        <w:ind w:right="473" w:firstLine="720"/>
+    <w:p w14:paraId="42504E1D" w14:textId="27CBAF3A" w:rsidR="00131D5D" w:rsidRPr="00EA187F" w:rsidRDefault="00131D5D" w:rsidP="00EA5ABE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:id w:val="628207610"/>
         <w:placeholder>
-          <w:docPart w:val="FC4B419336A04396A044B2BDE301DBD0"/>
+          <w:docPart w:val="3599FD119B6B41FD8BED5D5FBCAAE9C5"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="120057D5" w14:textId="77777777" w:rsidR="004F7BB6" w:rsidRPr="00EA187F" w:rsidRDefault="004F7BB6" w:rsidP="004F7BB6">
+        <w:p w14:paraId="70854353" w14:textId="77777777" w:rsidR="009D6831" w:rsidRPr="00EA187F" w:rsidRDefault="009D6831" w:rsidP="009D6831">
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
             <w:spacing w:before="1"/>
             <w:ind w:right="473" w:firstLine="720"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="[Delete this and the below box if it is not relevant]"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
@@ -3660,371 +3826,371 @@
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:t>[Delete this and the below box if it is not relevant]</w:t>
           </w:r>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="323638A8" w14:textId="77777777" w:rsidR="004F7BB6" w:rsidRPr="00EA187F" w:rsidRDefault="00ED47D9" w:rsidP="004F7BB6">
+        <w:p w14:paraId="4374B599" w14:textId="77777777" w:rsidR="009D6831" w:rsidRPr="00EA187F" w:rsidRDefault="00C52055" w:rsidP="009D6831">
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
             <w:spacing w:before="1"/>
             <w:ind w:right="473" w:firstLine="720"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="291406312"/>
               <w:placeholder>
-                <w:docPart w:val="9DE62348DC6D4DE4BA29572873ECC512"/>
+                <w:docPart w:val="11788F210FD247B380E319070E966A67"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val=""/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput>
                       <w:default w:val="WHEREAS, the Protected Property also includes"/>
                     </w:textInput>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:noProof/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:t>WHEREAS, the Protected Property also includes</w:t>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1649968901"/>
               <w:placeholder>
-                <w:docPart w:val="2D9B4CCAB4804CD286C23E031C6049AA"/>
+                <w:docPart w:val="2610C23DF4824642A7E3A367E5BA784F"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val=""/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput>
                       <w:default w:val=" [insert brief description of natural resources; e.g., important species of plants and animals, habitat, etc.] "/>
                     </w:textInput>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:noProof/>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> [insert brief description of natural resources; e.g., important species of plants and animals, habitat, etc.] </w:t>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="2078539474"/>
               <w:placeholder>
-                <w:docPart w:val="8FD2AAD7CE944BB0ADC0112391A427BA"/>
+                <w:docPart w:val="D14714B0C6934B6F9D44C47ECB8CBEC0"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val=""/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput>
                       <w:default w:val="of importance to the Grantor, the people of "/>
                     </w:textInput>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:noProof/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:t xml:space="preserve">of importance to the Grantor, the people of </w:t>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1332103136"/>
               <w:placeholder>
-                <w:docPart w:val="97DE9EDACA3449E7B305BAA1ED889E35"/>
+                <w:docPart w:val="E269244A267B49A4A737C20F822FA16C"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val=""/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput>
                       <w:default w:val="[County Name] "/>
                     </w:textInput>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:noProof/>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[County Name] </w:t>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-504371596"/>
               <w:placeholder>
-                <w:docPart w:val="DB725E34F74445839435037D940A64D1"/>
+                <w:docPart w:val="1E0C997D253E4793BD97B1A6E7F4C583"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val=""/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput>
                       <w:default w:val="County and the people of North Carolina."/>
                     </w:textInput>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:noProof/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:t>County and the people of North Carolina.</w:t>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:p>
-        <w:p w14:paraId="65285A4C" w14:textId="77777777" w:rsidR="004F7BB6" w:rsidRDefault="00ED47D9" w:rsidP="004F7BB6">
+        <w:p w14:paraId="6F677E87" w14:textId="77777777" w:rsidR="009D6831" w:rsidRPr="00EA187F" w:rsidRDefault="00C52055" w:rsidP="009D6831">
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
             <w:spacing w:before="1"/>
             <w:ind w:right="473" w:firstLine="720"/>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="1471557424"/>
         <w:placeholder>
-          <w:docPart w:val="51F78344DBF64863BBF569A204B26BC8"/>
+          <w:docPart w:val="441A0ED036F949A9A193C1250BEAFC01"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="21DA2F48" w14:textId="77777777" w:rsidR="004F7BB6" w:rsidRPr="00EA187F" w:rsidRDefault="004F7BB6" w:rsidP="004F7BB6">
+        <w:p w14:paraId="3FCDE8E1" w14:textId="77777777" w:rsidR="000D4564" w:rsidRPr="00EA187F" w:rsidRDefault="000D4564" w:rsidP="000D4564">
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
             <w:ind w:right="492" w:firstLine="720"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val="Text78"/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="[Delete this and the below box if it is not relevant]"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
@@ -4047,2521 +4213,2644 @@
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:t>[Delete this and the below box if it is not relevant]</w:t>
           </w:r>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
-        <w:bookmarkStart w:id="19" w:name="_Hlk124854539"/>
-        <w:p w14:paraId="4A549833" w14:textId="77777777" w:rsidR="004F7BB6" w:rsidRPr="00EA187F" w:rsidRDefault="00ED47D9" w:rsidP="004F7BB6">
+        <w:bookmarkStart w:id="22" w:name="_Hlk124854539"/>
+        <w:p w14:paraId="596BD993" w14:textId="77777777" w:rsidR="000D4564" w:rsidRPr="00EA187F" w:rsidRDefault="00C52055" w:rsidP="000D4564">
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
             <w:ind w:right="492" w:firstLine="720"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="980349121"/>
               <w:placeholder>
-                <w:docPart w:val="05C0800DCE724130B9A6F6411E2DEA71"/>
+                <w:docPart w:val="A571ACF114D543CCADB1AC6ED17AF354"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val=""/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput>
                       <w:default w:val="WHEREAS, the Protected Property contains"/>
                     </w:textInput>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:noProof/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:t>WHEREAS, the Protected Property contains</w:t>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:sdtContent>
           </w:sdt>
-          <w:bookmarkEnd w:id="19"/>
+          <w:bookmarkEnd w:id="22"/>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-317963269"/>
               <w:placeholder>
-                <w:docPart w:val="07B6A4DF09894830B41A7E576F7FABB0"/>
+                <w:docPart w:val="C99B0C9D463E41508E221CF406071CD8"/>
               </w:placeholder>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val=""/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput>
                       <w:default w:val=" [insert brief description of water resources, such as streams, lakes, ponds, wetlands, located on or bordering, the Protected Property]."/>
                     </w:textInput>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:noProof/>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> [insert brief description of water resources, such as streams, lakes, ponds, wetlands, located on or bordering, the Protected Property].</w:t>
               </w:r>
-              <w:r w:rsidR="004F7BB6" w:rsidRPr="00EA187F">
+              <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:p>
-        <w:p w14:paraId="2A5FBB77" w14:textId="77777777" w:rsidR="004F7BB6" w:rsidRDefault="00ED47D9" w:rsidP="004F7BB6"/>
+        <w:p w14:paraId="1986D471" w14:textId="77777777" w:rsidR="000D4564" w:rsidRPr="00EA187F" w:rsidRDefault="00C52055" w:rsidP="000D4564">
+          <w:pPr>
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="6F378CBA" w14:textId="29D1478B" w:rsidR="00317BA5" w:rsidRPr="00051803" w:rsidRDefault="00AF3C88" w:rsidP="00BE3D5C">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00051803">
+    <w:p w14:paraId="6F378CBA" w14:textId="24F5B382" w:rsidR="00317BA5" w:rsidRDefault="00AF3C88" w:rsidP="00BE3D5C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-      <w:r w:rsidR="00317BA5" w:rsidRPr="00051803">
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>WHEREAS, the agricultural, natural, wildlife habitat and scenic resources of the Protected Property described above, and in the Baseline Documentation Report</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00317BA5" w:rsidRPr="00051803">
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>collectively</w:t>
       </w:r>
-      <w:r w:rsidR="00317BA5" w:rsidRPr="00051803">
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00317BA5" w:rsidRPr="00051803">
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>referred</w:t>
       </w:r>
-      <w:r w:rsidR="00317BA5" w:rsidRPr="00051803">
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00317BA5" w:rsidRPr="00051803">
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00317BA5" w:rsidRPr="00051803">
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00317BA5" w:rsidRPr="00051803">
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidR="00317BA5" w:rsidRPr="00051803">
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00317BA5" w:rsidRPr="00051803">
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00317BA5" w:rsidRPr="00051803">
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00317BA5" w:rsidRPr="00051803">
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Conservation</w:t>
       </w:r>
-      <w:r w:rsidR="00317BA5" w:rsidRPr="00051803">
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00317BA5" w:rsidRPr="00051803">
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Values” of</w:t>
       </w:r>
-      <w:r w:rsidR="00317BA5" w:rsidRPr="00051803">
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00317BA5" w:rsidRPr="00051803">
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00317BA5" w:rsidRPr="00051803">
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00317BA5" w:rsidRPr="00051803">
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Protected</w:t>
       </w:r>
-      <w:r w:rsidR="00317BA5" w:rsidRPr="00051803">
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00317BA5" w:rsidRPr="00051803">
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Property.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="411EA9CA" w14:textId="77777777" w:rsidR="00317BA5" w:rsidRPr="00051803" w:rsidRDefault="00317BA5" w:rsidP="00317BA5">
+    <w:p w14:paraId="78738145" w14:textId="77777777" w:rsidR="0042792E" w:rsidRDefault="0042792E" w:rsidP="00BE3D5C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0154EDA6" w14:textId="0D72F4CB" w:rsidR="0042792E" w:rsidRPr="00EA187F" w:rsidRDefault="0042792E" w:rsidP="0042792E">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">WHEREAS, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042792E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ALE Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042792E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is acquired by the Grantee for the purpose of the restoration, protection, enhancement, management, maintenance, and monitoring of the Conservation Values (the “purposes of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ALE Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042792E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="411EA9CA" w14:textId="77777777" w:rsidR="00317BA5" w:rsidRPr="00EA187F" w:rsidRDefault="00317BA5" w:rsidP="00317BA5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50648BB7" w14:textId="1214E837" w:rsidR="00317BA5" w:rsidRPr="00BE3D5C" w:rsidRDefault="00317BA5" w:rsidP="00BE3D5C">
+    <w:p w14:paraId="50648BB7" w14:textId="1BAC159F" w:rsidR="00317BA5" w:rsidRPr="00EA187F" w:rsidRDefault="00317BA5" w:rsidP="00BE3D5C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="473" w:firstLine="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>WHEREAS, the specific Conservation Values of the Protected Property and its current use</w:t>
       </w:r>
-      <w:r w:rsidR="001154BE" w:rsidRPr="00051803">
+      <w:r w:rsidR="001154BE" w:rsidRPr="00EA187F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>and state of improvement are described in a Baseline Documentation Report</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1B5B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0088030C">
+        <w:t>which is hereby incorporated by reference as if fully set forth herein</w:t>
+      </w:r>
+      <w:r w:rsidR="007A39B7">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001154BE" w:rsidRPr="00051803">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>prepared</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>by the Grantee with the cooperation of the Grantor, and acknowledged by both Parties to have been available to them on the Effective Date, and to be</w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>accurate as of the date of this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003">
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00791077">
         <w:rPr>
           <w:spacing w:val="55"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003">
+        <w:t xml:space="preserve">Baseline Documentation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>Report may be used by the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>Grantee to document any future changes in the use or character of the Protected Property in order</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve">to ensure the terms and conditions of the ALE </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003">
+        <w:t xml:space="preserve">Deed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>are fulfilled.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003">
+        <w:t xml:space="preserve">Baseline Documentation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>Report,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>however, is not intended to preclude the use of other evidence to establish the present condition of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>the Protected Property if there is a controversy over its use.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>The Grantor and Grantee have copies</w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>of this</w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>Report, and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>this Report will</w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>remain</w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>on</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>file</w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>at</w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>office of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00051803">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>Grantee</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0218C" w:rsidRPr="00642B1C">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text80"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Optional: as indicated on the report of present conditions, the form of which is attached hereto as Exhibit XXXX and incorporated herein by this reference"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00C0218C" w:rsidRPr="00642B1C">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00C0218C" w:rsidRPr="00642B1C">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00C0218C" w:rsidRPr="00642B1C">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Optional: as indicated on the report of present conditions, the form of which is attached hereto as Exhibit XXXX and incorporated herein by this reference</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0218C" w:rsidRPr="00642B1C">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B12773" w14:textId="77777777" w:rsidR="00270E67" w:rsidRPr="00EA187F" w:rsidRDefault="00270E67" w:rsidP="00EA5ABE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CEBF" w14:textId="21E9EDFE" w:rsidR="00414B99" w:rsidRPr="00EA187F" w:rsidRDefault="00AF3C88" w:rsidP="00EA5ABE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-      <w:r w:rsidR="00AD08CE" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00414B99" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">WHEREAS, the Grantor and Grantee agree that the current agricultural </w:t>
+      </w:r>
+      <w:r w:rsidR="0042792E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or forestry </w:t>
+      </w:r>
+      <w:r w:rsidR="00414B99" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">use of, and improvements to, the Protected Property are consistent with the </w:t>
+      </w:r>
+      <w:r w:rsidR="0042792E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00414B99" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onservation </w:t>
+      </w:r>
+      <w:r w:rsidR="0042792E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00414B99" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">urposes of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD08CE" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
-      <w:r w:rsidR="00414B99" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00414B99" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00EA3F2F" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00EA3F2F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00414B99" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00414B99" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CEC0" w14:textId="77777777" w:rsidR="00414B99" w:rsidRPr="00BE3D5C" w:rsidRDefault="00414B99" w:rsidP="00EA5ABE">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+    <w:p w14:paraId="42D1CEC0" w14:textId="77777777" w:rsidR="00414B99" w:rsidRPr="00EA187F" w:rsidRDefault="00414B99" w:rsidP="00EA5ABE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CEC1" w14:textId="19677AC9" w:rsidR="00414B99" w:rsidRPr="00EA187F" w:rsidRDefault="00414B99" w:rsidP="00EA5ABE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>WHEREAS, the Grantor intends that the Conservation Values of the Protected Property be preserved and maintained, and further, Grantor intends to convey to the Grantee the right to preserve and protect the agricultural and other Conservation Values of the Protected Property</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="001867E9">
+        <w:t xml:space="preserve">WHEREAS, the Grantor intends that the Conservation Values of the Protected Property be preserved and maintained, and further, Grantor intends to convey to the Grantee the right to preserve and protect the agricultural and other Conservation Values of the Protected Property </w:t>
+      </w:r>
+      <w:r w:rsidR="002858F7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
-              <w:default w:val="in perpetuity "/>
+              <w:default w:val="in perpetuity"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="001867E9">
+      <w:r w:rsidR="002858F7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="001867E9">
-[...5 lines deleted...]
-      <w:r w:rsidR="001867E9">
+      <w:r w:rsidR="002858F7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="002858F7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001867E9">
+      <w:r w:rsidR="002858F7">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">in perpetuity </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001867E9">
+        <w:t>in perpetuity</w:t>
+      </w:r>
+      <w:r w:rsidR="002858F7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="0074118A">
-[...10 lines deleted...]
-          <w:highlight w:val="darkGray"/>
+      <w:r w:rsidR="008661B9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
+            <w:name w:val="Text104"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
-              <w:default w:val=" or "/>
+              <w:default w:val="[IF TERM] for a period of XXXX (XX) years"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="006C59DD" w:rsidRPr="006C59DD">
-[...3 lines deleted...]
-          <w:highlight w:val="darkGray"/>
+      <w:bookmarkStart w:id="23" w:name="Text104"/>
+      <w:r w:rsidR="008661B9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="006C59DD" w:rsidRPr="006C59DD">
-[...10 lines deleted...]
-          <w:highlight w:val="darkGray"/>
+      <w:r w:rsidR="008661B9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="008661B9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="006C59DD" w:rsidRPr="006C59DD">
+      <w:r w:rsidR="008661B9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="darkGray"/>
-[...7 lines deleted...]
-          <w:highlight w:val="darkGray"/>
+        </w:rPr>
+        <w:t>[IF TERM] for a period of XXXX (XX) years</w:t>
+      </w:r>
+      <w:r w:rsidR="008661B9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="_Hlk154074779"/>
-[...111 lines deleted...]
-      <w:r w:rsidR="006375A1" w:rsidRPr="00EA187F">
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidR="005439F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CEC2" w14:textId="77777777" w:rsidR="00414B99" w:rsidRPr="00EA187F" w:rsidRDefault="00414B99" w:rsidP="00EA5ABE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CEC3" w14:textId="6962AC37" w:rsidR="00AF3C88" w:rsidRPr="00EA187F" w:rsidRDefault="00414B99" w:rsidP="00EA5ABE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C4552C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">WHEREAS, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the term “Conservation Purpose</w:t>
+      </w:r>
+      <w:r w:rsidR="0056060F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” means </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003" w:rsidRPr="00E67003">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the preservation of open space</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003" w:rsidRPr="00E67003">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>including farmland and forest land</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003" w:rsidRPr="00E67003">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> where such preservation is pursuant to a clearly delineated Federal, State, or local governmental conservation policy, and will yield a significant public benefit</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. T</w:t>
+      </w:r>
+      <w:r w:rsidR="00C4552C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he Conservation Purposes of the </w:t>
+      </w:r>
+      <w:r w:rsidR="005E5921" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="00C4552C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3F2F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00C4552C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are recognized by, and the grant of this </w:t>
+      </w:r>
+      <w:r w:rsidR="005E5921" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="00C4552C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="009E30B9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00C4552C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will serve, the following clearly delineated governmental</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF4051">
-[...221 lines deleted...]
-      <w:r w:rsidR="00C4552C" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00C4552C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>conservation policies:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="679B5B6E" w14:textId="77777777" w:rsidR="00FA0B1F" w:rsidRPr="00FA0B1F" w:rsidRDefault="00FA0B1F" w:rsidP="00FA0B1F">
+    <w:p w14:paraId="42D1CEC6" w14:textId="529DAFC1" w:rsidR="00C4552C" w:rsidRPr="00EA187F" w:rsidRDefault="00C4552C" w:rsidP="00C4552C">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CEC7" w14:textId="05E8FB7B" w:rsidR="00C4552C" w:rsidRPr="00EA187F" w:rsidRDefault="00243CE6" w:rsidP="00C4552C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA0B1F">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00FA0B1F">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N. C. Gen. Stat. </w:t>
+      </w:r>
+      <w:r w:rsidR="00760E30" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00C4552C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">139-2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00200790" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>et seq</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA0B1F">
-[...15 lines deleted...]
-    <w:p w14:paraId="418947E7" w14:textId="77777777" w:rsidR="00FA0B1F" w:rsidRPr="00FA0B1F" w:rsidRDefault="00FA0B1F" w:rsidP="00FA0B1F">
+      <w:r w:rsidR="00200790" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C4552C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, which provides that “it is hereby declared …that the farm, forest and grazing lands of the State of North Carolina are among the basic assets of the State and the preservation of these lands is necessary to protect and promote the health, safety and general welfare of its people… It is hereby declared to be the policy of the legislature to provide for the conservation of the soil and resources of this State;”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CEC8" w14:textId="77777777" w:rsidR="00C4552C" w:rsidRPr="00EA187F" w:rsidRDefault="00C4552C" w:rsidP="00C4552C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CEC9" w14:textId="56044758" w:rsidR="00C4552C" w:rsidRPr="00EA187F" w:rsidRDefault="00C4552C" w:rsidP="00D60D11">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA0B1F">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00FA0B1F">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="007D5031" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. C. Gen. Stat. §</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 106-583 </w:t>
+      </w:r>
+      <w:r w:rsidR="00200790" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>et seq</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA0B1F">
-[...15 lines deleted...]
-    <w:p w14:paraId="4B773E7B" w14:textId="77777777" w:rsidR="00FA0B1F" w:rsidRPr="00FA0B1F" w:rsidRDefault="00FA0B1F" w:rsidP="00FA0B1F">
+      <w:r w:rsidR="00200790" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, which states that “It is declared to be the policy of the State of North Carolina to promote the efficient production and utilization of the products of the soil as essential to the health and welfare of our people and to promote a sound and prosperous agriculture and rural life as indispensable to the maintenance of maximum prosperit</w:t>
+      </w:r>
+      <w:r w:rsidR="00D61A55" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>y;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CECA" w14:textId="77777777" w:rsidR="00C4552C" w:rsidRPr="00EA187F" w:rsidRDefault="00C4552C" w:rsidP="00C4552C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CECB" w14:textId="7BB25B63" w:rsidR="00C4552C" w:rsidRPr="00EA187F" w:rsidRDefault="00C4552C" w:rsidP="00C4552C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA0B1F">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00FA0B1F">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The Uniform North Carolina Conservation and Histo</w:t>
+      </w:r>
+      <w:r w:rsidR="00760E30" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ric Preservation Agreements Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00760E30" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(N. C. Gen. Stat. §</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 121-34 </w:t>
+      </w:r>
+      <w:r w:rsidR="00200790" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>et seq</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA0B1F">
-[...15 lines deleted...]
-    <w:p w14:paraId="24ADC6B3" w14:textId="77777777" w:rsidR="00FA0B1F" w:rsidRPr="00FA0B1F" w:rsidRDefault="00FA0B1F" w:rsidP="00FA0B1F">
+      <w:r w:rsidR="00200790" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00760E30" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which provides for the enforceability of restrictions, easements, covenants or conditions “appro</w:t>
+      </w:r>
+      <w:r w:rsidR="00B01744" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>priate for retaining in land or water areas predominantly in their natural, scenic, or open condition or in agricultural, horticultural, farming or forest use;” and which provides for tax assessment of lands subject to such agreements “on the basis of the true value of the land and improvement less any reduction in value caused by the agreement;”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CECC" w14:textId="77777777" w:rsidR="0048022F" w:rsidRPr="00EA187F" w:rsidRDefault="0048022F" w:rsidP="0048022F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CECD" w14:textId="1300802F" w:rsidR="0048022F" w:rsidRPr="00EA187F" w:rsidRDefault="0048022F" w:rsidP="00EA78EB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA0B1F">
-[...40 lines deleted...]
-    <w:p w14:paraId="2B56E3FF" w14:textId="77777777" w:rsidR="00FA0B1F" w:rsidRPr="00FA0B1F" w:rsidRDefault="00FA0B1F" w:rsidP="00FA0B1F">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The establishment of the North Carolina Farmland Preservation Trust Fund established in </w:t>
+      </w:r>
+      <w:r w:rsidR="00095726" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2005 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF798C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>N.C. Gen Stat</w:t>
+      </w:r>
+      <w:r w:rsidR="009B30CD" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 106-744 (c)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64C24" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to preserve important farmland in North Carolina</w:t>
+      </w:r>
+      <w:r w:rsidR="00895E7B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CECE" w14:textId="77777777" w:rsidR="0048022F" w:rsidRPr="00EA187F" w:rsidRDefault="0048022F" w:rsidP="0048022F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CECF" w14:textId="2B8B8032" w:rsidR="0048022F" w:rsidRDefault="0048022F" w:rsidP="00EA78EB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA0B1F">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00FA0B1F">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The special use assessment of farm and forest land as set forth in </w:t>
+      </w:r>
+      <w:r w:rsidR="00760E30" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>N. C. Gen. Stat. §</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 105-277.2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00200790" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>et seq</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA0B1F">
-[...15 lines deleted...]
-    <w:p w14:paraId="1AB8A68C" w14:textId="77777777" w:rsidR="00FA0B1F" w:rsidRPr="00FA0B1F" w:rsidRDefault="00FA0B1F" w:rsidP="00FA0B1F">
+      <w:r w:rsidR="00895E7B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00953336">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20726464" w14:textId="77777777" w:rsidR="00953336" w:rsidRDefault="00953336" w:rsidP="00953336">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B492738" w14:textId="2D08FC35" w:rsidR="00953336" w:rsidRPr="00EA187F" w:rsidRDefault="00953336" w:rsidP="00EA78EB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA0B1F">
-[...16 lines deleted...]
-    <w:p w14:paraId="1EC1CF77" w14:textId="77777777" w:rsidR="00B16046" w:rsidRPr="00EA187F" w:rsidRDefault="00ED47D9" w:rsidP="00B16046">
+      <w:r w:rsidRPr="00953336">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>16 U.S.C. § 3865 et seq. and 7 CFR Part 1468, for the purpose of protecting the agricultural use and future viability, and related conservation values, by limiting non-agricultural uses that negatively affect the agricultural uses and conservation values of the Protected Property</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44BFA08E" w14:textId="77777777" w:rsidR="002006EE" w:rsidRPr="00EA187F" w:rsidRDefault="002006EE" w:rsidP="002006EE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:id="24" w:name="_Hlk108427194"/>
+    <w:p w14:paraId="7FD21717" w14:textId="77777777" w:rsidR="008735D3" w:rsidRPr="00EA187F" w:rsidRDefault="00C52055" w:rsidP="008735D3">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:highlight w:val="darkGray"/>
           </w:rPr>
           <w:id w:val="-1626457372"/>
           <w:placeholder>
-            <w:docPart w:val="BA96616E57F24C129FB580C30F716647"/>
+            <w:docPart w:val="809B9445B10643F0B308306D8C9EE4B8"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00B16046" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="008735D3" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:t xml:space="preserve">FOR NON-PROFIT ENTITIES INCLUDE THE FOLLOWING: </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:bookmarkEnd w:id="23"/>
-[...35 lines deleted...]
-          <w:r w:rsidRPr="00EA187F">
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w14:paraId="1D7FF7BC" w14:textId="55651BD8" w:rsidR="001563D0" w:rsidRPr="00EA187F" w:rsidRDefault="00C52055" w:rsidP="001563D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:highlight w:val="lightGray"/>
+          </w:rPr>
+          <w:id w:val="-128480209"/>
+          <w:placeholder>
+            <w:docPart w:val="D2A983F30BFC4465A08D86D4867983CE"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="001563D0" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t xml:space="preserve">WHEREAS, the Grantee, </w:t>
           </w:r>
-          <w:proofErr w:type="gramStart"/>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="001563D0" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
-            <w:t>Enter</w:t>
+            <w:t>Enter entity name</w:t>
           </w:r>
-          <w:proofErr w:type="gramEnd"/>
-[...8 lines deleted...]
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="001563D0" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
-            <w:t xml:space="preserve"> is a tax-exempt public charity under </w:t>
+            <w:t xml:space="preserve"> is a tax-exempt public charity under Section 501(c) and 509(a)2 of the Internal Revenue Code and the Regulations promulgated thereunder.  The Grantee is a qualified organization under I.R.C. Section 170(h).</w:t>
           </w:r>
-        </w:p>
-[...18 lines deleted...]
-    <w:p w14:paraId="70984913" w14:textId="5D0D9CA2" w:rsidR="001041CF" w:rsidRDefault="00B45F27" w:rsidP="001041CF">
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="001563D0" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC3F082" w14:textId="77777777" w:rsidR="008735D3" w:rsidRPr="00EA187F" w:rsidRDefault="008735D3" w:rsidP="008735D3">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C505CD1" w14:textId="658CE7D9" w:rsidR="00971A93" w:rsidRPr="00EA187F" w:rsidRDefault="00B45F27" w:rsidP="00971A93">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...16 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:highlight w:val="darkGray"/>
           </w:rPr>
           <w:id w:val="-1270161039"/>
           <w:placeholder>
-            <w:docPart w:val="194FF94D4AF3441099DB1790E747FF46"/>
+            <w:docPart w:val="D287DB87E31D4240827E65E9EF6AA98E"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00971A93" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
-            <w:t>FOR COUNTIES OR SWCDs INCLUDE THE FOLLOWING:</w:t>
+            <w:t xml:space="preserve">FOR </w:t>
+          </w:r>
+          <w:r w:rsidR="00E502D3" w:rsidRPr="00EA187F">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:i/>
+              <w:iCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:highlight w:val="darkGray"/>
+            </w:rPr>
+            <w:t>COUNTIES OR SWCDs</w:t>
+          </w:r>
+          <w:r w:rsidR="00971A93" w:rsidRPr="00EA187F">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:i/>
+              <w:iCs/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:highlight w:val="darkGray"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> INCLUDE THE FOLLOWING:</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00971A93" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="203A2995" w14:textId="77777777" w:rsidR="00B16046" w:rsidRPr="00EA187F" w:rsidRDefault="00B16046" w:rsidP="00B16046">
+    <w:p w14:paraId="42058D93" w14:textId="77777777" w:rsidR="00971A93" w:rsidRPr="00EA187F" w:rsidRDefault="00971A93" w:rsidP="00971A93">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:highlight w:val="lightGray"/>
           </w:rPr>
           <w:id w:val="-1504740741"/>
           <w:placeholder>
-            <w:docPart w:val="76804F1D3B3143C497F251DEB0440343"/>
+            <w:docPart w:val="52DD5061F5434F3684A3526BB8A4F565"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:proofErr w:type="gramStart"/>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
-            <w:t>WHEREAS,</w:t>
-[...8 lines deleted...]
-            <w:t xml:space="preserve"> the Grantee is a body politic existing under Chapter 139 of the North Carolina General Status and is qualified to hold Easements under the applicable laws of the State of North Carolina and is a qualified organization under I.R.C. Section 170(h).</w:t>
+            <w:t>WHEREAS, the Grantee is a body politic existing under Chapter 139 of the North Carolina General Status and is qualified to hold Easements under the applicable laws of the State of North Carolina and is a qualified organization under I.R.C. Section 170(h).</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7259ECE7" w14:textId="77777777" w:rsidR="00B16046" w:rsidRPr="00EA187F" w:rsidRDefault="00B16046" w:rsidP="00B16046">
+    <w:p w14:paraId="76246E74" w14:textId="77777777" w:rsidR="001041CF" w:rsidRPr="00EA187F" w:rsidRDefault="001041CF" w:rsidP="001041CF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CEDB" w14:textId="39D11D82" w:rsidR="00B45F27" w:rsidRDefault="00D9742E" w:rsidP="00D9742E">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+    <w:p w14:paraId="42D1CEDB" w14:textId="21136847" w:rsidR="00B45F27" w:rsidRDefault="00D9742E" w:rsidP="00D9742E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>NOW, THEREFORE, for</w:t>
       </w:r>
-      <w:r w:rsidR="007D5031" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="007D5031" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00442D3A" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00442D3A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter amount spelled out"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="Text22"/>
-      <w:r w:rsidR="00442D3A" w:rsidRPr="00BE3D5C">
+      <w:bookmarkStart w:id="25" w:name="Text22"/>
+      <w:r w:rsidR="00442D3A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00442D3A" w:rsidRPr="00BE3D5C">
-[...5 lines deleted...]
-      <w:r w:rsidR="00442D3A" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00442D3A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00442D3A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00442D3A" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00442D3A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter amount spelled out</w:t>
       </w:r>
-      <w:r w:rsidR="00442D3A" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00442D3A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
-      <w:r w:rsidR="007D5031" w:rsidRPr="00BE3D5C">
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidR="007D5031" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> D</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ollars ($</w:t>
       </w:r>
-      <w:r w:rsidR="00442D3A" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00442D3A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text23"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter amount in numerals"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="Text23"/>
-      <w:r w:rsidR="00442D3A" w:rsidRPr="00BE3D5C">
+      <w:bookmarkStart w:id="26" w:name="Text23"/>
+      <w:r w:rsidR="00442D3A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00442D3A" w:rsidRPr="00BE3D5C">
-[...5 lines deleted...]
-      <w:r w:rsidR="00442D3A" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00442D3A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00442D3A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00442D3A" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00442D3A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter amount in numerals</w:t>
       </w:r>
-      <w:r w:rsidR="00442D3A" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00442D3A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-      <w:r w:rsidR="007D5031" w:rsidRPr="00BE3D5C">
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidR="007D5031" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and for the reasons given and other good and valuable consideration and in consideration of their mutual covenants, terms, conditions and restrictions contained herein, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1872910708"/>
           <w:placeholder>
-            <w:docPart w:val="06C85528341D4C618EF7A7968B4EE354"/>
+            <w:docPart w:val="D70803393C9A48D9AC6CE8BF855A7463"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00B16046" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00434611" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="[if there is a charitable component to the grant of the easement add: "/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
-          <w:r w:rsidR="00B16046" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00434611" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
-          <w:r w:rsidR="00B16046" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00434611" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
           </w:r>
-          <w:r w:rsidR="00B16046" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00434611" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00B16046" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00434611" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:t xml:space="preserve">[if there is a charitable component to the grant of the easement add: </w:t>
           </w:r>
-          <w:r w:rsidR="00B16046" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00434611" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="240073713"/>
           <w:placeholder>
-            <w:docPart w:val="F9726687D73A4011B398F97D5DBF2858"/>
+            <w:docPart w:val="96C1ADC5C1E24DEE8BBCD51C24252185"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00B16046" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="0076346F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
-                  <w:default w:val="and as a charitable contribution by Grantor to Grantee of the difference between such sum and the fair market value of this ALE"/>
+                  <w:default w:val="and as a charitable contribution by Grantor to Grantee of the difference between such sum and the fair market value of this ALE Deed"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
-          <w:r w:rsidR="00B16046" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="0076346F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
-          <w:r w:rsidR="00B16046" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="0076346F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
           </w:r>
-          <w:r w:rsidR="00B16046" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="0076346F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00B16046" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="0076346F">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
-            <w:t>and as a charitable contribution by Grantor to Grantee of the difference between such sum and the fair market value of this ALE</w:t>
+            <w:t>and as a charitable contribution by Grantor to Grantee of the difference between such sum and the fair market value of this ALE Deed</w:t>
           </w:r>
-          <w:r w:rsidR="00B16046" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="0076346F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00B16046">
+      <w:r w:rsidR="00F03E04" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00B16046" w:rsidRPr="008D338D">
-[...1 lines deleted...]
-          <w:spacing w:val="1"/>
+      <w:r w:rsidR="008044C4" w:rsidRPr="00EA187F">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the Grantor hereby voluntarily grants and conveys to the Grantee, and the Grantee hereby voluntarily accepts, </w:t>
       </w:r>
-      <w:r w:rsidR="006B02CE" w:rsidRPr="006B02CE">
-[...3 lines deleted...]
-          <w:highlight w:val="darkGray"/>
+      <w:r w:rsidR="0063713F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0063713F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="a perpetual "/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="006B02CE" w:rsidRPr="006B02CE">
-[...3 lines deleted...]
-          <w:highlight w:val="darkGray"/>
+      <w:r w:rsidR="0063713F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B02CE" w:rsidRPr="006B02CE">
-[...10 lines deleted...]
-          <w:highlight w:val="darkGray"/>
+      <w:r w:rsidR="0063713F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0063713F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="006B02CE" w:rsidRPr="006B02CE">
+      <w:r w:rsidR="0063713F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:t xml:space="preserve">a perpetual </w:t>
       </w:r>
-      <w:r w:rsidR="006B02CE" w:rsidRPr="006B02CE">
-[...3 lines deleted...]
-          <w:highlight w:val="darkGray"/>
+      <w:r w:rsidR="0063713F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="006B5277">
+      <w:r w:rsidR="0063713F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0063713F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
-              <w:default w:val=" or "/>
+              <w:default w:val="[IF TERM EASEMENT:  "/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="006B5277">
+      <w:r w:rsidR="0063713F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B5277">
-[...5 lines deleted...]
-      <w:r w:rsidR="006B5277">
+      <w:r w:rsidR="0063713F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0063713F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="006B5277">
+      <w:r w:rsidR="0063713F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006B5277">
+        <w:t xml:space="preserve">[IF TERM EASEMENT:  </w:t>
+      </w:r>
+      <w:r w:rsidR="0063713F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="004D7372">
+      <w:r w:rsidR="0063713F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text49"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
-              <w:default w:val="[IF TERM EASEMENT: for"/>
+              <w:default w:val="for "/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="004D7372">
+      <w:r w:rsidR="0063713F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="004D7372">
-[...5 lines deleted...]
-      <w:r w:rsidR="004D7372">
+      <w:r w:rsidR="0063713F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0063713F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="004D7372">
+      <w:r w:rsidR="0063713F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>[IF TERM EASEMENT: for</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004D7372">
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="0063713F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="004D7372" w:rsidRPr="00EA187F">
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="0063713F" w:rsidRPr="00800D49">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text49"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter number of years"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="004D7372" w:rsidRPr="00EA187F">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="0063713F" w:rsidRPr="00800D49">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="004D7372" w:rsidRPr="00EA187F">
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="0063713F" w:rsidRPr="00800D49">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="darkGray"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0063713F" w:rsidRPr="00800D49">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="004D7372" w:rsidRPr="00EA187F">
+      <w:r w:rsidR="0063713F" w:rsidRPr="00800D49">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:t>Enter number of years</w:t>
       </w:r>
-      <w:r w:rsidR="004D7372" w:rsidRPr="00EA187F">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="0063713F" w:rsidRPr="00800D49">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="004D7372" w:rsidRPr="00EA187F">
-[...6 lines deleted...]
-      <w:r w:rsidR="004D7372">
+      <w:r w:rsidR="00DF71CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val=" years]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="004D7372">
+      <w:r w:rsidR="00DF71CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="004D7372">
-[...5 lines deleted...]
-      <w:r w:rsidR="004D7372">
+      <w:r w:rsidR="00DF71CF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00DF71CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="004D7372">
+      <w:r w:rsidR="00DF71CF">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> years]</w:t>
       </w:r>
-      <w:r w:rsidR="004D7372">
+      <w:r w:rsidR="00DF71CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="004D7372" w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00DF71CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00760E30" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00760E30" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ALE</w:t>
       </w:r>
-      <w:r w:rsidR="00FA414C" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00FA414C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Protected Property, which </w:t>
       </w:r>
-      <w:r w:rsidR="005E5921" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005E5921" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00FA414C" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00FA414C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is an immediately vested interest in real property of the nature and character described herein.</w:t>
       </w:r>
-      <w:r w:rsidR="002E78F4">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="0099696C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Grantor conveys to NCDA&amp;CS the enforcement rights </w:t>
+      </w:r>
+      <w:r w:rsidR="004770E3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>specified in Paragraph 4.8</w:t>
+      </w:r>
+      <w:r w:rsidR="00113475">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  Grantor promises that </w:t>
       </w:r>
-      <w:r w:rsidR="00760E30" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00760E30" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00200790" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00200790" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...22 lines deleted...]
-      <w:r w:rsidR="00760E30" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will not perform, nor knowingly allow others to perform, any act on or affecting the Protected Property that is inconsistent with the covenants cont</w:t>
+      </w:r>
+      <w:r w:rsidR="00760E30" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ained herein.  Grantor authoriz</w:t>
       </w:r>
-      <w:r w:rsidR="00200790" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00200790" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Grantee to enforce these covenants in the manner described below.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="071501B8" w14:textId="77777777" w:rsidR="008B0191" w:rsidRDefault="008B0191" w:rsidP="00D9742E">
-[...7 lines deleted...]
-    <w:p w14:paraId="43C68D8C" w14:textId="7B5D63E7" w:rsidR="008B0191" w:rsidRPr="00BE3D5C" w:rsidRDefault="008B0191" w:rsidP="00D9742E">
+    <w:p w14:paraId="57A70890" w14:textId="77777777" w:rsidR="004770E3" w:rsidRDefault="004770E3" w:rsidP="00D9742E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31C45C00" w14:textId="1AFC9A96" w:rsidR="004770E3" w:rsidRPr="00EA187F" w:rsidRDefault="004770E3" w:rsidP="00D9742E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="008B0191">
-[...22 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="005C6567" w:rsidRPr="005C6567">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Grantor grants to Grantee and NCDA&amp;CS access to, over, and across the Protected Property for the sole purpose of monitoring compliance with, and enforcement of, the provisions of this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="0076346F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6567" w:rsidRPr="005C6567">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CEDC" w14:textId="03ABF799" w:rsidR="008D5060" w:rsidRPr="00EA187F" w:rsidRDefault="008D5060" w:rsidP="00D9742E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36FB0A8F" w14:textId="3B57F1C0" w:rsidR="002A7CB9" w:rsidRDefault="00201254" w:rsidP="00D9742E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:highlight w:val="lightGray"/>
           </w:rPr>
           <w:id w:val="-338230319"/>
           <w:placeholder>
-            <w:docPart w:val="D120832E3BAE4B0A8970A43EE209F06E"/>
+            <w:docPart w:val="A137B1C429124219AB88C6AC324F0FAF"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="Optional: if the Protected Property does not front on a public road, it will be necessary for the easement to also convey a right-of-way for access to and from the property for monitoring and enforcement:"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
@@ -6625,6463 +6914,7855 @@
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...137 lines deleted...]
-    <w:p w14:paraId="7FC594FC" w14:textId="39616EDC" w:rsidR="00ED4811" w:rsidRPr="00BE3D5C" w:rsidRDefault="00D9742E" w:rsidP="00ED4811">
+      <w:r w:rsidR="0076346F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val=" Grantor also grants to Grantee and NCDA&amp;CS, an access easement to the Protected Property, used by Grantee and by NCDA&amp;CS, for the sole purpose of monitoring compliance with, and enforcement of, the provisions of this ALE Deed, "/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="0076346F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="0076346F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0076346F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="0076346F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Grantor also grants to Grantee and NCDA&amp;CS, an access easement to the Protected Property, used by Grantee and by NCDA&amp;CS, for the sole purpose of monitoring compliance with, and enforcement of, the provisions of this ALE Deed, </w:t>
+      </w:r>
+      <w:r w:rsidR="0076346F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="007E72CE" w:rsidRPr="007E72CE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="darkGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E72CE" w:rsidRPr="0054621C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="darkGray"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Spell out square feet (Enter numberic number) "/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="007E72CE" w:rsidRPr="0054621C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="darkGray"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="007E72CE" w:rsidRPr="0054621C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="darkGray"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="007E72CE" w:rsidRPr="0054621C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="darkGray"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="007E72CE" w:rsidRPr="0054621C">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="darkGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spell out square feet (Enter numberic number) </w:t>
+      </w:r>
+      <w:r w:rsidR="007E72CE" w:rsidRPr="0054621C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="darkGray"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="003C3F83" w:rsidRPr="003C3F83">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0076346F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="feet in width, in the location shown on Exhibit A2, attached hereto and made a part hereof.  The access easement shall be used by NCDA&amp;CS, for the sole purpose of monitoring compliance with, and enforcement of, the provisions of this ALE Deed."/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="0076346F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="0076346F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0076346F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="0076346F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>feet in width, in the location shown on Exhibit A2, attached hereto and made a part hereof.  The access easement shall be used by NCDA&amp;CS, for the sole purpose of monitoring compliance with, and enforcement of, the provisions of this ALE Deed.</w:t>
+      </w:r>
+      <w:r w:rsidR="0076346F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F68670" w14:textId="77777777" w:rsidR="005B5017" w:rsidRPr="00EA187F" w:rsidRDefault="005B5017" w:rsidP="00D9742E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FC594FC" w14:textId="39616EDC" w:rsidR="00ED4811" w:rsidRDefault="00D9742E" w:rsidP="00ED4811">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="1080"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ARTICLE I. GENERAL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CEDE" w14:textId="41FD8562" w:rsidR="00D9742E" w:rsidRDefault="00D9742E" w:rsidP="00D9742E">
+    <w:p w14:paraId="00BFF8AF" w14:textId="77777777" w:rsidR="00B947DB" w:rsidRPr="00EA187F" w:rsidRDefault="00B947DB" w:rsidP="00ED4811">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="1080"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="42D1CEDF" w14:textId="4E21C48E" w:rsidR="00D9742E" w:rsidRPr="00B23A92" w:rsidRDefault="00B23A92" w:rsidP="00B23A92">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CEDF" w14:textId="6768CA72" w:rsidR="00D9742E" w:rsidRPr="00B1343B" w:rsidRDefault="00B1343B" w:rsidP="00B1343B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B23A92">
+      <w:r w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B23A92">
+      <w:r w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D9742E" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00D9742E" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Statement of Purpose</w:t>
       </w:r>
-      <w:r w:rsidR="00D9742E" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00D9742E" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  It is the primary purpose of this </w:t>
       </w:r>
-      <w:r w:rsidR="00760E30" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00760E30" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ALE</w:t>
       </w:r>
-      <w:r w:rsidR="003F28D3" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="003F28D3" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00D9742E" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00D9742E" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
-      <w:r w:rsidR="009474BA" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="009474BA" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D9742E" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00D9742E" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>enable the Protected Property to remain in agricultural use by preserving and protecting its</w:t>
       </w:r>
-      <w:r w:rsidR="00B7701B" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00B7701B" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D9742E" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00D9742E" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>agricultural</w:t>
       </w:r>
-      <w:r w:rsidR="00B7701B" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00B7701B" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D9742E" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00D9742E" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>soils</w:t>
       </w:r>
-      <w:r w:rsidR="00B7701B" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00B7701B" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D9742E" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00D9742E" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00B7701B" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00B7701B" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D9742E" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00D9742E" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>agricultural</w:t>
       </w:r>
-      <w:r w:rsidR="00B7701B" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00B7701B" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D9742E" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00D9742E" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>viability</w:t>
       </w:r>
-      <w:r w:rsidR="00B7701B" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00B7701B" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D9742E" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00D9742E" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00B7701B" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00B7701B" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D9742E" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00D9742E" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>productivity</w:t>
       </w:r>
-      <w:r w:rsidR="005C66CD" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="005C66CD" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by limiting </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...8 lines deleted...]
-      <w:r w:rsidR="005C66CD" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00070F24" w:rsidRPr="00B1343B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>non-agricultural</w:t>
+      </w:r>
+      <w:r w:rsidR="005C66CD" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> uses </w:t>
       </w:r>
-      <w:r w:rsidR="0045455B" w:rsidRPr="00B23A92">
-[...6 lines deleted...]
-      <w:r w:rsidR="005C66CD" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="0045455B" w:rsidRPr="00B1343B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that negatively affect the agricultural uses and </w:t>
+      </w:r>
+      <w:r w:rsidR="00070F24">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="0045455B" w:rsidRPr="00B1343B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onservation </w:t>
+      </w:r>
+      <w:r w:rsidR="00070F24">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="0045455B" w:rsidRPr="00B1343B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">alues </w:t>
+      </w:r>
+      <w:r w:rsidR="005C66CD" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>of the Protected Property</w:t>
       </w:r>
-      <w:r w:rsidR="00D9742E" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00D9742E" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00B7701B" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00B7701B" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00662350" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00662350" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidR="00B7701B" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00B7701B" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00662350" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00662350" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>activity that</w:t>
       </w:r>
-      <w:r w:rsidR="00B7701B" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00B7701B" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> would significantly </w:t>
       </w:r>
-      <w:r w:rsidR="00662350" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00662350" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>impair the actual or potential agricultural use of the</w:t>
       </w:r>
-      <w:r w:rsidR="00B7701B" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00B7701B" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00662350" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00662350" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Protected Property</w:t>
       </w:r>
-      <w:r w:rsidR="00D33C5D" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00D33C5D" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, or that is otherwise inconsistent with the purposes of this A</w:t>
       </w:r>
-      <w:r w:rsidR="00FA2F61" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00FA2F61" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>LE</w:t>
       </w:r>
-      <w:r w:rsidR="003F28D3" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="003F28D3" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00D33C5D" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00D33C5D" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00B7701B" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00B7701B" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00662350" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00662350" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>shall be permitted.  To the extent that the preservation and protection of the</w:t>
       </w:r>
-      <w:r w:rsidR="00B7701B" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00B7701B" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00662350" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00662350" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>natural,</w:t>
       </w:r>
-      <w:r w:rsidR="00B7701B" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00B7701B" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> historic, </w:t>
       </w:r>
-      <w:r w:rsidR="00662350" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00662350" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>recreational, habitat or scenic values r</w:t>
       </w:r>
-      <w:r w:rsidR="000C6082" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="000C6082" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">eferenced in this </w:t>
       </w:r>
-      <w:r w:rsidR="00F84712" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00F84712" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
-      <w:r w:rsidR="000C6082" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="000C6082" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="003F28D3" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="003F28D3" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidR="000C6082" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="000C6082" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are</w:t>
       </w:r>
-      <w:r w:rsidR="00B7701B" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00B7701B" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> consistent with </w:t>
       </w:r>
-      <w:r w:rsidR="00662350" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00662350" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the primary purpose stated above, it is within the purpose of this </w:t>
       </w:r>
-      <w:r w:rsidR="00C77F88" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00C77F88" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
-      <w:r w:rsidR="00662350" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00662350" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="003F28D3" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="003F28D3" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00662350" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00662350" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to also protect those values, and no activity t</w:t>
       </w:r>
-      <w:r w:rsidR="00B7701B" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00B7701B" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">hat would significantly impair </w:t>
       </w:r>
-      <w:r w:rsidR="00662350" w:rsidRPr="00B23A92">
+      <w:r w:rsidR="00662350" w:rsidRPr="00B1343B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>those values shall be permitted.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="42D1CEE0" w14:textId="77777777" w:rsidR="00F52577" w:rsidRPr="00BE3D5C" w:rsidRDefault="00F52577" w:rsidP="007E1BE5">
+      <w:r w:rsidR="00070F24">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CEE0" w14:textId="77777777" w:rsidR="00F52577" w:rsidRPr="00EA187F" w:rsidRDefault="00F52577" w:rsidP="007E1BE5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CEE1" w14:textId="73305BE4" w:rsidR="008D5060" w:rsidRPr="00CD59F9" w:rsidRDefault="00F52577" w:rsidP="00B23A92">
+    <w:p w14:paraId="42D1CEE1" w14:textId="1A8A03A5" w:rsidR="008D5060" w:rsidRPr="00EA187F" w:rsidRDefault="00F52577" w:rsidP="00B1343B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00772399">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The provisions of this ALE</w:t>
       </w:r>
-      <w:r w:rsidR="006151A2" w:rsidRPr="00772399">
+      <w:r w:rsidR="006151A2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00772399">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and associated exhibits will not be interpreted to restrict the types of agricultural operations that can function on the Protected Property, so long as the agricultural operations are consistent with the long-term</w:t>
       </w:r>
-      <w:r w:rsidR="00D33C5D" w:rsidRPr="00772399">
+      <w:r w:rsidR="00D33C5D" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00772399">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>viability of the Protected Property</w:t>
       </w:r>
-      <w:r w:rsidR="00E85938" w:rsidRPr="00772399">
+      <w:r w:rsidR="00E85938" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
-      <w:r w:rsidR="001923F9" w:rsidRPr="00772399">
+      <w:r w:rsidR="001923F9" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00E85938" w:rsidRPr="00772399">
+      <w:r w:rsidR="00E85938" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>urpose of the ALE</w:t>
       </w:r>
-      <w:r w:rsidR="003F28D3" w:rsidRPr="00772399">
+      <w:r w:rsidR="003F28D3" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00B34829" w:rsidRPr="00CD59F9">
+      <w:r w:rsidR="00B34829" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="006C74CA" w:rsidRPr="00CD59F9">
+      <w:r w:rsidR="006C74CA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  Allowed uses of the Protected Property include the spe</w:t>
       </w:r>
-      <w:r w:rsidR="00831407" w:rsidRPr="00CD59F9">
+      <w:r w:rsidR="00831407" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">cific uses allowed in Section </w:t>
       </w:r>
-      <w:r w:rsidR="0082593E" w:rsidRPr="00CD59F9">
+      <w:r w:rsidR="0082593E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.1</w:t>
       </w:r>
-      <w:r w:rsidR="00831407" w:rsidRPr="00CD59F9">
+      <w:r w:rsidR="00831407" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(B)(i)-(</w:t>
       </w:r>
-      <w:r w:rsidR="00D432F2" w:rsidRPr="00CD59F9">
+      <w:r w:rsidR="00D432F2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00831407" w:rsidRPr="00CD59F9">
+      <w:r w:rsidR="00831407" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>v) and the following activities, subject to the qualifications stated be</w:t>
       </w:r>
-      <w:r w:rsidR="005F471D" w:rsidRPr="00CD59F9">
+      <w:r w:rsidR="005F471D" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidR="00831407" w:rsidRPr="00CD59F9">
+      <w:r w:rsidR="00831407" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ow:</w:t>
       </w:r>
-      <w:r w:rsidR="005F471D" w:rsidRPr="00CD59F9">
+      <w:r w:rsidR="005F471D" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CEE2" w14:textId="77777777" w:rsidR="008408BB" w:rsidRPr="00C2296E" w:rsidRDefault="008408BB" w:rsidP="0061797B">
+    <w:p w14:paraId="42D1CEE2" w14:textId="77777777" w:rsidR="008408BB" w:rsidRPr="00EA187F" w:rsidRDefault="008408BB" w:rsidP="0061797B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:rPr>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="710EA439" w14:textId="5794069B" w:rsidR="002F5C2E" w:rsidRPr="002F1590" w:rsidRDefault="00210C80" w:rsidP="0061797B">
+    <w:p w14:paraId="710EA439" w14:textId="6E1F9B37" w:rsidR="002F5C2E" w:rsidRPr="00EA187F" w:rsidRDefault="00210C80" w:rsidP="0061797B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F1590">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agricultural Production – </w:t>
       </w:r>
-      <w:r w:rsidR="00C93C64" w:rsidRPr="00C93C64">
-[...7 lines deleted...]
-    <w:p w14:paraId="75161587" w14:textId="77777777" w:rsidR="0091535B" w:rsidRPr="00C2296E" w:rsidRDefault="0091535B" w:rsidP="0091535B">
+      <w:r w:rsidR="00652CDD" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The production, processing and marketing of agricultural crops and livestock compatible with the </w:t>
+      </w:r>
+      <w:r w:rsidR="009B7AE0" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00652CDD" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>urpose of the ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="00387A1C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F123D5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deed </w:t>
+      </w:r>
+      <w:r w:rsidR="002D7DC5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>are allowed provided these activities are conducted in a manner consistent with the terms of the ALE Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00F123D5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidR="002D027C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="00F123D5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="002D027C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> described in Section 4.5</w:t>
+      </w:r>
+      <w:r w:rsidR="00F123D5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75161587" w14:textId="77777777" w:rsidR="0091535B" w:rsidRPr="00EA187F" w:rsidRDefault="0091535B" w:rsidP="0091535B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:rPr>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="463DF503" w14:textId="182BD5AF" w:rsidR="003741D8" w:rsidRPr="002F1590" w:rsidRDefault="00F04BD5" w:rsidP="00E06B19">
+    <w:p w14:paraId="463DF503" w14:textId="249000D7" w:rsidR="003741D8" w:rsidRPr="00EA187F" w:rsidRDefault="00F04BD5" w:rsidP="00E06B19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F1590">
-[...14 lines deleted...]
-    <w:p w14:paraId="2DCB8251" w14:textId="25131629" w:rsidR="002C653E" w:rsidRPr="00967577" w:rsidRDefault="002C653E" w:rsidP="002C653E">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Forest Management and Timber Harvest – Forest management and timber harvesting are allowed, provided these activities are carried out, to the extent practicable, in accordance with current, generally accepted best management practices for the sites, soils, and terrain of the Protected Property</w:t>
+      </w:r>
+      <w:r w:rsidR="004B35C4" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and in accordance</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35566" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with a written forest management </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE713C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>plan as described in Section 3.7.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DCB8251" w14:textId="25131629" w:rsidR="002C653E" w:rsidRPr="00EA187F" w:rsidRDefault="002C653E" w:rsidP="002C653E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="42D1CEE5" w14:textId="09F96835" w:rsidR="008D5060" w:rsidRPr="00BE3D5C" w:rsidRDefault="00967577" w:rsidP="00967577">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CEE5" w14:textId="02D0C8E1" w:rsidR="008D5060" w:rsidRPr="00EA187F" w:rsidRDefault="00967577" w:rsidP="00967577">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>1.2.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008D5060" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="008D5060" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Duration</w:t>
       </w:r>
-      <w:r w:rsidR="008D5060" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="008D5060" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  This </w:t>
       </w:r>
-      <w:r w:rsidR="00DD24FE" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00DD24FE" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
-      <w:r w:rsidR="008D5060" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="008D5060" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00D05FE2" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00D05FE2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidR="008D5060" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="008D5060" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> over the Protected Property as further described in </w:t>
       </w:r>
-      <w:r w:rsidR="00D62E6D" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00D62E6D" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Exhibit</w:t>
       </w:r>
-      <w:r w:rsidR="002864D6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="002864D6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002864D6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="002864D6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter exhibit letter or number"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="Text24"/>
-      <w:r w:rsidR="002864D6" w:rsidRPr="00BE3D5C">
+      <w:bookmarkStart w:id="27" w:name="Text24"/>
+      <w:r w:rsidR="002864D6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="002864D6" w:rsidRPr="00BE3D5C">
-[...5 lines deleted...]
-      <w:r w:rsidR="002864D6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="002864D6" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="002864D6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="002864D6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="002864D6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter exhibit letter or number</w:t>
       </w:r>
-      <w:r w:rsidR="002864D6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="002864D6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-      <w:r w:rsidR="002864D6" w:rsidRPr="00BE3D5C">
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidR="002864D6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008D5060" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="008D5060" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">shall be </w:t>
       </w:r>
-      <w:r w:rsidR="006B02CE">
+      <w:r w:rsidR="002E4BF6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="perpetual "/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="006B02CE">
+      <w:r w:rsidR="002E4BF6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B02CE">
-[...5 lines deleted...]
-      <w:r w:rsidR="006B02CE">
+      <w:r w:rsidR="002E4BF6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="002E4BF6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="006B02CE">
+      <w:r w:rsidR="002E4BF6">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">perpetual </w:t>
       </w:r>
-      <w:r w:rsidR="006B02CE">
+      <w:r w:rsidR="002E4BF6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00CD4049" w:rsidRPr="00CD4049">
-[...3 lines deleted...]
-          <w:highlight w:val="darkGray"/>
+      <w:r w:rsidR="00D21C15">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D21C15" w:rsidRPr="00003076">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
-              <w:default w:val=" or "/>
+              <w:default w:val="[IF TERM EASEMENT:  "/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00CD4049" w:rsidRPr="00CD4049">
-[...3 lines deleted...]
-          <w:highlight w:val="darkGray"/>
+      <w:r w:rsidR="00D21C15" w:rsidRPr="00003076">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00CD4049" w:rsidRPr="00CD4049">
-[...10 lines deleted...]
-          <w:highlight w:val="darkGray"/>
+      <w:r w:rsidR="00D21C15" w:rsidRPr="00003076">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D21C15" w:rsidRPr="00003076">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CD4049" w:rsidRPr="00CD4049">
+      <w:r w:rsidR="00D21C15" w:rsidRPr="00003076">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="darkGray"/>
-[...7 lines deleted...]
-          <w:highlight w:val="darkGray"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[IF TERM EASEMENT:  </w:t>
+      </w:r>
+      <w:r w:rsidR="00D21C15" w:rsidRPr="00003076">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="006B02CE">
+      <w:r w:rsidR="00D21C15">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text49"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="for Enter number of years]"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00D21C15">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D21C15">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D21C15">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D21C15">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>for Enter number of years]</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21C15">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="005439F1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
-              <w:default w:val="[IF TERM EASEMENT: "/>
+              <w:default w:val=" years"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="006B02CE">
+      <w:r w:rsidR="005439F1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B02CE">
-[...5 lines deleted...]
-      <w:r w:rsidR="006B02CE">
+      <w:r w:rsidR="005439F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005439F1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="006B02CE">
+      <w:r w:rsidR="005439F1">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">[IF TERM EASEMENT: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006B02CE">
+        <w:t xml:space="preserve"> years</w:t>
+      </w:r>
+      <w:r w:rsidR="005439F1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="006B02CE" w:rsidRPr="006B02CE">
+      <w:r w:rsidR="005439F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5060" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  It is an </w:t>
+      </w:r>
+      <w:r w:rsidR="00070F24">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>easement</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75180" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006B02CE">
-[...203 lines deleted...]
-      <w:r w:rsidR="008D5060" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="008D5060" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in gross, runs with the land and is enforceable by Grantee against Grantor as provided herein, and against Grantor’s representatives, successors, assigns, lessees, </w:t>
       </w:r>
-      <w:r w:rsidR="00B16046" w:rsidRPr="00BE3D5C">
-[...6 lines deleted...]
-      <w:r w:rsidR="008D5060" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00780391" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>agents</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5060" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and licensees.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CEE6" w14:textId="668AFCD9" w:rsidR="008D5060" w:rsidRPr="00BE3D5C" w:rsidRDefault="00595B9D" w:rsidP="00595B9D">
+    <w:p w14:paraId="42D1CEE6" w14:textId="668AFCD9" w:rsidR="008D5060" w:rsidRPr="00EA187F" w:rsidRDefault="00595B9D" w:rsidP="00595B9D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6419"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CEE7" w14:textId="46519E11" w:rsidR="00561C49" w:rsidRPr="00BE3D5C" w:rsidRDefault="00967577" w:rsidP="00967577">
+    <w:p w14:paraId="42D1CEE7" w14:textId="03FD726B" w:rsidR="00561C49" w:rsidRPr="00EA187F" w:rsidRDefault="00967577" w:rsidP="00967577">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00967577">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00967577">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00561C49" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00561C49" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Extinguishment of Development Rights</w:t>
       </w:r>
-      <w:r w:rsidR="00561C49" w:rsidRPr="00BE3D5C">
-[...14 lines deleted...]
-    <w:p w14:paraId="42D1CEE8" w14:textId="77777777" w:rsidR="00561C49" w:rsidRPr="00BE3D5C" w:rsidRDefault="00561C49" w:rsidP="007E1BE5">
+      <w:r w:rsidR="00561C49" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Except as otherwise reserved to the Grantor in this </w:t>
+      </w:r>
+      <w:r w:rsidR="0047165E" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="00561C49" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0722F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00561C49" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, the parties agree that all development rights appurtenant to the Protected Property are hereby released, terminated and extinguished, and may not be used on or transferred to any portion of the Protected Property as it now or hereafter may be bounded or described, or used or transferred to any other property adjacent or otherwise, nor used for the purpose of calculating permissible lot yield of the Protected Property or any other property by anyone including the Grantor and Grantee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CEE8" w14:textId="77777777" w:rsidR="00561C49" w:rsidRPr="00EA187F" w:rsidRDefault="00561C49" w:rsidP="007E1BE5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="378"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CEE9" w14:textId="6F4C6CD2" w:rsidR="00024DF2" w:rsidRPr="00BE3D5C" w:rsidRDefault="00967577" w:rsidP="00967577">
+    <w:p w14:paraId="42D1CEE9" w14:textId="767EDCD3" w:rsidR="00024DF2" w:rsidRPr="00EA187F" w:rsidRDefault="00967577" w:rsidP="00967577">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00967577">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.4.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00967577">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00561C49" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00561C49" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Compliance with other Regulatory Requirements</w:t>
       </w:r>
-      <w:r w:rsidR="00561C49" w:rsidRPr="00BE3D5C">
-[...38 lines deleted...]
-      <w:r w:rsidR="00C132CC" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00561C49" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  The Grantor is responsible for complying with any and all additional permits or </w:t>
+      </w:r>
+      <w:r w:rsidR="00882BFF" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">regulations </w:t>
+      </w:r>
+      <w:r w:rsidR="00561C49" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to use or develop the Protected Property under the terms of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00C132CC" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
-      <w:r w:rsidR="00561C49" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00561C49" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00C0722F" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00C0722F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00561C49" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00561C49" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, including</w:t>
       </w:r>
-      <w:r w:rsidR="00C06536" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00C06536" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F45363" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00F45363" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter county name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="28" w:name="Text25"/>
-      <w:r w:rsidR="00F45363" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00F45363" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F45363" w:rsidRPr="00BE3D5C">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F45363" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00F45363" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00F45363" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F45363" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00F45363" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter county name</w:t>
       </w:r>
-      <w:r w:rsidR="00F45363" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00F45363" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
-      <w:r w:rsidR="00C06536" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00C06536" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> C</w:t>
       </w:r>
-      <w:r w:rsidR="00561C49" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00561C49" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ounty, State of North Carolina or </w:t>
       </w:r>
-      <w:r w:rsidR="0074084B" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="0074084B" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidR="00561C49" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00561C49" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ederal requirements, regardless of any reserved rights or permissions contained in this </w:t>
       </w:r>
-      <w:r w:rsidR="00E3505D" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E3505D" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00666DEB" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00666DEB" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidR="00561C49" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00561C49" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E D</w:t>
       </w:r>
-      <w:r w:rsidR="00C30A84" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00C30A84" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>eed</w:t>
       </w:r>
-      <w:r w:rsidR="00561C49" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00561C49" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CEEA" w14:textId="77777777" w:rsidR="00D61A55" w:rsidRPr="00BE3D5C" w:rsidRDefault="00D61A55" w:rsidP="007E1BE5">
+    <w:p w14:paraId="42D1CEEA" w14:textId="77777777" w:rsidR="00D61A55" w:rsidRPr="00EA187F" w:rsidRDefault="00D61A55" w:rsidP="007E1BE5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CEEB" w14:textId="77777777" w:rsidR="00561C49" w:rsidRPr="00BE3D5C" w:rsidRDefault="00024DF2" w:rsidP="00024DF2">
+    <w:p w14:paraId="42D1CEEB" w14:textId="77777777" w:rsidR="00561C49" w:rsidRPr="00EA187F" w:rsidRDefault="00024DF2" w:rsidP="00024DF2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:ind w:left="450"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ARTICLE II. PROHIBITED AND RESTRICTED ACTIVITIES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CEEC" w14:textId="77777777" w:rsidR="00EC264F" w:rsidRPr="00BE3D5C" w:rsidRDefault="00EC264F" w:rsidP="007E1BE5">
+    <w:p w14:paraId="42D1CEEC" w14:textId="77777777" w:rsidR="00EC264F" w:rsidRPr="00EA187F" w:rsidRDefault="00EC264F" w:rsidP="007E1BE5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CEED" w14:textId="1EDDEF02" w:rsidR="00EF52F5" w:rsidRPr="00BE3D5C" w:rsidRDefault="00EF52F5" w:rsidP="007E1BE5">
+    <w:p w14:paraId="42D1CEED" w14:textId="1EDDEF02" w:rsidR="00EF52F5" w:rsidRPr="00EA187F" w:rsidRDefault="00EF52F5" w:rsidP="007E1BE5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Any activities inconsistent with the purposes of th</w:t>
       </w:r>
-      <w:r w:rsidR="00EF3C75" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00EF3C75" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ALE</w:t>
       </w:r>
-      <w:r w:rsidR="006E4A60" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="006E4A60" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are prohibited.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CEEE" w14:textId="77777777" w:rsidR="00EF52F5" w:rsidRPr="00BE3D5C" w:rsidRDefault="00EF52F5" w:rsidP="007E1BE5">
+    <w:p w14:paraId="42D1CEEE" w14:textId="77777777" w:rsidR="00EF52F5" w:rsidRPr="00EA187F" w:rsidRDefault="00EF52F5" w:rsidP="007E1BE5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CEEF" w14:textId="7C503692" w:rsidR="000C003F" w:rsidRPr="00BE3D5C" w:rsidRDefault="000C003F" w:rsidP="0087195C">
+    <w:p w14:paraId="42D1CEEF" w14:textId="28F948BC" w:rsidR="000C003F" w:rsidRPr="00EA187F" w:rsidRDefault="000C003F" w:rsidP="0087195C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The terms and condition</w:t>
       </w:r>
-      <w:r w:rsidR="00E3551E" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E3551E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of th</w:t>
       </w:r>
-      <w:r w:rsidR="00E3551E" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E3551E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ALE</w:t>
       </w:r>
-      <w:r w:rsidR="006E4A60" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="006E4A60" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> run with the land and are binding upon the Grantor and Grantee and their respective heirs, successors, agents, assigns, lessees, and any other person claiming under them must comply with all terms and conditions of this </w:t>
       </w:r>
-      <w:r w:rsidR="001C7EC7" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="001C7EC7" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ALE</w:t>
       </w:r>
-      <w:r w:rsidR="006E4A60" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="006E4A60" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00474AC1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> including the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CEF0" w14:textId="1B274B2C" w:rsidR="000C003F" w:rsidRPr="00BE3D5C" w:rsidRDefault="006E4A60" w:rsidP="007E1BE5">
+    <w:p w14:paraId="42D1CEF0" w14:textId="1B274B2C" w:rsidR="000C003F" w:rsidRPr="00EA187F" w:rsidRDefault="006E4A60" w:rsidP="007E1BE5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5133B2FB" w14:textId="7FC86276" w:rsidR="008055FA" w:rsidRPr="00BE3D5C" w:rsidRDefault="00694F32" w:rsidP="006A6358">
+    <w:p w14:paraId="5133B2FB" w14:textId="7FC86276" w:rsidR="008055FA" w:rsidRPr="00EA187F" w:rsidRDefault="00694F32" w:rsidP="006A6358">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
         </w:tabs>
         <w:ind w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
-      <w:r w:rsidR="006A6358">
+      <w:r w:rsidR="006A6358" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008055FA" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="008055FA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Limitations on Nonagricultural Uses. Any activities inconsistent with the </w:t>
       </w:r>
-      <w:r w:rsidR="000608DB" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="000608DB" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>pu</w:t>
       </w:r>
-      <w:r w:rsidR="008055FA" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="008055FA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rpose of the ALE</w:t>
       </w:r>
-      <w:r w:rsidR="006E4A60" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="006E4A60" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidR="008055FA" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="008055FA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are prohibited.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75C5933F" w14:textId="77777777" w:rsidR="008055FA" w:rsidRPr="00BE3D5C" w:rsidRDefault="008055FA" w:rsidP="007E1BE5">
+    <w:p w14:paraId="75C5933F" w14:textId="77777777" w:rsidR="008055FA" w:rsidRPr="00EA187F" w:rsidRDefault="008055FA" w:rsidP="007E1BE5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CEF1" w14:textId="665582E9" w:rsidR="00561C49" w:rsidRPr="00BE3D5C" w:rsidRDefault="00694F32" w:rsidP="0076297A">
+    <w:p w14:paraId="42D1CEF3" w14:textId="243B1B47" w:rsidR="000C003F" w:rsidRPr="003A2510" w:rsidRDefault="00694F32" w:rsidP="003A2510">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Subdivision</w:t>
       </w:r>
-      <w:r w:rsidR="009B5D53" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="009B5D53" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:r w:rsidR="005A06CE" w:rsidRPr="00BE3D5C">
-[...99 lines deleted...]
-      <w:r w:rsidR="001E5EDC" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="003A2510" w:rsidRPr="003A2510">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subdivision, partitioning or dividing the Protected Property is prohibited.  </w:t>
+      </w:r>
+      <w:r w:rsidR="000C003F" w:rsidRPr="003A2510">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Even if the Protected Property consists of more than one parcel for real estate tax or any other purpose or if it was acquired previously as separate parcels, it will be considered one parcel for purposes of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3642" w:rsidRPr="003A2510">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="000C003F" w:rsidRPr="003A2510">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="006E4A60" w:rsidRPr="003A2510">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="000C003F" w:rsidRPr="003A2510">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and the restrictions and covenants of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB3B01" w:rsidRPr="003A2510">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="000C003F" w:rsidRPr="003A2510">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="006E4A60" w:rsidRPr="003A2510">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00F32BE4" w:rsidRPr="003A2510">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="42D1CEF2" w14:textId="77777777" w:rsidR="00694F32" w:rsidRPr="00BE3D5C" w:rsidRDefault="00694F32" w:rsidP="00694F32">
+      <w:r w:rsidR="000C003F" w:rsidRPr="003A2510">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>will apply to the Protected Property as a whole.</w:t>
+      </w:r>
+      <w:r w:rsidR="003A2510" w:rsidRPr="003A2510">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A2510">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003A2510">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003A2510" w:rsidRPr="003A2510">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grantor hereby waives any right to subdivide the protected property pursuant to North Carolina General Statute 106-744(b)(1). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CEF4" w14:textId="77777777" w:rsidR="000C003F" w:rsidRPr="00EA187F" w:rsidRDefault="000C003F" w:rsidP="00694F32">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CEF3" w14:textId="5D8221F7" w:rsidR="000C003F" w:rsidRPr="00BE3D5C" w:rsidRDefault="000C003F" w:rsidP="00604CB5">
-[...89 lines deleted...]
-    <w:p w14:paraId="505198EF" w14:textId="789F50F1" w:rsidR="00F05FC5" w:rsidRPr="00BE3D5C" w:rsidRDefault="00694F32" w:rsidP="00604CB5">
+    <w:p w14:paraId="505198EF" w14:textId="11DC7ADB" w:rsidR="00F05FC5" w:rsidRPr="00EA187F" w:rsidRDefault="00694F32" w:rsidP="00824E07">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Industrial and Commercial Use</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  Industrial </w:t>
       </w:r>
-      <w:r w:rsidR="00D33C5D" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00D33C5D" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> commercial</w:t>
       </w:r>
-      <w:r w:rsidR="00D33C5D" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00D33C5D" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> activities</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> o</w:t>
       </w:r>
-      <w:r w:rsidR="007F73CA" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="007F73CA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Pr</w:t>
       </w:r>
-      <w:r w:rsidR="003B19D0" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="003B19D0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">tected </w:t>
       </w:r>
-      <w:r w:rsidR="002F6249" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="002F6249" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Property are</w:t>
       </w:r>
-      <w:r w:rsidR="007F73CA" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="007F73CA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>prohibited</w:t>
       </w:r>
-      <w:r w:rsidR="007F73CA" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="007F73CA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E3551E" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E3551E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="007F73CA" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="007F73CA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>xcept</w:t>
       </w:r>
-      <w:r w:rsidR="00605B35" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00605B35" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the following</w:t>
       </w:r>
-      <w:r w:rsidR="007F73CA" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="007F73CA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14D2C518" w14:textId="77777777" w:rsidR="00F05FC5" w:rsidRPr="00BE3D5C" w:rsidRDefault="00F05FC5" w:rsidP="00EC142B">
+    <w:p w14:paraId="14D2C518" w14:textId="77777777" w:rsidR="00F05FC5" w:rsidRPr="00EA187F" w:rsidRDefault="00F05FC5" w:rsidP="00EC142B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FFA2922" w14:textId="512A68AC" w:rsidR="00661B0A" w:rsidRPr="00BE3D5C" w:rsidRDefault="001A7095" w:rsidP="00EC142B">
+    <w:p w14:paraId="2FFA2922" w14:textId="523328CF" w:rsidR="00661B0A" w:rsidRPr="00EA187F" w:rsidRDefault="001A7095" w:rsidP="00EC142B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="007F73CA" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="007F73CA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">gricultural production and related uses </w:t>
       </w:r>
-      <w:r w:rsidR="00C5217D" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00C5217D" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>in acco</w:t>
       </w:r>
-      <w:r w:rsidR="00165F99" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00165F99" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rdance with the terms and co</w:t>
       </w:r>
-      <w:r w:rsidR="00037AB3" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00037AB3" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nditions of this ALE</w:t>
       </w:r>
-      <w:r w:rsidR="00206DDA" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00206DDA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00037AB3" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="003A2510">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1FBA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C439509" w14:textId="0DEC76C3" w:rsidR="00A966E4" w:rsidRPr="00BE3D5C" w:rsidRDefault="00CE5391" w:rsidP="00EC142B">
+    <w:p w14:paraId="3C439509" w14:textId="0DEC76C3" w:rsidR="00A966E4" w:rsidRPr="00EA187F" w:rsidRDefault="00CE5391" w:rsidP="00EC142B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="007F73CA" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="007F73CA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>he sale of excess power generated in the operation of renewable energy struct</w:t>
       </w:r>
-      <w:r w:rsidR="006E22AC" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="006E22AC" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ur</w:t>
       </w:r>
-      <w:r w:rsidR="007F73CA" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="007F73CA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>es and associated equipment or other energy structures that Grantee approve</w:t>
       </w:r>
-      <w:r w:rsidR="00E3551E" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E3551E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="007F73CA" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="007F73CA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in writing as being consistent with the </w:t>
       </w:r>
-      <w:r w:rsidR="00E3551E" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E3551E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">purposes of this </w:t>
       </w:r>
-      <w:r w:rsidR="00030CEC" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00030CEC" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
-      <w:r w:rsidR="00E3551E" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E3551E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00F96C4D" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00F96C4D" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00503CF0" w:rsidRPr="00BE3D5C">
-[...30 lines deleted...]
-    <w:p w14:paraId="78879595" w14:textId="2CE0D841" w:rsidR="008C40FD" w:rsidRPr="00BE3D5C" w:rsidRDefault="00CE5391" w:rsidP="00EC142B">
+      <w:r w:rsidR="00503CF0" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and in accordance with the terms and conditions of this ALE Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="007F73CA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78879595" w14:textId="2CE0D841" w:rsidR="008C40FD" w:rsidRPr="00EA187F" w:rsidRDefault="00CE5391" w:rsidP="00EC142B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="007F73CA" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="007F73CA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">emporary or seasonal outdoor activities or events that do not harm the </w:t>
       </w:r>
-      <w:r w:rsidR="007245BB" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="007245BB" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00774DB9" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00774DB9" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>urpose of the AL</w:t>
       </w:r>
-      <w:r w:rsidR="0075206B" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="0075206B" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00F96C4D" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00F96C4D" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidR="007F73CA" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="007F73CA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r w:rsidR="00BC0199" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00BC0199" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CEF6" w14:textId="6E7F205D" w:rsidR="00561C49" w:rsidRPr="00BE3D5C" w:rsidRDefault="0046468C" w:rsidP="00EC142B">
+    <w:p w14:paraId="4FC58184" w14:textId="2EA00E4E" w:rsidR="00FA531B" w:rsidRPr="00FA531B" w:rsidRDefault="00FA531B" w:rsidP="00EC142B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...133 lines deleted...]
-    <w:p w14:paraId="42002FB9" w14:textId="77777777" w:rsidR="00EC4335" w:rsidRPr="00BE3D5C" w:rsidRDefault="00EC4335" w:rsidP="00EC4335">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA531B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Commercial enterprises related to agriculture or forestry</w:t>
+      </w:r>
+      <w:r w:rsidR="00474AC1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA531B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including but not limited to agritourism; processing, packaging, and marketing of farm or forest products; farm machinery repair; farm wineries; and small-scale retail enterprises compatible with agriculture or forestry, including but not limited to cafés, shops, and studios for arts or crafts. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42002FB9" w14:textId="77777777" w:rsidR="00EC4335" w:rsidRPr="00EA187F" w:rsidRDefault="00EC4335" w:rsidP="00EC4335">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EF2A71E" w14:textId="77777777" w:rsidR="006956CA" w:rsidRPr="00EA187F" w:rsidRDefault="009B5D53" w:rsidP="006956CA">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+    <w:p w14:paraId="405A094B" w14:textId="442118DE" w:rsidR="00B514D2" w:rsidRPr="00EA187F" w:rsidRDefault="009B5D53" w:rsidP="006D03BA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="008B6E78" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="008B6E78" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00FF6FB1">
+      <w:r w:rsidR="00FF6FB1" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00641703" w:rsidRPr="00526098">
+      <w:r w:rsidR="00641703" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Surface and Subsurface Mineral Exploration and </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00641703" w:rsidRPr="00A008C7">
+        <w:t>Surface and Subsurface Mineral Exploration and Extracting</w:t>
+      </w:r>
+      <w:r w:rsidR="00517767" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00641703" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mining or extraction of soil, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4430DDA1" w14:textId="5A4693AC" w:rsidR="00DD1295" w:rsidRDefault="00641703" w:rsidP="00DD1295">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sand, gravel, oil, natural gas, fuel coal, or any other mineral substance owned by Grantor as of the date of this ALE Deed or later acquired by Grantor, using</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5D61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any method, including, but </w:t>
+      </w:r>
+      <w:r w:rsidR="00474AC1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5D61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> limited to, surface</w:t>
+      </w:r>
+      <w:r w:rsidR="006D224E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mining, subsurface mining, or dredging method, f</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64B23">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rom</w:t>
+      </w:r>
+      <w:r w:rsidR="006D224E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Protected Property for commercial purposes outside agricultural uses is prohibited.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1295">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15EB0112" w14:textId="77777777" w:rsidR="009A7E2D" w:rsidRDefault="009A7E2D" w:rsidP="00D246FA">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41FC4932" w14:textId="779E7B3E" w:rsidR="00B514D2" w:rsidRPr="00EA187F" w:rsidRDefault="00767942" w:rsidP="00D246FA">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Limited mining activities for materials (e.g., sand, gravel, or shale) used to facilitate the </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD1D42C" w14:textId="77777777" w:rsidR="00B514D2" w:rsidRPr="00EA187F" w:rsidRDefault="00767942" w:rsidP="00B514D2">
+      <w:pPr>
+        <w:ind w:left="360" w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">agricultural operations on the Protected Property are allowed where the extraction of such </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37393339" w14:textId="19AF9FDB" w:rsidR="00F76FEB" w:rsidRDefault="00767942" w:rsidP="00F76FEB">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">materials </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02E7B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> limited, localized,</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7E2D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA531B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7E2D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are </w:t>
+      </w:r>
+      <w:r w:rsidR="009A7E2D" w:rsidRPr="00F76FEB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76FEB" w:rsidRPr="00F76FEB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> irremediably destructive to the Conservation </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02E7B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Purposes</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76FEB" w:rsidRPr="00F76FEB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the Protected Property. Limited mining activities may be conducted as a by-product of other permitted reserved rights in Article III provided the activities are not irremediably destructive to the Conservation Purposes of the Protected Property, minimize negative impacts on future agricultural operations and expansion of agricultural uses, and are subordinate to the agricultural use of the Protected Property.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="306E5B12" w14:textId="286EE734" w:rsidR="009A7E2D" w:rsidRDefault="009A7E2D" w:rsidP="00EA187F">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43CA47F8" w14:textId="4F3B0D2C" w:rsidR="00641703" w:rsidRPr="00EA187F" w:rsidRDefault="00641703" w:rsidP="006D03BA">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>If a third party owns or leases the oil, natural gas, or any other mineral rights associated with the Protected Property at the time this ALE Deed is executed, and their interests have not been subordinated to this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="00D171ED" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, the Grantor must require, to the greatest extent possible, that any oil, natural gas, and mineral exploration and extraction conducted by such third part is conducted in accordance with this Paragraph</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7287" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C20BF0" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  Any mineral leases or other conveyances of minerals entered into or renewed after the date of this ALE Deed are subordinate to the terms of this ALE Deed and must incorporate by reference this ALE Deed.</w:t>
+      </w:r>
+      <w:r w:rsidR="009871E8" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CEF8" w14:textId="2E934A91" w:rsidR="00C00E44" w:rsidRPr="00EA187F" w:rsidRDefault="00C00E44" w:rsidP="00D60D11">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="318DDA19" w14:textId="52BB2542" w:rsidR="00FF0990" w:rsidRPr="00EA187F" w:rsidRDefault="00C00E44" w:rsidP="008D3B6A">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="003268E5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D3B6A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Extracting</w:t>
-[...41 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:t>Surface Alteration</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5060" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="0031075C">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...72 lines deleted...]
-      <w:r w:rsidR="00CD2491">
+      <w:r w:rsidR="008D5060" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A318B5" w:rsidRPr="003248D0">
-[...94 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Grading, blasting, filling, sod farming, earth removal, or any other activity that will disturb the soil surface or materially alter the topography, surface or subsurface water systems</w:t>
+      </w:r>
+      <w:r w:rsidR="0048085A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, or wetlands of the Protected P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">roperty is prohibited, except as follows:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2914F1CD" w14:textId="77777777" w:rsidR="00CC0E63" w:rsidRPr="00EA187F" w:rsidRDefault="00CC0E63" w:rsidP="007E1BE5">
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DF3409D" w14:textId="4BA8F519" w:rsidR="009E53DF" w:rsidRPr="004874EB" w:rsidRDefault="00EC08B2" w:rsidP="0045177A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004874EB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00E44" w:rsidRPr="004874EB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>am construction</w:t>
+      </w:r>
+      <w:r w:rsidR="00441C13" w:rsidRPr="004874EB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00441C13" w:rsidRPr="00BD7E41">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in accordance with current, generally accepted best management practices approved by the State of North Carolina to</w:t>
+      </w:r>
+      <w:r w:rsidR="004874EB" w:rsidRPr="004874EB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E56C7" w:rsidRPr="004874EB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>create ponds</w:t>
+      </w:r>
+      <w:r w:rsidR="006240EE" w:rsidRPr="004874EB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for agricultural use, fire protection, or wildlife en</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7DB9" w:rsidRPr="004874EB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>hancement, or creation</w:t>
+      </w:r>
+      <w:r w:rsidR="00F003FD" w:rsidRPr="004874EB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="008D3B6A" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00C00E44" w:rsidRPr="004874EB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CEE2233" w14:textId="06A2E7CE" w:rsidR="008C4677" w:rsidRPr="00EA187F" w:rsidRDefault="008C4677" w:rsidP="008D3B6A">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20664C45" w14:textId="20970C78" w:rsidR="00B53E0E" w:rsidRPr="00EA187F" w:rsidRDefault="00B53E0E" w:rsidP="008D3B6A">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1D4E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...12 lines deleted...]
-          <w:u w:val="single"/>
+        <w:t xml:space="preserve">Repair surface ditches and drainages, and subsurface drains and </w:t>
+      </w:r>
+      <w:r w:rsidR="003160C9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>drainpipes</w:t>
+      </w:r>
+      <w:r w:rsidR="007958E2" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...35 lines deleted...]
-    <w:p w14:paraId="2914F1CD" w14:textId="77777777" w:rsidR="00CC0E63" w:rsidRPr="00BE3D5C" w:rsidRDefault="00CC0E63" w:rsidP="007E1BE5">
+    </w:p>
+    <w:p w14:paraId="0424CC1F" w14:textId="12B77198" w:rsidR="007958E2" w:rsidRPr="00EA187F" w:rsidRDefault="007958E2" w:rsidP="008D3B6A">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="228D8DC4" w14:textId="45A3F964" w:rsidR="007958E2" w:rsidRPr="00EA187F" w:rsidRDefault="007958E2" w:rsidP="00B000FE">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1D4E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001C37B1" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00A74E93" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>estore damage to the Protected Property caused by flooding, such as</w:t>
+      </w:r>
+      <w:r w:rsidR="00230339" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> replacement of lost topsoil, and grading areas on which soil</w:t>
+      </w:r>
+      <w:r w:rsidR="00C41A90" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or debris have been deposited by flooding</w:t>
+      </w:r>
+      <w:r w:rsidR="001F509A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DC63ED6" w14:textId="77777777" w:rsidR="003255D5" w:rsidRPr="00EA187F" w:rsidRDefault="003255D5" w:rsidP="007E1BE5">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DF3409D" w14:textId="4BD67E69" w:rsidR="009E53DF" w:rsidRPr="00BE3D5C" w:rsidRDefault="00EC08B2" w:rsidP="00123856">
+    <w:p w14:paraId="5FD3CCD3" w14:textId="4AC9C1EE" w:rsidR="00484970" w:rsidRPr="00EA187F" w:rsidRDefault="00E13B49" w:rsidP="00B000FE">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00FA0B1F">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00BA1D4E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...245 lines deleted...]
-      <w:r w:rsidRPr="000C2A92">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00C00E44" w:rsidRPr="000C2A92">
-[...6 lines deleted...]
-      <w:r w:rsidR="00591A24">
+      <w:r w:rsidR="00C00E44" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rosion and sediment</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62CEE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00591A24" w:rsidRPr="00591A24">
-[...13 lines deleted...]
-      <w:r w:rsidR="00C00E44" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00EB58AD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>co</w:t>
+      </w:r>
+      <w:r w:rsidR="00514AAA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nt</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB58AD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rol</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00E44" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="68241E64" w14:textId="77777777" w:rsidR="003255D5" w:rsidRPr="00BE3D5C" w:rsidRDefault="003255D5" w:rsidP="007E1BE5">
+      <w:r w:rsidR="001F509A" w:rsidRPr="001F509A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in accordance with current, generally accepted best management practices approved by the State of North Carolina, and in conformity with the ALE Plan as required in Section 4.5 hereafter.</w:t>
+      </w:r>
+      <w:r w:rsidR="001F509A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68241E64" w14:textId="77777777" w:rsidR="003255D5" w:rsidRPr="00EA187F" w:rsidRDefault="003255D5" w:rsidP="007E1BE5">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CEF9" w14:textId="0C992103" w:rsidR="00C00E44" w:rsidRPr="00BE3D5C" w:rsidRDefault="00484970" w:rsidP="00123856">
+    <w:p w14:paraId="42D1CEF9" w14:textId="019451DB" w:rsidR="00C00E44" w:rsidRPr="00EA187F" w:rsidRDefault="00484970" w:rsidP="00B000FE">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00852911">
+      <w:r w:rsidR="00BA1D4E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00C00E44" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00C00E44" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>oil disturbance activities required in the construction of approved buildings, structures, roads, and utilities provided that the required alteration has been approved in writing by Grantee as being consistent with th</w:t>
       </w:r>
-      <w:r w:rsidR="00C84358" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00C84358" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00E858B0" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E858B0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00961406" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00961406" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00E858B0" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E858B0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">urpose of the </w:t>
       </w:r>
-      <w:r w:rsidR="003A2901" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="003A2901" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ALE</w:t>
       </w:r>
-      <w:r w:rsidR="00961406" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00961406" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00CF182C">
+      <w:r w:rsidR="00E02E7B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E7E1890" w14:textId="66178A67" w:rsidR="00537D65" w:rsidRPr="00BE3D5C" w:rsidRDefault="00537D65" w:rsidP="007E1BE5">
+    <w:p w14:paraId="0E7E1890" w14:textId="66178A67" w:rsidR="00537D65" w:rsidRPr="00EA187F" w:rsidRDefault="00537D65" w:rsidP="007E1BE5">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BE263A7" w14:textId="69B1BBB9" w:rsidR="00613DA1" w:rsidRPr="00BE3D5C" w:rsidRDefault="00BA2459" w:rsidP="00123856">
+    <w:p w14:paraId="4BE263A7" w14:textId="5A59EE10" w:rsidR="00613DA1" w:rsidRPr="00EA187F" w:rsidRDefault="00BA2459" w:rsidP="00B000FE">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00852911">
+      <w:r w:rsidR="00BA1D4E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00B16046">
+      <w:r w:rsidR="0009582E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008839CD" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="008839CD" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Agricultural activitie</w:t>
       </w:r>
-      <w:r w:rsidR="001912F6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="001912F6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
-      <w:r w:rsidR="00302133" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00302133" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and related conservation activities</w:t>
       </w:r>
-      <w:r w:rsidR="001912F6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="001912F6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00302133" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00302133" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>conducted</w:t>
       </w:r>
-      <w:r w:rsidR="004E33BB" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="004E33BB" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in accordance with the terms and conditions of this ALE</w:t>
       </w:r>
-      <w:r w:rsidR="00036017" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00036017" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00F123D5" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00F123D5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
-      <w:r w:rsidR="002D027C" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="002D027C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ALE</w:t>
       </w:r>
-      <w:r w:rsidR="00F123D5" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00F123D5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Plan described herein.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CEFA" w14:textId="77777777" w:rsidR="00DE5DB0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00DE5DB0" w:rsidP="007E1BE5">
-[...7 lines deleted...]
-    <w:p w14:paraId="42D1CEFB" w14:textId="7E1322E3" w:rsidR="00DE5DB0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00DE5DB0" w:rsidP="008A153F">
+    <w:p w14:paraId="42D1CEFA" w14:textId="77777777" w:rsidR="00DE5DB0" w:rsidRPr="00EA187F" w:rsidRDefault="00DE5DB0" w:rsidP="007E1BE5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CEFB" w14:textId="7E1322E3" w:rsidR="00DE5DB0" w:rsidRPr="00EA187F" w:rsidRDefault="00DE5DB0" w:rsidP="008A153F">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="00961406" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00961406" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Motorized Vehicle Use. </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="00E3551E" w:rsidRPr="00BE3D5C">
+        <w:t>Motorized Vehicle Use</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  Grantor shall not use motor vehicles on the Protected Property or grant permission for such use except as necessary in the accomplishment of the agricultural, forestry, habitat management, law enforcement and public safety, or conservation uses of the Protected Property, provided that no use of motorized vehicles shall create impacts that are detrimental to the productivity of the soils on the Protected Property and the</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3551E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Statement of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000608DB" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="000608DB" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">urposes of the </w:t>
       </w:r>
-      <w:r w:rsidR="00DD24FE" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00DD24FE" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ALE</w:t>
       </w:r>
-      <w:r w:rsidR="00961406" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00961406" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">;  however, notwithstanding the foregoing, use of snowmobiles on snow is allowed on the Protected </w:t>
       </w:r>
-      <w:r w:rsidR="00C841B2" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00C841B2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>roperty.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CEFC" w14:textId="77777777" w:rsidR="00BC02EF" w:rsidRPr="00BE3D5C" w:rsidRDefault="00BC02EF" w:rsidP="007E1BE5">
+    <w:p w14:paraId="42D1CEFC" w14:textId="77777777" w:rsidR="00BC02EF" w:rsidRPr="00EA187F" w:rsidRDefault="00BC02EF" w:rsidP="007E1BE5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CEFD" w14:textId="09121DB9" w:rsidR="00BC02EF" w:rsidRPr="00BE3D5C" w:rsidRDefault="00BC02EF" w:rsidP="0002070F">
+    <w:p w14:paraId="42D1CEFD" w14:textId="444C13C6" w:rsidR="00BC02EF" w:rsidRPr="00EA187F" w:rsidRDefault="00BC02EF" w:rsidP="0002070F">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="00961406" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00961406" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Dumping and Trash</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...7 lines deleted...]
-    <w:p w14:paraId="42D1CEFE" w14:textId="77777777" w:rsidR="00E16D6D" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E16D6D" w:rsidP="007E1BE5">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  Dumping or storage of trash, refuse, debris, garbage, waste, abandoned vehicles or parts, appliances, machinery, or hazardous substances, or toxic or hazardous waste, is prohibited.  The placement of underground or above ground storage tanks or other materials is prohibited, with the exception of agricultural products, byproducts (including the composting of biodegradable material for on-farm use) and agricultural equipment used on the Protected Property, so long as such storage is done in accordance with all applicable government laws and regulations and in such a manner so as to not impair the Conservation Values of the Protected Property.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CEFE" w14:textId="77777777" w:rsidR="00E16D6D" w:rsidRPr="00EA187F" w:rsidRDefault="00E16D6D" w:rsidP="007E1BE5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:ind w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CEFF" w14:textId="2BC02A11" w:rsidR="00E16D6D" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E16D6D" w:rsidP="0002070F">
+    <w:p w14:paraId="42D1CEFF" w14:textId="43DA5132" w:rsidR="00E16D6D" w:rsidRPr="00EA187F" w:rsidRDefault="00E16D6D" w:rsidP="0002070F">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="008951CF" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="008951CF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Structures and Improvements</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...13 lines deleted...]
-      <w:r w:rsidR="00F50849" w:rsidRPr="00EA187F">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  There shall be no building, tower, facility, mobile home, or other structure constructed or placed on the Protected Property</w:t>
+      </w:r>
+      <w:r w:rsidR="00843FE6" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unless</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> specifically authorized in Article III.  Any structures permitted or reserved by Grantor shall be of such reasonable size, prop</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED233D" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ti</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED233D" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n, </w:t>
+      </w:r>
+      <w:r w:rsidR="004D5FFD" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>height,</w:t>
       </w:r>
-      <w:r w:rsidR="00713C34" w:rsidRPr="00EA187F">
-[...7 lines deleted...]
-    <w:p w14:paraId="42D1CF00" w14:textId="77777777" w:rsidR="00E16D6D" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E16D6D" w:rsidP="007E1BE5">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and character so as not to significantly detract from the </w:t>
+      </w:r>
+      <w:r w:rsidR="001E15D7" w:rsidRPr="001E15D7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>agricultural uses and Conservation Values of the Protected Property.</w:t>
+      </w:r>
+      <w:r w:rsidR="001E15D7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Under no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>circumstances shall golf courses or ranges, airstrips or helicopter pads be constructed or permitted on the Protected Property.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF00" w14:textId="77777777" w:rsidR="00E16D6D" w:rsidRPr="00EA187F" w:rsidRDefault="00E16D6D" w:rsidP="007E1BE5">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF01" w14:textId="318FE939" w:rsidR="00E16D6D" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E16D6D" w:rsidP="0002070F">
+    <w:p w14:paraId="42D1CF01" w14:textId="3591F57D" w:rsidR="00E16D6D" w:rsidRPr="00EA187F" w:rsidRDefault="00E16D6D" w:rsidP="0002070F">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="00404802" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00404802" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="0002070F">
+      <w:r w:rsidR="0002070F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Signage</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...6 lines deleted...]
-      <w:r w:rsidR="00EB7657" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Display to the public of billboards, signs or advertisements is prohibited on or over the Protected Property, except to state the name of the </w:t>
+      </w:r>
+      <w:r w:rsidR="001E15D7" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Protected Property</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and its farmland status, including its </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7657" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ALE</w:t>
       </w:r>
-      <w:r w:rsidR="00404802" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00404802" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006A44FF" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="006A44FF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Deed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...6 lines deleted...]
-      <w:r w:rsidR="00E3551E" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> status, the name and address of the occupant, to advertise an on-site activity, and to advertise the </w:t>
+      </w:r>
+      <w:r w:rsidR="001E15D7" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Protected Property</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for sale or rent, as allowed by the</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3551E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ign </w:t>
       </w:r>
-      <w:r w:rsidR="00E3551E" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E3551E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rdinance set forth in the </w:t>
       </w:r>
-      <w:r w:rsidR="00E80672" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E80672" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter county name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="29" w:name="Text26"/>
-      <w:r w:rsidR="00E80672" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E80672" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E80672" w:rsidRPr="00BE3D5C">
-[...5 lines deleted...]
-      <w:r w:rsidR="00E80672" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E80672" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E80672" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E80672" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E80672" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter county name</w:t>
       </w:r>
-      <w:r w:rsidR="00E80672" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E80672" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
-      <w:r w:rsidR="00E3551E" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E3551E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> County Zoning and Subdivision</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ordinance</w:t>
       </w:r>
-      <w:r w:rsidR="006F11D9">
+      <w:r w:rsidR="006F11D9" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, to the extent said ordinance is appli</w:t>
       </w:r>
-      <w:r w:rsidR="002349F7">
+      <w:r w:rsidR="002349F7" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>cable.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...23 lines deleted...]
-    <w:p w14:paraId="42D1CF02" w14:textId="7B0A3B0A" w:rsidR="00ED233D" w:rsidRPr="00BE3D5C" w:rsidRDefault="00ED233D" w:rsidP="007E1BE5">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Grantor shall be permitted to erect no trespassing signs, traffic or directional signs or warning signs as may be expedient and to post the </w:t>
+      </w:r>
+      <w:r w:rsidR="001E15D7" w:rsidRPr="001E15D7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Protected Property</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF02" w14:textId="7B0A3B0A" w:rsidR="00ED233D" w:rsidRPr="00EA187F" w:rsidRDefault="00ED233D" w:rsidP="007E1BE5">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF04" w14:textId="0E43CAE8" w:rsidR="00F50EA7" w:rsidRDefault="00ED233D" w:rsidP="0002070F">
+    <w:p w14:paraId="42D1CF04" w14:textId="6CED67C1" w:rsidR="00F50EA7" w:rsidRPr="00EA187F" w:rsidRDefault="00ED233D" w:rsidP="0002070F">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00142068">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="006A44FF" w:rsidRPr="00142068">
+      <w:r w:rsidR="006A44FF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00142068">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="0002070F" w:rsidRPr="00142068">
+      <w:r w:rsidR="0002070F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B533EF" w:rsidRPr="00142068">
+      <w:r w:rsidR="00B533EF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Limitation on </w:t>
       </w:r>
-      <w:r w:rsidRPr="00142068">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Impervious Surface</w:t>
       </w:r>
-      <w:r w:rsidR="00B533EF" w:rsidRPr="00142068">
+      <w:r w:rsidR="00B533EF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00142068">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:r w:rsidR="0072775D" w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00B533EF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Impervious surface will not exceed </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-677419929"/>
           <w:placeholder>
-            <w:docPart w:val="F4CB87AD1388453DB0C70A4528FB5B2F"/>
+            <w:docPart w:val="CA9A012083B44BE089FD94F665654F62"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0072775D">
+          <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="two"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
-          <w:r w:rsidR="0072775D">
+          <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
-          <w:r w:rsidR="0072775D">
+          <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
           </w:r>
-          <w:r w:rsidR="0072775D">
+          <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="0072775D">
+          <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t>two</w:t>
           </w:r>
-          <w:r w:rsidR="0072775D">
+          <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="0072775D" w:rsidRPr="00EA187F">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> percent (</w:t>
+      <w:r w:rsidR="00A85B7D" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3551E" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>percent (</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-342175302"/>
           <w:placeholder>
-            <w:docPart w:val="B96E1BDF0C0D417583D6D5D8B1D8D787"/>
+            <w:docPart w:val="EE93179DE0C5428EBEF99A44E2EB69B1"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0072775D">
+          <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="2"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
-          <w:r w:rsidR="0072775D">
+          <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
-          <w:r w:rsidR="0072775D">
+          <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
           </w:r>
-          <w:r w:rsidR="0072775D">
+          <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="0072775D">
+          <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
-          <w:r w:rsidR="0072775D">
+          <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="0072775D" w:rsidRPr="00EA187F">
-[...6 lines deleted...]
-      <w:r w:rsidR="0072775D">
+      <w:r w:rsidR="00B533EF" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3551E" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C639DA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the Protected Property</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC1C51" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, excluding </w:t>
+      </w:r>
+      <w:r w:rsidR="00C7430D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Soil and Water Conservation District or NRCS-approved</w:t>
       </w:r>
-      <w:r w:rsidR="0072775D" w:rsidRPr="00EA187F">
-[...7 lines deleted...]
-    <w:p w14:paraId="4A05278C" w14:textId="77777777" w:rsidR="00290474" w:rsidRDefault="00290474" w:rsidP="0002070F">
+      <w:r w:rsidR="00EC1C51" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> conservation pract</w:t>
+      </w:r>
+      <w:r w:rsidR="0024360F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ices</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3140E" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00625CAD" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B533EF" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Impervious surfaces are defined as material</w:t>
+      </w:r>
+      <w:r w:rsidR="001E15D7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00B533EF" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that do not allow water to percolate into the soil on the Protected Property, including, but not limited to, </w:t>
+      </w:r>
+      <w:r w:rsidR="004559AC" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">buildings, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B533EF" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with or without flooring, paved areas,</w:t>
+      </w:r>
+      <w:r w:rsidR="008501B5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00682CC6" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">solar </w:t>
+      </w:r>
+      <w:r w:rsidR="00934855" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>panels,</w:t>
+      </w:r>
+      <w:r w:rsidR="00682CC6" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B533EF" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and any other surfaces that</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3551E" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are covered by asphalt, concre</w:t>
+      </w:r>
+      <w:r w:rsidR="00B533EF" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>te, or roofs.  This limitation does not include public roads or other roads owned and controlled by parties with rights superior to those rights conveyed to Grantee by this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="006A44FF" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA71B5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  E</w:t>
+      </w:r>
+      <w:r w:rsidR="003A58F9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>xcluded from</w:t>
+      </w:r>
+      <w:r w:rsidR="00333826" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A58F9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>this definition are compacted dirt and gravel surfaces</w:t>
+      </w:r>
+      <w:r w:rsidR="00967B80" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="003A58F9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This restriction shall apply to </w:t>
+      </w:r>
+      <w:r w:rsidR="00333826" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="003A58F9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ermanent and temporary structures and facilities, both existing and proposed</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6E8F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B6A2784" w14:textId="77777777" w:rsidR="009000FC" w:rsidRPr="00EA187F" w:rsidRDefault="009000FC" w:rsidP="0002070F">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="753CC8BB" w14:textId="7E5FDCB5" w:rsidR="00290474" w:rsidRPr="00EA187F" w:rsidRDefault="00290474" w:rsidP="00290474">
+    <w:p w14:paraId="1C5B841E" w14:textId="038616EE" w:rsidR="009000FC" w:rsidRPr="00EA187F" w:rsidRDefault="009000FC" w:rsidP="0002070F">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.9</w:t>
       </w:r>
+      <w:r w:rsidR="007453A6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Mitigation</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The Protected Property may not be used to satisfy compensatory mitigation requirements under </w:t>
       </w:r>
-      <w:r w:rsidR="000E00A1" w:rsidRPr="00953336">
-[...13 lines deleted...]
-      <w:r w:rsidR="00B11790" w:rsidRPr="00EA187F">
+      <w:r w:rsidR="007950C1" w:rsidRPr="00953336">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>16 U.S.C. §</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1344 or </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32797" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N. C. Gen. Stat. § </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>143-214.11 or any successor or replacement provision of the foregoing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37ED9915" w14:textId="77777777" w:rsidR="00290474" w:rsidRPr="00EA187F" w:rsidRDefault="00290474" w:rsidP="00290474">
+    <w:p w14:paraId="761AC2EA" w14:textId="77777777" w:rsidR="00A13184" w:rsidRPr="00EA187F" w:rsidRDefault="00A13184" w:rsidP="0002070F">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31168AE1" w14:textId="21E0EB48" w:rsidR="00290474" w:rsidRPr="00EA187F" w:rsidRDefault="00290474" w:rsidP="00290474">
+    <w:p w14:paraId="5872C69B" w14:textId="2111DAAA" w:rsidR="00A13184" w:rsidRPr="00EA187F" w:rsidRDefault="00A13184" w:rsidP="0002070F">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.10</w:t>
       </w:r>
-      <w:r w:rsidR="00C50908">
+      <w:r w:rsidR="007453A6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Open Space and Development Rights</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>. This ALE shall not be used to satisfy open space or density requirements of any cluster or other development scheme or plan. The development rights encumbered by this ALE shall not be transferred to any other land pursuant to a transfer of development rights scheme, a cluster development arrangement, or otherwise.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="48DAA1D2" w14:textId="77777777" w:rsidR="00290474" w:rsidRPr="00EA187F" w:rsidRDefault="00290474" w:rsidP="00290474">
+        <w:t>. Th</w:t>
+      </w:r>
+      <w:r w:rsidR="000D02F6" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ALE </w:t>
+      </w:r>
+      <w:r w:rsidR="001E15D7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall not be used to satisfy open space or density requirements of any cluster or other development scheme or plan. The development rights encumbered by this ALE </w:t>
+      </w:r>
+      <w:r w:rsidR="001E15D7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall not be transferred to any other land pursuant to a transfer of development rights scheme, a cluster development arrangement, or otherwise.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C79293C" w14:textId="77777777" w:rsidR="00B738D6" w:rsidRPr="00EA187F" w:rsidRDefault="00B738D6" w:rsidP="0002070F">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="067EC517" w14:textId="4CAEE0FA" w:rsidR="00290474" w:rsidRPr="00EA187F" w:rsidRDefault="00290474" w:rsidP="00290474">
+    <w:p w14:paraId="2425E8D6" w14:textId="7B0824CA" w:rsidR="00B738D6" w:rsidRPr="00EA187F" w:rsidRDefault="00B738D6" w:rsidP="00B738D6">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.11</w:t>
       </w:r>
-      <w:r w:rsidR="00C50908">
+      <w:r w:rsidR="007453A6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Additional Easements</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. No additional easement or other legal interest extinguishing or limiting development rights, including but not limited to conservation easements, preservation easements, mitigation easements, or any other form of easement that would restrict or limit the use or development beyond the terms of this ALE shall be placed on the Protected Property. Notwithstanding any other provision of this ALE, the Grantor may grant access or utility easements on the Protected Property, subject to the terms and conditions set forth in this ALE. All permitted easements shall be subordinate to this ALE and shall not interfere with, diminish, or otherwise negatively impact the Conservation Purposes of this ALE. Any such permitted easements must be expressly made subject to the terms of this ALE in the instrument granting the permitted easements. No permitted easement shall be granted without the prior written consent of the Grantee, which consent may be withheld if the Grantee determines that the proposed permitted easement would impair or interfere with the Conservation Values of the Property or the purpose of this ALE, subject to the rights of NCDA&amp;CS. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="42D1CF05" w14:textId="299AB513" w:rsidR="00F50EA7" w:rsidRPr="00BE3D5C" w:rsidRDefault="00F50EA7" w:rsidP="007E1BE5">
+        <w:t xml:space="preserve">. No additional easement or other legal interest extinguishing or limiting development rights, including but not limited to conservation easements, preservation easements, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F50813" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mitigation easements, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or any other form of easement that would restrict or limit the use or development beyond the terms of this ALE </w:t>
+      </w:r>
+      <w:r w:rsidR="001E15D7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall be placed on the Protected Property. Notwithstanding any other provision of this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="001E15D7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, the Grantor may grant access or utility easements on the Protected Property, subject to the terms and conditions set forth in this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="001E15D7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. All permitted easements shall be subordinate to this ALE </w:t>
+      </w:r>
+      <w:r w:rsidR="001E15D7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and shall not interfere with, diminish, or otherwise negatively impact the Conservation Purposes of this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="001E15D7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Any such </w:t>
+      </w:r>
+      <w:r w:rsidR="00F50813" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ermitted </w:t>
+      </w:r>
+      <w:r w:rsidR="00F50813" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">asements must be expressly made subject to the terms of this ALE </w:t>
+      </w:r>
+      <w:r w:rsidR="001E15D7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the instrument granting the permitted easements. No permitted easement shall be granted without the prior written consent of the Grantee, which consent may be withheld if the Grantee determines that the proposed permitted easement would impair or interfere with the Conservation Values of the </w:t>
+      </w:r>
+      <w:r w:rsidR="001E15D7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Protected </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Property or the purpose of this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="001E15D7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, subject to the rights of NCDA&amp;CS. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF05" w14:textId="299AB513" w:rsidR="00F50EA7" w:rsidRPr="00EA187F" w:rsidRDefault="00F50EA7" w:rsidP="007E1BE5">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF07" w14:textId="77777777" w:rsidR="003A58F9" w:rsidRPr="00BE3D5C" w:rsidRDefault="003A58F9" w:rsidP="003A58F9">
+    <w:p w14:paraId="42D1CF07" w14:textId="77777777" w:rsidR="003A58F9" w:rsidRPr="00EA187F" w:rsidRDefault="003A58F9" w:rsidP="003A58F9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ARTICLE III. RIGHTS AND RESPONSIBILITIES RETAINED BY GRANTOR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CF08" w14:textId="77777777" w:rsidR="00807DFE" w:rsidRPr="00BE3D5C" w:rsidRDefault="00807DFE" w:rsidP="00807DFE">
+    <w:p w14:paraId="42D1CF08" w14:textId="77777777" w:rsidR="00807DFE" w:rsidRPr="00EA187F" w:rsidRDefault="00807DFE" w:rsidP="00807DFE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF09" w14:textId="5928CF1E" w:rsidR="0075391A" w:rsidRPr="00BE3D5C" w:rsidRDefault="00BA71B5" w:rsidP="00807DFE">
+    <w:p w14:paraId="42D1CF09" w14:textId="5928CF1E" w:rsidR="0075391A" w:rsidRPr="00EA187F" w:rsidRDefault="00BA71B5" w:rsidP="00807DFE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00807DFE" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00807DFE" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>he Grantor reserves to and for themselves and their successors all customary rights and privileges of ownership, including the rights to sell, lease, and devise the Protected Property, together with any rights not specifically</w:t>
       </w:r>
-      <w:r w:rsidR="0075391A" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="0075391A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> prohibited by or limited by th</w:t>
       </w:r>
-      <w:r w:rsidR="00807DFE" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00807DFE" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
-      <w:r w:rsidR="00EB7657" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00EB7657" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="004014A5" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="004014A5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidR="00807DFE" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00807DFE" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="006A44FF" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="006A44FF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00C06536" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00C06536" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, and consistent with the S</w:t>
       </w:r>
-      <w:r w:rsidR="00807DFE" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00807DFE" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ection 1.1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00807DFE" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00807DFE" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> “Statement of Purpose”.  Unless otherwise specified below, nothing in this </w:t>
       </w:r>
-      <w:r w:rsidR="004416BC" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="004416BC" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
-      <w:r w:rsidR="00807DFE" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00807DFE" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="006A44FF" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="006A44FF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed </w:t>
       </w:r>
-      <w:r w:rsidR="00807DFE" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00807DFE" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>shall require the Grantor to take any action to restore the condition of the Protected Property after any Act of God or other</w:t>
       </w:r>
-      <w:r w:rsidR="0075391A" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="0075391A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> event over which they have no control.  Grantor understands that nothing in this </w:t>
       </w:r>
-      <w:r w:rsidR="00EB7657" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00EB7657" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
-      <w:r w:rsidR="0075391A" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="0075391A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00043788" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00043788" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidR="0075391A" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="0075391A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> relieves them of any obligation or restriction on the use of the Protected Property imposed by law.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CF0A" w14:textId="77777777" w:rsidR="0075391A" w:rsidRPr="00BE3D5C" w:rsidRDefault="0075391A" w:rsidP="00807DFE">
+    <w:p w14:paraId="42D1CF0A" w14:textId="77777777" w:rsidR="0075391A" w:rsidRPr="00EA187F" w:rsidRDefault="0075391A" w:rsidP="00807DFE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF0B" w14:textId="19AB6CD4" w:rsidR="00807DFE" w:rsidRPr="00BE3D5C" w:rsidRDefault="0075391A" w:rsidP="007E36B7">
+    <w:p w14:paraId="42D1CF0B" w14:textId="23824D8A" w:rsidR="00807DFE" w:rsidRPr="00EA187F" w:rsidRDefault="0075391A" w:rsidP="007E36B7">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Right to Farm</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  Grantor retains the right to farm, or to permit others to farm the Protected Property</w:t>
+      </w:r>
+      <w:r w:rsidR="00D33C5D" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for farming or other agricultural activities that are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> consistent with the Conservation</w:t>
+      </w:r>
+      <w:r w:rsidR="00807DFE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Values of the Protected Property and in accordance with applicable local, </w:t>
+      </w:r>
+      <w:r w:rsidR="005439F1" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>state,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and federal laws and regulations</w:t>
+      </w:r>
+      <w:r w:rsidR="00651DFD" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidR="002D027C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="00651DFD" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00815E12" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="_Hlk149136805"/>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subject to any prohibitions stated herein, farming, grazing, horticultural </w:t>
+      </w:r>
+      <w:r w:rsidR="00350DE9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(provided such activity does not remove topsoil from the</w:t>
+      </w:r>
+      <w:r w:rsidR="00635113" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3551E" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00350DE9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rotected </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3551E" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00350DE9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">roperty) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and animal husbandry operations are permitted </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA187F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>when</w:t>
+      </w:r>
+      <w:r w:rsidR="00A92C47" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> carried out, to the extent practicable, in accordance with current, generally accepted best management practices </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA187F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">approved </w:t>
+      </w:r>
+      <w:r w:rsidR="00A92C47" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the State of North Carolina</w:t>
+      </w:r>
+      <w:r w:rsidR="009538CE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and in conformity with the </w:t>
+      </w:r>
+      <w:r w:rsidR="002D027C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA71B5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="009538CE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as required in Section </w:t>
+      </w:r>
+      <w:r w:rsidR="002D027C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4.5</w:t>
+      </w:r>
+      <w:r w:rsidR="009538CE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hereafter.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p w14:paraId="42D1CF0C" w14:textId="77777777" w:rsidR="0075391A" w:rsidRPr="00EA187F" w:rsidRDefault="0075391A" w:rsidP="007E1BE5">
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CF0D" w14:textId="6F0C5766" w:rsidR="0075391A" w:rsidRPr="00EA187F" w:rsidRDefault="0075391A" w:rsidP="007E36B7">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Right to Privacy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Grantor retains the right to privacy and the right to exclude any member of the public from trespassing on the Protected Property.  This </w:t>
+      </w:r>
+      <w:r w:rsidR="00084E05" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00043788" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is not intended to create any rights of the public in, on or to the Protected Property.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A732A0" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF0E" w14:textId="77777777" w:rsidR="0075391A" w:rsidRPr="00EA187F" w:rsidRDefault="0075391A" w:rsidP="007E1BE5">
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CF0F" w14:textId="0A51A2B1" w:rsidR="0075391A" w:rsidRPr="00EA187F" w:rsidRDefault="0075391A" w:rsidP="007E36B7">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Right to Use Protected Property for Customary Rural Enterprises</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:r w:rsidR="0080214D" w:rsidRPr="00EA187F">
-[...183 lines deleted...]
-        <w:t xml:space="preserve"> Exhibit B.  Any permanent or temporary structure or otherwise addition to the impervious surface shall not cause the total impervious surface restriction of the Protected Property to exceed </w:t>
+      <w:r w:rsidR="00DB7C81" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Grantor retains the right to use the Protected Property, for otherwise lawful and customary rural enterprises, such as, but not limited to, farm machinery repair, sawmills, firewood distribution, nature and historic tours, equestrian activities, educational programs</w:t>
+      </w:r>
+      <w:r w:rsidR="00102DDB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7C81" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>farm meetings</w:t>
+      </w:r>
+      <w:r w:rsidR="00A22500">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A22500" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“Ecotourism”, “Agritourism” and “Special Events” as defined herein</w:t>
+      </w:r>
+      <w:r w:rsidR="00A22500">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A22500" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>other passive</w:t>
+      </w:r>
+      <w:r w:rsidR="00A22500">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7C81" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>activities</w:t>
+      </w:r>
+      <w:r w:rsidR="008D0EEB" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that are </w:t>
+      </w:r>
+      <w:r w:rsidR="00F71E06" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>compatible</w:t>
+      </w:r>
+      <w:r w:rsidR="008D0EEB" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00566E79" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with the Conservation Purposes. </w:t>
+      </w:r>
+      <w:r w:rsidR="007710AB" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00897D18" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Any structures required for </w:t>
+      </w:r>
+      <w:r w:rsidR="00B235F8" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">permitted </w:t>
+      </w:r>
+      <w:r w:rsidR="00897D18" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>purposes shall be located only within the Building Envelope</w:t>
+      </w:r>
+      <w:r w:rsidR="007D684B" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="00897D18" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as shown on Exhibit </w:t>
+      </w:r>
+      <w:r w:rsidR="00110C68">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text81"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Enter exhibit letter or number"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="Text81"/>
+      <w:r w:rsidR="00110C68">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00110C68">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00110C68">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00110C68">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Enter exhibit letter or number</w:t>
+      </w:r>
+      <w:r w:rsidR="00110C68">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidR="007D684B" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00897D18" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Any permanent or temporary structure or otherwise addition to the impervious surface shall not cause the total impervious surface restriction of the Protected Property to exceed </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="939883128"/>
           <w:placeholder>
-            <w:docPart w:val="774C018517054C5795386F54B80F57C2"/>
+            <w:docPart w:val="AE3AA7D5BFA047FD9D87FFAB56DF4DE6"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00455CB7">
+          <w:r w:rsidR="0022330A">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="two"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
-          <w:r w:rsidR="00455CB7">
+          <w:r w:rsidR="0022330A">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
-          <w:r w:rsidR="00455CB7">
+          <w:r w:rsidR="0022330A">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
           </w:r>
-          <w:r w:rsidR="00455CB7">
+          <w:r w:rsidR="0022330A">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00455CB7">
+          <w:r w:rsidR="0022330A">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t>two</w:t>
           </w:r>
-          <w:r w:rsidR="00455CB7">
+          <w:r w:rsidR="0022330A">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00455CB7" w:rsidRPr="00EA187F">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> percent (</w:t>
+      <w:r w:rsidR="00190E78" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00897D18" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>percent (</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1400361364"/>
           <w:placeholder>
-            <w:docPart w:val="80B5D7336E984FE188857BBEECEA27E2"/>
+            <w:docPart w:val="6A6D4747160D4138A86787A1CB21140D"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00455CB7">
+          <w:r w:rsidR="0022330A">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="2"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
-          <w:r w:rsidR="00455CB7">
+          <w:r w:rsidR="0022330A">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
-          <w:r w:rsidR="00455CB7">
+          <w:r w:rsidR="0022330A">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
           </w:r>
-          <w:r w:rsidR="00455CB7">
+          <w:r w:rsidR="0022330A">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00455CB7">
+          <w:r w:rsidR="0022330A">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
-          <w:r w:rsidR="00455CB7">
+          <w:r w:rsidR="0022330A">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00455CB7" w:rsidRPr="00EA187F">
-[...7 lines deleted...]
-    <w:p w14:paraId="42D1CF10" w14:textId="77777777" w:rsidR="0043069A" w:rsidRPr="00BE3D5C" w:rsidRDefault="0043069A" w:rsidP="007E1BE5">
+      <w:r w:rsidR="00897D18" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>%).</w:t>
+      </w:r>
+      <w:r w:rsidR="00D95547" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC20CC" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF10" w14:textId="77777777" w:rsidR="0043069A" w:rsidRPr="00EA187F" w:rsidRDefault="0043069A" w:rsidP="007E1BE5">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF11" w14:textId="277BAB2E" w:rsidR="0043069A" w:rsidRPr="00BE3D5C" w:rsidRDefault="009A41AA" w:rsidP="007E36B7">
+    <w:p w14:paraId="42D1CF11" w14:textId="37540BF0" w:rsidR="0043069A" w:rsidRPr="00EA187F" w:rsidRDefault="009A41AA" w:rsidP="007E36B7">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E2E78">
-[...20 lines deleted...]
-      <w:r w:rsidR="00EB4B81" w:rsidRPr="002E2E78">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grantor has the right to establish and carry out customary rural enterprises provided such activities are compatible with the Conservation Purposes and agriculture and forestry uses of the Protected </w:t>
+      </w:r>
+      <w:r w:rsidR="00F049A5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Property and</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E2E78">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are subordinate to the agricultural</w:t>
       </w:r>
-      <w:r w:rsidR="00591A24">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002E2E78">
+      <w:r w:rsidR="0033205B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003C7804" w:rsidRPr="00EA187F">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">use of the Protected Property. The enterprises </w:t>
       </w:r>
-      <w:r w:rsidR="005718B5">
-[...27 lines deleted...]
-      <w:r w:rsidR="0009029D" w:rsidRPr="00EA187F">
+      <w:r w:rsidR="0033205B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be conducted in the buildings permitted herein</w:t>
+      </w:r>
+      <w:r w:rsidR="006D596F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Enterprises which market petroleum or chemical products are </w:t>
+      </w:r>
+      <w:r w:rsidR="00F049A5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>prohibited.</w:t>
       </w:r>
-      <w:r w:rsidR="00DC23D6" w:rsidRPr="002E2E78">
+      <w:r w:rsidR="00DC23D6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CF12" w14:textId="77777777" w:rsidR="00DB7C81" w:rsidRPr="00BE3D5C" w:rsidRDefault="00DB7C81" w:rsidP="007E1BE5">
+    <w:p w14:paraId="42D1CF12" w14:textId="77777777" w:rsidR="00DB7C81" w:rsidRPr="00EA187F" w:rsidRDefault="00DB7C81" w:rsidP="007E1BE5">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FA51477" w14:textId="7ACDE481" w:rsidR="005538C5" w:rsidRPr="00EA187F" w:rsidRDefault="005538C5" w:rsidP="005538C5">
+    <w:p w14:paraId="42D1CF13" w14:textId="41589716" w:rsidR="00DB7C81" w:rsidRPr="00EA187F" w:rsidRDefault="00DB7C81" w:rsidP="007E36B7">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>For purposes herein, the term “Ecotourism” shall be broadly defined to mean tourism and activities that are carried out in a relatively undisturbed natural area that serves as a tool for the education, appreciation, and promotion of natural and cultural heritage that has minimal negative impacts on the environment and farming resources of the Protected Property and promotes conservation and best management practices and provides constructive ongoing contributions to and for the local community. Short-term camping shall be defined to mean low-impact outdoor camping that is one, two, or three nights in length and may be permitted provided the activities are compatible with the Conservation Purposes and agriculture and forestry uses of the Protected Property, minimize negative impacts on future agricultural operations and expansion of agricultural uses, and are subordinate to the agricultural use of the Protected Property. Long-term camping of four nights or more and permanent camping accommodations, including but not limited to recreation vehicles, tent facilities, or enclosures of any sort, must be confined to</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve">For purposes herein, the term “Ecotourism” shall be broadly defined to mean tourism and activities that are carried out in </w:t>
+      </w:r>
+      <w:r w:rsidR="005C6903" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">relatively undisturbed natural area that serves as a tool for the education, appreciation, and promotion of </w:t>
+      </w:r>
+      <w:r w:rsidR="000D14D4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">natural and cultural heritage </w:t>
+      </w:r>
+      <w:r w:rsidR="00892D41">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of the Protected Property. Ecotourism activities have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> minimal negative impacts on the environment and farming resources of the Protected Property</w:t>
+      </w:r>
+      <w:r w:rsidR="00892D41">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D14D4" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>promote</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> conservation and best management practices</w:t>
+      </w:r>
+      <w:r w:rsidR="00892D41">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="000D14D4" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> constructive ongoing contributions to and for the local community.</w:t>
+      </w:r>
+      <w:r w:rsidR="0032656D" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00832E7F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Short-term camping shall be defined to mean low-impact outdoor camping that is one, two, or three nights in length</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0C0A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and may be permitted provided the activities are compatible with the Conservation Purposes and agriculture and forestry uses of the Protected Property, minimize negative impacts on future agricultural operations and expansion of agricultural uses, and are subordinate to the agricultural use of the Protected </w:t>
+      </w:r>
+      <w:r w:rsidR="009B0C0A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Property. </w:t>
+      </w:r>
+      <w:r w:rsidR="003B330B" w:rsidRPr="003B330B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text108"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Optional: Use the following language if there are Recreational Building Envelopes on the Protected Property:"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="Text108"/>
+      <w:r w:rsidR="003B330B" w:rsidRPr="003B330B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="003B330B" w:rsidRPr="003B330B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="003B330B" w:rsidRPr="003B330B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="003B330B" w:rsidRPr="003B330B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Optional: Use the following language if there are Recreational Building Envelopes on the Protected Property:</w:t>
+      </w:r>
+      <w:r w:rsidR="003B330B" w:rsidRPr="003B330B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidR="00832E7F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Long-term camping of four nights or more and p</w:t>
+      </w:r>
+      <w:r w:rsidR="00A434FB" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ermanent camping accommodations, including but not limited to recreation vehicles, tent facilities, or enclosures of any sort, </w:t>
+      </w:r>
+      <w:r w:rsidR="00832E7F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>must be confined to</w:t>
+      </w:r>
+      <w:r w:rsidR="00133E0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Recreation</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3309">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>al</w:t>
+      </w:r>
+      <w:r w:rsidR="00133E0D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00832E7F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Building Envelopes</w:t>
       </w:r>
-      <w:r w:rsidR="007135D9">
+      <w:r w:rsidR="00133E0D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA187F">
-[...7 lines deleted...]
-    <w:p w14:paraId="42D1CF14" w14:textId="77777777" w:rsidR="00DB7C81" w:rsidRPr="00BE3D5C" w:rsidRDefault="00DB7C81" w:rsidP="007E1BE5">
+      <w:r w:rsidR="00832E7F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and are</w:t>
+      </w:r>
+      <w:r w:rsidR="004815B6" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> subject to the restrictions set forth in Section 3.4(</w:t>
+      </w:r>
+      <w:r w:rsidR="00B70ACA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="004815B6" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00981904" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, provided the activities are compatible with the Conservation Purposes and agriculture and forestry uses of the Protected Property, minimize negative impacts on future agricultural operations and expansion of agricultural uses, and are subordinate to the agricultural use of the Protected Property.</w:t>
+      </w:r>
+      <w:r w:rsidR="00932B47">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00026B00">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text105"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Optional: If no Recreational Building Envelopes, use the following language:"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="Text105"/>
+      <w:r w:rsidR="00026B00">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00026B00">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00026B00">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00026B00">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Optional: If no Recreational Building Envelopes, use the following language:</w:t>
+      </w:r>
+      <w:r w:rsidR="00026B00">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidR="00B31705">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text106"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Long-term camping of four nights or more and permanent camping accommodations, including but not limited to recreation vehicles, tent facilities, or enclosures of any sort, are prohibited."/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="Text106"/>
+      <w:r w:rsidR="00B31705">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00B31705">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B31705">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00B31705">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Long-term camping of four nights or more and permanent camping accommodations, including but not limited to recreation vehicles, tent facilities, or enclosures of any sort, are prohibited.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31705">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+    </w:p>
+    <w:p w14:paraId="42FD40C5" w14:textId="77777777" w:rsidR="00CD2ED6" w:rsidRDefault="00CD2ED6" w:rsidP="00662428">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="120BC8FA" w14:textId="5C5E7BC8" w:rsidR="00CD2ED6" w:rsidRPr="00EA187F" w:rsidRDefault="00CD2ED6" w:rsidP="007E36B7">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2ED6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For purposes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>herein</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2ED6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the term “A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2ED6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gritourism</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2ED6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall be broadly defined to mean</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2ED6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any activity carried out </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1015">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on the Protected Property</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2ED6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that allows members of the general public, for recreational, entertainment, or educational purposes, to view or enjoy rural activities, including farming, ranching, historic, cultural, harvest‑your‑own activities, hunting, fishing, equestrian activities, or natural activities and attractions</w:t>
+      </w:r>
+      <w:r w:rsidR="007D49C0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, provided the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D155C5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Agritourism activities </w:t>
+      </w:r>
+      <w:r w:rsidR="007D49C0" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>are compatible with the Conservation Purposes and agriculture and forestry uses of the Protected Property</w:t>
+      </w:r>
+      <w:r w:rsidR="007D49C0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00662428" w:rsidRPr="00662428">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An activity is an agritourism activity whether or not the participant paid to participate in the activity. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF16" w14:textId="77777777" w:rsidR="00C273F8" w:rsidRPr="00EA187F" w:rsidRDefault="00C273F8" w:rsidP="007E1BE5">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B3B5111" w14:textId="77777777" w:rsidR="0041176D" w:rsidRPr="00EA187F" w:rsidRDefault="0041176D" w:rsidP="0041176D">
+    <w:p w14:paraId="42D1CF17" w14:textId="65B15677" w:rsidR="00C273F8" w:rsidRPr="00EA187F" w:rsidRDefault="0076101A" w:rsidP="007E36B7">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The term “Agritourism” shall be broadly defined to mean those farming activities and traditional rural activities that are carried out on any agricultural location, including horticultural and agribusiness operations, that allow members of the general public for recreational, entertainment, active involvement, or educational purposes, to view or enjoy rural activities, including farming, ranching, historic, cultural, harvest-your-own activities, or natural activities and attractions, or “Special Events” as defined herein, that have minimal negative impacts upon the environment and the Conservation Values of the Protected Property and are limited to “de minimis” access to and uses of the Protected Property.  An activity is an Agritourism activity </w:t>
-[...40 lines deleted...]
-        <w:t xml:space="preserve">The term “Special Events” shall be broadly defined to mean a one-time or infrequently occurring event outside normal “Agritourism” programs or activities that provides for an agriculturally based leisure, social or cultural experience outside the normal range of Agritourism choices or beyond the everyday agricultural experience such as but not limited to: seasonal festivals, harvest celebrations, field days, square dances, and the like.  In no event shall “Special Events” exist on the Protected Property for more than seven (7) days per twelve (12) month period nor exist in a manner that negatively impacts the soils or Conservation Values.  Any parking associated with such events shall be located within the </w:t>
+        <w:t xml:space="preserve">For purposes herein, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Farmstead </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00EA187F">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00C273F8" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>he term “Special Events” shall be broadly defined to mean a one-time or infrequently occurring event outside normal “Agritourism” programs or activities that provides for an agriculturally based leisure, social or cultural experience or beyond the everyday agricultural experience such as but not limited to: seasonal festivals, harvest celebrations, field days, square dances, and the like.  In no event shall “Special Events” exist on the Protected Property for more than s</w:t>
+      </w:r>
+      <w:r w:rsidR="00477469" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">even (7) days per twelve (12) month period </w:t>
+      </w:r>
+      <w:r w:rsidR="001C2164" w:rsidRPr="001C2164">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>provided the activities are compatible with the Conservation Purposes and agriculture and forestry uses of the Protected Property, minimize negative impacts on future agricultural operations and expansion of agricultural uses, and are subordinate to the agricultural use of the Protected Property.</w:t>
+      </w:r>
+      <w:r w:rsidR="00477469" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Any parking associated with such events shall be located within the</w:t>
+      </w:r>
+      <w:r w:rsidR="00897D18" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Building Envelope(s) and/or</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4620" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00477469" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">existing farm roads as depicted in </w:t>
+      </w:r>
+      <w:r w:rsidR="00D62E6D" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exhibit </w:t>
+      </w:r>
+      <w:r w:rsidR="00110C68">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text30"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter exhibit letter or number"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="Text30"/>
-      <w:r w:rsidRPr="00EA187F">
+      <w:bookmarkStart w:id="35" w:name="Text30"/>
+      <w:r w:rsidR="00110C68">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00EA187F">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00110C68">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00110C68">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00110C68">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter exhibit letter or number</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00110C68">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
-      <w:r w:rsidRPr="00EA187F">
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidR="00F61FC0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EE2E640" w14:textId="74A11236" w:rsidR="004B6807" w:rsidRDefault="004B6807" w:rsidP="004B6807">
-[...7 lines deleted...]
-    <w:p w14:paraId="1557891D" w14:textId="58704C6E" w:rsidR="00AF2641" w:rsidRPr="006659B5" w:rsidRDefault="004B6807" w:rsidP="004B6807">
+    <w:p w14:paraId="4EE2E640" w14:textId="74A11236" w:rsidR="004B6807" w:rsidRPr="00EA187F" w:rsidRDefault="004B6807" w:rsidP="004B6807">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1557891D" w14:textId="5C78F3BD" w:rsidR="00AF2641" w:rsidRPr="00EA187F" w:rsidRDefault="004B6807" w:rsidP="004B6807">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.4.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Construction on </w:t>
-[...19 lines deleted...]
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+        <w:t>Construction on the Protected Property</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Grantor’s rights to construct or reconstruct/repair buildings and other</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
-[...13 lines deleted...]
-      <w:r w:rsidR="00E30A1B">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>improvements on the Protected Property are described in subparagraphs (</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA45AC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="007B3500">
-[...42 lines deleted...]
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) through </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB50DF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Dropdown2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:ddList>
+              <w:listEntry w:val="(C)"/>
+              <w:listEntry w:val="(D)"/>
+            </w:ddList>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="Dropdown2"/>
+      <w:r w:rsidR="00AB50DF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00AB50DF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AB50DF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00AB50DF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below</w:t>
+      </w:r>
+      <w:r w:rsidR="008E0DF0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. An</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>y construction or reconstruction not permitted below is prohibited.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>All new structures and</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>improvements must</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>located</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>within</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
-[...8 lines deleted...]
-          <w:spacing w:val="1"/>
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="007D684B" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Building Envelope</w:t>
+      </w:r>
+      <w:r w:rsidR="008E0DF0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007D684B" w:rsidRPr="006659B5">
-[...15 lines deleted...]
-          <w:spacing w:val="-2"/>
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>containing</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
-[...14 lines deleted...]
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>approximately</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1001890680"/>
           <w:placeholder>
-            <w:docPart w:val="CF6C3874E42C464AA8CDB63023A0C83D"/>
+            <w:docPart w:val="B02A7EDE4F0A4E258307D55FF6FE7FDC"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="003C7804" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00B023FC" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="Spell out number of acres"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
-          <w:r w:rsidR="003C7804" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00B023FC" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
-          <w:r w:rsidR="003C7804" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00B023FC" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
           </w:r>
-          <w:r w:rsidR="003C7804" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00B023FC" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="003C7804" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00B023FC" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t>Spell out number of acres</w:t>
           </w:r>
-          <w:r w:rsidR="003C7804" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00B023FC" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="003C7804" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00B023FC" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
-[...6 lines deleted...]
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">acres and shown in Exhibit </w:t>
+      </w:r>
+      <w:r w:rsidR="00110C68">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text82"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Enter exhibit letter or number"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="Text82"/>
+      <w:r w:rsidR="00110C68">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00110C68">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00110C68">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00110C68">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Enter exhibit letter or number</w:t>
+      </w:r>
+      <w:r w:rsidR="00110C68">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, which is appended to and made a part of this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="00C207FF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Before</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>undertaking</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>construction</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>or reconstruction</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>requires</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>advance</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>permission,</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Grantor shall notify the Grantee and obtain written permission.</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>All construction or reconstruction, to the extent regulated by applicable law</w:t>
       </w:r>
-      <w:r w:rsidR="008C39CD" w:rsidRPr="006659B5">
+      <w:r w:rsidR="008C39CD" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">subject to </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1840762231"/>
           <w:placeholder>
-            <w:docPart w:val="E8B204ACBC894A1A8AD2200773B58350"/>
+            <w:docPart w:val="BE766D3A233F44C5B7F8D4B4FCCD4AE8"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="003C7804" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00986E03" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="Enter county name"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
-          <w:r w:rsidR="003C7804" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00986E03" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
-          <w:r w:rsidR="003C7804" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00986E03" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
           </w:r>
-          <w:r w:rsidR="003C7804" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00986E03" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="003C7804" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00986E03" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t>Enter county name</w:t>
           </w:r>
-          <w:r w:rsidR="003C7804" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00986E03" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="003C7804" w:rsidRPr="008A569A">
+      <w:r w:rsidR="00986E03" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
-[...6 lines deleted...]
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> County Zoning and Subdivision Ordinances and must be consistent with</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">permits required by and issued by </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="2046256889"/>
           <w:placeholder>
-            <w:docPart w:val="003C70A6BD9442BFB2EB5FDDB035C82B"/>
+            <w:docPart w:val="17146486229744E49218294A22A64E50"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="003C7804" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00986E03" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="Enter county name"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
-          <w:r w:rsidR="003C7804" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00986E03" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
-          <w:r w:rsidR="003C7804" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00986E03" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
           </w:r>
-          <w:r w:rsidR="003C7804" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00986E03" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="003C7804" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00986E03" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t>Enter county name</w:t>
           </w:r>
-          <w:r w:rsidR="003C7804" w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00986E03" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="003C7804" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00986E03" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>County under applicable laws and ordinances for</w:t>
       </w:r>
-      <w:r w:rsidR="00F50849">
+      <w:r w:rsidR="005439F1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-52"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
-[...6 lines deleted...]
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">such construction activities and </w:t>
+      </w:r>
+      <w:r w:rsidR="00C651EC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">compatible </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with the Conservation Purposes.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
-[...14 lines deleted...]
-      <w:r w:rsidR="00F50849">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Any building that may be constructed under this Section may be</w:t>
+      </w:r>
+      <w:r w:rsidR="005439F1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-52"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>repaired</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF2641" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>replaced</w:t>
       </w:r>
-      <w:r w:rsidR="00BB5EDB">
-[...21 lines deleted...]
-    <w:p w14:paraId="5A33DD86" w14:textId="77777777" w:rsidR="00AF2641" w:rsidRDefault="00AF2641" w:rsidP="00AF2641">
+      <w:r w:rsidR="00802667">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with the provisions under this Section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A33DD86" w14:textId="77777777" w:rsidR="00AF2641" w:rsidRPr="00EA187F" w:rsidRDefault="00AF2641" w:rsidP="00AF2641">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="410D7E54" w14:textId="76EE21E3" w:rsidR="003C7804" w:rsidRDefault="00182A65" w:rsidP="003C7804">
+    <w:bookmarkStart w:id="38" w:name="_Hlk67740156"/>
+    <w:p w14:paraId="6828BFEA" w14:textId="72D3D89B" w:rsidR="00953336" w:rsidRDefault="00953336" w:rsidP="003F13F7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="[The following provisions for minor agricultural structures outside the farmstead must consider the impervious surface limit and the size of existing structures. Minor ag structures are recommended to be less than 500 sq. ft. each.]"/>
@@ -13101,12947 +14782,16617 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
-        <w:t>[The following provisions for minor agricultural structures outside the farmstead must consider the impervious surface limit and the size of existing structures. Minor ag structures are recommended to be less than 500 sq. ft. each.]</w:t>
+        <w:t xml:space="preserve">[The following provisions for minor agricultural structures outside the farmstead must </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="001A0769">
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>consider the impervious surface limit and the size of existing structures. Minor ag structures are recommended to be less than 500 sq. ft. each.]</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:highlight w:val="darkGray"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00E7789F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
-              <w:default w:val="[Review the current and proposed impervious surfaces on the property and determine allowable square footage. Consult with the landowner to determine current and future agricltural operation needs.]"/>
+              <w:default w:val="[Review the current and proposed impervious surfaces on the property and determine allowable square footage. Consult with the landowner to determine current and future agricultural operation needs.]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="001A0769">
+      <w:r w:rsidR="00E7789F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="001A0769">
+      <w:r w:rsidR="00E7789F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:highlight w:val="darkGray"/>
-[...2 lines deleted...]
-      <w:r w:rsidR="001A0769">
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E7789F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001A0769">
+      <w:r w:rsidR="00E7789F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
-          <w:highlight w:val="darkGray"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="001A0769">
+        </w:rPr>
+        <w:t>[Review the current and proposed impervious surfaces on the property and determine allowable square footage. Consult with the landowner to determine current and future agricultural operation needs.]</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7789F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-    <w:p w14:paraId="5FBFDAE3" w14:textId="77777777" w:rsidR="003C6114" w:rsidRPr="00EA187F" w:rsidRDefault="003C6114" w:rsidP="003C6114">
+      <w:r w:rsidR="00695CC5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61743E0B" w14:textId="77777777" w:rsidR="00953336" w:rsidRDefault="00953336" w:rsidP="003F13F7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EA187F">
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="31" w:name="_Hlk108431707"/>
+    </w:p>
+    <w:p w14:paraId="12C63C2B" w14:textId="11104D57" w:rsidR="00AF2641" w:rsidRPr="00EA187F" w:rsidRDefault="00AF2641" w:rsidP="003F13F7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="11"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve">Minor agricultural structures, such as feeding and watering facilities and livestock run-in sheds that do not exceed </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="_Hlk108431707"/>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-772557608"/>
           <w:placeholder>
-            <w:docPart w:val="8DFE480A864E485A93F7E94B4B50D18D"/>
+            <w:docPart w:val="1AB48350A4924B4EB305F3585C669E31"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="Spell out square feet"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
           </w:r>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:noProof/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t>Spell out square feet</w:t>
           </w:r>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:bookmarkEnd w:id="31"/>
-      <w:r w:rsidRPr="00EA187F">
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-2061692470"/>
           <w:placeholder>
-            <w:docPart w:val="483F8F9DE5504F14B25927F0EC673878"/>
+            <w:docPart w:val="21828249E8FE4275A1686CFAD2AAC311"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="Enter square feet numerically"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
           </w:r>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:noProof/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t>Enter square feet numerically</w:t>
           </w:r>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00EA187F">
         <w:t xml:space="preserve">) square feet in ground area or </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1125976955"/>
           <w:placeholder>
-            <w:docPart w:val="5D308C830BDB40D89C44C7A93AB0FAD0"/>
+            <w:docPart w:val="C445A71FAC1444A5B5B11F929F157B17"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="Spell out number"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
           </w:r>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:noProof/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t>Spell out number</w:t>
           </w:r>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-174114799"/>
           <w:placeholder>
-            <w:docPart w:val="EB56E170774A41C6B2567BEEB393A190"/>
+            <w:docPart w:val="824B2F74CA474314B24821094FA66975"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="Enter number"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
           </w:r>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:noProof/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t>Enter number</w:t>
           </w:r>
-          <w:r w:rsidRPr="00EA187F">
+          <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00EA187F">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00953336">
         <w:t xml:space="preserve">structures </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
-        <w:t>in number and] and that neither individually nor collectively have an adverse impact on the Conservation Values, may be constructed, located and maintained outside of the Farmstead Building Envelope with prior written approval of Grantee, as necessary to serve the permitted agricultural use of the Protected Property.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">in number that neither individually nor collectively have an adverse impact on the Conservation Values, may be constructed, located and maintained outside of the Farmstead </w:t>
+      </w:r>
+      <w:r w:rsidR="007D684B" w:rsidRPr="00EA187F">
+        <w:t>Building Envelope</w:t>
+      </w:r>
+      <w:r w:rsidR="00263531">
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="007D684B" w:rsidRPr="00EA187F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="59FEF2F8" w14:textId="77777777" w:rsidR="00AF2641" w:rsidRPr="006659B5" w:rsidRDefault="00AF2641" w:rsidP="00747330">
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>with prior written approval of Grantee, as necessary to serve the permitted agricultural use of the Protected Property.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidR="00953336">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59FEF2F8" w14:textId="77777777" w:rsidR="00AF2641" w:rsidRPr="00EA187F" w:rsidRDefault="00AF2641" w:rsidP="00747330">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:ind w:left="450"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24BBFA86" w14:textId="673F9299" w:rsidR="00AF2641" w:rsidRPr="006659B5" w:rsidRDefault="00AF2641" w:rsidP="003F13F7">
+    <w:p w14:paraId="24BBFA86" w14:textId="1294C6B8" w:rsidR="00AF2641" w:rsidRDefault="00AF2641" w:rsidP="003F13F7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="720" w:right="524"/>
       </w:pPr>
-      <w:r w:rsidRPr="006659B5">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>Grantor agrees that the</w:t>
       </w:r>
-      <w:r w:rsidR="003C7804">
+      <w:r w:rsidR="00EA0C31" w:rsidRPr="00EA187F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="482052096"/>
           <w:placeholder>
-            <w:docPart w:val="08A86837D5834CEA9DA7E341D68FA465"/>
+            <w:docPart w:val="42F81B7A141947C5A6DB05ED3340266D"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="003C7804">
+          <w:r w:rsidR="00953336">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="two (2)"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
-          <w:r w:rsidR="003C7804">
+          <w:r w:rsidR="00953336">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
-          <w:r w:rsidR="003C7804">
+          <w:r w:rsidR="00953336">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
           </w:r>
-          <w:r w:rsidR="003C7804">
+          <w:r w:rsidR="00953336">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="003C7804">
+          <w:r w:rsidR="00953336">
             <w:rPr>
               <w:noProof/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t>two (2)</w:t>
           </w:r>
-          <w:r w:rsidR="003C7804">
+          <w:r w:rsidR="00953336">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="003C7804" w:rsidRPr="006659B5">
+      <w:r w:rsidR="00EA0C31" w:rsidRPr="00EA187F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006659B5">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>percent maximum impervious surface limit set</w:t>
       </w:r>
-      <w:r w:rsidRPr="006659B5">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006659B5">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>forth in Section 2.</w:t>
       </w:r>
-      <w:r w:rsidR="00F63166">
+      <w:r w:rsidR="00F63166" w:rsidRPr="00EA187F">
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="006659B5">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006659B5">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>disallows</w:t>
       </w:r>
-      <w:r w:rsidRPr="006659B5">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006659B5">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="006659B5">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006659B5">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>construction</w:t>
       </w:r>
-      <w:r w:rsidRPr="006659B5">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006659B5">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>of any new structures or impervious roads or other improvements to the Protected Property or</w:t>
       </w:r>
-      <w:r w:rsidRPr="006659B5">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006659B5">
+      <w:r w:rsidRPr="00EA187F">
         <w:t>replacement of said structures that would increase the total impervious surface area above the</w:t>
       </w:r>
-      <w:r w:rsidRPr="006659B5">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="003A741D" w:rsidRPr="00EA187F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="1499691344"/>
+          <w:id w:val="1649858777"/>
           <w:placeholder>
-            <w:docPart w:val="7542D1935B70416EAECADF878C62F229"/>
+            <w:docPart w:val="AC6BE96574C34ABD8CEFDB4E8CC10E98"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="003C7804">
+          <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="two (2)"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
-          <w:r w:rsidR="003C7804">
+          <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
-          <w:r w:rsidR="003C7804">
+          <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
           </w:r>
-          <w:r w:rsidR="003C7804">
+          <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="003C7804">
+          <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:noProof/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t>two (2)</w:t>
           </w:r>
-          <w:r w:rsidR="003C7804">
+          <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="003C7804">
+      <w:r w:rsidR="003A741D" w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>percent maximum.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006659B5">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006659B5">
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>All permanent construction and/or placement upon the Protected</w:t>
+      </w:r>
+      <w:r w:rsidR="00F63166" w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>Property of any impervious surface must be approved in writing by the Grantee to ensure the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006659B5">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F63166">
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>maximum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006659B5">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006659B5">
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>impervious limit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>is not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006659B5">
-[...4 lines deleted...]
-          <w:spacing w:val="-5"/>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>exceeded.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64950280" w14:textId="77777777" w:rsidR="002277D5" w:rsidRDefault="002277D5" w:rsidP="003F13F7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="720" w:right="524"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A924E28" w14:textId="7CAD0031" w:rsidR="00AF2641" w:rsidRDefault="00AF2641" w:rsidP="006B5820">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:ind w:right="524"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B5820">
+        <w:t>Fences – Existing fences may be maintained and replaced, and new fences may be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5820">
+        <w:rPr>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006659B5">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006659B5">
+      <w:r w:rsidRPr="006B5820">
+        <w:t>installed if they are necessary for the agricultural operations on the Protected Property</w:t>
+      </w:r>
+      <w:r w:rsidR="00B87C76">
+        <w:t>, for the permitted activities under this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="007500E9">
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0E6B">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00954635" w:rsidRPr="006B5820">
+        <w:t xml:space="preserve"> or to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5820">
+        <w:t>mark</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5820">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5820">
+        <w:t>the boundaries</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5820">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006659B5">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006659B5">
+      <w:r w:rsidRPr="006B5820">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5820">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5820">
+        <w:t>the Protected Property.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="673D0D0A" w14:textId="77777777" w:rsidR="00B87C76" w:rsidRDefault="00B87C76" w:rsidP="00B87C76">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1200" w:right="524"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DD06195" w14:textId="77777777" w:rsidR="003C40F6" w:rsidRDefault="00AF2641" w:rsidP="003C40F6">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:right="524"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00504738">
+        <w:t>Paving and Road Construction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006659B5">
-[...3 lines deleted...]
-    <w:p w14:paraId="5A86A5C5" w14:textId="77777777" w:rsidR="00AF2641" w:rsidRPr="006659B5" w:rsidRDefault="00AF2641" w:rsidP="00747330">
+      <w:r w:rsidR="00AA530D" w:rsidRPr="006B5820">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:t xml:space="preserve"> Construction and maintenance of unpaved farm roads</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:t>that may be reasonably necessary and incidental to carrying out the improvements and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:t xml:space="preserve">uses permitted on the Protected Property by this ALE </w:t>
+      </w:r>
+      <w:r w:rsidR="007500E9">
+        <w:t xml:space="preserve">Deed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:t>permitted.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:t>Such roads shall be located so as to minimize impact to prime and unique soil</w:t>
+      </w:r>
+      <w:r w:rsidR="00055249">
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:t>on the Protected Property.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:t>No portion of the Protected Property shall be paved or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:t>otherwise covered with concrete, asphalt, or any other impervious paving material,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:t>without the advance written permission of the Grantee.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:t>New roads may be constructed if</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:t xml:space="preserve">they are approved in advance by Grantee, within impervious surface limits, and </w:t>
+      </w:r>
+      <w:r w:rsidR="00055249" w:rsidRPr="00504738">
+        <w:t>are necessar</w:t>
+      </w:r>
+      <w:r w:rsidR="00055249">
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:t>to carry out the agricultural operations or other allowed uses on the Protected Property.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:t>Maintenance of existing roads documented in the Baseline Documentation Report is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:t>allowed; however, existing roads may not be widened or improved unless widening and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:t xml:space="preserve">improving </w:t>
+      </w:r>
+      <w:r w:rsidR="002226B6" w:rsidRPr="00504738">
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:t xml:space="preserve"> within impervious surface limits, approved in advance by Grantee, and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:t>necessary to carry out the agricultural operation or other allowed uses on the Protected</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504738">
+        <w:t>Property</w:t>
+      </w:r>
+      <w:r w:rsidR="002226B6">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FDF143B" w14:textId="2A68D434" w:rsidR="00031A80" w:rsidRDefault="00AF2641" w:rsidP="003C40F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="10"/>
-[...5 lines deleted...]
-        <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
-          <w:numId w:val="20"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:tabs>
-[...24 lines deleted...]
-      <w:r w:rsidR="003A7766" w:rsidRPr="004307B9">
+        <w:spacing w:after="240"/>
+        <w:ind w:right="524"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>Farm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>Structures</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C40F6">
         <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003A7766" w:rsidRPr="004307B9">
-[...24 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00E213CB" w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="00E213CB" w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003A7766" w:rsidRPr="004307B9">
-[...6 lines deleted...]
-      <w:r w:rsidR="003A7766" w:rsidRPr="004307B9">
+      <w:r w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>Improvements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA530D" w:rsidRPr="006B5820">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00954635" w:rsidRPr="008E4EC7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D3D75">
+        <w:t xml:space="preserve">Farm </w:t>
+      </w:r>
+      <w:r w:rsidR="00744E5F">
+        <w:t xml:space="preserve">structures are any new or </w:t>
+      </w:r>
+      <w:r w:rsidR="00E058F8">
+        <w:t xml:space="preserve">existing nonresidential </w:t>
+      </w:r>
+      <w:r w:rsidR="00535B20">
+        <w:t xml:space="preserve">building or structure that is used for a bona fide farm purpose.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">New </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t>buildings,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t>barns, sheds</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t>and other</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t>structures</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t>and improvements to be used primarily for permitted agricultural purposes, including the processing or</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t>sale of farm products predominantly grown or raised on the Protected Property</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01C5C">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t xml:space="preserve"> may be</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t>built within the “Farmstead Building Envelope</w:t>
+      </w:r>
+      <w:r w:rsidR="000A5C77">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text89"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="s"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="Text89"/>
+      <w:r w:rsidR="000A5C77">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="000A5C77">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="000A5C77">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="000A5C77">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t>”, after written approval</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t>Grantee</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t>obtained.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t>Grantee</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t>shall give</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003A7766" w:rsidRPr="004307B9">
-[...10 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t>such</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003A7766" w:rsidRPr="004307B9">
-[...49 lines deleted...]
-      <w:r w:rsidRPr="005353E0">
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t>approval within</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t xml:space="preserve">reasonable time, unless it determines that the proposed building, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:lastRenderedPageBreak/>
+        <w:t>structure, or improvement would</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
         <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005353E0" w:rsidRPr="005353E0">
-[...6 lines deleted...]
-      <w:r w:rsidR="005353E0" w:rsidRPr="005353E0">
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t>exceed the total maximum impervious surface limit provided in Section 2.8, significantly diminish or impair the Conservation</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
         <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005353E0" w:rsidRPr="005353E0">
-[...6 lines deleted...]
-      <w:r w:rsidR="005353E0" w:rsidRPr="005353E0">
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:t>Values or otherwise be inconsistent with the Conservation Purposes</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="00452AEF">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
         <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="22"/>
-[...919 lines deleted...]
-      <w:r w:rsidR="008D28DA" w:rsidRPr="008D28DA">
+        </w:rPr>
+        <w:t>Current or planned farm structures larger than 2,000 square feet must be contained within a Farmstead Building Envelope that does not permit residential use.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4054C0B9" w14:textId="287ACA8C" w:rsidR="00D22639" w:rsidRDefault="00390496" w:rsidP="00031A80">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1200" w:right="524"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00390496">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:spacing w:val="1"/>
-[...2 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text88"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Optional: when there are buildings on the Effective Date, the following must be included:"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="Text88"/>
+      <w:r w:rsidRPr="00390496">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00390496">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00390496">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00390496">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Optional: when there are buildings on the Effective Date, the following must be included:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00390496">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...175 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00806444">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text87"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Existing farm structures, including buildings, barns, sheds, and greenhouses, as depicted in Exhibit"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="Text87"/>
+      <w:r w:rsidR="00806444">
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00806444">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00806444">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Existing farm structures, including buildings, barns, sheds, and greenhouses, as depicted in Exhibit</w:t>
+      </w:r>
+      <w:r w:rsidR="00806444">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidR="00B212C3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B2ED2" w:rsidRPr="008E4EC7">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text30"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter exhibit letter or number"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="008D28DA" w:rsidRPr="008D28DA">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="003B2ED2" w:rsidRPr="008E4EC7">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="008D28DA" w:rsidRPr="008D28DA">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="003B2ED2" w:rsidRPr="008E4EC7">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008D28DA" w:rsidRPr="008D28DA">
+      <w:r w:rsidR="003B2ED2" w:rsidRPr="008E4EC7">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter exhibit letter or number</w:t>
       </w:r>
-      <w:r w:rsidR="008D28DA" w:rsidRPr="008D28DA">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="003B2ED2" w:rsidRPr="008E4EC7">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="008D28DA" w:rsidRPr="008D28DA">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="003B2ED2" w:rsidRPr="008E4EC7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008D28DA" w:rsidRPr="008D28DA">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0089192C">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
-              <w:default w:val="may be repaired or reconstructed in accordance withall other provisions of this ALE&quot;]."/>
+              <w:default w:val="may be repaired or reconstructed in accordance with all other provisions of this ALE Deed."/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="008D28DA" w:rsidRPr="008D28DA">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0089192C">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="008D28DA" w:rsidRPr="008D28DA">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0089192C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008D28DA" w:rsidRPr="008D28DA">
+      <w:r w:rsidR="0089192C">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...8 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>may be repaired or reconstructed in accordance with all other provisions of this ALE Deed.</w:t>
+      </w:r>
+      <w:r w:rsidR="0089192C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66268E0F" w14:textId="77777777" w:rsidR="00F44D14" w:rsidRDefault="00F44D14" w:rsidP="00F44D14">
-[...14 lines deleted...]
-    <w:p w14:paraId="357E4D77" w14:textId="3EFF51FB" w:rsidR="00B928A9" w:rsidRPr="00EA187F" w:rsidRDefault="00B928A9" w:rsidP="00B928A9">
+    <w:p w14:paraId="64B1967D" w14:textId="79F4D049" w:rsidR="003C40F6" w:rsidRDefault="00D22639" w:rsidP="003C40F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
-          <w:numId w:val="20"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
         </w:numPr>
+        <w:spacing w:after="240"/>
         <w:ind w:right="524"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EA187F">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="00EA187F">
+      <w:r w:rsidRPr="00D22639">
+        <w:t>Recreational and Accessory Structures – New or existing buildings, barns, sheds, other structures, enclosures, and improvements, both permanent and temporary, to be used primarily for Customary Rural Enterprises, including “Ecotourism”, “Agritourism”, “Special Events” or other passive activities, must be built or placed within the “Recreational Building Envelope”</w:t>
+      </w:r>
+      <w:r w:rsidR="00435F8A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00435F8A" w:rsidRPr="008E4EC7">
+        <w:t>after written approval</w:t>
+      </w:r>
+      <w:r w:rsidR="00435F8A" w:rsidRPr="00202C3B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00435F8A" w:rsidRPr="008E4EC7">
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidR="00435F8A" w:rsidRPr="00202C3B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00435F8A" w:rsidRPr="008E4EC7">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00435F8A" w:rsidRPr="00202C3B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00435F8A" w:rsidRPr="008E4EC7">
+        <w:t>Grantee</w:t>
+      </w:r>
+      <w:r w:rsidR="00435F8A" w:rsidRPr="00202C3B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00435F8A" w:rsidRPr="008E4EC7">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00435F8A" w:rsidRPr="00202C3B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00435F8A" w:rsidRPr="008E4EC7">
+        <w:t>obtained</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22639">
+        <w:t>. Permanent structures, enclosures, and improvements may be built</w:t>
+      </w:r>
+      <w:r w:rsidR="00916756" w:rsidRPr="00D22639">
+        <w:t>, provided that such approval is given</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22639">
+        <w:t xml:space="preserve"> within a reasonable time, unless it determines that the proposed structures, enclosures, and improvements would exceed the total maximum impervious surface limit provided in Section 2.8, significantly diminish or impair the Conservation Values or otherwise be inconsistent with the Conservation Purposes. Existing structures as depicted in Exhibit </w:t>
+      </w:r>
+      <w:r w:rsidR="00435F8A">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text30"/>
+            <w:name w:val="Text83"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter exhibit letter or number"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00EA187F">
+      <w:bookmarkStart w:id="43" w:name="Text83"/>
+      <w:r w:rsidR="00435F8A">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00435F8A">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00435F8A">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Enter exhibit letter or number</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00435F8A">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00EA187F">
-[...1 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidR="00435F8A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22639">
+        <w:t>may be repaired or reconstructed in accordance with all other provisions of this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="00235783">
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D22639">
+        <w:t>. No accessory structure shall be used as a residential dwelling. Long-term camping of four nights or more and permanent camping accommodations, including but not limited to recreation vehicles, tent facilities, or enclosures of any sort, must be placed within the “Recreational Building Envelope”</w:t>
+      </w:r>
+      <w:r w:rsidR="00235783">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00643501">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00643501" w:rsidRPr="00643501">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text107"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Recreational and Accessory Structures are optional. This section must be used if there are &quot;Recreational Building Envelopes.&quot;"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="44" w:name="Text107"/>
+      <w:r w:rsidR="00643501" w:rsidRPr="00643501">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00643501" w:rsidRPr="00643501">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00643501" w:rsidRPr="00643501">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00643501" w:rsidRPr="00643501">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Recreational and Accessory Structures are optional. This section must be used if there are "Recreational Building Envelopes."</w:t>
+      </w:r>
+      <w:r w:rsidR="00643501" w:rsidRPr="00643501">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="44"/>
+    </w:p>
+    <w:p w14:paraId="39A1C90C" w14:textId="4B57D957" w:rsidR="001343B5" w:rsidRDefault="001343B5" w:rsidP="00281D10">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="720" w:right="524"/>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Recreational </w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="5C90EE17" w14:textId="77777777" w:rsidR="00AF2641" w:rsidRPr="00BE3D5C" w:rsidRDefault="00AF2641" w:rsidP="00747330">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No residential dwellings may be built or located anywhere on the Protected Property. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001343B5">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A residence is defined as a single structure that contains one to four units that are used or occupied or are intended, arranged, or designed to be used or occupied as the home or residence of one or more individuals or to house short or long-term renters or </w:t>
+      </w:r>
+      <w:r w:rsidR="007D0706">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001343B5">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">owner’s non-paying guests. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FFC7BFA" w14:textId="576D35CC" w:rsidR="001B34A6" w:rsidRPr="006E34D6" w:rsidRDefault="00AF2641" w:rsidP="006E34D6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="2"/>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00050167">
+        <w:spacing w:after="240"/>
+        <w:ind w:left="720" w:right="524"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve">No </w:t>
+      </w:r>
+      <w:r w:rsidR="00832E7F" w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve">recreational and </w:t>
+      </w:r>
+      <w:r w:rsidR="004815B6" w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve">accessory </w:t>
+      </w:r>
+      <w:r w:rsidR="00832E7F" w:rsidRPr="00EA187F">
+        <w:t>structures</w:t>
+      </w:r>
+      <w:r w:rsidR="004815B6" w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>may be built or located anywhere on the Protected</w:t>
+      </w:r>
+      <w:r w:rsidR="004815B6" w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-52"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00050167">
-[...21 lines deleted...]
-    <w:p w14:paraId="6A91B2A7" w14:textId="6361EB92" w:rsidR="00252EDF" w:rsidRPr="00EA187F" w:rsidRDefault="00F659CD" w:rsidP="00252EDF">
+      <w:r w:rsidR="004815B6" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-52"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve">Property except as expressly permitted in this </w:t>
+      </w:r>
+      <w:r w:rsidR="008C39CD" w:rsidRPr="00EA187F">
+        <w:t>Section 3.4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF32" w14:textId="1340912C" w:rsidR="005F3866" w:rsidRPr="00EA187F" w:rsidRDefault="00F659CD" w:rsidP="00EF0357">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.5.</w:t>
       </w:r>
-      <w:r w:rsidR="00EA34B5" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00EA34B5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CF5B5E">
+      <w:r w:rsidR="00CF5B5E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Recreational Improvements</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...13 lines deleted...]
-      <w:r w:rsidR="003A47F6">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Grantor expressly reserves the right </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71B3C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> engage in low impact non-developed recreational activities such as hunting, fishing, hiking, bird watching, etc.</w:t>
+      </w:r>
+      <w:r w:rsidR="001F6C3D" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and to restrict, permit, or limit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> access of all persons</w:t>
+      </w:r>
+      <w:r w:rsidR="00882816" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the Protected Property</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the purpose of hunting and fishing, hiking, bird watching, etc.</w:t>
+      </w:r>
+      <w:r w:rsidR="00200790" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>provided that these activities do not impact the protection and conservation of any animal habitat or other Conservation Values of the Protected Property</w:t>
+      </w:r>
+      <w:r w:rsidR="00E704A5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0007461F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003A47F6" w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00F63687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Commercial, non-developed recreational activities are permitted, including </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="39CC9018" w14:textId="77777777" w:rsidR="00B016E5" w:rsidRPr="00BE3D5C" w:rsidRDefault="00B016E5" w:rsidP="00B016E5">
+      <w:r w:rsidR="00561ACE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F63687" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">granting of leases to enter and use the Protected Property for hunting or fishing, </w:t>
+      </w:r>
+      <w:r w:rsidR="0032656D" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>provided</w:t>
+      </w:r>
+      <w:r w:rsidR="00F63687" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the activities</w:t>
+      </w:r>
+      <w:r w:rsidR="0032656D" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are compatible with the Conservation Purposes and agriculture and forestry uses of the Protected Property, minimize negative impacts on </w:t>
+      </w:r>
+      <w:r w:rsidR="0032656D" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>future agricultural operations and expansion of agricultural uses, and are subordinate to the agricultural use of the Protected Property.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13184" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Grantor shall require lessees to abide by the terms of this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="00355503">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13184" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0357" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No part of this section shall be interpreted to permit intensive recreational activities that concentrate people in a relatively confined area for significant periods of time</w:t>
+      </w:r>
+      <w:r w:rsidR="00F755AF" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that are incompatible with the Conservation Purposes and agriculture and forestry uses of the Protected Property.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39CC9018" w14:textId="77777777" w:rsidR="00B016E5" w:rsidRPr="00EA187F" w:rsidRDefault="00B016E5" w:rsidP="00B016E5">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="585C240A" w14:textId="6529CADC" w:rsidR="00F23219" w:rsidRPr="00EA187F" w:rsidRDefault="00F476E5" w:rsidP="00F23219">
+    <w:p w14:paraId="42D1CF33" w14:textId="2524FCC7" w:rsidR="005D55BE" w:rsidRPr="00EA187F" w:rsidRDefault="00F476E5" w:rsidP="00F755AF">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.6.</w:t>
       </w:r>
-      <w:r w:rsidR="00CF5B5E">
+      <w:r w:rsidR="00CF5B5E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Utility Services, Septic Systems, and Fuel Storage</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...55 lines deleted...]
-    <w:p w14:paraId="42D1CF35" w14:textId="321568FE" w:rsidR="005D55BE" w:rsidRPr="00BE3D5C" w:rsidRDefault="006F2CB0" w:rsidP="00CF5B5E">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  Installation, maintenance, repair,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E23762" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> replacement, removal and relocation of electric, gas, and water facilities, sewer lines and/or other public or private utilities, including telephone or other communication services over or under the Protected Property for the purpose of providing electrical, gas, water, sewer, or other utilities to serve improvements permitted herein,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE513C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that neither individually nor collectively have an adverse impact on the purpose of the ALE Deed is permitted with the prior written approval of the Grantee</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4216" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00B238ED" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4216" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>provided, however, the prior written approval is not required for utilities located entirely within the Building Envelope</w:t>
+      </w:r>
+      <w:r w:rsidR="00E47487">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text84"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="s"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="Text84"/>
+      <w:r w:rsidR="00E47487">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E47487">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E47487">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00E47487">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00E47487">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidR="00AC4216" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  The granting or modification of easements for such utilities is prohibited when the utility will adversely impact the purpose of the ALE Deed as determined by the Grantee</w:t>
+      </w:r>
+      <w:r w:rsidR="00F04004" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and in consultation with </w:t>
+      </w:r>
+      <w:r w:rsidR="00034B78" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NCDA&amp;CS</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4216" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  Installation, maintenance, repair</w:t>
+      </w:r>
+      <w:r w:rsidR="00E374AE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, or improvement of a septic system or other underground sanitary system for the benefit of any of the improvements permitted herein</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4216" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is permitted. Above-ground storage tanks for fuels or any other materials for on-site agricultural use are permitted up to a maximum size of one thousand (1000) gallons.  Any such tanks are required to be located within </w:t>
+      </w:r>
+      <w:r w:rsidR="00253444">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4216" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Farmstead Building Envelope, shall be constructed to minimize any pollution to land or water, and in accordance with applicable local, </w:t>
+      </w:r>
+      <w:r w:rsidR="000D4AEB" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>state,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4216" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and federal laws and regulations.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B238ED" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F755AF" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Any areas disturbed as a result of any utility construction shall be revegetated and restored to its condition immediately prior to such disturbance. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B238ED" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All other utilities </w:t>
+      </w:r>
+      <w:r w:rsidR="00E23762" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>are prohibited on the Protected Property</w:t>
+      </w:r>
+      <w:r w:rsidR="00917F6C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E23762" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including, but not li</w:t>
+      </w:r>
+      <w:r w:rsidR="00B238ED" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mited to, communication towers </w:t>
+      </w:r>
+      <w:r w:rsidR="00E23762" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or struct</w:t>
+      </w:r>
+      <w:r w:rsidR="00A46435" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ures</w:t>
+      </w:r>
+      <w:r w:rsidR="00E23762" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  Notwithstanding the previous sentence, with a</w:t>
+      </w:r>
+      <w:r w:rsidR="00B238ED" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dvance written permission from </w:t>
+      </w:r>
+      <w:r w:rsidR="00E23762" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grantee, Grantor retains the right to construct a wind turbine or similar device for the purpose of generating electricity to be used for the permitted </w:t>
+      </w:r>
+      <w:r w:rsidR="00B238ED" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">improvements and farming </w:t>
+      </w:r>
+      <w:r w:rsidR="00E23762" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>operati</w:t>
+      </w:r>
+      <w:r w:rsidR="00A46435" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00E23762" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ns occurring on the Protected Property.</w:t>
+      </w:r>
+      <w:r w:rsidR="005D55BE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39A5B412" w14:textId="77777777" w:rsidR="00FA35F7" w:rsidRPr="00EA187F" w:rsidRDefault="00FA35F7" w:rsidP="007E1BE5">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CF35" w14:textId="2832687F" w:rsidR="005D55BE" w:rsidRPr="00EA187F" w:rsidRDefault="006F2CB0" w:rsidP="00CF5B5E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>On-farm energy production/r</w:t>
       </w:r>
-      <w:r w:rsidR="005D55BE" w:rsidRPr="00BE3D5C">
-[...13 lines deleted...]
-      <w:r w:rsidR="00EB4F45" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005D55BE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">enewable energy production is allowed for the purpose of generating energy for the agricultural </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">needs of the Protected Property.  Renewable energy sources must be built and maintained within impervious surface limits, with minimal impact on the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2465C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onservation </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2465C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>alues of the Protected Property and consistent with the purposes of the ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4F45" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00F23219">
-[...14 lines deleted...]
-    <w:p w14:paraId="42D1CF36" w14:textId="77777777" w:rsidR="00E23762" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E23762" w:rsidP="00F659CD">
+      <w:r w:rsidR="004C2FAE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00917F6C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Commercial-scale</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2FAE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> renewable energy projects are not permitted on the Protected Property. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF36" w14:textId="77777777" w:rsidR="00E23762" w:rsidRPr="00EA187F" w:rsidRDefault="00E23762" w:rsidP="00F659CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A9C6C13" w14:textId="7924A627" w:rsidR="00DE7C1C" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E23762" w:rsidP="00CF5B5E">
+    <w:p w14:paraId="1A9C6C13" w14:textId="32AC1104" w:rsidR="00DE7C1C" w:rsidRPr="00EA187F" w:rsidRDefault="00E23762" w:rsidP="00CF5B5E">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.7.</w:t>
       </w:r>
-      <w:r w:rsidR="00D30BE7" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00D30BE7" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CF5B5E">
+      <w:r w:rsidR="00CF5B5E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Forest Management</w:t>
       </w:r>
-      <w:r w:rsidR="0048085A" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="0048085A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Timber Harvest</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:r w:rsidR="00DE7C1C" w:rsidRPr="00BE3D5C">
-[...38 lines deleted...]
-      <w:r w:rsidR="00D772A9" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00DE7C1C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Forest management and timber harvesting is allowed, provided it is carried out to the extent practicable, in accordance with current, generally accepted best management practices for the sites, soils, and terrain of the Protected Property.  In addition, if the Protected Property contains </w:t>
+      </w:r>
+      <w:r w:rsidR="00D772A9" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00DE7C1C" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00DE7C1C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">0 contiguous acres of </w:t>
       </w:r>
-      <w:r w:rsidR="00A25003" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00C5213F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>forest,</w:t>
       </w:r>
-      <w:r w:rsidR="00DE7C1C" w:rsidRPr="00BE3D5C">
-[...7 lines deleted...]
-    <w:p w14:paraId="2201EE5A" w14:textId="77777777" w:rsidR="00395143" w:rsidRPr="00BE3D5C" w:rsidRDefault="00DE7C1C" w:rsidP="00395143">
+      <w:r w:rsidR="00DE7C1C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> then forest management and timber harvesting must be performed in accordance with a written forest management plan.  The forest management plan must be prepared by a professional resource manager, in consultation with the Grantee.  A forest management plan will not be required for the following allowed noncommercial activities: cutting of trees for the construction of allowed roads, utilities, buildings and structures on the Protected Property, cutting of trees for trail clearing, cutting of trees for domestic use as firewood or for other domestic uses by Grantor, removal of trees posing an imminent hazard to the health or safety of person or livestock, or removal of invasive species.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2201EE5A" w14:textId="77777777" w:rsidR="00395143" w:rsidRPr="00EA187F" w:rsidRDefault="00DE7C1C" w:rsidP="00395143">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CDE6A57" w14:textId="18C5FCFA" w:rsidR="00B95C86" w:rsidRPr="00791618" w:rsidRDefault="003D722D" w:rsidP="00280DAF">
+    <w:p w14:paraId="5CDE6A57" w14:textId="1B5B8F60" w:rsidR="00B95C86" w:rsidRPr="00EA187F" w:rsidRDefault="003D722D" w:rsidP="00280DAF">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:strike/>
-[...11 lines deleted...]
-      <w:r w:rsidR="00E23762" w:rsidRPr="00BE3D5C">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pursuant to a forest management plan</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2FAE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidR="00E23762" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rees may be removed, </w:t>
       </w:r>
-      <w:r w:rsidR="00F23219" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="0032534E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>cut,</w:t>
       </w:r>
-      <w:r w:rsidR="00E23762" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E23762" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and otherwise managed to control insects, for pasture restoration, for firewood and other non-commercial uses, including construction of permitted improvements</w:t>
       </w:r>
-      <w:r w:rsidR="005D55BE" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005D55BE" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, cutting of trees for trail clearing, removal of trees posing an imminent hazard to the health or safety of persons or livestock, removal of invasive species,</w:t>
       </w:r>
-      <w:r w:rsidR="00E23762" w:rsidRPr="00BE3D5C">
-[...6 lines deleted...]
-      <w:r w:rsidR="00EC404A">
+      <w:r w:rsidR="00E23762" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and fences on the Protected Property. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4216" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trees may be planted, </w:t>
+      </w:r>
+      <w:r w:rsidR="009334B2" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>harvested,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4216" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and removed within the Building Envelope</w:t>
+      </w:r>
+      <w:r w:rsidR="00944B51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text85"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="s"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="46" w:name="Text85"/>
+      <w:r w:rsidR="00944B51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00944B51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00944B51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00944B51">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00944B51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidR="00AC4216" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00EE515E">
+    </w:p>
+    <w:p w14:paraId="6A7E22B9" w14:textId="77777777" w:rsidR="00B95C86" w:rsidRPr="00EA187F" w:rsidRDefault="00B95C86" w:rsidP="00B95C86">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6ED4A9CD" w14:textId="157768D3" w:rsidR="001A15C4" w:rsidRPr="00EA187F" w:rsidRDefault="00E23762" w:rsidP="00280DAF">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Any other cutting, removal or harvesting of trees may </w:t>
+      </w:r>
+      <w:r w:rsidR="00B238ED" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e undertaken within the areas</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95C86" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EE515E" w:rsidRPr="00EE515E">
-[...45 lines deleted...]
-      <w:r w:rsidR="00B95C86" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00D30BE7" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>identified and marked as “Forest”</w:t>
+      </w:r>
+      <w:r w:rsidR="0077315C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on Exhibit</w:t>
+      </w:r>
+      <w:r w:rsidR="008624F0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D30BE7" w:rsidRPr="00BE3D5C">
-[...20 lines deleted...]
-      <w:r w:rsidR="00E16635" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E16635" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter exhibit letter or number"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="Text41"/>
-      <w:r w:rsidR="00E16635" w:rsidRPr="00BE3D5C">
+      <w:bookmarkStart w:id="47" w:name="Text41"/>
+      <w:r w:rsidR="00E16635" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E16635" w:rsidRPr="00BE3D5C">
-[...5 lines deleted...]
-      <w:r w:rsidR="00E16635" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E16635" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E16635" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E16635" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E16635" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter exhibit letter or number</w:t>
       </w:r>
-      <w:r w:rsidR="00E16635" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E16635" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
-      <w:r w:rsidR="00196A82" w:rsidRPr="00BE3D5C">
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidR="00196A82" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> where</w:t>
       </w:r>
-      <w:r w:rsidR="001A15C4" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="001A15C4" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00196A82" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00196A82" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="001A15C4" w:rsidRPr="00BE3D5C">
-[...6 lines deleted...]
-      <w:r w:rsidR="007934F5" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="001A15C4" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>he purpose is for commercial harvesting of trees</w:t>
+      </w:r>
+      <w:r w:rsidR="005D3B64">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, if in accordance with the ALE Plan referenced in Section 4.5 herein,</w:t>
+      </w:r>
+      <w:r w:rsidR="001A15C4" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that is consistent with the above-referenced </w:t>
+      </w:r>
+      <w:r w:rsidR="007934F5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ALE </w:t>
       </w:r>
-      <w:r w:rsidR="001A15C4" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="001A15C4" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plan and prepared by a professional forester approved by Grantee, such approval </w:t>
       </w:r>
-      <w:r w:rsidR="00685D2E" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00685D2E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">not </w:t>
       </w:r>
-      <w:r w:rsidR="001A15C4" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="001A15C4" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to be unreasonably withheld. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D09AACE" w14:textId="77777777" w:rsidR="005353B6" w:rsidRPr="00BE3D5C" w:rsidRDefault="005353B6" w:rsidP="007E1BE5">
+    <w:p w14:paraId="7D09AACE" w14:textId="77777777" w:rsidR="005353B6" w:rsidRPr="00EA187F" w:rsidRDefault="005353B6" w:rsidP="007E1BE5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF3C" w14:textId="41FACAB5" w:rsidR="00D30BE7" w:rsidRPr="00BE3D5C" w:rsidRDefault="005E57BC" w:rsidP="007E1BE5">
+    <w:p w14:paraId="42D1CF3C" w14:textId="41FACAB5" w:rsidR="00D30BE7" w:rsidRPr="00EA187F" w:rsidRDefault="005E57BC" w:rsidP="007E1BE5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00280DAF">
+      <w:r w:rsidR="00280DAF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005F2DD6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005F2DD6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Forever wild</w:t>
       </w:r>
-      <w:r w:rsidR="0029721E" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="0029721E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="00822D0D" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00822D0D" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or other similarly written</w:t>
       </w:r>
-      <w:r w:rsidR="00A17124" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00A17124" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> forest management plans</w:t>
       </w:r>
-      <w:r w:rsidR="0019385F" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="0019385F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are prohibited.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CF40" w14:textId="77777777" w:rsidR="00144551" w:rsidRPr="00BE3D5C" w:rsidRDefault="00144551" w:rsidP="00144551">
+    <w:p w14:paraId="42D1CF40" w14:textId="77777777" w:rsidR="00144551" w:rsidRPr="00EA187F" w:rsidRDefault="00144551" w:rsidP="00144551">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:ind w:left="810"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF41" w14:textId="3141CEE4" w:rsidR="0075391A" w:rsidRPr="00BE3D5C" w:rsidRDefault="00144551" w:rsidP="00280DAF">
+    <w:p w14:paraId="42D1CF41" w14:textId="38D08470" w:rsidR="0075391A" w:rsidRPr="00EA187F" w:rsidRDefault="00144551" w:rsidP="00280DAF">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.8. </w:t>
       </w:r>
-      <w:r w:rsidR="00280DAF">
+      <w:r w:rsidR="00280DAF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Water Rights</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...15 lines deleted...]
-      <w:r w:rsidR="006A7318" w:rsidRPr="006A7318">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  Grantor shall retain and reserve the right to use any appurtenant water rights sufficient to maintain the agricultural productivity</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2FAE" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...60 lines deleted...]
-    <w:p w14:paraId="42D1CF42" w14:textId="77777777" w:rsidR="0075391A" w:rsidRPr="00BE3D5C" w:rsidRDefault="0075391A" w:rsidP="00100DA7">
+      <w:r w:rsidR="001C25EB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="004C2FAE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">customary rural enterprises </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of the Protected Property.  Grantor shall not transfer, encumber, lease, sell or otherwise separate such water rights from title to the Protected Property itself.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF42" w14:textId="77777777" w:rsidR="0075391A" w:rsidRPr="00EA187F" w:rsidRDefault="0075391A" w:rsidP="00100DA7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF43" w14:textId="32BEABC8" w:rsidR="00D06845" w:rsidRPr="001B4479" w:rsidRDefault="00D06845" w:rsidP="00280DAF">
+    <w:p w14:paraId="42D1CF43" w14:textId="32E7B0C3" w:rsidR="00D06845" w:rsidRPr="00EA187F" w:rsidRDefault="00D06845" w:rsidP="00280DAF">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B4479">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidR="00BD3B68" w:rsidRPr="001B4479">
+      <w:r w:rsidR="00BD3B68" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidRPr="001B4479">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00280DAF" w:rsidRPr="001B4479">
+      <w:r w:rsidR="00280DAF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="001B4479">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Land Application</w:t>
       </w:r>
-      <w:r w:rsidRPr="001B4479">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  The land application, </w:t>
       </w:r>
-      <w:r w:rsidR="00F23219" w:rsidRPr="001B4479">
+      <w:r w:rsidR="007629D8" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>storage,</w:t>
       </w:r>
-      <w:r w:rsidRPr="001B4479">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and placement on the Protected Property of domestic septic effluent and municipal, </w:t>
       </w:r>
-      <w:r w:rsidR="00867147" w:rsidRPr="001B4479">
+      <w:r w:rsidR="006D274E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>commercial,</w:t>
       </w:r>
-      <w:r w:rsidRPr="001B4479">
-[...36 lines deleted...]
-      <w:r w:rsidR="002D027C" w:rsidRPr="001B4479">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or industrial sewage sludge or liquid generated from such sources for agricultural purposes may be undertaken only if in accordance with all applicable federal, state and local laws and regulations and in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidR="002D027C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ALE</w:t>
       </w:r>
-      <w:r w:rsidR="002B58DC" w:rsidRPr="001B4479">
+      <w:r w:rsidR="002B58DC" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> P</w:t>
       </w:r>
-      <w:r w:rsidRPr="001B4479">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>lan.  Spray irrigation of domestic septic effluent to serve the Protected Property’s dwelling(s) is prohibited.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CF44" w14:textId="77777777" w:rsidR="00E925D9" w:rsidRPr="001B4479" w:rsidRDefault="00E925D9" w:rsidP="00100DA7">
+    <w:p w14:paraId="42D1CF44" w14:textId="77777777" w:rsidR="00E925D9" w:rsidRPr="00EA187F" w:rsidRDefault="00E925D9" w:rsidP="00100DA7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF45" w14:textId="4E07A47E" w:rsidR="00D06845" w:rsidRPr="001B4479" w:rsidRDefault="00D06845" w:rsidP="00355D7A">
+    <w:p w14:paraId="42D1CF45" w14:textId="6718BA2C" w:rsidR="00D06845" w:rsidRPr="00EA187F" w:rsidRDefault="00D06845" w:rsidP="00C1083E">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B4479">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.1</w:t>
       </w:r>
-      <w:r w:rsidR="002B0BE8" w:rsidRPr="001B4479">
+      <w:r w:rsidR="002B0BE8" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="001B4479">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00280DAF" w:rsidRPr="001B4479">
+      <w:r w:rsidR="00280DAF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="001B4479">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Natural Resource Restoration and Enhancement Activities</w:t>
       </w:r>
-      <w:r w:rsidRPr="001B4479">
-[...22 lines deleted...]
-      <w:r w:rsidR="00232DC0" w:rsidRPr="001B4479">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  Grantor may engage or contract other</w:t>
+      </w:r>
+      <w:r w:rsidR="00232DC0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="001B4479">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to engage in any activity designed to repair, restore, or otherwise enhance the natural resources found or once present on the Protected Property, that are consistent with the Conservation Values of th</w:t>
       </w:r>
-      <w:r w:rsidR="00232DC0" w:rsidRPr="001B4479">
+      <w:r w:rsidR="00232DC0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
-      <w:r w:rsidR="005D6B0E" w:rsidRPr="001B4479">
+      <w:r w:rsidR="005D6B0E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
-      <w:r w:rsidR="00232DC0" w:rsidRPr="001B4479">
+      <w:r w:rsidR="00232DC0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="001B0379" w:rsidRPr="001B4479">
+      <w:r w:rsidR="001B0379" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00232DC0" w:rsidRPr="001B4479">
+      <w:r w:rsidR="00232DC0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
-      <w:r w:rsidR="00B114D4" w:rsidRPr="001B4479">
+      <w:r w:rsidR="00B114D4" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ALE</w:t>
       </w:r>
-      <w:r w:rsidR="00B95C86" w:rsidRPr="001B4479">
+      <w:r w:rsidR="00B95C86" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Plan</w:t>
       </w:r>
-      <w:r w:rsidRPr="001B4479">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and subject to the written approval of Grantee.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="32C3815F" w14:textId="1146E471" w:rsidR="00891320" w:rsidRDefault="00891320" w:rsidP="00733DA7">
+      <w:r w:rsidR="00DC1B4F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32C3815F" w14:textId="1146E471" w:rsidR="00891320" w:rsidRPr="00EA187F" w:rsidRDefault="00891320" w:rsidP="00733DA7">
       <w:pPr>
         <w:ind w:left="360" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF47" w14:textId="17DF80E8" w:rsidR="00095530" w:rsidRPr="00BE3D5C" w:rsidRDefault="00095530" w:rsidP="00355D7A">
+    <w:p w14:paraId="42D1CF47" w14:textId="07B79DA7" w:rsidR="00095530" w:rsidRPr="00EA187F" w:rsidRDefault="00095530" w:rsidP="00C1083E">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00893EEE">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.1</w:t>
       </w:r>
-      <w:r w:rsidR="005B3605">
+      <w:r w:rsidR="005B3605" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00893EEE">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00F251E8" w:rsidRPr="00893EEE">
+      <w:r w:rsidR="00F251E8" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00280DAF" w:rsidRPr="00893EEE">
+      <w:r w:rsidR="00280DAF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00893EEE">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Pond Creation</w:t>
       </w:r>
-      <w:r w:rsidR="00CB3D67" w:rsidRPr="00893EEE">
+      <w:r w:rsidR="00CB3D67" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00893EEE">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and Wetland Restoration</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00867147">
+        <w:t xml:space="preserve"> and Wetland Restoration.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  The Grantor is permitted to construct ponds and restor</w:t>
+      </w:r>
+      <w:r w:rsidR="00200790" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e wetlands in accordance</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95C86" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B114D4" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with the ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="002B58DC" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD058A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Natural Resources Conservation Service (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NRCS</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD058A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> standards</w:t>
+      </w:r>
+      <w:r w:rsidR="00F251E8" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and specifications. Ponds must support agricultural operations such as irrigation, livestock water supplies, or fire control. </w:t>
+      </w:r>
+      <w:r w:rsidR="004772DB" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ponds that are constructed and used for agricultural purposes are exempt from riparian buffer rules, except as required by federal law, are an imminent threat to public health or safety, or as a component of an animal waste management system. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Wetlands must be either used to treat agricultural waste or support critical habitat needs for wildlife species.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C93D37">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00424DEF" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There shall be no requirement </w:t>
+      </w:r>
+      <w:r w:rsidR="00981904" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of this ALE Deed for riparian buffers or wetland restoration, except for voluntary management practices by the Grantor or as required by federal, state, and local laws and </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF01C9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>regulations</w:t>
+      </w:r>
+      <w:r w:rsidR="00981904" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00893EEE">
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="42D1CF4A" w14:textId="77777777" w:rsidR="008334AE" w:rsidRPr="00EA187F" w:rsidRDefault="008334AE" w:rsidP="00100DA7">
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CF4B" w14:textId="77777777" w:rsidR="0010116E" w:rsidRPr="00EA187F" w:rsidRDefault="0010116E" w:rsidP="00015C03">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ARTICLE IV. </w:t>
+      </w:r>
+      <w:r w:rsidR="00200790" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A35F07" w:rsidRPr="00A35F07">
-[...38 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ARTICLE IV. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00200790" w:rsidRPr="00BE3D5C">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="0016724D" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>NGOING RESPONSIBILITY OF GRANTOR AND GRANTEE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CF4E" w14:textId="77777777" w:rsidR="003D722D" w:rsidRPr="00BE3D5C" w:rsidRDefault="003D722D" w:rsidP="0010116E">
+    <w:p w14:paraId="42D1CF4E" w14:textId="77777777" w:rsidR="003D722D" w:rsidRPr="00EA187F" w:rsidRDefault="003D722D" w:rsidP="0010116E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF4F" w14:textId="1E2DCCE5" w:rsidR="003D722D" w:rsidRPr="00BE3D5C" w:rsidRDefault="00DB509C" w:rsidP="0010116E">
+    <w:p w14:paraId="42D1CF4F" w14:textId="1E2DCCE5" w:rsidR="003D722D" w:rsidRPr="00EA187F" w:rsidRDefault="00DB509C" w:rsidP="0010116E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00046630" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00046630" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">his </w:t>
       </w:r>
-      <w:r w:rsidR="00E0184D" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E0184D" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
-      <w:r w:rsidR="00046630" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00046630" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="001D2594" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="001D2594" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00046630" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00046630" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not intended </w:t>
       </w:r>
-      <w:r w:rsidR="00C16FFA" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00C16FFA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>to impose any legal or other responsibility on the NCDA&amp;CS, or in any way to affect any existing obligation of the Grantor as owners of the Protected Property.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CF50" w14:textId="77777777" w:rsidR="003D722D" w:rsidRPr="00BE3D5C" w:rsidRDefault="003D722D" w:rsidP="0010116E">
+    <w:p w14:paraId="42D1CF50" w14:textId="77777777" w:rsidR="003D722D" w:rsidRPr="00EA187F" w:rsidRDefault="003D722D" w:rsidP="0010116E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF51" w14:textId="77777777" w:rsidR="0010116E" w:rsidRPr="00BE3D5C" w:rsidRDefault="0010116E" w:rsidP="0010116E">
+    <w:p w14:paraId="42D1CF51" w14:textId="77777777" w:rsidR="0010116E" w:rsidRPr="00EA187F" w:rsidRDefault="0010116E" w:rsidP="0010116E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Among other things, this shall apply to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CF52" w14:textId="77777777" w:rsidR="0010116E" w:rsidRPr="00BE3D5C" w:rsidRDefault="0010116E" w:rsidP="0010116E">
+    <w:p w14:paraId="42D1CF52" w14:textId="77777777" w:rsidR="0010116E" w:rsidRPr="00EA187F" w:rsidRDefault="0010116E" w:rsidP="0010116E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF53" w14:textId="571BB048" w:rsidR="0010116E" w:rsidRPr="00BE3D5C" w:rsidRDefault="0010116E" w:rsidP="00280DAF">
+    <w:p w14:paraId="42D1CF53" w14:textId="332FC6A2" w:rsidR="0010116E" w:rsidRPr="00EA187F" w:rsidRDefault="0010116E" w:rsidP="00280DAF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.1.</w:t>
       </w:r>
-      <w:r w:rsidR="00280DAF">
+      <w:r w:rsidR="00280DAF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00280DAF">
+      <w:r w:rsidR="00280DAF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Taxes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  The Grantor shall continue to be solely responsible for payment of all taxes and </w:t>
       </w:r>
-      <w:r w:rsidR="00A74831" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00A74831" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>assessments levied against the P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rotected Property.  If the Grantee is ever </w:t>
       </w:r>
-      <w:r w:rsidR="00A71B3C" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00A71B3C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>required</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to pay any taxes or assessments on </w:t>
       </w:r>
-      <w:r w:rsidR="00200790" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00200790" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>its</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...37 lines deleted...]
-    <w:p w14:paraId="42D1CF54" w14:textId="77777777" w:rsidR="0010116E" w:rsidRPr="00BE3D5C" w:rsidRDefault="0010116E" w:rsidP="00015C03">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interest in the Protected Property, the Grantor shall</w:t>
+      </w:r>
+      <w:r w:rsidR="001F74D8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, upon demand,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reimburse the Grantee for the same.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF54" w14:textId="77777777" w:rsidR="0010116E" w:rsidRPr="00EA187F" w:rsidRDefault="0010116E" w:rsidP="00015C03">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF57" w14:textId="0264BFBB" w:rsidR="00C16FFA" w:rsidRPr="00BE3D5C" w:rsidRDefault="0010116E" w:rsidP="00280DAF">
+    <w:p w14:paraId="42D1CF57" w14:textId="0264BFBB" w:rsidR="00C16FFA" w:rsidRPr="00EA187F" w:rsidRDefault="0010116E" w:rsidP="00280DAF">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.2.</w:t>
       </w:r>
-      <w:r w:rsidR="005D3CDF" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005D3CDF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00280DAF">
+      <w:r w:rsidR="00280DAF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Upkeep and Maintenance</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.  The Grantor shall continue to be solely responsible for the upkeep and maintenance of the Protected Property, to the extent it may be required by law.</w:t>
       </w:r>
-      <w:r w:rsidR="00464E18" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00464E18" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Grantee </w:t>
       </w:r>
-      <w:r w:rsidR="00D07EA6" w:rsidRPr="00D07EA6">
+      <w:r w:rsidR="00D07EA6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="00C16FFA" w:rsidRPr="00BE3D5C">
-[...23 lines deleted...]
-    <w:p w14:paraId="42D1CF58" w14:textId="77777777" w:rsidR="009160CF" w:rsidRPr="00BE3D5C" w:rsidRDefault="009160CF" w:rsidP="007B2D94">
+      <w:r w:rsidR="00C16FFA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NCDA&amp;CS shall have no obligation for the upkeep or maintenance of the Protected Property.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF58" w14:textId="77777777" w:rsidR="009160CF" w:rsidRPr="00EA187F" w:rsidRDefault="009160CF" w:rsidP="007B2D94">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF59" w14:textId="1775FC70" w:rsidR="002C6532" w:rsidRPr="00BE3D5C" w:rsidRDefault="002C6532" w:rsidP="001867E9">
+    <w:p w14:paraId="42D1CF59" w14:textId="608B26D8" w:rsidR="002C6532" w:rsidRPr="00EA187F" w:rsidRDefault="002C6532" w:rsidP="009A6018">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="009A6018">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A6018">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00280DAF">
+      <w:r w:rsidR="009A6018">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="001867E9">
+      <w:r w:rsidR="009A6018">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Transfer of Protected Property</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:r w:rsidR="00A71B3C" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00A71B3C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Grantor agrees to incorporate by reference the terms </w:t>
       </w:r>
-      <w:r w:rsidR="00464E18" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00464E18" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="00A71B3C" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00A71B3C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">f this </w:t>
       </w:r>
-      <w:r w:rsidR="007B09CA" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="007B09CA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
-      <w:r w:rsidR="00A71B3C" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00A71B3C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="001D2594" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="001D2594" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00A71B3C" w:rsidRPr="00BE3D5C">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00A71B3C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in any deed or other legal instrument by which they transfer or divest themselves of any interest, including leasehold interests, in the Protected Property.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Grantor shall notify the Grantee in writing at least thirty (30</w:t>
       </w:r>
-      <w:r w:rsidR="002A2FCD" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="002A2FCD" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> days before conveying the </w:t>
       </w:r>
-      <w:r w:rsidR="00A74831" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00A74831" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Protected P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>roperty, or</w:t>
       </w:r>
-      <w:r w:rsidR="00200790" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00200790" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> any</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> interest therein.  Failure of Grantor t</w:t>
       </w:r>
-      <w:r w:rsidR="002A2FCD" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="002A2FCD" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> do so shall not impair the validity of this </w:t>
       </w:r>
-      <w:r w:rsidR="007B09CA" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="007B09CA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E </w:t>
       </w:r>
-      <w:r w:rsidR="00C746E0" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00C746E0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Deed </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>or limit its enforceability in any way.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="42D1CF5A" w14:textId="77777777" w:rsidR="002C6532" w:rsidRPr="00BE3D5C" w:rsidRDefault="002C6532" w:rsidP="00015C03">
+      <w:r w:rsidR="00144491">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00026E40">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Grantee shall notify NCDA&amp;CS with timely written notice of any conveyance of the Protected Property. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF5A" w14:textId="77777777" w:rsidR="002C6532" w:rsidRPr="00EA187F" w:rsidRDefault="002C6532" w:rsidP="00015C03">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF5E" w14:textId="330B5B0B" w:rsidR="00C80E41" w:rsidRDefault="002C6532" w:rsidP="00AD6FB2">
+    <w:p w14:paraId="42D1CF5D" w14:textId="116CCEB3" w:rsidR="00C16FFA" w:rsidRPr="00EA187F" w:rsidRDefault="002C6532" w:rsidP="009A6018">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.4.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00280DAF">
+      <w:r w:rsidR="00280DAF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="001867E9">
+      <w:r w:rsidR="009A6018">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00FC4B15" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00FC4B15" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Transfer of </w:t>
       </w:r>
-      <w:r w:rsidR="007B09CA" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="007B09CA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
-      <w:r w:rsidR="00FC4B15" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00FC4B15" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00C746E0" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00C746E0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Dee</w:t>
       </w:r>
-      <w:r w:rsidR="00E90D2C">
+      <w:r w:rsidR="00E90D2C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00EA204E">
+      <w:r w:rsidR="00A20D7F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00E90D2C" w:rsidRPr="00EA204E">
-[...13 lines deleted...]
-      <w:r w:rsidR="00AD6FB2" w:rsidRPr="00AD6FB2">
+      <w:r w:rsidR="00A20D7F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C93D37">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C16FFA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subject to the contingent rights of the State of North Carolina with timely written notice and approval of the NCDA&amp;CS, the Grantee shall have the right to transfer this </w:t>
+      </w:r>
+      <w:r w:rsidR="00062686" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16FFA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E </w:t>
+      </w:r>
+      <w:r w:rsidR="00230BDF" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deed </w:t>
+      </w:r>
+      <w:r w:rsidR="00C16FFA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to any public agency or private nonprofit organization that, at the time of transfer, is a qualified organization under 26 U.S.C. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C06536" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>§</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16FFA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 170(h) of the Internal Revenue Code, as amended and under N</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE16D7" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. C. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C16FFA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE16D7" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C16FFA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE16D7" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tat. § </w:t>
+      </w:r>
+      <w:r w:rsidR="00C16FFA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 121-34 </w:t>
+      </w:r>
+      <w:r w:rsidR="00200790" w:rsidRPr="005626B9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>et seq</w:t>
       </w:r>
-      <w:r w:rsidR="00AD6FB2" w:rsidRPr="00EA187F">
-[...7 lines deleted...]
-    <w:p w14:paraId="613E6079" w14:textId="77777777" w:rsidR="00AD6FB2" w:rsidRPr="00BE3D5C" w:rsidRDefault="00AD6FB2" w:rsidP="00AD6FB2">
+      <w:r w:rsidR="00200790" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidR="00C16FFA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provided the agency or organization expressly agrees to assume the responsibility imposed on the Grantee by this </w:t>
+      </w:r>
+      <w:r w:rsidR="00062686" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16FFA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00230BDF" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16FFA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  As a condition of such transfer, Grantee shall require that the </w:t>
+      </w:r>
+      <w:r w:rsidR="00843A79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16FFA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onservation </w:t>
+      </w:r>
+      <w:r w:rsidR="00843A79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16FFA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>urposes intended to be advanced hereunder shall be con</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4561" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tinued to be carried out.  If the Grantee ever ceases to exist or no longer qualifies under 26 U.S.C. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C06536" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>§</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4561" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 170(h) of the Internal Revenue Code, or applicable state law, a court with jurisdiction shall transfer this </w:t>
+      </w:r>
+      <w:r w:rsidR="006F01B8" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4561" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00230BDF" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4561" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to another qualified organization having similar purposes that agrees to assume the responsibility imposed by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00166A8F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4561" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00230BDF" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4561" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF5E" w14:textId="77777777" w:rsidR="00C80E41" w:rsidRPr="00EA187F" w:rsidRDefault="00C80E41" w:rsidP="00015C03">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="296709D3" w14:textId="6F53752A" w:rsidR="009D7A19" w:rsidRPr="00EA187F" w:rsidRDefault="00C80E41" w:rsidP="009A6018">
+      <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.5</w:t>
       </w:r>
-      <w:r w:rsidR="00015C03" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00015C03" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D95487" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00D95487" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003750D2">
+      <w:r w:rsidR="003750D2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00CA6181" w:rsidRPr="00BE3D5C">
+      <w:bookmarkStart w:id="48" w:name="_Hlk149053659"/>
+      <w:r w:rsidR="00CA6181" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ALE</w:t>
       </w:r>
-      <w:r w:rsidR="009D7A19" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Plan</w:t>
       </w:r>
-      <w:r w:rsidR="00531306" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00531306" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009D7A19" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A67D5E" w:rsidRPr="00EA187F">
-[...23 lines deleted...]
-    <w:p w14:paraId="6BF1FD60" w14:textId="77777777" w:rsidR="006730EE" w:rsidRPr="00BE3D5C" w:rsidRDefault="006730EE" w:rsidP="006730EE">
+      <w:r w:rsidR="00C93D37">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00874AA2" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the Protected Property contains Highly Erodible Cropland and/or at least 20 </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC73A2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">contiguous </w:t>
+      </w:r>
+      <w:r w:rsidR="00874AA2" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>acres of forest land, t</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he Grantors, their heirs, successors, or assigns, shall conduct agricultural operations on the Protected Property in a manner consistent with the Agricultural </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6181" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Land Easement</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6181" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (the “ALE Plan”)</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prepared by Grant</w:t>
+      </w:r>
+      <w:r w:rsidR="007934F5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ee</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in consultation with</w:t>
+      </w:r>
+      <w:r w:rsidR="007934F5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Grantor</w:t>
+      </w:r>
+      <w:r w:rsidR="007907E5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007934F5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="00874AA2" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a professional resource manager</w:t>
+      </w:r>
+      <w:r w:rsidR="007934F5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00874AA2" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>including, but not limited to</w:t>
+      </w:r>
+      <w:r w:rsidR="007934F5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0063699A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NRCS</w:t>
+      </w:r>
+      <w:r w:rsidR="008D34FB" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00954F7B" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00874AA2" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the local</w:t>
+      </w:r>
+      <w:r w:rsidR="00F937C9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Soil and Water Conservation </w:t>
+      </w:r>
+      <w:r w:rsidR="00874AA2" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00F937C9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>istrict</w:t>
+      </w:r>
+      <w:r w:rsidR="00874AA2" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and North Carolina Forest Service</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6181" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This A</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6181" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>LE</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Plan shall be developed using the standards and specifications of the NRCS Field Office Technical Guide and 7 CFR Part 12 that are in effect on the date of execution of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00E56C9A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ALE </w:t>
+      </w:r>
+      <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deed.  However, the Grantor may develop and implement an </w:t>
+      </w:r>
+      <w:r w:rsidR="007934F5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Plan that proposes a higher level of conservation and is consistent with the NRCS Field Office Technical Guide standards and specifications.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC768C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The Grantee agrees to update the ALE Plan, in consultation with the Grantor</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC3356" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC768C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the event the agricultural uses or ownership of the Protected Property change.</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6181" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A copy of the current ALE Plan will be kept on file with the Grantee.</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00001562" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF1FD60" w14:textId="77777777" w:rsidR="006730EE" w:rsidRPr="00EA187F" w:rsidRDefault="006730EE" w:rsidP="006730EE">
       <w:pPr>
         <w:ind w:left="630" w:hanging="630"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A5F51DE" w14:textId="3F08C993" w:rsidR="005152A8" w:rsidRPr="00EA187F" w:rsidRDefault="005152A8" w:rsidP="005152A8">
+    <w:p w14:paraId="44A0A3B4" w14:textId="0853B5E4" w:rsidR="00F937C9" w:rsidRPr="00EA187F" w:rsidRDefault="00CA6181" w:rsidP="0017160D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="90"/>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="630" w:hanging="432"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009A6018">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009A6018">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00F937C9" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The ALE Plan </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00C1141D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA187F">
-[...23 lines deleted...]
-    <w:p w14:paraId="15D49A40" w14:textId="77777777" w:rsidR="005152A8" w:rsidRPr="00EA187F" w:rsidRDefault="005152A8" w:rsidP="005152A8">
+      <w:r w:rsidR="00F937C9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> include any or all of the following components, as applicable.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="629C1B19" w14:textId="523BD7B1" w:rsidR="00F937C9" w:rsidRPr="00EA187F" w:rsidRDefault="00F937C9" w:rsidP="00F937C9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="90"/>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If the Protected Property contains Highly Erodible Cropland, then the ALE Plan shall include a conservation plan that complies with 7 CFR Part 12 pertaining to all highly erodible cropland on the Protected Property.  If the NRCS standards and specifications for highly erodible cropland are revised after the date of this ALE Deed based on an Act of Congress, NRCS will work cooperatively with the Grantor to develop and implement a revised conservation plan. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="182E529C" w14:textId="2E5E2989" w:rsidR="005152A8" w:rsidRPr="00F50849" w:rsidRDefault="005152A8" w:rsidP="00F50849">
+    <w:p w14:paraId="19A91186" w14:textId="0DAA2069" w:rsidR="00F937C9" w:rsidRPr="00EA187F" w:rsidRDefault="00F937C9" w:rsidP="00F937C9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="90"/>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:rPr>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00EA187F">
+        <w:spacing w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If applicable, the ALE Plan will </w:t>
+      </w:r>
+      <w:r w:rsidR="00001562" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">include </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a forest management plan, as described in Section 3.7</w:t>
+      </w:r>
+      <w:r w:rsidR="00001562" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, that describes the management system and practices to conserve, protect, or enhance the viability of the forest land on the Protected Property and as applicable, any significant conservation benefits.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The forest</w:t>
+      </w:r>
+      <w:r w:rsidR="00001562" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> management</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plan</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="_Hlk39578397"/>
+      <w:r w:rsidR="00001562" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
-      <w:r w:rsidRPr="00EA187F">
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidR="00001562" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>will</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> address landowner objectives, potential soil erosion issues relevant to roadways, logging decks and other stream related issues. </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve"> address landowner objectives</w:t>
+      </w:r>
+      <w:r w:rsidR="00001562" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The forest management plan must be prepared by a professional resource manager, in consultation with the Grantee, and reviewed for updates by the Grantor and Grantee every 10 years from the date of the ALE recordation.</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="3133D030" w14:textId="77777777" w:rsidR="00F50849" w:rsidRPr="00ED6F6C" w:rsidRDefault="00F50849" w:rsidP="00F50849">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>potential soil erosion issues relevant to roadways, logging decks and other stream</w:t>
+      </w:r>
+      <w:r w:rsidR="000227AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>related issues</w:t>
+      </w:r>
+      <w:r w:rsidR="002028DE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="50" w:name="_Hlk149136742"/>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The forest management plan must be prepared by a professional resource manager, in consultation with the Grantee</w:t>
+      </w:r>
+      <w:r w:rsidR="00A92C47" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and reviewed for updates by the Grantor and Grantee every 10 years from the date of the ALE recordation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="50"/>
+    </w:p>
+    <w:p w14:paraId="33AA466E" w14:textId="6A19354E" w:rsidR="00C1083E" w:rsidRPr="000227AB" w:rsidRDefault="002028DE" w:rsidP="000227AB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:tabs>
-[...16 lines deleted...]
-        <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="716"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="42D1CF65" w14:textId="3FD31CEC" w:rsidR="00F45B8A" w:rsidRPr="001867E9" w:rsidRDefault="00B532B6" w:rsidP="001867E9">
+          <w:strike/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="008970E9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grantor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must take all reasonable steps to secure compliance with the ALE Plan. In the event of substantial or ongoing noncompliance with the ALE Plan or the requirement to update the ALE Plan, </w:t>
+      </w:r>
+      <w:r w:rsidR="008970E9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the Grantee may notify NCDA&amp;CS.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="008970E9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If determined by the local Soil and Water Conservation District or NRCS there is substantial or ongoing noncompliance with the ALE Plan or the requirement to update the ALE plan, NCDA&amp;CS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>will give the Grantee and Grantor a reasonable amount of time, not to exceed 180 days, to take corrective action</w:t>
+      </w:r>
+      <w:r w:rsidR="00323974" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000227AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF65" w14:textId="324246FE" w:rsidR="00F45B8A" w:rsidRPr="00C1083E" w:rsidRDefault="00B532B6" w:rsidP="00C1083E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="90"/>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="716" w:hanging="716"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001867E9">
+      <w:r w:rsidRPr="00C1083E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.6.</w:t>
       </w:r>
-      <w:r w:rsidRPr="001867E9">
+      <w:r w:rsidRPr="00C1083E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A80528" w:rsidRPr="001867E9">
+      <w:r w:rsidR="00A80528" w:rsidRPr="00C1083E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="000B6F8F" w:rsidRPr="001867E9">
+      <w:r w:rsidR="00A80528" w:rsidRPr="00C1083E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000B6F8F" w:rsidRPr="00C1083E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Inspection and Access</w:t>
       </w:r>
-      <w:r w:rsidR="000B6F8F" w:rsidRPr="001867E9">
-[...14 lines deleted...]
-    <w:p w14:paraId="24A7EDA8" w14:textId="404E1F5A" w:rsidR="00AA28AC" w:rsidRDefault="000B6F8F" w:rsidP="00A352EC">
+      <w:r w:rsidR="000B6F8F" w:rsidRPr="00C1083E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  With reasonable advance notice to the Grantor or with the Grantor’s prior verbal consent, Grantee</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3553" w:rsidRPr="00C1083E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or NCDA&amp;CS</w:t>
+      </w:r>
+      <w:r w:rsidR="000B6F8F" w:rsidRPr="00C1083E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, its employees and agents and its successors and assigns, shall have the right to enter the Protected Property for the purpose of inspecting</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3553" w:rsidRPr="00C1083E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B6F8F" w:rsidRPr="00C1083E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Protected Property to determine whether the Grantor, its successors or assigns are complying with the terms, </w:t>
+      </w:r>
+      <w:r w:rsidR="004F530B" w:rsidRPr="00C1083E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>conditions,</w:t>
+      </w:r>
+      <w:r w:rsidR="000B6F8F" w:rsidRPr="00C1083E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and restrictions of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00613105" w:rsidRPr="00C1083E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="000B6F8F" w:rsidRPr="00C1083E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00345514" w:rsidRPr="00C1083E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="000B6F8F" w:rsidRPr="00C1083E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF69" w14:textId="5F983727" w:rsidR="006C4561" w:rsidRPr="00EA187F" w:rsidRDefault="000B6F8F" w:rsidP="00A352EC">
       <w:pPr>
         <w:ind w:left="716" w:hanging="716"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.7.</w:t>
       </w:r>
-      <w:r w:rsidR="00015C03" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00015C03" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A80528">
+      <w:r w:rsidR="00A80528" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00AA28AC" w:rsidRPr="00EA187F">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Enforcement</w:t>
       </w:r>
-      <w:r w:rsidR="00AA28AC" w:rsidRPr="00EA187F">
-[...30 lines deleted...]
-    <w:p w14:paraId="42D1CF6A" w14:textId="77777777" w:rsidR="006C4561" w:rsidRPr="00BE3D5C" w:rsidRDefault="006C4561" w:rsidP="0010116E">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2252C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4561" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>he Grantee shall have the primary responsibility for management</w:t>
+      </w:r>
+      <w:r w:rsidR="0049447A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, monitoring,</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4561" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and e</w:t>
+      </w:r>
+      <w:r w:rsidR="0049447A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nforcement of the terms of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF13C6" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4561" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00D454CE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4561" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, subject to the rights of the NCDA&amp;CS.</w:t>
+      </w:r>
+      <w:r w:rsidR="0049447A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Grantee shall complete and file the annual monitoring reports </w:t>
+      </w:r>
+      <w:r w:rsidR="00424DEF" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in accordance with the NCDA&amp;CS Conservation Easement Monitoring Policy and Guidelines</w:t>
+      </w:r>
+      <w:r w:rsidR="0049447A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a copy of which is kept on file with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E208AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NCDA&amp;CS</w:t>
+      </w:r>
+      <w:r w:rsidR="0049447A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  The terms of </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE16D7" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">such </w:t>
+      </w:r>
+      <w:r w:rsidR="00424DEF" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">policy </w:t>
+      </w:r>
+      <w:r w:rsidR="0049447A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>are hereby incorporated by reference as if fully set forth herein.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF6A" w14:textId="77777777" w:rsidR="006C4561" w:rsidRPr="00EA187F" w:rsidRDefault="006C4561" w:rsidP="0010116E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6387A28C" w14:textId="77777777" w:rsidR="00F07A9B" w:rsidRPr="00EA187F" w:rsidRDefault="00F07A9B" w:rsidP="00F07A9B">
+    <w:p w14:paraId="42D1CF6B" w14:textId="7E796EF4" w:rsidR="008D384B" w:rsidRPr="00EA187F" w:rsidRDefault="00A8700F" w:rsidP="003666A8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="716"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Grantee shall have the right to prevent violations and remedy violations of the terms of this ALE Deed through judicial action, which shall include, without limitation, the right to bring proceedings in law or in equity against any party or parties attempting to violate the terms of this ALE Deed.  Except when an ongoing or imminent violation could irreversibly diminish or impair the Conservation Values of the Protected Property, the Grantee shall give the Grantor and NCDA&amp;CS written notice of the violation and Grantor shall have thirty (30) days to cure the violation or submit a plan of action to cure violation before commencing any legal proceedings.  If a court with jurisdiction determines that a violation may exist or has occurred, the Grantee may obtain an injunction to stop the violation, temporarily or permanently.  Grantor, Grantee and NCDA&amp;CS agree that a court may issue an injunction or order requiring the Grantor to restore the Protected Property to its condition prior to the violation, as restoration of the Protected Property may be the only appropriate remedy.  The failure of the Grantee to discover a violation or to take immediate legal action shall not bar it from doing so </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="06B8D90D" w14:textId="7C6B79D9" w:rsidR="006B0FDF" w:rsidRPr="00BE3D5C" w:rsidRDefault="006B0FDF" w:rsidP="00733DA7">
+        <w:t>Grantee shall have the right to prevent</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4561" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">violations and remedy violations of the terms of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00613105" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00F031F9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> through judicial action, which shall include, without limitation, the right to bring proceedings in law or in equity against any party or parties attempting to violate the terms of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00613105" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00F031F9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  Except when an ongoing or imminent violation could irreversibly diminish or impair the Conservation</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4561" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Values of the Protected Property, the Grantee shall give the Grantor</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40FED" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="007D7636" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3553" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NCDA&amp;CS</w:t>
+      </w:r>
+      <w:r w:rsidR="007D7636" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">written notice of the violation and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3553" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grantor shall have </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>thirty (30) days to cure the violation</w:t>
+      </w:r>
+      <w:r w:rsidR="008C204E" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or submit</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2ACE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a plan of action to cure violation</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51DDD" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>before commencing any legal proceedings.  If a court with jurisdiction</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4144" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>determines that a violation may exist or has</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4561" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>occurred, the Grantee may obtain an injunction to stop the</w:t>
+      </w:r>
+      <w:r w:rsidR="00B40A4E" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>violation, temporarily or</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4561" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE16D7" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">permanently.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00C16B00" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Grantor, Grantee</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="004D69C5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C16B00" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NCDA&amp;CS</w:t>
+      </w:r>
+      <w:r w:rsidR="002F1DD4" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E56A7" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>agree</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that a court may issue an injunction or order requiring the Grantor to restore the Protected Property to its condition prior to the violation, as restoration of the Protected Property may be the only appropriate remedy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B8D90D" w14:textId="7C6B79D9" w:rsidR="006B0FDF" w:rsidRPr="00EA187F" w:rsidRDefault="006B0FDF" w:rsidP="00733DA7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="469DC600" w14:textId="77777777" w:rsidR="00173CAF" w:rsidRPr="00EA187F" w:rsidRDefault="00173CAF" w:rsidP="00173CAF">
+    <w:p w14:paraId="5E638F79" w14:textId="0A318550" w:rsidR="00476C9C" w:rsidRDefault="006B0FDF" w:rsidP="003666A8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="716" w:right="515"/>
         <w:rPr>
+          <w:spacing w:val="54"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:lastRenderedPageBreak/>
+        <w:t>Grantee may seek an injunction or order requiring</w:t>
+      </w:r>
+      <w:r w:rsidR="00424DEF" w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>the Grantor to restore the Protected Property to its condition on the Effective Date, or to such other condition as may exist consistent with the provisions of this ALE, as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>restoration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>of the Protected</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>Property</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>be the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>only</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>appropriate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>remedy.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="54"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BFCBED3" w14:textId="77777777" w:rsidR="00476C9C" w:rsidRDefault="00476C9C" w:rsidP="003666A8">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="716" w:right="515"/>
+        <w:rPr>
+          <w:spacing w:val="54"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09467CE3" w14:textId="2C83EBE0" w:rsidR="006B0FDF" w:rsidRPr="00EA187F" w:rsidRDefault="006B0FDF" w:rsidP="003666A8">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="716" w:right="515"/>
+        <w:rPr>
           <w:color w:val="7030A0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
-        <w:t xml:space="preserve">Grantee may seek an injunction or order </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">requiring </w:t>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>failure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>the Grantee</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>discover</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>violation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>take</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>immediate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>legal action</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>not bar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>it</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>doing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>so</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA187F">
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> as may exist consistent with the provisions of this ALE, as</w:t>
+      <w:r w:rsidR="00E72E50" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-52"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00233543" w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve"> at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve"> a later time.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
-        <w:t>restoration</w:t>
+        <w:t>In any case where a court finds no such violation has occurred, Grantor,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>Grantee</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
-        <w:t>of the Protected</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-4"/>
+        <w:t>and NCDA&amp;CS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
-        <w:t>Property</w:t>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>bear</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>own</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
-        <w:t>may</w:t>
-[...294 lines deleted...]
-      <w:r w:rsidRPr="00EA187F">
         <w:t>costs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CF6C" w14:textId="77777777" w:rsidR="00A8700F" w:rsidRPr="00BE3D5C" w:rsidRDefault="00A8700F" w:rsidP="0010116E">
+    <w:p w14:paraId="42D1CF6C" w14:textId="77777777" w:rsidR="00A8700F" w:rsidRPr="00EA187F" w:rsidRDefault="00A8700F" w:rsidP="0010116E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF6F" w14:textId="469FCE89" w:rsidR="00BD3B44" w:rsidRPr="00BE3D5C" w:rsidRDefault="000757AC" w:rsidP="00A22729">
+    <w:p w14:paraId="42D1CF6F" w14:textId="7D495B34" w:rsidR="00BD3B44" w:rsidRPr="00EA187F" w:rsidRDefault="000757AC" w:rsidP="00A22729">
       <w:pPr>
         <w:ind w:left="716" w:hanging="716"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.8</w:t>
       </w:r>
-      <w:r w:rsidR="007A7F8B" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="007A7F8B" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00A22729">
+      <w:r w:rsidR="00A22729" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Rights of the </w:t>
       </w:r>
-      <w:r w:rsidR="00AC43E8" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00AC43E8" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>State of North Carolina</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F77ED3">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00CB7AA5" w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00C93D37">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>In</w:t>
-[...33 lines deleted...]
-    <w:p w14:paraId="54D7E4F1" w14:textId="7976C731" w:rsidR="00FE67DB" w:rsidRPr="00BE3D5C" w:rsidRDefault="00FE67DB" w:rsidP="00733DA7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009176DF" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="003C7BD1" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="003C7BD1" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3B44" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the event that the Grantee fails to enforce any of the terms of this </w:t>
+      </w:r>
+      <w:r w:rsidR="001D456F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3B44" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00F031F9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3B44" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, as determined in the discretion of the NCDA&amp;CS, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D702EE" w:rsidRPr="00D702EE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>North Carolina Commissioner of Agriculture</w:t>
+      </w:r>
+      <w:r w:rsidR="00D702EE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3B44" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE16D7" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">his or her </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3B44" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">successors and assigns shall have the right to enforce the terms of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00621D6B" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3B44" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00F031F9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3B44" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> through any and all authorities available under federal or state law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54D7E4F1" w14:textId="7976C731" w:rsidR="00FE67DB" w:rsidRPr="00EA187F" w:rsidRDefault="00FE67DB" w:rsidP="00733DA7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AFDE454" w14:textId="77777777" w:rsidR="00E36E70" w:rsidRPr="00EA187F" w:rsidRDefault="00E36E70" w:rsidP="00E36E70">
+    <w:p w14:paraId="7C77E8A9" w14:textId="79DC5B5E" w:rsidR="00FE67DB" w:rsidRPr="00EA187F" w:rsidRDefault="00FE67DB" w:rsidP="00A22729">
       <w:pPr>
         <w:ind w:left="716"/>
         <w:rPr>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">In the event that Grantee attempts to terminate, transfer, or otherwise divest itself of any rights, title, or interests of this ALE Deed without the prior consent of the Commissioner of Agriculture and payment of consideration to the State of North Carolina, then, at the option of the Commissioner of Agriculture, all right, title, and interest in the ALE Deed shall become vested in the State of North Carolina.  The State of North Carolina shall have the right to recover </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="5CC4943E" w14:textId="77777777" w:rsidR="00FE67DB" w:rsidRPr="00AA28AC" w:rsidRDefault="00FE67DB" w:rsidP="00733DA7">
+        <w:t>In the event that Grantee attempts to terminate, transfer, or otherwise divest itself of any rights, title, or interests of this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="00F031F9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> without the prior consent of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D702EE" w:rsidRPr="00D702EE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>North Carolina Commissioner of Agriculture</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and payment of consideration to the State of North Carolina, then, at the option of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D702EE" w:rsidRPr="00D702EE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>North Carolina Commissioner of Agriculture</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, all right, title, and interest in the AL</w:t>
+      </w:r>
+      <w:r w:rsidR="00D243DB" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00F031F9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall become vested in the State of North Carolina</w:t>
+      </w:r>
+      <w:r w:rsidR="00534CF4" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="004C2D9C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The State of North Carolina shall have the right to recover any and all administrative and legal costs from the Grantee, including attorney’s fees or expenses associated with any enforcement or remedial action as it relates to the enforcement of this</w:t>
+      </w:r>
+      <w:r w:rsidR="0016501F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ALE Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2D9C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CC4943E" w14:textId="77777777" w:rsidR="00FE67DB" w:rsidRPr="00EA187F" w:rsidRDefault="00FE67DB" w:rsidP="00733DA7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73142E93" w14:textId="77777777" w:rsidR="00FF3D8D" w:rsidRPr="00EA187F" w:rsidRDefault="00FF3D8D" w:rsidP="00FF3D8D">
+    <w:p w14:paraId="42D1CF77" w14:textId="0E758F0C" w:rsidR="00977A45" w:rsidRPr="00EA187F" w:rsidRDefault="009A6018" w:rsidP="009A6018">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="716"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00EA187F">
-[...7 lines deleted...]
-    <w:p w14:paraId="42D1CF7D" w14:textId="77777777" w:rsidR="00AF0CD9" w:rsidRPr="00BE3D5C" w:rsidRDefault="00AF0CD9" w:rsidP="00265FD2">
+      <w:r w:rsidR="00BC3FC0" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the event of an emergency, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F762B5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NCDA&amp;CS m</w:t>
+      </w:r>
+      <w:r w:rsidR="002016A7" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00F762B5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>y e</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3FC0" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nter the Protected Property to prevent, terminate, or mitigate a potential or unaddressed violation of these restrictions and will give notice to Grantee and Grantor or Grantor’s representative at the earliest practicable time.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF7D" w14:textId="77777777" w:rsidR="00AF0CD9" w:rsidRPr="00EA187F" w:rsidRDefault="00AF0CD9" w:rsidP="00265FD2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF7E" w14:textId="77777777" w:rsidR="00A6137D" w:rsidRPr="00BE3D5C" w:rsidRDefault="00A6137D" w:rsidP="00265FD2">
+    <w:p w14:paraId="42D1CF7E" w14:textId="77777777" w:rsidR="00A6137D" w:rsidRPr="00EA187F" w:rsidRDefault="00A6137D" w:rsidP="00265FD2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ARTICLE V. REPRESENTATIONS OF THE PARTIES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CF7F" w14:textId="77777777" w:rsidR="00A6137D" w:rsidRPr="00BE3D5C" w:rsidRDefault="00A6137D" w:rsidP="00265FD2">
+    <w:p w14:paraId="42D1CF7F" w14:textId="77777777" w:rsidR="00A6137D" w:rsidRPr="00EA187F" w:rsidRDefault="00A6137D" w:rsidP="00265FD2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF80" w14:textId="3BCF6949" w:rsidR="0054219B" w:rsidRPr="00BE3D5C" w:rsidRDefault="0054219B" w:rsidP="00A22729">
+    <w:p w14:paraId="42D1CF80" w14:textId="5A18C905" w:rsidR="0054219B" w:rsidRPr="00EA187F" w:rsidRDefault="0054219B" w:rsidP="00A22729">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5.1.</w:t>
       </w:r>
-      <w:r w:rsidR="00265FD2" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00265FD2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22729">
+      <w:r w:rsidR="00A22729" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A6137D" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00A6137D" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Grantor’s Title Warranty</w:t>
       </w:r>
-      <w:r w:rsidR="00A6137D" w:rsidRPr="00BE3D5C">
-[...14 lines deleted...]
-    <w:p w14:paraId="42D1CF81" w14:textId="77777777" w:rsidR="00A6137D" w:rsidRPr="00BE3D5C" w:rsidRDefault="00A6137D" w:rsidP="00265FD2">
+      <w:r w:rsidR="00A6137D" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  The Grantor covenants and represents that the Grantor is the sol</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2FCD" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e owner and i</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6137D" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s seized of the Protected Property in fee </w:t>
+      </w:r>
+      <w:r w:rsidR="002A2FCD" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6137D" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">imple and has good right to grant and convey this </w:t>
+      </w:r>
+      <w:r w:rsidR="00D22D38" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6137D" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00F031F9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6137D" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; that the Protected Property is free and clear of any and all encumbrances, including but not limited to, any mortgages not subordinated to this </w:t>
+      </w:r>
+      <w:r w:rsidR="00D22D38" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="00F031F9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6137D" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7D47" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that</w:t>
+      </w:r>
+      <w:r w:rsidR="004127BA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7D47" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Grantor will warrant and defend title to the same against the claims of all persons whomsoever</w:t>
+      </w:r>
+      <w:r w:rsidR="00330E6F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6137D" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and that the Grantee shall have the use of and enjoy all the benefits derived from and arising out of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00D22D38" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="00936214" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00F031F9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6137D" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> subject to existing easements for roads and public and private utilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF81" w14:textId="77777777" w:rsidR="00A6137D" w:rsidRPr="00EA187F" w:rsidRDefault="00A6137D" w:rsidP="00265FD2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF82" w14:textId="44D3EA36" w:rsidR="00582F34" w:rsidRPr="00BE3D5C" w:rsidRDefault="00A6137D" w:rsidP="00A22729">
+    <w:p w14:paraId="42D1CF82" w14:textId="03E4BA3C" w:rsidR="00582F34" w:rsidRPr="00EA187F" w:rsidRDefault="00A6137D" w:rsidP="00A22729">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5.2.</w:t>
       </w:r>
-      <w:r w:rsidR="00265FD2" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00265FD2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A22729">
+      <w:r w:rsidR="00A22729" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Grantor’s Environmental Warranty</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...30 lines deleted...]
-    <w:p w14:paraId="42D1CF83" w14:textId="77777777" w:rsidR="00582F34" w:rsidRPr="00BE3D5C" w:rsidRDefault="00582F34" w:rsidP="00B86ABA">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  Grantor warrants that Grantor is in compliance with</w:t>
+      </w:r>
+      <w:r w:rsidR="001648DC" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="001648DC" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> remain in compliance with, all applicable Environmental Laws.  Grantor warrants that there are no notices by any governmental authority of any violation or alleged violation of</w:t>
+      </w:r>
+      <w:r w:rsidR="002C164C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00582F34" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>noncompliance or a</w:t>
+      </w:r>
+      <w:r w:rsidR="001648DC" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lleged noncompliance with</w:t>
+      </w:r>
+      <w:r w:rsidR="002C164C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001648DC" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00582F34" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or any liability under, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any </w:t>
+      </w:r>
+      <w:r w:rsidR="00582F34" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Environmental Law relating to the operations or conditions of the Protected Property.  Grantor further warrants that </w:t>
+      </w:r>
+      <w:r w:rsidR="00B22097" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>they have</w:t>
+      </w:r>
+      <w:r w:rsidR="00582F34" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no actual knowledge of </w:t>
+      </w:r>
+      <w:r w:rsidR="002C164C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00582F34" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> release or threatened release of Hazardous Materials, as such substances and wa</w:t>
+      </w:r>
+      <w:r w:rsidR="00B22097" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stes are defined by applicable </w:t>
+      </w:r>
+      <w:r w:rsidR="007E5D2B" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00582F34" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ederal and </w:t>
+      </w:r>
+      <w:r w:rsidR="00E42B2E" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00582F34" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate law. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF83" w14:textId="77777777" w:rsidR="00582F34" w:rsidRPr="00EA187F" w:rsidRDefault="00582F34" w:rsidP="00B86ABA">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="096E4365" w14:textId="77777777" w:rsidR="002610D2" w:rsidRPr="00EA187F" w:rsidRDefault="002610D2" w:rsidP="002610D2">
+    <w:p w14:paraId="42D1CF86" w14:textId="6E4D74D7" w:rsidR="00582F34" w:rsidRPr="00EA187F" w:rsidRDefault="00582F34" w:rsidP="009A6018">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Furthermore, Grantor warrants the information disclosed to Grantee regarding any past violations or non-compliance with Environmental Laws and associated remedial actions, or any past releases of Hazardous Materials and any associated remedial actions is complete and accurate.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="42D1CF87" w14:textId="77777777" w:rsidR="00582F34" w:rsidRPr="00BE3D5C" w:rsidRDefault="00582F34" w:rsidP="00265FD2">
+        <w:t>Furthermore, Grantor warrants the information disclosed to Grantee regarding any past violations or non-comp</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2078D" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iance with Environmental Laws and associated remedial actions, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>or any past releases of Hazardous Materials and any assoc</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2078D" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ated remedial actions is complete and accurate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF87" w14:textId="77777777" w:rsidR="00582F34" w:rsidRPr="00EA187F" w:rsidRDefault="00582F34" w:rsidP="00265FD2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52F43E67" w14:textId="77777777" w:rsidR="00E51BC1" w:rsidRPr="00EA187F" w:rsidRDefault="00E51BC1" w:rsidP="00E51BC1">
+    <w:p w14:paraId="42D1CF88" w14:textId="045203E6" w:rsidR="00921570" w:rsidRPr="00EA187F" w:rsidRDefault="00EB0F70" w:rsidP="009A6018">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA187F">
-[...7 lines deleted...]
-    <w:p w14:paraId="42D1CF89" w14:textId="77777777" w:rsidR="00921570" w:rsidRPr="00BE3D5C" w:rsidRDefault="00921570" w:rsidP="00265FD2">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00921570" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he Grantor </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD57C9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall hold</w:t>
+      </w:r>
+      <w:r w:rsidR="00921570" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> harmless and indemnify the NCDA&amp;CS </w:t>
+      </w:r>
+      <w:r w:rsidR="007D2773">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and Grantee </w:t>
+      </w:r>
+      <w:r w:rsidR="00921570" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>against all litigation, claims, demands, penalties and damages, including reasonable attorneys</w:t>
+      </w:r>
+      <w:r w:rsidR="000A3838" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00921570" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fees, arising from or connected with the release or threatened release of any Hazardous Materials on, at, beneath or from the Protected Property, or arising from or connected with a violation of any Environmental </w:t>
+      </w:r>
+      <w:r w:rsidR="00E704A5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00921570" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aws by Grantor or any other prior owner of the Protected Property.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF89" w14:textId="77777777" w:rsidR="00921570" w:rsidRPr="00EA187F" w:rsidRDefault="00921570" w:rsidP="00265FD2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46BA5302" w14:textId="77777777" w:rsidR="006A6540" w:rsidRPr="00EA187F" w:rsidRDefault="006A6540" w:rsidP="006A6540">
+    <w:p w14:paraId="42D1CF8A" w14:textId="1CD469DE" w:rsidR="0016724D" w:rsidRPr="00EA187F" w:rsidRDefault="0016724D" w:rsidP="009A6018">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>“Environmental Law” or “Environmental Laws” means any and all federal, state, local or municipal laws, rules, orders, regulations, statutes, ordinances, codes, guidelines, policies or requirements of any governmental authority regulating or imposing standards of liability or standards of conduct (including common law) concerning air, water, solid waste, hazardous materials, worker and community right-to-know, hazard communication noise, radioactive material, resource protection, subdivision, inland wetlands and watercourses, health protection and similar environmental health, safety, building and land use as may now or at any time hereafter be in effect.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="42D1CF8B" w14:textId="77777777" w:rsidR="0016724D" w:rsidRPr="00BE3D5C" w:rsidRDefault="0016724D" w:rsidP="00265FD2">
+        <w:t>“Environmental Law” or “Environ</w:t>
+      </w:r>
+      <w:r w:rsidR="00B22097" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mental Laws” means any and all f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ederal, state, local or municipal laws, rules, orders, regulations, statutes, ordinances, codes, guidelines, policies or requirements of any governmental authority regulating or imposing standards of liability or standards of conduct (including common law) concerning air, water, solid waste, hazardous materials, worker and community right-to-know, hazard </w:t>
+      </w:r>
+      <w:r w:rsidR="0007037B" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">communication </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="0007037B" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oise, radioactive </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">material, resource protection, subdivision, inland wetlands and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71B3C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>watercourses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, health protection and similar environmental health, safety, building and land use as may now or at any time hereafter be in effect.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF8B" w14:textId="77777777" w:rsidR="0016724D" w:rsidRPr="00EA187F" w:rsidRDefault="0016724D" w:rsidP="00265FD2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30073479" w14:textId="77777777" w:rsidR="00F65236" w:rsidRPr="00EA187F" w:rsidRDefault="00F65236" w:rsidP="00F65236">
+    <w:p w14:paraId="42D1CF8C" w14:textId="107F06CB" w:rsidR="0016724D" w:rsidRPr="00EA187F" w:rsidRDefault="0016724D" w:rsidP="009A6018">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>“Hazardous Materials” means any petroleum, petroleum products, fuel oil, waste oils, explosives, reactive materials, ignitable materials, corrosive materials, hazardous chemicals, hazardous wastes, hazardous substances, extremely hazardous substances, toxic substances, toxic chemicals, radioactive materials, infectious materials and any other element, compound, mixture, solution, or substance which may pose a present or potential hazard to human health or the environment.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="42D1CF8D" w14:textId="77777777" w:rsidR="005427E6" w:rsidRPr="00BE3D5C" w:rsidRDefault="005427E6" w:rsidP="00265FD2">
+        <w:t>“Hazardous Materials” means any petroleum, petroleum products, fuel oil, waste oils, explosives, rea</w:t>
+      </w:r>
+      <w:r w:rsidR="005427E6" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tive materials,</w:t>
+      </w:r>
+      <w:r w:rsidR="005427E6" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ignitable materials, corrosive materials, hazardous</w:t>
+      </w:r>
+      <w:r w:rsidR="00265FD2" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005427E6" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chemicals, hazardous wastes, hazardous substances, extremely hazardous substances, toxic substances, toxic chemicals, radioactive materials, infectious materials and any other element, compound, mixture, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F873D9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>solution,</w:t>
+      </w:r>
+      <w:r w:rsidR="005427E6" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or substance which may pose a present or potential hazard to human health or the environment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF8D" w14:textId="77777777" w:rsidR="005427E6" w:rsidRPr="00EA187F" w:rsidRDefault="005427E6" w:rsidP="00265FD2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF8E" w14:textId="4D1D49A6" w:rsidR="009E54C0" w:rsidRPr="002E45EA" w:rsidRDefault="005427E6" w:rsidP="00F82933">
+    <w:p w14:paraId="42D1CF8E" w14:textId="5C3E929A" w:rsidR="009E54C0" w:rsidRPr="00EA187F" w:rsidRDefault="005427E6" w:rsidP="009A6018">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5.3.</w:t>
       </w:r>
-      <w:r w:rsidR="00265FD2" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00265FD2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E06ECC">
+      <w:r w:rsidR="00E06ECC" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00FC26F8" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00FC26F8" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">General Disclaimer, Grantor Warranty, </w:t>
       </w:r>
-      <w:r w:rsidR="00AA28AC" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00203A6A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Liability,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Indemnification</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:r w:rsidR="000636CA" w:rsidRPr="00EA187F">
-[...7 lines deleted...]
-    <w:p w14:paraId="42D1CF8F" w14:textId="77777777" w:rsidR="009E54C0" w:rsidRPr="002E45EA" w:rsidRDefault="009E54C0" w:rsidP="002841BD">
+      <w:r w:rsidR="00FC26F8" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="002E45EA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NCDA</w:t>
+      </w:r>
+      <w:r w:rsidR="000871FE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>&amp;CS</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC26F8" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, its employees, agents, and assigns disclaim and will not be held responsible for Grantee’s or G</w:t>
+      </w:r>
+      <w:r w:rsidR="009E54C0" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC26F8" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>antor’s negligent acts or omissions or Grantee’s or Grantor’s breach of any representation, warranty, covenant, or agreements contained in this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="00117539" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC26F8" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or violations of any </w:t>
+      </w:r>
+      <w:r w:rsidR="00876549" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC26F8" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ederal, </w:t>
+      </w:r>
+      <w:r w:rsidR="00876549" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00941995" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tate</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC26F8" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or local laws, including all</w:t>
+      </w:r>
+      <w:r w:rsidR="009E54C0" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Enviro</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC26F8" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nmental Laws</w:t>
+      </w:r>
+      <w:r w:rsidR="004F0D19" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3464C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">defined </w:t>
+      </w:r>
+      <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in Section 5.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC26F8" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including, without limitation, those that give rise to liabilities, claims, demands, losses, expenses, damag</w:t>
+      </w:r>
+      <w:r w:rsidR="009E54C0" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>es, fines, fees, penalties, s</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC26F8" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>uits, proceedings, actions, costs of actions, or sanctions asserted by or on behalf of any person or governmental authority, and other liabilities (whether legal or equitable in nature and including, without limitation, court costs, and reasonable attorneys</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2667A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC26F8" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fees and attorneys</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2667A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC26F8" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fees on appeal)</w:t>
+      </w:r>
+      <w:r w:rsidR="009E54C0" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to which the </w:t>
+      </w:r>
+      <w:r w:rsidR="000871FE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NCDA&amp;CS</w:t>
+      </w:r>
+      <w:r w:rsidR="009E54C0" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may be subject or incur relat</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4290" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ing to the Protected Property.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF8F" w14:textId="77777777" w:rsidR="009E54C0" w:rsidRPr="00EA187F" w:rsidRDefault="009E54C0" w:rsidP="002841BD">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43B8CEF4" w14:textId="77777777" w:rsidR="00CD7B18" w:rsidRPr="00EA187F" w:rsidRDefault="00CD7B18" w:rsidP="00CD7B18">
+    <w:p w14:paraId="42D1CF90" w14:textId="47BAC81E" w:rsidR="005427E6" w:rsidRPr="00EA187F" w:rsidRDefault="005427E6" w:rsidP="009A6018">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Grantor agrees to indemnify and hold harmless NCDA&amp;CS, it’s employees, the Grantee and the State of North Carolina harmless from any and all costs, claims or liability, including but not limited to reasonable attorney’s fees arising from any personal injury, accidents, negligence or damage relating to the Protected Property, or any claim thereof, unless due to the negligence of Grantee or its agents, in which case liability shall be apportioned accordingly.  Grantor is responsible for obtaining liability insurance covering the Protected Property with limits deemed necessary by Grantor, in their sole discretion.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="42D1CF91" w14:textId="77777777" w:rsidR="00110FFE" w:rsidRPr="00BE3D5C" w:rsidRDefault="00110FFE" w:rsidP="007E1BE5">
+        <w:t>Grantor agrees to indemnify and hold</w:t>
+      </w:r>
+      <w:r w:rsidR="00914CCC" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B21261" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>harmless</w:t>
+      </w:r>
+      <w:r w:rsidR="00941569" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NCDA&amp;CS</w:t>
+      </w:r>
+      <w:r w:rsidR="00B21261" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, it’s employees,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Grantee</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00E92842" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C02C67" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92842" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tate</w:t>
+      </w:r>
+      <w:r w:rsidR="00941995" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of North Carolina</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">harmless from any and all costs, claims or liability, including but not limited to reasonable </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83A25" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>attorney’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fees arising from any personal injury, accidents, negligence or damage relating to the Protected Property, or any claim thereof, unless due to the negligence of Grantee or its agents, in which case liability shall be apportioned accordingly.  Grantor is responsible for obtaining liability insurance covering the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4290" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Protected </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Property with limits deemed necessary by Grantor, in </w:t>
+      </w:r>
+      <w:r w:rsidR="00941995" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sole discretion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF91" w14:textId="77777777" w:rsidR="00110FFE" w:rsidRPr="00EA187F" w:rsidRDefault="00110FFE" w:rsidP="007E1BE5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3326159C" w14:textId="77777777" w:rsidR="006B2896" w:rsidRPr="00EA187F" w:rsidRDefault="006B2896" w:rsidP="006B2896">
+    <w:p w14:paraId="42D1CF92" w14:textId="7A0ADC9C" w:rsidR="00671683" w:rsidRPr="00EA187F" w:rsidRDefault="00850043" w:rsidP="009A6018">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA187F">
-[...5 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he Grantor </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall hold</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> harmless and indemnify </w:t>
+      </w:r>
+      <w:r w:rsidR="00941569" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NCDA&amp;CS</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0EFE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Grantee</w:t>
+      </w:r>
+      <w:r w:rsidR="00110FFE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, its employees, agents, and assigns </w:t>
+      </w:r>
+      <w:r w:rsidR="00921570" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for any and all liabilities, claims, </w:t>
+      </w:r>
+      <w:r w:rsidR="0069245B" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">demands, losses, expenses, damages, fines, fees, penalties, suits, proceedings, actions, and costs of actions, sanctions asserted by or on behalf of any person or governmental authority, and other liabilities (whether legal or equitable in nature and including, without limitation, court costs, and reasonable </w:t>
+      </w:r>
+      <w:r w:rsidR="0069245B" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>attorneys</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2667A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="0069245B" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fees </w:t>
+      </w:r>
+      <w:r w:rsidR="00941995" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and attorneys</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2667A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00941995" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fees </w:t>
+      </w:r>
+      <w:r w:rsidR="0069245B" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on appeal) to which</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4094D" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00941569" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NCDA&amp;CS</w:t>
+      </w:r>
+      <w:r w:rsidR="0069245B" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may be subject or incur relating to the Protected Property, </w:t>
+      </w:r>
+      <w:r w:rsidR="00110FFE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>which may arise from, but are not limited to, Grantor’s negligent acts</w:t>
+      </w:r>
+      <w:r w:rsidR="00972BF5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00110FFE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> omissions or breach of any representation, warranty, covenant </w:t>
+      </w:r>
+      <w:r w:rsidR="00941995" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="00110FFE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">agreement contained in this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A06BAA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6BBA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06BAA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed </w:t>
+      </w:r>
+      <w:r w:rsidR="00941995" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or violations of any </w:t>
+      </w:r>
+      <w:r w:rsidR="00542959" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00110FFE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ederal, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6A90" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00110FFE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tate</w:t>
+      </w:r>
+      <w:r w:rsidR="00845850" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or local laws, including all </w:t>
+      </w:r>
+      <w:r w:rsidR="00C06536" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00110FFE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nvironmental </w:t>
+      </w:r>
+      <w:r w:rsidR="00C06536" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00110FFE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aws</w:t>
+      </w:r>
+      <w:r w:rsidR="00D514B8" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (defined </w:t>
+      </w:r>
+      <w:r w:rsidR="0026756E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>above</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA187F">
-[...7 lines deleted...]
-    <w:p w14:paraId="42D1CF95" w14:textId="77777777" w:rsidR="00BA2961" w:rsidRPr="00BE3D5C" w:rsidRDefault="00BA2961" w:rsidP="0010116E">
+      <w:r w:rsidR="00D514B8" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00110FFE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF95" w14:textId="77777777" w:rsidR="00BA2961" w:rsidRPr="00EA187F" w:rsidRDefault="00BA2961" w:rsidP="0010116E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF96" w14:textId="77777777" w:rsidR="00110FFE" w:rsidRPr="00BE3D5C" w:rsidRDefault="00110FFE" w:rsidP="00D60D11">
+    <w:p w14:paraId="42D1CF96" w14:textId="77777777" w:rsidR="00110FFE" w:rsidRPr="00EA187F" w:rsidRDefault="00110FFE" w:rsidP="00D60D11">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ARTICLE VI</w:t>
       </w:r>
-      <w:r w:rsidR="00F13606" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00F13606" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> MISCELLANEOUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CF97" w14:textId="77777777" w:rsidR="00A6137D" w:rsidRPr="00BE3D5C" w:rsidRDefault="00A6137D" w:rsidP="0010116E">
+    <w:p w14:paraId="42D1CF97" w14:textId="77777777" w:rsidR="00A6137D" w:rsidRPr="00EA187F" w:rsidRDefault="00A6137D" w:rsidP="0010116E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF98" w14:textId="4E543E1F" w:rsidR="00A6137D" w:rsidRPr="00BE3D5C" w:rsidRDefault="00110FFE" w:rsidP="00E06ECC">
+    <w:p w14:paraId="42D1CF98" w14:textId="22871688" w:rsidR="00A6137D" w:rsidRPr="00EA187F" w:rsidRDefault="00110FFE" w:rsidP="00E06ECC">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6.1.</w:t>
       </w:r>
-      <w:r w:rsidR="00F254F6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00F254F6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E06ECC">
+      <w:r w:rsidR="00E06ECC" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Recording</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...13 lines deleted...]
-      <w:r w:rsidR="000C4442" w:rsidRPr="00EA187F">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  Grantee shall record this instrument in a timely fashion in the official reco</w:t>
+      </w:r>
+      <w:r w:rsidR="009662F1" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rd </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="00F770D2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text43"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter county name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="Text43"/>
-      <w:r w:rsidR="000C4442" w:rsidRPr="00EA187F">
+      <w:bookmarkStart w:id="51" w:name="Text43"/>
+      <w:r w:rsidR="00F770D2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="000C4442" w:rsidRPr="00EA187F">
-[...5 lines deleted...]
-      <w:r w:rsidR="000C4442" w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00F770D2" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00F770D2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="000C4442" w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00F770D2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter county name</w:t>
       </w:r>
-      <w:r w:rsidR="000C4442" w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00F770D2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="42D1CF99" w14:textId="77777777" w:rsidR="006372BC" w:rsidRPr="00BE3D5C" w:rsidRDefault="006372BC" w:rsidP="00D60D11">
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidR="00F770D2" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>County, North Carolina, and may re-record it at any time as may be required to preserve the rights of the Grantee</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2032B" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00C02C67" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the State</w:t>
+      </w:r>
+      <w:r w:rsidR="00941995" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of North Carolina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under this </w:t>
+      </w:r>
+      <w:r w:rsidR="00D22D38" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF66A3" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF99" w14:textId="77777777" w:rsidR="006372BC" w:rsidRPr="00EA187F" w:rsidRDefault="006372BC" w:rsidP="00D60D11">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF9A" w14:textId="7B4D5EFA" w:rsidR="006352CB" w:rsidRPr="00BE3D5C" w:rsidRDefault="006352CB" w:rsidP="00E06ECC">
+    <w:p w14:paraId="42D1CF9A" w14:textId="08C72484" w:rsidR="006352CB" w:rsidRPr="00EA187F" w:rsidRDefault="006352CB" w:rsidP="00E06ECC">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6.2.</w:t>
       </w:r>
-      <w:r w:rsidR="00D60D11" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00D60D11" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E06ECC">
+      <w:r w:rsidR="00E06ECC" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Survival of Terms/Merger of Fee and Easement</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...14 lines deleted...]
-    <w:p w14:paraId="397F2EAA" w14:textId="77777777" w:rsidR="00ED1111" w:rsidRPr="00BE3D5C" w:rsidRDefault="00ED1111" w:rsidP="00ED1111">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  The Grantor and Grantee agree that the terms of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00D22D38" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF66A3" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall survive any merger of this fee and easement interest in the Protected Property.  In the event the Grantee becomes owner of the Protected Property, or any portion thereof, Grantee shall transfer any right</w:t>
+      </w:r>
+      <w:r w:rsidR="00941995" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2DFC" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>title,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and interest in this </w:t>
+      </w:r>
+      <w:r w:rsidR="00D22D38" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF66A3" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to a</w:t>
+      </w:r>
+      <w:r w:rsidR="009662F1" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00941995" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>third party in accordance with S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ection 4.4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="397F2EAA" w14:textId="77777777" w:rsidR="00ED1111" w:rsidRPr="00EA187F" w:rsidRDefault="00ED1111" w:rsidP="00ED1111">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:right="555"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70BE9376" w14:textId="3D53A77C" w:rsidR="00B02586" w:rsidRDefault="003B1E54" w:rsidP="00E06ECC">
+    <w:p w14:paraId="537F8306" w14:textId="741B5B44" w:rsidR="00C16C0A" w:rsidRDefault="003B1E54" w:rsidP="00E06ECC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="720" w:right="555" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008547F3">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6.3 </w:t>
       </w:r>
-      <w:r w:rsidR="00E06ECC">
+      <w:r w:rsidR="00E06ECC" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="008547F3">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Amendment of Easement</w:t>
       </w:r>
-      <w:r w:rsidRPr="008547F3">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="008547F3">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00641DB8" w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00C93D37">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Grantee and Grantor may amend this ALE to enhance the Conservation Value or add real property subject to the restrictions set forth in this ALE to the restricted property by an amended deed of easement, provided that no amendment shall</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B02586">
+        <w:t xml:space="preserve">Grantee and Grantor may amend this ALE </w:t>
+      </w:r>
+      <w:r w:rsidR="00803064">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Deed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to enhance the Conservation Value or add real property subject to the restrictions set forth in this ALE </w:t>
+      </w:r>
+      <w:r w:rsidR="00803064">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D94FDE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Protected P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>roperty by an amended deed of easement, provided that no amendment shall</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16C0A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20FB35BE" w14:textId="77777777" w:rsidR="00B02586" w:rsidRDefault="00B02586" w:rsidP="00E06ECC">
+    <w:p w14:paraId="69A34983" w14:textId="77777777" w:rsidR="00C16C0A" w:rsidRDefault="00C16C0A" w:rsidP="00E06ECC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="720" w:right="555" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="059B836F" w14:textId="352E2278" w:rsidR="00B02586" w:rsidRPr="00C16C0A" w:rsidRDefault="00B02586" w:rsidP="00B02586">
+    <w:p w14:paraId="3AF871DA" w14:textId="61EF8D0C" w:rsidR="00C16C0A" w:rsidRPr="00C16C0A" w:rsidRDefault="00024998" w:rsidP="00C52055">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:right="555"/>
+        <w:ind w:left="1080" w:right="555" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C16C0A">
+      <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ffect this ALE’s perpetual </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C16C0A">
+        <w:t>ffect this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94FDE">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>duration</w:t>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s perpetual duration</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C16C0A">
+      <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A0DFE1C" w14:textId="77777777" w:rsidR="00B02586" w:rsidRDefault="00B02586" w:rsidP="00B02586">
+    <w:p w14:paraId="04750BAC" w14:textId="66425E17" w:rsidR="00C16C0A" w:rsidRDefault="00024998" w:rsidP="00C52055">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:right="555"/>
+        <w:ind w:left="1080" w:right="555" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C16C0A">
+      <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ermit development, improvements, or uses prohibited by this ALE on its Effective </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C16C0A">
+        <w:t xml:space="preserve">ermit development, improvements, or uses prohibited by this ALE </w:t>
+      </w:r>
+      <w:r w:rsidR="00D94FDE">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Date</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Deed </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>on its Effective Date</w:t>
+      </w:r>
+      <w:r w:rsidR="00577CC0">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="45DA4845" w14:textId="77777777" w:rsidR="00B02586" w:rsidRDefault="00B02586" w:rsidP="00B02586">
+    </w:p>
+    <w:p w14:paraId="4EC12909" w14:textId="15421630" w:rsidR="00C16C0A" w:rsidRDefault="00577CC0" w:rsidP="00C52055">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:right="555"/>
+        <w:ind w:left="1080" w:right="555" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C16C0A">
+      <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">onflict with or be contrary to or inconsistent with the Conservation </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C16C0A">
+        <w:t>onflict with or be contrary to or inconsistent with the Conservation Purposes</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Purposes</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="62135F93" w14:textId="77777777" w:rsidR="00B02586" w:rsidRDefault="00B02586" w:rsidP="00B02586">
+    </w:p>
+    <w:p w14:paraId="131B7773" w14:textId="6DF6665C" w:rsidR="00C16C0A" w:rsidRDefault="00577CC0" w:rsidP="00C52055">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:right="555"/>
+        <w:ind w:left="1080" w:right="555" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C16C0A">
+      <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">educe the protection of the Conservation </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C16C0A">
+        <w:t>educe the protection of the Conservation Values</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Values</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C466272" w14:textId="77777777" w:rsidR="00B02586" w:rsidRDefault="00B02586" w:rsidP="00B02586">
+    <w:p w14:paraId="78CA3B0A" w14:textId="60F3A39A" w:rsidR="00C16C0A" w:rsidRDefault="00577CC0" w:rsidP="00C52055">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:right="555"/>
+        <w:ind w:left="1080" w:right="555" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C16C0A">
+      <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ffect the qualification of this ALE as a “qualified conservation contribution” or “interest in land</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C16C0A">
+        <w:t xml:space="preserve">ffect the qualification of this ALE </w:t>
+      </w:r>
+      <w:r w:rsidR="00D94FDE">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>”</w:t>
+        <w:t xml:space="preserve">Deed </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as a “qualified conservation contribution” or “interest in land”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="533B734C" w14:textId="77777777" w:rsidR="00B02586" w:rsidRDefault="00B02586" w:rsidP="00B02586">
+    </w:p>
+    <w:p w14:paraId="3CD3B9D2" w14:textId="785670A4" w:rsidR="00C16C0A" w:rsidRDefault="00577CC0" w:rsidP="00C52055">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:right="555"/>
+        <w:ind w:left="1080" w:right="555" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C16C0A">
+      <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ffect the status of Grantee as a “qualified organization” or “eligible donee”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C16C0A">
+      <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AC31A2E" w14:textId="77777777" w:rsidR="00B02586" w:rsidRDefault="00B02586" w:rsidP="00B02586">
+    <w:p w14:paraId="1CBFB1F1" w14:textId="34A081BB" w:rsidR="00024998" w:rsidRDefault="00577CC0" w:rsidP="00C52055">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:right="555"/>
+        <w:ind w:left="1080" w:right="555" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C16C0A">
+      <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">reate an impermissible private benefit or private </w:t>
-[...34 lines deleted...]
-    <w:p w14:paraId="65EADC9C" w14:textId="067DC9F8" w:rsidR="003B1E54" w:rsidRPr="008547F3" w:rsidRDefault="00B02586" w:rsidP="003F517F">
+        <w:t xml:space="preserve">reate an impermissible private benefit or private inurement in violation of federal tax law. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D3831AC" w14:textId="77777777" w:rsidR="00024998" w:rsidRDefault="00024998" w:rsidP="00024998">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="720" w:right="555"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="65EADC9C" w14:textId="05C22420" w:rsidR="003B1E54" w:rsidRPr="00024998" w:rsidRDefault="003B1E54" w:rsidP="00024998">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="776"/>
+        </w:tabs>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="720" w:right="555"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00641DB8" w:rsidRPr="00EA187F">
+      </w:pPr>
+      <w:r w:rsidRPr="00024998">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">No amendment shall be effective unless documented in a notarized writing executed by Grantee and Grantor and recorded in the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00641DB8" w:rsidRPr="00EA187F">
+        <w:t>No amendment shall be effective unless documented in a notarized writing executed by Grantee</w:t>
+      </w:r>
+      <w:r w:rsidR="00695BD6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00024998">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Grantor</w:t>
+      </w:r>
+      <w:r w:rsidR="00695BD6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and NCDA&amp;CS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00024998">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and recorded in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00203A6A" w:rsidRPr="00024998">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text43"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter county name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00641DB8" w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00203A6A" w:rsidRPr="00024998">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00641DB8" w:rsidRPr="00EA187F">
-[...5 lines deleted...]
-      <w:r w:rsidR="00641DB8" w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00203A6A" w:rsidRPr="00024998">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00203A6A" w:rsidRPr="00024998">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00641DB8" w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00203A6A" w:rsidRPr="00024998">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter county name</w:t>
       </w:r>
-      <w:r w:rsidR="00641DB8" w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00203A6A" w:rsidRPr="00024998">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00641DB8" w:rsidRPr="00EA187F">
+      <w:r w:rsidRPr="00024998">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> County, North Carolina Registry</w:t>
       </w:r>
-      <w:r w:rsidR="00641DB8" w:rsidRPr="00EA187F">
+      <w:r w:rsidRPr="00024998">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E1E3EA2" w14:textId="77777777" w:rsidR="003B1E54" w:rsidRPr="008547F3" w:rsidRDefault="003B1E54" w:rsidP="003B1E54">
+    <w:p w14:paraId="7E1E3EA2" w14:textId="77777777" w:rsidR="003B1E54" w:rsidRPr="00EA187F" w:rsidRDefault="003B1E54" w:rsidP="003B1E54">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:right="555"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="689F5976" w14:textId="4675A4A2" w:rsidR="003B1E54" w:rsidRDefault="00374FC9" w:rsidP="00374FC9">
+    <w:p w14:paraId="62D03573" w14:textId="22A5BA93" w:rsidR="003B1E54" w:rsidRPr="00EA187F" w:rsidRDefault="003B1E54" w:rsidP="00527229">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="720"/>
-[...2 lines deleted...]
-        <w:t>Due to the State’s interest, this ALE may be amended only with the</w:t>
+        <w:ind w:left="720" w:right="501"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve">Due to the State’s interest, this ALE </w:t>
+      </w:r>
+      <w:r w:rsidR="00D94FDE">
+        <w:t xml:space="preserve">Deed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t>may be amended only with the</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
-        <w:t>prior written consent of the Grantee and the Grantor and approved by the Commissioner of the</w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">prior written consent of the Grantee and the Grantor and approved by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D702EE" w:rsidRPr="00EA187F">
+        <w:t>North Carolina Commissioner of Agriculture</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC243C" w:rsidRPr="00EA187F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006E3BA9" w:rsidRPr="00EA187F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
-        <w:t xml:space="preserve">North Carolina Department of Agriculture and Consumer Services. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t>Any such</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA187F">
+      <w:r w:rsidR="00910F54" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t>amendment shall be consistent with Section 1.1., “Statement of Purpose” and with the</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t>Grantee’s easement amendment policies and shall comply with Section 170(h) of the Internal</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t>Revenue Code or any regulations promulgated in accordance with that section.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t>Grantee must provide to</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-52"/>
         </w:rPr>
-        <w:t xml:space="preserve">         </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00837891" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-52"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t>the North Carolina Commissioner of Agriculture timely notice in writing of the</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
-        <w:t>proposed amendment prior to signing and recordation</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="42D1CF9B" w14:textId="17F0FCF4" w:rsidR="000E2A91" w:rsidRPr="008547F3" w:rsidRDefault="000E2A91" w:rsidP="00D60D11">
+        <w:t>proposed amendment prior to signing and recordation.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CF9B" w14:textId="17F0FCF4" w:rsidR="000E2A91" w:rsidRPr="00EA187F" w:rsidRDefault="000E2A91" w:rsidP="00D60D11">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07DF5067" w14:textId="188EEC0E" w:rsidR="005E4681" w:rsidRPr="008547F3" w:rsidRDefault="005E4681" w:rsidP="00B7392A">
+    <w:p w14:paraId="07DF5067" w14:textId="188EEC0E" w:rsidR="005E4681" w:rsidRPr="00EA187F" w:rsidRDefault="005E4681" w:rsidP="00B7392A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008547F3">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6.4 </w:t>
       </w:r>
-      <w:r w:rsidR="00906669">
+      <w:r w:rsidR="00906669" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="008547F3">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Procedure in the Event of Extinguishment, Termination, and Condemnation.</w:t>
       </w:r>
-      <w:r w:rsidRPr="008547F3">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D1C4208" w14:textId="77777777" w:rsidR="005E4681" w:rsidRPr="008547F3" w:rsidRDefault="005E4681" w:rsidP="005E4681">
+    <w:p w14:paraId="1D1C4208" w14:textId="77777777" w:rsidR="005E4681" w:rsidRPr="00EA187F" w:rsidRDefault="005E4681" w:rsidP="005E4681">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AB5F0D1" w14:textId="3D357A93" w:rsidR="003F517F" w:rsidRDefault="00ED05AD" w:rsidP="003F517F">
+    <w:p w14:paraId="57A38D31" w14:textId="12D8E3AA" w:rsidR="0015365A" w:rsidRDefault="005E4681" w:rsidP="0015365A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F517F">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="003F517F">
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Grantor agrees that the conveyance of this ALE </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5B55">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gives rise to a right, immediately vested in Grantee, with a fair market value that is equal to the proportionate value that this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5B55">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, on the Effective Date, bears to the value of the Protected Property as a whole at that time as though unencumbered by this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5B55">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (“Proportionate Share”). The Proportionate Share shall remain constant. The fair market value will be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003F517F">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="003F517F">
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">determined at the time all or a part of this ALE </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5B55">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is terminated, extinguished, or condemned by</w:t>
+      </w:r>
+      <w:r w:rsidR="00C56A54" w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>an appraisal that meets the Uniform Standards of Professional Appraisal Practice (</w:t>
+      </w:r>
+      <w:r w:rsidR="006D274E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>USPAP</w:t>
+      </w:r>
+      <w:r w:rsidR="006D274E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) or</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05145" w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:spacing w:val="-52"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003F517F">
-[...14 lines deleted...]
-      <w:r w:rsidR="002C73F5">
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Uniform Acquisition Standards or Federal Land Acquisition (</w:t>
+      </w:r>
+      <w:r w:rsidR="006D274E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F517F">
-[...6 lines deleted...]
-      <w:r w:rsidR="002C73F5">
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>UASFLA</w:t>
+      </w:r>
+      <w:r w:rsidR="006D274E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F517F">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="003F517F">
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The appraisal must</w:t>
+      </w:r>
+      <w:r w:rsidR="009D6722" w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:spacing w:val="-52"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003F517F">
-[...89 lines deleted...]
-    <w:p w14:paraId="40AB877C" w14:textId="77777777" w:rsidR="003F517F" w:rsidRDefault="003F517F" w:rsidP="003F517F">
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be completed by a certified general appraiser and be approved by the Grantee and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7818" w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NCDA&amp;CS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3496DD1D" w14:textId="77777777" w:rsidR="0015365A" w:rsidRDefault="0015365A" w:rsidP="0015365A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7217FA7D" w14:textId="77777777" w:rsidR="003F517F" w:rsidRDefault="00875EAC" w:rsidP="003F517F">
+    <w:p w14:paraId="102F29A2" w14:textId="233F833C" w:rsidR="0015365A" w:rsidRDefault="005E4681" w:rsidP="0015365A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F517F">
-[...15 lines deleted...]
-    <w:p w14:paraId="4351127C" w14:textId="136F17D4" w:rsidR="003F517F" w:rsidRDefault="0062492D" w:rsidP="003F517F">
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The interests and rights under this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="002F46DD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may only be extinguished or terminated with written approval of Grantee</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0037B" w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NCDA&amp;CS, and then only pursuant to a judicial determination that, due to changed circumstances, continued use of the Protected Property for </w:t>
+      </w:r>
+      <w:r w:rsidR="002F46DD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onservation </w:t>
+      </w:r>
+      <w:r w:rsidR="002F46DD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">urposes is either impossible or impractical, and only if in compliance with </w:t>
+      </w:r>
+      <w:r w:rsidR="00025960" w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">26 U.S.C. § 170(h) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00025960" w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Internal Revenue </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Code and applicable Treasury Regulations.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EC725F5" w14:textId="77777777" w:rsidR="0015365A" w:rsidRPr="0015365A" w:rsidRDefault="0015365A" w:rsidP="0015365A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="105719CD" w14:textId="00EECCD7" w:rsidR="0015365A" w:rsidRDefault="005E4681" w:rsidP="0015365A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F517F">
-[...6 lines deleted...]
-      <w:r w:rsidR="003F517F">
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>In the event of an extinguishment of this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="002F46DD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Grantee, on a subsequent sale, exchange, or involuntary conversion of the Protected Property, shall be entitled to a portion of the proceeds at least equal to the Proportionate Share computed as set forth in Section 6.4</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA441C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F517F">
+      <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="003F517F">
+      <w:r w:rsidR="00EA441C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F517F">
-[...15 lines deleted...]
-    <w:p w14:paraId="516C1810" w14:textId="2619F125" w:rsidR="005E4681" w:rsidRPr="003F517F" w:rsidRDefault="00AF2F57" w:rsidP="003F517F">
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="52" w:name="_Hlk42861128"/>
+    </w:p>
+    <w:p w14:paraId="6B43FB30" w14:textId="77777777" w:rsidR="0015365A" w:rsidRPr="0015365A" w:rsidRDefault="0015365A" w:rsidP="0015365A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="516C1810" w14:textId="3AE40605" w:rsidR="005E4681" w:rsidRPr="0015365A" w:rsidRDefault="005E4681" w:rsidP="0015365A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F517F">
-[...13 lines deleted...]
-      <w:r w:rsidR="00433DC4">
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reimbursement Provision.  </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>After Grantee has received its Proportionate Share as provided in Sections 6.4</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA441C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (C)</w:t>
       </w:r>
-      <w:r w:rsidR="00433DC4" w:rsidRPr="0015365A">
+      <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidR="00433DC4">
+      <w:r w:rsidR="00EA441C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00433DC4" w:rsidRPr="0015365A">
+      <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="00433DC4">
+      <w:r w:rsidR="00EA441C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00433DC4" w:rsidRPr="0015365A">
-[...46 lines deleted...]
-    <w:p w14:paraId="3AE40058" w14:textId="77777777" w:rsidR="005E4681" w:rsidRPr="008547F3" w:rsidRDefault="005E4681" w:rsidP="005E4681">
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Grantee shall pay an amount to NCDA&amp;CS equal to the percentage that the value of NCDA&amp;CS’ cash payments for the purchase of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00C04241" w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>easement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (as stated above) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E237CF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>represents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Proportionate Share. </w:t>
+      </w:r>
+      <w:r w:rsidR="00897C35" w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>All of the Proportionate Share shall</w:t>
+      </w:r>
+      <w:r w:rsidR="00E058A7" w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be used by Grantee</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="53" w:name="_Hlk67072063"/>
+      <w:r w:rsidR="0017397C" w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and NCDA&amp;CS </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in a manner that is consistent with th</w:t>
+      </w:r>
+      <w:r w:rsidR="00C52FCE" w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conservation Purposes.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00C52FCE" w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AE40058" w14:textId="77777777" w:rsidR="005E4681" w:rsidRPr="00EA187F" w:rsidRDefault="005E4681" w:rsidP="005E4681">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57EE0456" w14:textId="08AED3D8" w:rsidR="005E4681" w:rsidRDefault="005E4681" w:rsidP="005E4681">
+    <w:p w14:paraId="57EE0456" w14:textId="0E5D9D84" w:rsidR="005E4681" w:rsidRPr="00EA187F" w:rsidRDefault="005E4681" w:rsidP="005E4681">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...147 lines deleted...]
-    <w:p w14:paraId="25E6CAF5" w14:textId="77777777" w:rsidR="009C2DB4" w:rsidRDefault="009C2DB4" w:rsidP="005E4681">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Until such time as Grantee</w:t>
+      </w:r>
+      <w:r w:rsidR="00C52FCE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d NCDA&amp;CS receive their share of the Proportionate Share, they shall each have a lien against the Protected Property for the amount of the Proportionate Share due each of them. The lien provided for in this paragraph shall be subordinate to the other provisions of this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="00012F21">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D7FF558" w14:textId="77777777" w:rsidR="004E66AB" w:rsidRPr="00EA187F" w:rsidRDefault="004E66AB" w:rsidP="005E4681">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32D99AA9" w14:textId="3F0E0CF5" w:rsidR="009C2DB4" w:rsidRPr="009C2DB4" w:rsidRDefault="009C2DB4" w:rsidP="009C2DB4">
+    <w:p w14:paraId="0AAE3403" w14:textId="606A07E0" w:rsidR="004E66AB" w:rsidRPr="00EA187F" w:rsidRDefault="004E66AB" w:rsidP="005E4681">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Grantors are aware and acknowledge that the activities and uses allowed on the Protected Property once encumbered by this ALE may be less profitable than prohibited activities and uses. This circumstance shall not be ground</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Grantors are aware and acknowledge that the activities and uses allowed on the Protected Property once encumbered by this ALE </w:t>
+      </w:r>
+      <w:r w:rsidR="00A11ABD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>may be less profitable than prohibited activities and uses. This circumstance shall not be ground</w:t>
+      </w:r>
+      <w:r w:rsidR="00C1141D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for judicial extinguishment of this ALE. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3740E67F" w14:textId="77777777" w:rsidR="00570C95" w:rsidRPr="008547F3" w:rsidRDefault="00570C95" w:rsidP="00D60D11">
+        <w:t xml:space="preserve"> for judicial extinguishment of this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="00A11ABD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3740E67F" w14:textId="77777777" w:rsidR="00570C95" w:rsidRPr="00EA187F" w:rsidRDefault="00570C95" w:rsidP="00D60D11">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CFB6" w14:textId="089F832D" w:rsidR="00737EA2" w:rsidRPr="00BE3D5C" w:rsidRDefault="00737EA2" w:rsidP="004A6C5A">
+    <w:p w14:paraId="42D1CFB6" w14:textId="3473885F" w:rsidR="00737EA2" w:rsidRPr="00EA187F" w:rsidRDefault="00737EA2" w:rsidP="004A6C5A">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008547F3">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00AA28D0" w:rsidRPr="008547F3">
+      <w:r w:rsidR="00AA28D0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="000C50A6" w:rsidRPr="008547F3">
+      <w:r w:rsidR="000C50A6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="008547F3">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00056F58" w:rsidRPr="008547F3">
+      <w:r w:rsidR="00056F58" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004A6C5A">
+      <w:r w:rsidR="004A6C5A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="008547F3">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Interpretation</w:t>
       </w:r>
-      <w:r w:rsidRPr="008547F3">
-[...30 lines deleted...]
-    <w:p w14:paraId="42D1CFB7" w14:textId="77777777" w:rsidR="00AB7140" w:rsidRPr="00BE3D5C" w:rsidRDefault="00AB7140" w:rsidP="00D60D11">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  This </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5EDD" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="006C5986" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB7140" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall be interpreted under the laws of the State of North Carolina resolving any ambiguities and questions of the validity of specific provisions so as to give maximum effect to its </w:t>
+      </w:r>
+      <w:r w:rsidR="00A11ABD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB7140" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onservation </w:t>
+      </w:r>
+      <w:r w:rsidR="00A11ABD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB7140" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>urposes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CFB7" w14:textId="77777777" w:rsidR="00AB7140" w:rsidRPr="00EA187F" w:rsidRDefault="00AB7140" w:rsidP="00D60D11">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CFB8" w14:textId="3A66A58E" w:rsidR="00AB7140" w:rsidRPr="00BE3D5C" w:rsidRDefault="00AB7140" w:rsidP="004A6C5A">
+    <w:p w14:paraId="42D1CFB8" w14:textId="182ACB8B" w:rsidR="00AB7140" w:rsidRPr="00EA187F" w:rsidRDefault="00AB7140" w:rsidP="004A6C5A">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6.</w:t>
       </w:r>
-      <w:r w:rsidR="005B2052" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005B2052" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00056F58" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00056F58" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004A6C5A">
+      <w:r w:rsidR="004A6C5A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Perpetual Duration; Severability</w:t>
-[...15 lines deleted...]
-      <w:r w:rsidR="00002BC1" w:rsidRPr="009065FB">
+        <w:t>Duration; Severability</w:t>
+      </w:r>
+      <w:r w:rsidR="004E312F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  This</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5EDD" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="006C5986" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall be a servitude running with the land </w:t>
+      </w:r>
+      <w:r w:rsidR="009065FB" w:rsidRPr="009065FB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="in perpetuity "/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00002BC1" w:rsidRPr="009065FB">
+      <w:r w:rsidR="009065FB" w:rsidRPr="009065FB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00002BC1" w:rsidRPr="009065FB">
+      <w:r w:rsidR="009065FB" w:rsidRPr="009065FB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="darkGray"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00002BC1" w:rsidRPr="009065FB">
+      <w:r w:rsidR="009065FB" w:rsidRPr="009065FB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00002BC1" w:rsidRPr="009065FB">
+      <w:r w:rsidR="009065FB" w:rsidRPr="009065FB">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:t xml:space="preserve">in perpetuity </w:t>
       </w:r>
-      <w:r w:rsidR="00002BC1" w:rsidRPr="009065FB">
+      <w:r w:rsidR="009065FB" w:rsidRPr="009065FB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00002BC1">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="008661B9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
+            <w:name w:val="Text103"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
-              <w:default w:val="or "/>
+              <w:default w:val="[IF TERM] for a period of XXXX (XX) years"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00002BC1">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:bookmarkStart w:id="54" w:name="Text103"/>
+      <w:r w:rsidR="008661B9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00002BC1">
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="008661B9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="darkGray"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="008661B9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00002BC1">
+      <w:r w:rsidR="008661B9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:highlight w:val="darkGray"/>
+        </w:rPr>
+        <w:t>[IF TERM] for a period of XXXX (XX) years</w:t>
+      </w:r>
+      <w:r w:rsidR="008661B9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00002BC1" w:rsidRPr="00EA187F">
-[...6 lines deleted...]
-      <w:r w:rsidR="00002BC1" w:rsidRPr="000B7FB1">
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidR="00702967">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="004E312F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Every provision of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00B40BEF" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="004E312F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="006C5986" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that applies to the Grantor or the Grantee shall also apply to their respective agents, heirs, </w:t>
+      </w:r>
+      <w:r w:rsidR="004E312F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xecutors, administrators, assigns, and all other successors as their interests may appear.  Invalidity of any of the covenants, terms or conditions </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6EC3" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of this</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00002BC1">
-[...178 lines deleted...]
-    <w:p w14:paraId="42D1CFB9" w14:textId="77777777" w:rsidR="00AB7140" w:rsidRPr="00BE3D5C" w:rsidRDefault="00AB7140" w:rsidP="00D60D11">
+      <w:r w:rsidR="00B40BEF" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="003820B2" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>part thereof by court order or judgment shall in no way affect the validity of any of the other provisions hereof which shall remain in full force and effect.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CFB9" w14:textId="77777777" w:rsidR="00AB7140" w:rsidRPr="00EA187F" w:rsidRDefault="00AB7140" w:rsidP="00D60D11">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DAAA1DB" w14:textId="77777777" w:rsidR="00756B61" w:rsidRDefault="00AB7140" w:rsidP="00756B61">
+    <w:p w14:paraId="606B88B6" w14:textId="449F9F96" w:rsidR="002B7A5F" w:rsidRDefault="00AB7140" w:rsidP="002B7A5F">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6.</w:t>
       </w:r>
-      <w:r w:rsidR="00112960" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00112960" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="004A6C5A">
+      <w:r w:rsidR="004A6C5A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00756B61" w:rsidRPr="00756B61">
+      <w:r w:rsidR="002B7A5F" w:rsidRPr="002B7A5F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Subordination</w:t>
       </w:r>
-      <w:r w:rsidR="00756B61" w:rsidRPr="00756B61">
-[...6 lines deleted...]
-      <w:r w:rsidR="00756B61" w:rsidRPr="00756B61">
+      <w:r w:rsidR="002B7A5F" w:rsidRPr="002B7A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Grantor certifies that all mortgages, deeds of trust, or other liens if any, affecting the Protected Property are subordinate to, or shall at time of recordation become subordinate to, the rights of Grantee under this </w:t>
+      </w:r>
+      <w:r w:rsidR="00F90CAD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ALE Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7A5F" w:rsidRPr="002B7A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Prior to receiving payment for this </w:t>
+      </w:r>
+      <w:r w:rsidR="00F90CAD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ALE Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7A5F" w:rsidRPr="002B7A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Grantor has provided, or shall provide, a copy of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00F90CAD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ALE Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7A5F" w:rsidRPr="002B7A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to all lienholders having a lien on the property described herein and shall provide notice to Grantee of such liens.  Each lienholder will, prior to the recording of the easement record a subordination agreement subordinating said lien to this </w:t>
+      </w:r>
+      <w:r w:rsidR="006F71FB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ALE Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7A5F" w:rsidRPr="002B7A5F">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00756B61" w:rsidRPr="005727A6">
+      <w:r w:rsidR="002B7A5F" w:rsidRPr="005727A6">
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="617972FC" w14:textId="77777777" w:rsidR="00B02EE7" w:rsidRDefault="00B02EE7" w:rsidP="004A6C5A">
+    <w:p w14:paraId="5AB15736" w14:textId="77777777" w:rsidR="002B7A5F" w:rsidRDefault="002B7A5F" w:rsidP="004A6C5A">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CFBA" w14:textId="30DF25C6" w:rsidR="00AB7140" w:rsidRPr="00BE3D5C" w:rsidRDefault="00756B61" w:rsidP="004A6C5A">
+    <w:p w14:paraId="42D1CFBA" w14:textId="2876531C" w:rsidR="00AB7140" w:rsidRPr="00EA187F" w:rsidRDefault="002B7A5F" w:rsidP="004A6C5A">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0031641A">
-[...13 lines deleted...]
-      <w:r w:rsidR="0031641A">
+      <w:r w:rsidRPr="002B7A5F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6.8</w:t>
+      </w:r>
+      <w:r w:rsidR="006A02C3" w:rsidRPr="006A02C3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="0031641A" w:rsidRPr="0031641A">
+      <w:r w:rsidRPr="006A02C3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00AB7140" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00AB7140" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Subsequent Liens on Protected Property</w:t>
       </w:r>
-      <w:r w:rsidR="00AB7140" w:rsidRPr="00BE3D5C">
-[...30 lines deleted...]
-    <w:p w14:paraId="42D1CFBB" w14:textId="77777777" w:rsidR="00AB7140" w:rsidRPr="00BE3D5C" w:rsidRDefault="00AB7140" w:rsidP="00D60D11">
+      <w:r w:rsidR="00AB7140" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  No provision of this </w:t>
+      </w:r>
+      <w:r w:rsidR="007355AE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB7140" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="003820B2" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB7140" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should be construed as impairing the ability of Grantor to use the Protected Property as collateral for subsequent borrowing.  Any such liens shall be and remain subordinate to this </w:t>
+      </w:r>
+      <w:r w:rsidR="007355AE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB7140" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="003820B2" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB7140" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CFBB" w14:textId="77777777" w:rsidR="00AB7140" w:rsidRPr="00EA187F" w:rsidRDefault="00AB7140" w:rsidP="00D60D11">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CFBC" w14:textId="007B4547" w:rsidR="00AB7140" w:rsidRPr="00BE3D5C" w:rsidRDefault="00AB7140" w:rsidP="00F86A4C">
+    <w:p w14:paraId="42D1CFBC" w14:textId="00B9F65F" w:rsidR="00AB7140" w:rsidRPr="00EA187F" w:rsidRDefault="00AB7140" w:rsidP="00C1083E">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6.</w:t>
       </w:r>
-      <w:r w:rsidR="0031641A">
+      <w:r w:rsidR="006A02C3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="00CA0640">
+      <w:r w:rsidR="00CA0640" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00056F58" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00056F58" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DF31F6">
+      <w:r w:rsidR="00DF31F6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Subsequent Easements/Restrictions on the Protected Property</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...14 lines deleted...]
-    <w:p w14:paraId="42D1CFBD" w14:textId="77777777" w:rsidR="008D494A" w:rsidRPr="00BE3D5C" w:rsidRDefault="008D494A" w:rsidP="00D60D11">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  The grant of any easements or use restrictions that might diminish or impair the agricultural viability or productivity of the Protected Property or otherwise diminish or impair the Conservation Values of the Pro</w:t>
+      </w:r>
+      <w:r w:rsidR="008D494A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tected Property is prohibited.  Any such easements or restrictions shall be subordinated to this </w:t>
+      </w:r>
+      <w:r w:rsidR="007355AE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="008D494A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="003820B2" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="008D494A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CFBD" w14:textId="77777777" w:rsidR="008D494A" w:rsidRPr="00EA187F" w:rsidRDefault="008D494A" w:rsidP="00D60D11">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="554F67B7" w14:textId="6763960E" w:rsidR="00D855C1" w:rsidRPr="00BE3D5C" w:rsidRDefault="008D494A" w:rsidP="00F86A4C">
+    <w:p w14:paraId="554F67B7" w14:textId="4347B6B5" w:rsidR="00D855C1" w:rsidRPr="00EA187F" w:rsidRDefault="008D494A" w:rsidP="00C1083E">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6.</w:t>
       </w:r>
-      <w:r w:rsidR="0031641A">
+      <w:r w:rsidR="006A02C3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00056F58" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00056F58" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DF31F6">
+      <w:r w:rsidR="00DF31F6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Notices</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...13 lines deleted...]
-      <w:r w:rsidR="00FC6BB5" w:rsidRPr="00EA187F">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Any notices required by this </w:t>
+      </w:r>
+      <w:r w:rsidR="007355AE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="003820B2" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall be in writing and shall be personally</w:t>
+      </w:r>
+      <w:r w:rsidR="00056F58" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">delivered or sent by first class mail to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83A25" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Grantor, Grantee</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00571DD6" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00034752" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NCDA&amp;CS</w:t>
+      </w:r>
+      <w:r w:rsidR="00034752" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:strike/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FC6BB5" w:rsidRPr="00EA187F">
-[...7 lines deleted...]
-    <w:p w14:paraId="6EABADB0" w14:textId="77777777" w:rsidR="00FB608C" w:rsidRPr="00BE3D5C" w:rsidRDefault="00FB608C" w:rsidP="00634292">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>respectively, at the</w:t>
+      </w:r>
+      <w:r w:rsidR="00C835AC" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>following addresses, unless a party has been notified in writing by the other of a change of address.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EABADB0" w14:textId="77777777" w:rsidR="00FB608C" w:rsidRPr="00EA187F" w:rsidRDefault="00FB608C" w:rsidP="00634292">
       <w:pPr>
         <w:ind w:left="360" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CFC0" w14:textId="0EA0376D" w:rsidR="005E59B6" w:rsidRPr="00BE3D5C" w:rsidRDefault="008E6E5C" w:rsidP="005E59B6">
+    <w:p w14:paraId="42D1CFC0" w14:textId="0EA0376D" w:rsidR="005E59B6" w:rsidRPr="00EA187F" w:rsidRDefault="008E6E5C" w:rsidP="005E59B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>To the Grantor:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E59B6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005E59B6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E59B6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005E59B6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E59B6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005E59B6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E59B6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005E59B6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>To the Grantee:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40038CBF" w14:textId="3A42664F" w:rsidR="008325B6" w:rsidRPr="00BE3D5C" w:rsidRDefault="008325B6" w:rsidP="008E6E5C">
+    <w:p w14:paraId="40038CBF" w14:textId="3A42664F" w:rsidR="008325B6" w:rsidRPr="00EA187F" w:rsidRDefault="008325B6" w:rsidP="008E6E5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text50"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter landowner name(s)"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="37" w:name="Text50"/>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:bookmarkStart w:id="55" w:name="Text50"/>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter landowner name(s)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text53"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter entity name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="Text53"/>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:bookmarkStart w:id="56" w:name="Text53"/>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter entity name</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="1AD07B95" w14:textId="31749F11" w:rsidR="008325B6" w:rsidRPr="00BE3D5C" w:rsidRDefault="008325B6" w:rsidP="008E6E5C">
+      <w:bookmarkEnd w:id="56"/>
+    </w:p>
+    <w:p w14:paraId="1AD07B95" w14:textId="31749F11" w:rsidR="008325B6" w:rsidRPr="00EA187F" w:rsidRDefault="008325B6" w:rsidP="008E6E5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text51"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter mailing address"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="Text51"/>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:bookmarkStart w:id="57" w:name="Text51"/>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter mailing address</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text54"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter mailing address"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="40" w:name="Text54"/>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:bookmarkStart w:id="58" w:name="Text54"/>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter mailing address</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="42D1CFC3" w14:textId="627C533A" w:rsidR="008E6E5C" w:rsidRPr="00BE3D5C" w:rsidRDefault="008325B6" w:rsidP="008E6E5C">
+      <w:bookmarkEnd w:id="58"/>
+    </w:p>
+    <w:p w14:paraId="42D1CFC3" w14:textId="627C533A" w:rsidR="008E6E5C" w:rsidRPr="00EA187F" w:rsidRDefault="008325B6" w:rsidP="008E6E5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text52"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter City, State, Zip"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="Text52"/>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:bookmarkStart w:id="59" w:name="Text52"/>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter City, State, Zip</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
-      <w:r w:rsidR="008E6E5C" w:rsidRPr="00BE3D5C">
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidR="008E6E5C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text55"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter City, State, Zip"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="Text55"/>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:bookmarkStart w:id="60" w:name="Text55"/>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter City, State, Zip</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="42D1CFC7" w14:textId="77777777" w:rsidR="008E6E5C" w:rsidRPr="00BE3D5C" w:rsidRDefault="008E6E5C" w:rsidP="00EA78EB">
+      <w:bookmarkEnd w:id="60"/>
+    </w:p>
+    <w:p w14:paraId="42D1CFC7" w14:textId="77777777" w:rsidR="008E6E5C" w:rsidRPr="00EA187F" w:rsidRDefault="008E6E5C" w:rsidP="00EA78EB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CFC8" w14:textId="4B95CCFC" w:rsidR="008E6E5C" w:rsidRPr="00BE3D5C" w:rsidRDefault="008E6E5C" w:rsidP="008E6E5C">
+    <w:p w14:paraId="42D1CFC8" w14:textId="4B95CCFC" w:rsidR="008E6E5C" w:rsidRPr="00EA187F" w:rsidRDefault="008E6E5C" w:rsidP="008E6E5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>To State of North Carolina:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E59B6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005E59B6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E59B6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005E59B6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E59B6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005E59B6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E59B6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005E59B6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CFC9" w14:textId="5F1DFCF3" w:rsidR="008E6E5C" w:rsidRPr="00BE3D5C" w:rsidRDefault="008E6E5C" w:rsidP="008E6E5C">
+    <w:p w14:paraId="42D1CFC9" w14:textId="5F1DFCF3" w:rsidR="008E6E5C" w:rsidRPr="00EA187F" w:rsidRDefault="008E6E5C" w:rsidP="008E6E5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>N.C. Dept. of Agriculture &amp;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E59B6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005E59B6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E59B6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005E59B6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E59B6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005E59B6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E59B6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005E59B6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CFCA" w14:textId="5C1C9C6D" w:rsidR="008E6E5C" w:rsidRPr="00BE3D5C" w:rsidRDefault="008E6E5C" w:rsidP="008E6E5C">
+    <w:p w14:paraId="42D1CFCA" w14:textId="5C1C9C6D" w:rsidR="008E6E5C" w:rsidRPr="00EA187F" w:rsidRDefault="008E6E5C" w:rsidP="008E6E5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Consumer Services</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E59B6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005E59B6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E59B6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005E59B6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E59B6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005E59B6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E59B6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005E59B6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CFCB" w14:textId="79C89094" w:rsidR="008E6E5C" w:rsidRPr="00BE3D5C" w:rsidRDefault="008E6E5C" w:rsidP="008E6E5C">
+    <w:p w14:paraId="42D1CFCB" w14:textId="79C89094" w:rsidR="008E6E5C" w:rsidRPr="00EA187F" w:rsidRDefault="008E6E5C" w:rsidP="008E6E5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NC ADFP Trust Fund</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E59B6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005E59B6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E59B6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005E59B6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E59B6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005E59B6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005E59B6" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005E59B6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CFCC" w14:textId="77777777" w:rsidR="008E6E5C" w:rsidRPr="00BE3D5C" w:rsidRDefault="008E6E5C" w:rsidP="008E6E5C">
+    <w:p w14:paraId="42D1CFCC" w14:textId="77777777" w:rsidR="008E6E5C" w:rsidRPr="00EA187F" w:rsidRDefault="008E6E5C" w:rsidP="008E6E5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2 West Edenton Street</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CFCD" w14:textId="77777777" w:rsidR="008E6E5C" w:rsidRPr="00BE3D5C" w:rsidRDefault="008E6E5C" w:rsidP="008E6E5C">
+    <w:p w14:paraId="42D1CFCD" w14:textId="77777777" w:rsidR="008E6E5C" w:rsidRPr="00EA187F" w:rsidRDefault="008E6E5C" w:rsidP="008E6E5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Raleigh, NC 27601</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CFCE" w14:textId="77777777" w:rsidR="007B3BAA" w:rsidRPr="00BE3D5C" w:rsidRDefault="007B3BAA" w:rsidP="0010116E">
+    <w:p w14:paraId="42D1CFCE" w14:textId="77777777" w:rsidR="007B3BAA" w:rsidRPr="00EA187F" w:rsidRDefault="007B3BAA" w:rsidP="0010116E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CFCF" w14:textId="482ABB39" w:rsidR="009A2A27" w:rsidRPr="00BE3D5C" w:rsidRDefault="007B3BAA" w:rsidP="00F86A4C">
+    <w:p w14:paraId="42D1CFCF" w14:textId="74C6E559" w:rsidR="009A2A27" w:rsidRPr="00EA187F" w:rsidRDefault="007B3BAA" w:rsidP="00C1083E">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6.1</w:t>
       </w:r>
-      <w:r w:rsidR="0031641A">
+      <w:r w:rsidR="006A02C3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00056F58" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00056F58" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DF31F6">
+      <w:r w:rsidR="00DF31F6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Approval by Gr</w:t>
       </w:r>
-      <w:r w:rsidR="0066206F" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="0066206F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ntee</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...62 lines deleted...]
-    <w:p w14:paraId="42D1CFD0" w14:textId="77777777" w:rsidR="009A2A27" w:rsidRPr="00BE3D5C" w:rsidRDefault="009A2A27" w:rsidP="0010116E">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  In any case where the terms of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A76692" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="003820B2" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> require</w:t>
+      </w:r>
+      <w:r w:rsidR="009A2A27" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the approval of the Grantee, unless otherwise stated herein, such approval shall be requested in writing to the Grantee</w:t>
+      </w:r>
+      <w:r w:rsidR="00536B15" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="0030124A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NCDA&amp;CS </w:t>
+      </w:r>
+      <w:r w:rsidR="009A2A27" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">if required, in accordance with </w:t>
+      </w:r>
+      <w:r w:rsidR="004E312F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="009A2A27" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ection 6.10. In any </w:t>
+      </w:r>
+      <w:r w:rsidR="00D40713" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provision of </w:t>
+      </w:r>
+      <w:r w:rsidR="009A2A27" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r w:rsidR="00A76692" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AL</w:t>
+      </w:r>
+      <w:r w:rsidR="009A2A27" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="003820B2" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="009A2A27" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in which the Grantor is required to provide advance notice to </w:t>
+      </w:r>
+      <w:r w:rsidR="00D40713" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Grantee of </w:t>
+      </w:r>
+      <w:r w:rsidR="009A2A27" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>any activity on the Protected Property, such notice shall be g</w:t>
+      </w:r>
+      <w:r w:rsidR="00D40713" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>iven not less than thirty (3</w:t>
+      </w:r>
+      <w:r w:rsidR="005F47B7" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00D40713" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="009A2A27" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>calendar days prior to the planned commencement of the activity.  If the Grantee’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D40713" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A2A27" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>approval is required, such approval shall be deemed withheld/disapproved unless Grantee</w:t>
+      </w:r>
+      <w:r w:rsidR="00D40713" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A2A27" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provides to the Grantor written notice of approval within 30 calendar days of receipt of </w:t>
+      </w:r>
+      <w:r w:rsidR="004E312F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>such</w:t>
+      </w:r>
+      <w:r w:rsidR="009A2A27" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> request.  If Grantor has received no response </w:t>
+      </w:r>
+      <w:r w:rsidR="004E312F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>within such</w:t>
+      </w:r>
+      <w:r w:rsidR="009A2A27" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30 calendar days,</w:t>
+      </w:r>
+      <w:r w:rsidR="00056F58" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A2A27" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grantor may send a second written notice to Grantee requesting a statement of the reasons </w:t>
+      </w:r>
+      <w:r w:rsidR="00D40713" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for the </w:t>
+      </w:r>
+      <w:r w:rsidR="009A2A27" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">disapproval and the Grantee shall respond within 30 calendar days with an </w:t>
+      </w:r>
+      <w:r w:rsidR="00D40713" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">explanation for </w:t>
+      </w:r>
+      <w:r w:rsidR="009A2A27" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the specific reasons and basis for its decision </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71B3C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="009A2A27" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> disapprove.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CFD0" w14:textId="77777777" w:rsidR="009A2A27" w:rsidRPr="00EA187F" w:rsidRDefault="009A2A27" w:rsidP="0010116E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CFD1" w14:textId="57558ACF" w:rsidR="00EA3D36" w:rsidRPr="00BE3D5C" w:rsidRDefault="009A2A27" w:rsidP="00F86A4C">
+    <w:p w14:paraId="42D1CFD1" w14:textId="3BC32659" w:rsidR="00EA3D36" w:rsidRPr="00EA187F" w:rsidRDefault="009A2A27" w:rsidP="00C1083E">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>6.1</w:t>
       </w:r>
-      <w:r w:rsidR="0031641A">
+      <w:r w:rsidR="006A02C3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00056F58" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00056F58" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DF31F6">
+      <w:r w:rsidR="00DF31F6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EA3D36" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00EA3D36" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Entire Agreement</w:t>
       </w:r>
-      <w:r w:rsidR="00EA3D36" w:rsidRPr="00BE3D5C">
-[...14 lines deleted...]
-    <w:p w14:paraId="42D1CFD2" w14:textId="77777777" w:rsidR="00952E77" w:rsidRPr="00BE3D5C" w:rsidRDefault="00952E77" w:rsidP="0010116E">
+      <w:r w:rsidR="00EA3D36" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  This instrument sets forth the entire agreement of the </w:t>
+      </w:r>
+      <w:r w:rsidR="004E312F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3D36" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arties with respect to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A76692" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3D36" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="003820B2" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3D36" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and supersedes all prior discussions, negotiations, </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3043" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>understandings,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3D36" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or agreements relating to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A76692" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3D36" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FDA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3D36" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  If any provision is found to be invalid, the remainder of the provisions of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A76692" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3D36" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FDA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3D36" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and the application of such provision to persons of circumstances other than those as to which it is found to be invalid, shall not be</w:t>
+      </w:r>
+      <w:r w:rsidR="00056F58" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3D36" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>affected thereby.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CFD2" w14:textId="77777777" w:rsidR="00952E77" w:rsidRPr="00EA187F" w:rsidRDefault="00952E77" w:rsidP="0010116E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CFD3" w14:textId="2E00D8D7" w:rsidR="00952E77" w:rsidRPr="00BE3D5C" w:rsidRDefault="00952E77" w:rsidP="00F86A4C">
+    <w:p w14:paraId="42D1CFD3" w14:textId="480ED0C1" w:rsidR="00952E77" w:rsidRPr="00EA187F" w:rsidRDefault="00952E77" w:rsidP="00C1083E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidR="00813FE0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00DF31F6">
+      <w:r w:rsidR="00DF31F6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Availability or Amount of Tax Benefits</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="009C23C9" w:rsidRPr="00EA187F">
-[...23 lines deleted...]
-    <w:p w14:paraId="42D1CFD4" w14:textId="77777777" w:rsidR="008E6E5C" w:rsidRPr="00BE3D5C" w:rsidRDefault="008E6E5C" w:rsidP="008E6E5C">
+      <w:r w:rsidR="00187B3E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Grantee and NCDA&amp;CS</w:t>
+      </w:r>
+      <w:r w:rsidR="007F197D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">make no warranty, representation or other assurance regarding the availability, amount or effect of any deduction, credit or other benefit to Grantor or any other person or entity under United States or any state, local or other tax law to be derived from the donation of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A76692" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FDA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or other transaction associated with the donation of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A76692" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FDA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  This donation is not conditioned upon the availability or amount of any such deduction, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4256" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>credit,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or other benefit. Grantee and NCDA&amp;CS make no warranty, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4256" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>representation,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or other assurance regarding the value of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A00FDA" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ALE Deed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or of the Protected Property.  As to all of the foregoing, Grantor is relying upon Grantor’s own legal counsel, accountant, financial advisor, appraiser or other consultant and not upon Grantee or NCDA&amp;CS or any legal counsel, accountant, financial advisor, appraiser or other consultant of Grantee or NCDA&amp;CS.  In the event of any audit or other inquiry of a governmental authority into the effect of this donation upon the taxation or financial affairs involving Grantor or Grantor’s heirs, successors or assigns or other similar matter</w:t>
+      </w:r>
+      <w:r w:rsidR="004E312F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> then Grantee and NCDA&amp;CS shall be reimbursed and indemnified for any cost or expense of any kind or nature whatsoever incurred by Grantee in responding or replying thereto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CFD4" w14:textId="77777777" w:rsidR="008E6E5C" w:rsidRPr="00EA187F" w:rsidRDefault="008E6E5C" w:rsidP="008E6E5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CFD5" w14:textId="0C5E1275" w:rsidR="00952E77" w:rsidRPr="00BE3D5C" w:rsidRDefault="00952E77" w:rsidP="00F86A4C">
+    <w:p w14:paraId="42D1CFD5" w14:textId="3703FB18" w:rsidR="00952E77" w:rsidRPr="00EA187F" w:rsidRDefault="00952E77" w:rsidP="00C1083E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6.1</w:t>
       </w:r>
-      <w:r w:rsidR="0031641A">
+      <w:r w:rsidR="00813FE0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00DF31F6">
+      <w:r w:rsidR="00DF31F6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Warranties and Representations of </w:t>
       </w:r>
-      <w:r w:rsidR="002F660A" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="002F660A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Grantor</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.  By signing this</w:t>
       </w:r>
-      <w:r w:rsidR="00A76692" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00A76692" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> AL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00A00FDA" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00A00FDA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Grantor acknowledges, </w:t>
       </w:r>
-      <w:r w:rsidR="00E57E23" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00E73B78" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>warrants,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and represents to Grantee that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CFD6" w14:textId="77777777" w:rsidR="008E6E5C" w:rsidRPr="00BE3D5C" w:rsidRDefault="008E6E5C" w:rsidP="008E6E5C">
+    <w:p w14:paraId="42D1CFD6" w14:textId="77777777" w:rsidR="008E6E5C" w:rsidRPr="00EA187F" w:rsidRDefault="008E6E5C" w:rsidP="008E6E5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CFD7" w14:textId="77777777" w:rsidR="00952E77" w:rsidRPr="00BE3D5C" w:rsidRDefault="00952E77" w:rsidP="00EA78EB">
+    <w:p w14:paraId="42D1CFD7" w14:textId="77777777" w:rsidR="00952E77" w:rsidRPr="00EA187F" w:rsidRDefault="00952E77" w:rsidP="000B78F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grantor has had the opportunity to be represented by counsel of Grantor’s </w:t>
       </w:r>
-      <w:r w:rsidR="004E312F" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="004E312F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">choice </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and fully understands that Grantor is hereby permanently relinquishing property rights which would otherwise permit Grantor to have a fuller use and enjoyment of the Protected Property.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CFD8" w14:textId="431CC543" w:rsidR="00952E77" w:rsidRPr="00BE3D5C" w:rsidRDefault="00952E77" w:rsidP="00EA78EB">
+    <w:p w14:paraId="42D1CFD8" w14:textId="431CC543" w:rsidR="00952E77" w:rsidRPr="00EA187F" w:rsidRDefault="00952E77" w:rsidP="000B78F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
-[...27 lines deleted...]
-      <w:r w:rsidR="008E5D04" w:rsidRPr="00BE3D5C">
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>There are no recorded or unrecorded leases or other agreements for the production of minerals or removal of timber</w:t>
+      </w:r>
+      <w:r w:rsidR="008E5D04" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>from the Protected Property</w:t>
       </w:r>
-      <w:r w:rsidR="005B3FEC" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005B3FEC" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or other agricultural</w:t>
       </w:r>
-      <w:r w:rsidR="00304EC0" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00304EC0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B53435" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="00B53435" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>purposes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...22 lines deleted...]
-      <w:r w:rsidR="00C97A24" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which would, if any of the activities permitted under such lease or other agreement was undertaken by Grantor, violate the covenants or restrictions in this </w:t>
+      </w:r>
+      <w:r w:rsidR="00C97A24" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ALE Deed </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or otherwise defeat the </w:t>
       </w:r>
-      <w:r w:rsidR="001054D7">
+      <w:r w:rsidR="001054D7" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
-[...14 lines deleted...]
-    <w:p w14:paraId="42D1CFD9" w14:textId="3B95A956" w:rsidR="008E6E5C" w:rsidRPr="00BE3D5C" w:rsidRDefault="008E6E5C" w:rsidP="008E6E5C">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>onservation Purpose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CFD9" w14:textId="3B95A956" w:rsidR="008E6E5C" w:rsidRPr="00EA187F" w:rsidRDefault="008E6E5C" w:rsidP="008E6E5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4282C984" w14:textId="0B60657A" w:rsidR="00925BD2" w:rsidRPr="00BE3D5C" w:rsidRDefault="00475A9B" w:rsidP="009C23C9">
+    <w:p w14:paraId="4282C984" w14:textId="676E5BA8" w:rsidR="00925BD2" w:rsidRPr="00EA187F" w:rsidRDefault="00475A9B" w:rsidP="00C1141D">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00536B15">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6.1</w:t>
       </w:r>
-      <w:r w:rsidR="0031641A">
+      <w:r w:rsidR="00813FE0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00536B15">
+      <w:r w:rsidR="00D349D3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A04F93" w:rsidRPr="00536B15">
+      <w:r w:rsidR="00A04F93" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00536B15">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Continuing Liability</w:t>
       </w:r>
-      <w:r w:rsidRPr="00536B15">
-[...7 lines deleted...]
-    <w:p w14:paraId="42D1CFDA" w14:textId="77777777" w:rsidR="00B87847" w:rsidRPr="00BE3D5C" w:rsidRDefault="00B87847" w:rsidP="008E6E5C">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The rights and obligations of an owner of the Protected Property under this ALE </w:t>
+      </w:r>
+      <w:r w:rsidR="007D76EC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>terminate upon proper transfer of such owner’s interest in the Protected Property, except that liability for acts or omissions occurring prior to transfer shall survive transfer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CFDA" w14:textId="77777777" w:rsidR="00B87847" w:rsidRPr="00EA187F" w:rsidRDefault="00B87847" w:rsidP="008E6E5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52F371A9" w14:textId="77777777" w:rsidR="00E72E17" w:rsidRDefault="00E72E17" w:rsidP="00E749E0">
+    <w:p w14:paraId="55E47EC1" w14:textId="77777777" w:rsidR="00B84E2A" w:rsidRDefault="00B84E2A" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CFDE" w14:textId="3537079C" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1CFDE" w14:textId="360D1AB6" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...48 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TO HAVE AND TO HOLD this </w:t>
+      </w:r>
+      <w:r w:rsidR="007D76EC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ALE Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unto Grantee and the </w:t>
+      </w:r>
+      <w:r w:rsidR="000074E9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>North Carolina Department of Agriculture and Consumer Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and their successors and assigns, forever.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CFDF" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1CFDF" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24E30E6F" w14:textId="29CB9F96" w:rsidR="009C23C9" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="47A75F55" w14:textId="742BE535" w:rsidR="00A944D8" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>IN WITNESS, the Grantor and Grantee, intending to legally bind themselves, have set their hands on the date first written above.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CD61D8F" w14:textId="77777777" w:rsidR="009C23C9" w:rsidRDefault="009C23C9" w:rsidP="00E749E0">
+    <w:p w14:paraId="3F87EFC5" w14:textId="77777777" w:rsidR="00A314C4" w:rsidRPr="00EA187F" w:rsidRDefault="00A314C4" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CFE2" w14:textId="35AD850D" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1CFE2" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>GRANTOR:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1CFE3" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="72505004" w14:textId="77777777" w:rsidR="00A944D8" w:rsidRDefault="00A944D8" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CFE4" w14:textId="60836692" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="0031641A" w:rsidP="00E749E0">
+    <w:p w14:paraId="2E13F8FD" w14:textId="77777777" w:rsidR="00A944D8" w:rsidRPr="00EA187F" w:rsidRDefault="00A944D8" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...70 lines deleted...]
-    <w:p w14:paraId="42D1CFE6" w14:textId="7EC14855" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CFE3" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...14 lines deleted...]
-    <w:p w14:paraId="42D1CFE8" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00EA78EB">
+    </w:p>
+    <w:p w14:paraId="42D1CFE4" w14:textId="2AB98157" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="42D1CFF3" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>By:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>_________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0F4A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(SEAL)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009C0F4A" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(SEAL)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CFE6" w14:textId="7EC14855" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-    <w:p w14:paraId="42D1CFF9" w14:textId="5FB90269" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CFF3" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="42D1CFFA" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1CFF9" w14:textId="5FB90269" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...7 lines deleted...]
-    <w:p w14:paraId="42D1CFFB" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>STATE OF NORTH CAROLINA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CFFA" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="42D1CFFC" w14:textId="79F2999F" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>COUNTY OF _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CFFB" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...37 lines deleted...]
-    <w:p w14:paraId="42D1CFFD" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    </w:p>
+    <w:p w14:paraId="42D1CFFC" w14:textId="5814F082" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="42D1CFFE" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I, ____________________________, a Notary Public in and for the aforesaid County and State, do hereby certify that </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2B96" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personally appeared before me this day and acknowledge the due execution of the foregoing instrument.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CFFD" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...7 lines deleted...]
-    <w:p w14:paraId="42D1CFFF" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    </w:p>
+    <w:p w14:paraId="42D1CFFE" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="42D1D000" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Witness my hand and official stamp or seal this ____ day of ________________, 20___.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1CFFF" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1D002" w14:textId="1408530E" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1D000" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...21 lines deleted...]
-    <w:p w14:paraId="42D1D003" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    </w:p>
+    <w:p w14:paraId="42D1D002" w14:textId="1408530E" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...7 lines deleted...]
-    <w:p w14:paraId="42D1D004" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="005D0CBC" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_ (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>stamp)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D003" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...7 lines deleted...]
-    <w:p w14:paraId="42D1D005" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Notary Public</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D007" w14:textId="3426C7DB" w:rsidR="00E749E0" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="42D1D006" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>My commission expires:  _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="111E58EA" w14:textId="77777777" w:rsidR="00A944D8" w:rsidRDefault="00A944D8" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1D007" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="0BC94054" w14:textId="77777777" w:rsidR="00A944D8" w:rsidRPr="00EA187F" w:rsidRDefault="00A944D8" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1D008" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1D008" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>STATE OF NORTH CAROLINA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1D009" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1D009" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>COUNTY OF _______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1D00A" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1D00A" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1D00B" w14:textId="2FB86D6B" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1D00B" w14:textId="7129420B" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I, ____________________________, a Notary Public in and for the aforesaid County and State, do hereby certify that </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2B96" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> personally appeared before me this day and acknowledge the due execution of the foregoing instrument.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1D00C" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1D00C" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1D00D" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1D00D" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Witness my hand and official stamp or seal this ____ day of ________________, 20___.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1D00E" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1D00E" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1D00F" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1D00F" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1D010" w14:textId="38D9156D" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1D010" w14:textId="38D9156D" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>___________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="005D0CBC" w:rsidRPr="00BE3D5C">
+      <w:r w:rsidR="005D0CBC" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_ (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>stamp)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1D011" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1D011" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Notary Public</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1D012" w14:textId="0C450DC0" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="5D872842" w14:textId="77777777" w:rsidR="00E14113" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
+      <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>My commission expires:  _______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1D013" w14:textId="675A0CF2" w:rsidR="00E749E0" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1D016" w14:textId="70573B34" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="04AF9FAC" w14:textId="608D3158" w:rsidR="0009507C" w:rsidRDefault="0009507C" w:rsidP="00E749E0">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GRANTEE:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D017" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23AAEF16" w14:textId="77777777" w:rsidR="0009507C" w:rsidRPr="00BE3D5C" w:rsidRDefault="0009507C" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1D019" w14:textId="27E8817B" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1D015" w14:textId="14B8D5AD" w:rsidR="00E749E0" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1D01A" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0173D657" w14:textId="77777777" w:rsidR="00DB12D4" w:rsidRDefault="00DB12D4" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1D01B" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1571C872" w14:textId="77777777" w:rsidR="00DB12D4" w:rsidRDefault="00DB12D4" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1D01C" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="736621B1" w14:textId="77777777" w:rsidR="00DB12D4" w:rsidRDefault="00DB12D4" w:rsidP="00E749E0">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By: _____________________________________ __________________________________(Title) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D01D" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73A8432B" w14:textId="77777777" w:rsidR="00DB12D4" w:rsidRDefault="00DB12D4" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1D01E" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BC74030" w14:textId="77777777" w:rsidR="00DB12D4" w:rsidRDefault="00DB12D4" w:rsidP="00E749E0">
+    <w:p w14:paraId="623A96A5" w14:textId="04135295" w:rsidR="00FC2B96" w:rsidRPr="00EA187F" w:rsidRDefault="00FC2B96" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25A51D3B" w14:textId="6FD9F545" w:rsidR="009507A2" w:rsidRDefault="009507A2">
-[...14 lines deleted...]
-    <w:p w14:paraId="17A34E4E" w14:textId="77777777" w:rsidR="00040575" w:rsidRDefault="00040575" w:rsidP="00E749E0">
+    <w:p w14:paraId="7453DB44" w14:textId="77777777" w:rsidR="00FC2B96" w:rsidRPr="00EA187F" w:rsidRDefault="00FC2B96" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1D016" w14:textId="792BF00D" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1D023" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...21 lines deleted...]
-    <w:p w14:paraId="42D1D017" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NORTH CAROLINA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D024" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="42D1D019" w14:textId="27E8817B" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>COUNTY OF __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D025" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1D01A" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1D026" w14:textId="56123630" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="42D1D01B" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I, ________________________________, a Notary Public of ____________________ County, North Carolina do hereby certify that _________________________________ personally </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">appeared before me this day and acknowledged that (s)he is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the Board of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2B96" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and that by authority duly given and as the act of the District, the foregoing instrument was signed by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2B96" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D027" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1D01C" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1D028" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...23 lines deleted...]
-    <w:p w14:paraId="42D1D01D" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Witness my hand and official stamp or seal this ____ day of ________________, 20___.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D029" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1D01E" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1D02A" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1D01F" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="42D1D02B" w14:textId="5429EE54" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="42D1D020" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="005D0CBC" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_ (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>stamp)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D02C" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="42D1D022" w14:textId="4E7E66CD" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Notary Public</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D02E" w14:textId="31FB887B" w:rsidR="00E749E0" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="623A96A5" w14:textId="04135295" w:rsidR="00FC2B96" w:rsidRPr="00BE3D5C" w:rsidRDefault="00FC2B96" w:rsidP="00E749E0">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>My commission expires:  _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4293511D" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRDefault="00C7040C" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7453DB44" w14:textId="77777777" w:rsidR="00FC2B96" w:rsidRPr="00BE3D5C" w:rsidRDefault="00FC2B96" w:rsidP="00E749E0">
+    <w:p w14:paraId="73B9E901" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRDefault="00C7040C" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1D023" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="549C0D40" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRDefault="00C7040C" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...7 lines deleted...]
-    <w:p w14:paraId="42D1D024" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    </w:p>
+    <w:p w14:paraId="20588C4B" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRDefault="00C7040C" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...7 lines deleted...]
-    <w:p w14:paraId="42D1D025" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    </w:p>
+    <w:p w14:paraId="3CE07567" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRDefault="00C7040C" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1D026" w14:textId="56123630" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="758DDCBF" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRDefault="00C7040C" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...66 lines deleted...]
-    <w:p w14:paraId="42D1D027" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    </w:p>
+    <w:p w14:paraId="526AB472" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRDefault="00C7040C" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1D028" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="322C72FB" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRDefault="00C7040C" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...7 lines deleted...]
-    <w:p w14:paraId="42D1D029" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    </w:p>
+    <w:p w14:paraId="3B2B2B3A" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRDefault="00C7040C" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1D02A" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="0AAFFD83" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRDefault="00C7040C" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1D02B" w14:textId="5429EE54" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    <w:p w14:paraId="59B8DFF1" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRDefault="00C7040C" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...21 lines deleted...]
-    <w:p w14:paraId="42D1D02C" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    </w:p>
+    <w:p w14:paraId="10696F54" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRDefault="00C7040C" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...7 lines deleted...]
-    <w:p w14:paraId="42D1D02E" w14:textId="31FB887B" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    </w:p>
+    <w:p w14:paraId="41C22D9D" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRDefault="00C7040C" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...7 lines deleted...]
-    <w:p w14:paraId="42D1D02F" w14:textId="363E5134" w:rsidR="00E749E0" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+    </w:p>
+    <w:p w14:paraId="6E170F40" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRDefault="00C7040C" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FBE0AD7" w14:textId="08B29082" w:rsidR="00925BD2" w:rsidRDefault="00925BD2" w:rsidP="00E749E0">
+    <w:p w14:paraId="72192AD6" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRDefault="00C7040C" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="455E79C2" w14:textId="5471D999" w:rsidR="00925BD2" w:rsidRDefault="00925BD2" w:rsidP="00E749E0">
+    <w:p w14:paraId="2864B8E9" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRDefault="00C7040C" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EB59F6B" w14:textId="08B1A7BD" w:rsidR="00925BD2" w:rsidRDefault="00925BD2" w:rsidP="00E749E0">
+    <w:p w14:paraId="6AB252EB" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRDefault="00C7040C" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="227CA54D" w14:textId="22DE31D3" w:rsidR="00925BD2" w:rsidRDefault="00925BD2" w:rsidP="00E749E0">
+    <w:p w14:paraId="3CD92789" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRDefault="00C7040C" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="412A1DA1" w14:textId="07BF8940" w:rsidR="00925BD2" w:rsidRDefault="00925BD2" w:rsidP="00E749E0">
+    <w:p w14:paraId="1906D01A" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRDefault="00C7040C" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A0114F8" w14:textId="768E5B30" w:rsidR="00925BD2" w:rsidRDefault="00925BD2" w:rsidP="00E749E0">
+    <w:p w14:paraId="44D8F598" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRDefault="00C7040C" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F3F4375" w14:textId="77777777" w:rsidR="00DB12D4" w:rsidRDefault="00DB12D4" w:rsidP="00EA78EB">
+    <w:p w14:paraId="49E8CB0C" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRDefault="00C7040C" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18249690" w14:textId="77777777" w:rsidR="00E14113" w:rsidRPr="00EA187F" w:rsidRDefault="00E14113" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DAF3632" w14:textId="77777777" w:rsidR="00925BD2" w:rsidRPr="00EA187F" w:rsidRDefault="00925BD2" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1D04D" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRDefault="00E749E0" w:rsidP="00EA78EB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="1A942A0F" w14:textId="77777777" w:rsidR="00DB12D4" w:rsidRDefault="00DB12D4" w:rsidP="00EA78EB">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ACCEPTANCE OF PROPERTY INTEREST BY THE NORTH CAROLINA DEPARTMENT OF AGRICULTURE &amp; CONSUMER SERVICES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78B0D02D" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRDefault="00C7040C" w:rsidP="00EA78EB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40768789" w14:textId="77777777" w:rsidR="00DB12D4" w:rsidRDefault="00DB12D4" w:rsidP="00EA78EB">
+    <w:p w14:paraId="5B21E8B1" w14:textId="77777777" w:rsidR="00C7040C" w:rsidRPr="00EA187F" w:rsidRDefault="00C7040C" w:rsidP="00EA78EB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="417C98D2" w14:textId="77777777" w:rsidR="00DB12D4" w:rsidRDefault="00DB12D4" w:rsidP="00EA78EB">
+    <w:p w14:paraId="42D1D04E" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1D04F" w14:textId="589B75E2" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The North Carolina Department of Agriculture and Consumer Services, an agency of the State of North Carolina, hereby accepts and approves the foregoing </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2E60" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00C97A24" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and the rights conveyed therein, on behalf of the State of North Carolina.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D050" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1D051" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1D052" w14:textId="7F88C8BE" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>By: ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D053" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Jonathan T. Lanier</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D054" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       N.C. Department of Agriculture and Consumer Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D055" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1D056" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1D057" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NORTH CAROLINA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D058" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>COUNTY OF _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D059" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1D05A" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1D05B" w14:textId="5A047F94" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>I, _______________________________________________, a Notary Public in and for the aforesaid County and State, do hereby certify that Jonathan T. Lanier</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personally appeared before me this day and acknowledged th</w:t>
+      </w:r>
+      <w:r w:rsidR="005302C4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> due execution of the foregoing instrument.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D05C" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1D05D" w14:textId="76016D0F" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Witness my hand and official stamp or seal this ______day of ____________, 20_____.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D05E" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1D05F" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1D060" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D064" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Notary Public</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D065" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="180"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>My commission expires: __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D066" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1782"/>
+        </w:tabs>
+        <w:ind w:left="98"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1D067" w14:textId="34B380CC" w:rsidR="005A62C0" w:rsidRPr="00EA187F" w:rsidRDefault="0036065C" w:rsidP="00B148AD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="5B99DA39" w14:textId="77777777" w:rsidR="00DB12D4" w:rsidRDefault="00DB12D4" w:rsidP="00EA78EB">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidR="005A62C0" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>List of Exhibits</w:t>
+      </w:r>
+      <w:r w:rsidR="005324D8" w:rsidRPr="005324D8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text86"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="This list is provided for informational purposes. Exhibit A is required."/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="61" w:name="Text86"/>
+      <w:r w:rsidR="005324D8" w:rsidRPr="005324D8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005324D8" w:rsidRPr="005324D8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005324D8" w:rsidRPr="005324D8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="005324D8" w:rsidRPr="005324D8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This list is provided for informational purposes. Exhibit A is required.</w:t>
+      </w:r>
+      <w:r w:rsidR="005324D8" w:rsidRPr="005324D8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="61"/>
+    </w:p>
+    <w:p w14:paraId="42D1D068" w14:textId="77777777" w:rsidR="005A62C0" w:rsidRPr="00EA187F" w:rsidRDefault="005A62C0" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="46E1E601" w14:textId="77777777" w:rsidR="00DB12D4" w:rsidRDefault="00DB12D4" w:rsidP="00EA78EB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1D069" w14:textId="77777777" w:rsidR="005A62C0" w:rsidRPr="00EA187F" w:rsidRDefault="00E50B7C" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="6649836E" w14:textId="77777777" w:rsidR="00DB12D4" w:rsidRDefault="00DB12D4" w:rsidP="00EA78EB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>EXHIBIT A – Legal Documents</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D06A" w14:textId="77777777" w:rsidR="00E50B7C" w:rsidRPr="00EA187F" w:rsidRDefault="00E50B7C" w:rsidP="00E50B7C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="244A4A57" w14:textId="77777777" w:rsidR="00DB12D4" w:rsidRDefault="00DB12D4" w:rsidP="00EA78EB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Exhibit A-1: Legal Description of the Protected Property</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1D06B" w14:textId="732733B0" w:rsidR="00E50B7C" w:rsidRPr="00EA187F" w:rsidRDefault="00E50B7C" w:rsidP="00E50B7C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exhibit A-2: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plat Showing A Boundary Survey &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="006A7AE4" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Conservation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Easement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E7DE187" w14:textId="77777777" w:rsidR="005E2F55" w:rsidRDefault="005E2F55" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="578F5F33" w14:textId="77777777" w:rsidR="00DB12D4" w:rsidRDefault="00DB12D4" w:rsidP="00EA78EB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D1D06C" w14:textId="177494D1" w:rsidR="005A62C0" w:rsidRDefault="005E2F55" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="755CEBAC" w14:textId="77777777" w:rsidR="00DB12D4" w:rsidRDefault="00DB12D4" w:rsidP="00EA78EB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text90"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="EXHIBIT B – Overview Maps"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="62" w:name="Text90"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>EXHIBIT B – Overview Maps</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="62"/>
+    </w:p>
+    <w:p w14:paraId="6FB2EA89" w14:textId="18912CC6" w:rsidR="005E2F55" w:rsidRDefault="005E2F55" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="4C4017B0" w14:textId="77777777" w:rsidR="00DB12D4" w:rsidRDefault="00DB12D4" w:rsidP="00EA78EB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text91"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Exhibit B-1: Regional Context Map"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="63" w:name="Text91"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Exhibit B-1: Regional Context Map</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="63"/>
+    </w:p>
+    <w:p w14:paraId="261A7DE8" w14:textId="505C1E80" w:rsidR="00E24291" w:rsidRDefault="00E24291" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="260A66FD" w14:textId="77777777" w:rsidR="00DB12D4" w:rsidRDefault="00DB12D4" w:rsidP="00EA78EB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text92"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Exhibit B-2: Multi-Easement Context Map"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="64" w:name="Text92"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Exhibit B-2: Multi-Easement Context Map</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="64"/>
+    </w:p>
+    <w:p w14:paraId="3232BF1E" w14:textId="7A33610B" w:rsidR="00E24291" w:rsidRPr="00EA187F" w:rsidRDefault="00E24291" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="28B17F32" w14:textId="77777777" w:rsidR="00DB12D4" w:rsidRDefault="00DB12D4" w:rsidP="00EA78EB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text93"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Exhibit B-3: Easement Area Context Map"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="65" w:name="Text93"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Exhibit B-3: Easement Area Context Map</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="65"/>
+    </w:p>
+    <w:p w14:paraId="42D1D071" w14:textId="477A8943" w:rsidR="005A62C0" w:rsidRPr="000B761B" w:rsidRDefault="005A62C0" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="312E5A40" w14:textId="77777777" w:rsidR="00DB12D4" w:rsidRDefault="00DB12D4" w:rsidP="00EA78EB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="233B768B" w14:textId="2B21A123" w:rsidR="00C907C9" w:rsidRPr="000B761B" w:rsidRDefault="00152EAF" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="42D1D04D" w14:textId="3C695D55" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00EA78EB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text94"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="EXHIBIT C – Current Conditions and Description Map"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="66" w:name="Text94"/>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>EXHIBIT C – Current Conditions and Description Map</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="66"/>
+    </w:p>
+    <w:p w14:paraId="518F2710" w14:textId="7EC1AE2E" w:rsidR="00C907C9" w:rsidRPr="000B761B" w:rsidRDefault="000B761B" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
-        <w:jc w:val="center"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="42D1D04E" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text95"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Exhibit C-1: Easement Area Description Map"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="67" w:name="Text95"/>
+      <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Exhibit C-1: Easement Area Description Map</w:t>
+      </w:r>
+      <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="67"/>
+    </w:p>
+    <w:p w14:paraId="05C83E65" w14:textId="3787BA43" w:rsidR="00C907C9" w:rsidRPr="000B761B" w:rsidRDefault="000B761B" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="42D1D04F" w14:textId="589B75E2" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text96"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Exhibit C-2: Easement Area Soils Map"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="68" w:name="Text96"/>
+      <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Exhibit C-2: Easement Area Soils Map</w:t>
+      </w:r>
+      <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="68"/>
+    </w:p>
+    <w:p w14:paraId="1477A378" w14:textId="683A2142" w:rsidR="00152EAF" w:rsidRPr="000B761B" w:rsidRDefault="000B761B" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...39 lines deleted...]
-    <w:p w14:paraId="42D1D050" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text97"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Exhibit C-3: Current Conditions &amp; Natural Resources Inventory Certification"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="69" w:name="Text97"/>
+      <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Exhibit C-3: Current Conditions &amp; Natural Resources Inventory Certification</w:t>
+      </w:r>
+      <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="69"/>
+    </w:p>
+    <w:p w14:paraId="4526BE1D" w14:textId="77777777" w:rsidR="00152EAF" w:rsidRPr="000B761B" w:rsidRDefault="00152EAF" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="42D1D051" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="246C3893" w14:textId="6F6569C0" w:rsidR="00152EAF" w:rsidRPr="000B761B" w:rsidRDefault="000B761B" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="42D1D052" w14:textId="7F88C8BE" w:rsidR="00E749E0" w:rsidRPr="00A07C4A" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text98"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="EXHIBIT D – Easement Area Building Envelopes"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="70" w:name="Text98"/>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>EXHIBIT D – Easement Area Building Envelopes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="70"/>
+    </w:p>
+    <w:p w14:paraId="25014043" w14:textId="3DADEFC5" w:rsidR="00152EAF" w:rsidRPr="000B761B" w:rsidRDefault="000B761B" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="42D1D053" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text99"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Exhibit D-1: Easement Area Buidling Envelope Map"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="71" w:name="Text99"/>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Exhibit D-1: Easement Area Buidling Envelope Map</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="71"/>
+    </w:p>
+    <w:p w14:paraId="0E0E872E" w14:textId="77777777" w:rsidR="00152EAF" w:rsidRPr="000B761B" w:rsidRDefault="00152EAF" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="42D1D054" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55E67955" w14:textId="2C9EEFD3" w:rsidR="00152EAF" w:rsidRPr="000B761B" w:rsidRDefault="000B761B" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="42D1D055" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text100"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="EXHIBIT E- Easement Existing Impervious Surfaces"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="72" w:name="Text100"/>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>EXHIBIT E- Easement Existing Impervious Surfaces</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="72"/>
+    </w:p>
+    <w:p w14:paraId="62A3B7DB" w14:textId="5414C91A" w:rsidR="00152EAF" w:rsidRPr="000B761B" w:rsidRDefault="000B761B" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="42D1D056" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text101"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Exhibit E-1: Easement Existing Impervious Surface Map"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="73" w:name="Text101"/>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Exhibit E-1: Easement Existing Impervious Surface Map</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="73"/>
+    </w:p>
+    <w:p w14:paraId="26993D2A" w14:textId="40635483" w:rsidR="00152EAF" w:rsidRPr="000B761B" w:rsidRDefault="000B761B" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="42D1D057" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00BE3D5C" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text102"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Exhibit E-2: Easement Impervious Surface Calculations"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="74" w:name="Text102"/>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Exhibit E-2: Easement Impervious Surface Calculations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B761B">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="74"/>
+    </w:p>
+    <w:p w14:paraId="42D1D07C" w14:textId="2F80C71F" w:rsidR="007C6FCF" w:rsidRPr="00EA187F" w:rsidRDefault="007C6FCF" w:rsidP="0010116E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE3D5C">
-[...843 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId11"/>
+    </w:p>
+    <w:sectPr w:rsidR="007C6FCF" w:rsidRPr="00EA187F" w:rsidSect="007E1BE5">
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1710" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38990DF3" w14:textId="77777777" w:rsidR="002F7134" w:rsidRDefault="002F7134" w:rsidP="00D2594B">
+    <w:p w14:paraId="06268289" w14:textId="77777777" w:rsidR="00525409" w:rsidRDefault="00525409" w:rsidP="00D2594B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C0FEDDF" w14:textId="77777777" w:rsidR="002F7134" w:rsidRDefault="002F7134" w:rsidP="00D2594B">
+    <w:p w14:paraId="27F802D7" w14:textId="77777777" w:rsidR="00525409" w:rsidRDefault="00525409" w:rsidP="00D2594B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4B766D5A" w14:textId="77777777" w:rsidR="002F7134" w:rsidRDefault="002F7134"/>
+    <w:p w14:paraId="23330122" w14:textId="77777777" w:rsidR="00525409" w:rsidRDefault="00525409"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="59299DF3" w14:textId="77777777" w:rsidR="009E2032" w:rsidRDefault="009E2032">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1437025865"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="02FBA145" w14:textId="14F3641D" w:rsidR="005E1CE5" w:rsidRDefault="007D684B" w:rsidP="00C917EE">
+      <w:p w14:paraId="4EF79DC1" w14:textId="3401F3A5" w:rsidR="00BA6EA2" w:rsidRDefault="007D684B" w:rsidP="006358B0">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:pBdr>
             <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           </w:pBdr>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
             <w:sz w:val="22"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00C917EE">
           <w:rPr>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00C917EE">
           <w:rPr>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00C917EE">
           <w:rPr>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00785CA3">
+        <w:r w:rsidR="00D80D5C">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="22"/>
           </w:rPr>
-          <w:t>16</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r w:rsidRPr="00C917EE">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="00C917EE">
           <w:rPr>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> | </w:t>
         </w:r>
-        <w:r w:rsidR="00FA5222">
+        <w:r w:rsidR="008D77BE">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="002B3DB8">
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
             <w:sz w:val="22"/>
           </w:rPr>
-          <w:t>AD</w:t>
+          <w:t>ADFPTF Only - S</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00BA6EA2">
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
             <w:sz w:val="22"/>
           </w:rPr>
-          <w:t>FP</w:t>
+          <w:t>tandard Appraisal</w:t>
         </w:r>
-        <w:r w:rsidR="005E1CE5">
+        <w:r w:rsidR="002B3DB8">
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
             <w:sz w:val="22"/>
           </w:rPr>
-          <w:t xml:space="preserve"> </w:t>
+          <w:t xml:space="preserve"> -</w:t>
         </w:r>
-        <w:r w:rsidR="00FA5222">
+        <w:r w:rsidR="00413468">
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
             <w:sz w:val="22"/>
           </w:rPr>
-          <w:t>Fund</w:t>
+          <w:t xml:space="preserve">No </w:t>
         </w:r>
-        <w:r w:rsidR="003B7756">
+        <w:r w:rsidR="001E161E">
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
             <w:sz w:val="22"/>
           </w:rPr>
-          <w:t>ed</w:t>
-[...39 lines deleted...]
-          <w:t>)</w:t>
+          <w:t xml:space="preserve">Residential </w:t>
         </w:r>
       </w:p>
-      <w:p w14:paraId="4D08B469" w14:textId="5525A579" w:rsidR="007D684B" w:rsidRPr="00C917EE" w:rsidRDefault="00FA5222" w:rsidP="00C917EE">
+      <w:p w14:paraId="4D08B469" w14:textId="52062AF3" w:rsidR="007D684B" w:rsidRPr="00C917EE" w:rsidRDefault="007D684B" w:rsidP="00C917EE">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:pBdr>
             <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           </w:pBdr>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:sz w:val="22"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
             <w:sz w:val="22"/>
           </w:rPr>
-          <w:t xml:space="preserve">Cycle 18, Version </w:t>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00D2291F">
+        <w:r w:rsidR="00413468">
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
             <w:sz w:val="22"/>
           </w:rPr>
-          <w:t>2</w:t>
-[...23 lines deleted...]
-          <w:t>-1-25</w:t>
+          <w:t>9-4-25</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7D18DAA4" w14:textId="77777777" w:rsidR="009E2032" w:rsidRDefault="009E2032">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3883F91A" w14:textId="77777777" w:rsidR="002F7134" w:rsidRDefault="002F7134" w:rsidP="00D2594B">
+    <w:p w14:paraId="2F320181" w14:textId="77777777" w:rsidR="00525409" w:rsidRDefault="00525409" w:rsidP="00D2594B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="021764E7" w14:textId="77777777" w:rsidR="002F7134" w:rsidRDefault="002F7134" w:rsidP="00D2594B">
+    <w:p w14:paraId="70D5364A" w14:textId="77777777" w:rsidR="00525409" w:rsidRDefault="00525409" w:rsidP="00D2594B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="06056B0F" w14:textId="77777777" w:rsidR="002F7134" w:rsidRDefault="002F7134"/>
+    <w:p w14:paraId="4EED70D8" w14:textId="77777777" w:rsidR="00525409" w:rsidRDefault="00525409"/>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5D4697A9" w14:textId="77777777" w:rsidR="009E2032" w:rsidRDefault="009E2032">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="28B45300" w14:textId="77777777" w:rsidR="009E2032" w:rsidRDefault="009E2032">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2DEE582B" w14:textId="77777777" w:rsidR="009E2032" w:rsidRDefault="009E2032">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="038E1DA3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0409001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
@@ -26116,50 +31467,249 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="071552F3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0F4C1B38"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="07E4697B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B394A30A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="086A7CC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC26EF78"/>
     <w:lvl w:ilvl="0" w:tplc="C3262B22">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1530" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -26204,51 +31754,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5130" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5850" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6570" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08DC097F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E73CACAA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -26326,51 +31876,164 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="090F3AF8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E74CEEAC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2640" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BF30ECC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0582A37C"/>
     <w:lvl w:ilvl="0" w:tplc="9D7C329C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -26415,51 +32078,352 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DE52C64"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4A1A23A0"/>
+    <w:lvl w:ilvl="0" w:tplc="8DD821DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2640" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="142C15EE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="065E7E26"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:u w:val="single"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:u w:val="single"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:u w:val="single"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:u w:val="single"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:u w:val="single"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:u w:val="single"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:u w:val="single"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:u w:val="single"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:u w:val="single"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="160A35F5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="803058E4"/>
+    <w:lvl w:ilvl="0" w:tplc="31667506">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16EF78C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD2A3BF2"/>
     <w:lvl w:ilvl="0" w:tplc="173E1C3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1530" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -26505,242 +32469,245 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5130" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5850" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6570" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1A6D0AE5"/>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="196C716A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0816A5D4"/>
+    <w:tmpl w:val="85126998"/>
     <w:lvl w:ilvl="0" w:tplc="31667506">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="720"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1B733978"/>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A6D0AE5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2194B106"/>
-    <w:lvl w:ilvl="0" w:tplc="51AC8CFC">
+    <w:tmpl w:val="0816A5D4"/>
+    <w:lvl w:ilvl="0" w:tplc="31667506">
       <w:start w:val="1"/>
-      <w:numFmt w:val="upperLetter"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
+        <w:ind w:left="2880" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
+        <w:ind w:left="5040" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1BB64ECA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CB5E7764"/>
-    <w:lvl w:ilvl="0" w:tplc="04090017">
+    <w:tmpl w:val="3AF668AE"/>
+    <w:lvl w:ilvl="0" w:tplc="8DD821DC">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%1)"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1200" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2640" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="360"/>
       </w:pPr>
@@ -26769,140 +32736,229 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6960" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="22FB1E87"/>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1CF93F97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A558BFA2"/>
-    <w:lvl w:ilvl="0" w:tplc="5EE87040">
+    <w:tmpl w:val="B0EA8C20"/>
+    <w:lvl w:ilvl="0" w:tplc="F376A2E4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%1)"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="810" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1530" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2250" w:hanging="180"/>
+        <w:ind w:left="2880" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2970" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3690" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4410" w:hanging="180"/>
+        <w:ind w:left="5040" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5130" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5850" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6570" w:hanging="180"/>
+        <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22FB1E87"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A558BFA2"/>
+    <w:lvl w:ilvl="0" w:tplc="5EE87040">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="810" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1530" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2250" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2970" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3690" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4410" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5130" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5850" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6570" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="239F3C67"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8B98B736"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="2.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -26971,92 +33027,96 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25B706C0"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="10D65654"/>
+    <w:tmpl w:val="A80EB0FA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="751" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="360"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="upperLetter"/>
-      <w:lvlText w:val="(%3)"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1350" w:hanging="360"/>
+        <w:ind w:left="901" w:hanging="361"/>
+        <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3004" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3946" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
@@ -27082,51 +33142,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6773" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7715" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="261479ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B18E0352"/>
     <w:lvl w:ilvl="0" w:tplc="9BF69FCE">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -27171,176 +33231,54 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-[...121 lines deleted...]
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D5A1474"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="3B6283BC"/>
+    <w:tmpl w:val="78802B34"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="00B050"/>
       </w:rPr>
@@ -27415,54 +33353,1607 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="349A46BD"/>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D9A1C47"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FE28FDCA"/>
+    <w:lvl w:ilvl="0" w:tplc="8DD821DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2640" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37DB7F66"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="09A41B58"/>
+    <w:lvl w:ilvl="0" w:tplc="8DD821DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="878" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1508"/>
+        </w:tabs>
+        <w:ind w:left="1508" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2228"/>
+        </w:tabs>
+        <w:ind w:left="2228" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2948"/>
+        </w:tabs>
+        <w:ind w:left="2948" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3668"/>
+        </w:tabs>
+        <w:ind w:left="3668" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4388"/>
+        </w:tabs>
+        <w:ind w:left="4388" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5108"/>
+        </w:tabs>
+        <w:ind w:left="5108" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5828"/>
+        </w:tabs>
+        <w:ind w:left="5828" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6548"/>
+        </w:tabs>
+        <w:ind w:left="6548" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B49235B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6EDED640"/>
+    <w:lvl w:ilvl="0" w:tplc="8DD821DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3FE740CE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E69231DC"/>
+    <w:lvl w:ilvl="0" w:tplc="C436FBC8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40083AF8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8DD24E36"/>
+    <w:lvl w:ilvl="0" w:tplc="265E6F92">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="810" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1530" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2250" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2970" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3690" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4410" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5130" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5850" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6570" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4242126B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9BC8EF9A"/>
+    <w:lvl w:ilvl="0" w:tplc="00449160">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43BE145A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="2BF4B8C6"/>
+    <w:tmpl w:val="C83A16DE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="477D3912"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4A80A462"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49E8143E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="228CADE8"/>
+    <w:lvl w:ilvl="0" w:tplc="8DD821DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D0B68BC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C176486E"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D212302"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7A08261C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8640" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="10080" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52F83D12"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="200CE11A"/>
+    <w:lvl w:ilvl="0" w:tplc="31667506">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2640" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="547A048E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E35E1132"/>
+    <w:lvl w:ilvl="0" w:tplc="8DD821DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1261" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1981" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2701" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3421" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4141" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4861" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5581" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6301" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7021" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="54C00448"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DF0C4F8C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55171A42"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="662567B3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2634F98A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="675A4295"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="29AAB61A"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6AF466B1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9DB23FFA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="single"/>
       </w:rPr>
@@ -27537,4073 +35028,3303 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="8DD821DC">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7ACB02F0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="065E7E26"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="upperLetter"/>
-[...379 lines deleted...]
-      <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="6"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-[...728 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="1619291286">
+  <w:num w:numId="1" w16cid:durableId="1493445992">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1310285936">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="2138910140">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="902563002">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="838041058">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="842859870">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="419378895">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="402071855">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="807161062">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1117605021">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="692799952">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1032614468">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1431898845">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="851338164">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="435636791">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="576282725">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1290555282">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1749574888">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="2137796818">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="15351640">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="561478386">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1059406447">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1540779825">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="257056448">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="669601906">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1494957109">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1623347023">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="671955978">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1626041318">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1061560082">
-[...11 lines deleted...]
-  <w:num w:numId="6" w16cid:durableId="1924340030">
+  <w:num w:numId="30" w16cid:durableId="1981301844">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="408382298">
-[...2 lines deleted...]
-  <w:num w:numId="8" w16cid:durableId="122233589">
+  <w:num w:numId="31" w16cid:durableId="48069623">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="2054117900">
+  <w:num w:numId="32" w16cid:durableId="949704307">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1982077372">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="2129354564">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="2066447172">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="72552762">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="2096366118">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="37" w16cid:durableId="663433420">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1556434101">
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="38" w16cid:durableId="615140947">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1710184048">
-[...8 lines deleted...]
-  <w:num w:numId="15" w16cid:durableId="236594655">
+  <w:num w:numId="39" w16cid:durableId="1988318067">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="940072035">
-[...29 lines deleted...]
-  <w:num w:numId="26" w16cid:durableId="1626041318">
+  <w:num w:numId="40" w16cid:durableId="698627709">
     <w:abstractNumId w:val="7"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="qoCL7wxpXIXYC0K+lhQWqwKPCdqkTFw42E8IDJaZyArkaPtF3y5rYbCqdghWCveMgUwoDnTk/NvNMWLSGAkxuA==" w:salt="I2tTWuZ+sbNqHiXWRjESuQ=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="1Oy769aLcl+ssrHuuCAWfhx0RuHWzJPGXrYFdEX1R9fCofOQRNBdBi6TKqqqAro/Rc2afwqTZPjH/U33CtlZsQ==" w:salt="HPholO2Mlnhp2Pgw532CFg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
-    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2sTA3szQHkkZG5hZmhko6SsGpxcWZ+XkgBYa1AEnaxU4sAAAA"/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2MTI1NTM1MLcwAEIzYyUdpeDU4uLM/DyQAiOjWgCkB7TYLQAAAA=="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00F820B3"/>
     <w:rsid w:val="00000800"/>
     <w:rsid w:val="000011E8"/>
     <w:rsid w:val="00001562"/>
-    <w:rsid w:val="00002BC1"/>
     <w:rsid w:val="00002DE1"/>
     <w:rsid w:val="00002F4E"/>
     <w:rsid w:val="00002FE9"/>
     <w:rsid w:val="00003BBB"/>
+    <w:rsid w:val="000074E9"/>
     <w:rsid w:val="000076E3"/>
+    <w:rsid w:val="00007891"/>
     <w:rsid w:val="000103BB"/>
     <w:rsid w:val="0001055B"/>
     <w:rsid w:val="00010584"/>
     <w:rsid w:val="00010A75"/>
     <w:rsid w:val="000112E5"/>
     <w:rsid w:val="0001179B"/>
     <w:rsid w:val="00012B51"/>
-    <w:rsid w:val="00012D7A"/>
+    <w:rsid w:val="00012EE8"/>
+    <w:rsid w:val="00012F21"/>
     <w:rsid w:val="00012F52"/>
     <w:rsid w:val="0001347E"/>
     <w:rsid w:val="00014FE1"/>
     <w:rsid w:val="00015C03"/>
-    <w:rsid w:val="00017054"/>
     <w:rsid w:val="00017648"/>
     <w:rsid w:val="0002070F"/>
     <w:rsid w:val="00020C09"/>
     <w:rsid w:val="00021316"/>
     <w:rsid w:val="000219D8"/>
+    <w:rsid w:val="000227AB"/>
     <w:rsid w:val="00022F99"/>
     <w:rsid w:val="000233A8"/>
     <w:rsid w:val="00023FB9"/>
     <w:rsid w:val="00024280"/>
+    <w:rsid w:val="00024998"/>
     <w:rsid w:val="00024DF2"/>
     <w:rsid w:val="00024EA8"/>
+    <w:rsid w:val="00025960"/>
     <w:rsid w:val="0002601A"/>
     <w:rsid w:val="00026966"/>
+    <w:rsid w:val="00026B00"/>
+    <w:rsid w:val="00026E40"/>
+    <w:rsid w:val="00030BDA"/>
     <w:rsid w:val="00030CEC"/>
     <w:rsid w:val="00031365"/>
+    <w:rsid w:val="00031A80"/>
+    <w:rsid w:val="0003226A"/>
     <w:rsid w:val="00033510"/>
     <w:rsid w:val="00033D4B"/>
     <w:rsid w:val="00033DA5"/>
     <w:rsid w:val="00034752"/>
     <w:rsid w:val="00034B78"/>
     <w:rsid w:val="00034D2D"/>
-    <w:rsid w:val="00035869"/>
     <w:rsid w:val="00036017"/>
     <w:rsid w:val="00037AB3"/>
     <w:rsid w:val="00037DE2"/>
-    <w:rsid w:val="00040575"/>
     <w:rsid w:val="0004098E"/>
     <w:rsid w:val="000416E3"/>
     <w:rsid w:val="00041D52"/>
     <w:rsid w:val="0004254C"/>
     <w:rsid w:val="00042C13"/>
     <w:rsid w:val="00042D98"/>
     <w:rsid w:val="000436F6"/>
     <w:rsid w:val="00043788"/>
     <w:rsid w:val="0004469F"/>
     <w:rsid w:val="00045BE2"/>
     <w:rsid w:val="00045EAC"/>
     <w:rsid w:val="00046630"/>
+    <w:rsid w:val="000500B4"/>
     <w:rsid w:val="00050167"/>
+    <w:rsid w:val="000501E4"/>
     <w:rsid w:val="00051803"/>
     <w:rsid w:val="00052949"/>
     <w:rsid w:val="00052C6B"/>
+    <w:rsid w:val="00052FDA"/>
+    <w:rsid w:val="00053A51"/>
+    <w:rsid w:val="00054321"/>
+    <w:rsid w:val="00055249"/>
     <w:rsid w:val="00055BF7"/>
     <w:rsid w:val="000566D1"/>
     <w:rsid w:val="00056F58"/>
+    <w:rsid w:val="0005723C"/>
     <w:rsid w:val="0006008C"/>
-    <w:rsid w:val="00060789"/>
     <w:rsid w:val="000608B8"/>
     <w:rsid w:val="000608DB"/>
     <w:rsid w:val="00060A02"/>
     <w:rsid w:val="00061260"/>
+    <w:rsid w:val="00061FF5"/>
     <w:rsid w:val="00062686"/>
     <w:rsid w:val="00063168"/>
-    <w:rsid w:val="000636CA"/>
+    <w:rsid w:val="0006511F"/>
     <w:rsid w:val="00066BDB"/>
+    <w:rsid w:val="00067056"/>
     <w:rsid w:val="00067858"/>
     <w:rsid w:val="0007037B"/>
     <w:rsid w:val="00070B60"/>
+    <w:rsid w:val="00070F24"/>
     <w:rsid w:val="000732DF"/>
     <w:rsid w:val="00073BE2"/>
     <w:rsid w:val="0007408C"/>
     <w:rsid w:val="000742FF"/>
+    <w:rsid w:val="0007461F"/>
     <w:rsid w:val="000757AC"/>
     <w:rsid w:val="0007601D"/>
     <w:rsid w:val="00076634"/>
     <w:rsid w:val="00076899"/>
     <w:rsid w:val="000809FA"/>
     <w:rsid w:val="00080C78"/>
+    <w:rsid w:val="00081893"/>
+    <w:rsid w:val="00081F43"/>
     <w:rsid w:val="00082F26"/>
     <w:rsid w:val="00083F5D"/>
     <w:rsid w:val="000846EF"/>
     <w:rsid w:val="000849FF"/>
     <w:rsid w:val="00084E05"/>
     <w:rsid w:val="00086102"/>
     <w:rsid w:val="0008699F"/>
     <w:rsid w:val="00086DC8"/>
     <w:rsid w:val="000871FE"/>
-    <w:rsid w:val="0009029D"/>
     <w:rsid w:val="00091F70"/>
     <w:rsid w:val="00092B87"/>
+    <w:rsid w:val="00092FE3"/>
     <w:rsid w:val="00094637"/>
     <w:rsid w:val="00094856"/>
     <w:rsid w:val="0009507C"/>
     <w:rsid w:val="00095309"/>
     <w:rsid w:val="00095530"/>
     <w:rsid w:val="00095726"/>
+    <w:rsid w:val="0009582E"/>
     <w:rsid w:val="00096098"/>
     <w:rsid w:val="000961D7"/>
     <w:rsid w:val="0009682A"/>
     <w:rsid w:val="00096EEE"/>
     <w:rsid w:val="00096FD9"/>
     <w:rsid w:val="000A0DFC"/>
-    <w:rsid w:val="000A177C"/>
     <w:rsid w:val="000A1EA7"/>
     <w:rsid w:val="000A332E"/>
     <w:rsid w:val="000A3838"/>
+    <w:rsid w:val="000A5C77"/>
     <w:rsid w:val="000A69AF"/>
+    <w:rsid w:val="000A706B"/>
     <w:rsid w:val="000A71F6"/>
+    <w:rsid w:val="000B06C3"/>
     <w:rsid w:val="000B0851"/>
     <w:rsid w:val="000B142B"/>
-    <w:rsid w:val="000B1DE0"/>
     <w:rsid w:val="000B4A56"/>
     <w:rsid w:val="000B4F7F"/>
+    <w:rsid w:val="000B6411"/>
     <w:rsid w:val="000B6F8F"/>
     <w:rsid w:val="000B6FA2"/>
-    <w:rsid w:val="000B7BFA"/>
+    <w:rsid w:val="000B761B"/>
+    <w:rsid w:val="000B78F1"/>
     <w:rsid w:val="000B7EC8"/>
+    <w:rsid w:val="000B7FB1"/>
     <w:rsid w:val="000C003F"/>
     <w:rsid w:val="000C0053"/>
     <w:rsid w:val="000C2A92"/>
-    <w:rsid w:val="000C4442"/>
+    <w:rsid w:val="000C3067"/>
+    <w:rsid w:val="000C4269"/>
     <w:rsid w:val="000C50A6"/>
     <w:rsid w:val="000C5627"/>
     <w:rsid w:val="000C6082"/>
     <w:rsid w:val="000C6194"/>
     <w:rsid w:val="000C7446"/>
+    <w:rsid w:val="000D02F6"/>
     <w:rsid w:val="000D1086"/>
     <w:rsid w:val="000D10C5"/>
+    <w:rsid w:val="000D14D4"/>
     <w:rsid w:val="000D4325"/>
+    <w:rsid w:val="000D4564"/>
+    <w:rsid w:val="000D4AC1"/>
+    <w:rsid w:val="000D4AEB"/>
     <w:rsid w:val="000D52A6"/>
-    <w:rsid w:val="000D615C"/>
-    <w:rsid w:val="000E00A1"/>
+    <w:rsid w:val="000D7589"/>
     <w:rsid w:val="000E0142"/>
-    <w:rsid w:val="000E0270"/>
+    <w:rsid w:val="000E0E6B"/>
     <w:rsid w:val="000E2A91"/>
     <w:rsid w:val="000E352F"/>
     <w:rsid w:val="000E450F"/>
     <w:rsid w:val="000E4D2E"/>
     <w:rsid w:val="000E5027"/>
+    <w:rsid w:val="000E56A7"/>
     <w:rsid w:val="000E6B43"/>
-    <w:rsid w:val="000E7B10"/>
     <w:rsid w:val="000F01D2"/>
     <w:rsid w:val="000F040A"/>
+    <w:rsid w:val="000F146D"/>
     <w:rsid w:val="000F1893"/>
     <w:rsid w:val="000F2BB8"/>
     <w:rsid w:val="000F2D6E"/>
     <w:rsid w:val="000F3581"/>
     <w:rsid w:val="000F42B1"/>
     <w:rsid w:val="000F7364"/>
-    <w:rsid w:val="000F7805"/>
-    <w:rsid w:val="000F7A62"/>
     <w:rsid w:val="00100DA7"/>
     <w:rsid w:val="0010101E"/>
     <w:rsid w:val="0010116E"/>
+    <w:rsid w:val="00101DA0"/>
+    <w:rsid w:val="00102DDB"/>
     <w:rsid w:val="00103415"/>
     <w:rsid w:val="00103649"/>
     <w:rsid w:val="00103A79"/>
     <w:rsid w:val="001041CF"/>
     <w:rsid w:val="00104797"/>
     <w:rsid w:val="001054D7"/>
     <w:rsid w:val="0010572C"/>
     <w:rsid w:val="00106613"/>
-    <w:rsid w:val="00107693"/>
     <w:rsid w:val="00107725"/>
     <w:rsid w:val="001079DA"/>
+    <w:rsid w:val="00110C68"/>
     <w:rsid w:val="00110E22"/>
     <w:rsid w:val="00110FFE"/>
+    <w:rsid w:val="001110F6"/>
     <w:rsid w:val="0011225D"/>
     <w:rsid w:val="001127CA"/>
     <w:rsid w:val="00112960"/>
     <w:rsid w:val="00112B36"/>
+    <w:rsid w:val="00113475"/>
     <w:rsid w:val="00113DB2"/>
+    <w:rsid w:val="00114052"/>
     <w:rsid w:val="001149CC"/>
     <w:rsid w:val="001149F9"/>
     <w:rsid w:val="001154BE"/>
     <w:rsid w:val="00115D77"/>
     <w:rsid w:val="00115F8F"/>
     <w:rsid w:val="00117539"/>
-    <w:rsid w:val="00121C78"/>
     <w:rsid w:val="00122409"/>
-    <w:rsid w:val="00122594"/>
+    <w:rsid w:val="00122B56"/>
     <w:rsid w:val="00122BCB"/>
     <w:rsid w:val="00122C45"/>
-    <w:rsid w:val="00123856"/>
+    <w:rsid w:val="001255B8"/>
     <w:rsid w:val="00126B28"/>
-    <w:rsid w:val="00127FBE"/>
+    <w:rsid w:val="001309D9"/>
     <w:rsid w:val="00131714"/>
+    <w:rsid w:val="00131D5D"/>
+    <w:rsid w:val="00133E0D"/>
+    <w:rsid w:val="001343B5"/>
     <w:rsid w:val="001363B2"/>
     <w:rsid w:val="0013641F"/>
     <w:rsid w:val="00142068"/>
+    <w:rsid w:val="00142422"/>
     <w:rsid w:val="00143E28"/>
+    <w:rsid w:val="00144491"/>
     <w:rsid w:val="00144551"/>
     <w:rsid w:val="00144EC4"/>
     <w:rsid w:val="00144F27"/>
     <w:rsid w:val="00145152"/>
     <w:rsid w:val="00145857"/>
-    <w:rsid w:val="00145AC1"/>
     <w:rsid w:val="00146515"/>
     <w:rsid w:val="001472B6"/>
     <w:rsid w:val="00147D11"/>
     <w:rsid w:val="00150375"/>
     <w:rsid w:val="0015151F"/>
     <w:rsid w:val="00151ABD"/>
     <w:rsid w:val="00152C76"/>
+    <w:rsid w:val="00152EAF"/>
+    <w:rsid w:val="0015365A"/>
+    <w:rsid w:val="001563D0"/>
     <w:rsid w:val="001565FA"/>
     <w:rsid w:val="00157CA6"/>
     <w:rsid w:val="001605A3"/>
     <w:rsid w:val="0016327F"/>
     <w:rsid w:val="0016388C"/>
     <w:rsid w:val="00163BCC"/>
     <w:rsid w:val="001644B6"/>
     <w:rsid w:val="001647F9"/>
     <w:rsid w:val="001648DC"/>
     <w:rsid w:val="00164A53"/>
     <w:rsid w:val="0016501F"/>
     <w:rsid w:val="00165717"/>
     <w:rsid w:val="00165A5A"/>
     <w:rsid w:val="00165C32"/>
     <w:rsid w:val="00165F99"/>
     <w:rsid w:val="001663F0"/>
     <w:rsid w:val="00166A8F"/>
     <w:rsid w:val="00166FA8"/>
     <w:rsid w:val="0016724D"/>
     <w:rsid w:val="0017160D"/>
     <w:rsid w:val="001734FD"/>
     <w:rsid w:val="0017397C"/>
     <w:rsid w:val="00173BB5"/>
-    <w:rsid w:val="00173CAF"/>
+    <w:rsid w:val="00173CE4"/>
+    <w:rsid w:val="001743B0"/>
     <w:rsid w:val="00174F77"/>
     <w:rsid w:val="00175CCC"/>
-    <w:rsid w:val="00176BF3"/>
     <w:rsid w:val="0017738F"/>
     <w:rsid w:val="00177DD8"/>
+    <w:rsid w:val="00180EB9"/>
     <w:rsid w:val="00181E22"/>
-    <w:rsid w:val="00182A65"/>
+    <w:rsid w:val="00182C4F"/>
     <w:rsid w:val="00182E4E"/>
     <w:rsid w:val="00183707"/>
-    <w:rsid w:val="001852FB"/>
     <w:rsid w:val="00185474"/>
-    <w:rsid w:val="001867E9"/>
+    <w:rsid w:val="00187B3E"/>
     <w:rsid w:val="00190668"/>
+    <w:rsid w:val="00190E78"/>
     <w:rsid w:val="00191059"/>
+    <w:rsid w:val="001911BB"/>
     <w:rsid w:val="00191279"/>
     <w:rsid w:val="001912F6"/>
     <w:rsid w:val="00191410"/>
     <w:rsid w:val="00191802"/>
     <w:rsid w:val="00192177"/>
     <w:rsid w:val="001923F9"/>
     <w:rsid w:val="00192BFB"/>
     <w:rsid w:val="0019385F"/>
-    <w:rsid w:val="00194AC2"/>
     <w:rsid w:val="00195A3B"/>
     <w:rsid w:val="0019652E"/>
     <w:rsid w:val="00196A82"/>
     <w:rsid w:val="00196AC7"/>
-    <w:rsid w:val="001A0769"/>
-    <w:rsid w:val="001A0CEC"/>
     <w:rsid w:val="001A1350"/>
     <w:rsid w:val="001A15C4"/>
-    <w:rsid w:val="001A3C22"/>
     <w:rsid w:val="001A3EF4"/>
     <w:rsid w:val="001A7095"/>
     <w:rsid w:val="001A71CD"/>
     <w:rsid w:val="001A7302"/>
     <w:rsid w:val="001A7F11"/>
     <w:rsid w:val="001B0137"/>
     <w:rsid w:val="001B02BE"/>
     <w:rsid w:val="001B0379"/>
     <w:rsid w:val="001B0C26"/>
     <w:rsid w:val="001B2292"/>
-    <w:rsid w:val="001B2F87"/>
+    <w:rsid w:val="001B316C"/>
     <w:rsid w:val="001B34A6"/>
     <w:rsid w:val="001B4479"/>
     <w:rsid w:val="001B6B85"/>
     <w:rsid w:val="001B6C82"/>
     <w:rsid w:val="001B7648"/>
-    <w:rsid w:val="001C0FCF"/>
     <w:rsid w:val="001C1A75"/>
+    <w:rsid w:val="001C2164"/>
+    <w:rsid w:val="001C25EB"/>
     <w:rsid w:val="001C2956"/>
     <w:rsid w:val="001C2E44"/>
     <w:rsid w:val="001C36A6"/>
     <w:rsid w:val="001C37B1"/>
     <w:rsid w:val="001C5553"/>
     <w:rsid w:val="001C6C48"/>
     <w:rsid w:val="001C7EC7"/>
-    <w:rsid w:val="001C7F01"/>
     <w:rsid w:val="001D00DB"/>
+    <w:rsid w:val="001D12B9"/>
     <w:rsid w:val="001D1794"/>
     <w:rsid w:val="001D2594"/>
     <w:rsid w:val="001D456F"/>
-    <w:rsid w:val="001D4576"/>
     <w:rsid w:val="001D50E7"/>
-    <w:rsid w:val="001D58E5"/>
     <w:rsid w:val="001D7528"/>
     <w:rsid w:val="001E06F5"/>
-    <w:rsid w:val="001E0AD8"/>
     <w:rsid w:val="001E1229"/>
+    <w:rsid w:val="001E15D7"/>
+    <w:rsid w:val="001E161E"/>
     <w:rsid w:val="001E2F8F"/>
     <w:rsid w:val="001E3490"/>
     <w:rsid w:val="001E45AF"/>
-    <w:rsid w:val="001E52DC"/>
+    <w:rsid w:val="001E499A"/>
     <w:rsid w:val="001E56C7"/>
     <w:rsid w:val="001E5A74"/>
     <w:rsid w:val="001E5DE0"/>
     <w:rsid w:val="001E5EDC"/>
     <w:rsid w:val="001E7078"/>
-    <w:rsid w:val="001F08AD"/>
-    <w:rsid w:val="001F10CF"/>
+    <w:rsid w:val="001F14ED"/>
     <w:rsid w:val="001F1A15"/>
     <w:rsid w:val="001F221D"/>
     <w:rsid w:val="001F28D4"/>
     <w:rsid w:val="001F3EF5"/>
+    <w:rsid w:val="001F4699"/>
+    <w:rsid w:val="001F509A"/>
     <w:rsid w:val="001F6C3D"/>
+    <w:rsid w:val="001F74D8"/>
     <w:rsid w:val="001F7580"/>
     <w:rsid w:val="00200352"/>
     <w:rsid w:val="00200678"/>
     <w:rsid w:val="002006EE"/>
     <w:rsid w:val="00200790"/>
     <w:rsid w:val="002009D3"/>
     <w:rsid w:val="00200A6B"/>
     <w:rsid w:val="00201110"/>
+    <w:rsid w:val="00201254"/>
     <w:rsid w:val="002016A7"/>
+    <w:rsid w:val="0020186F"/>
     <w:rsid w:val="002028DE"/>
+    <w:rsid w:val="00202C3B"/>
     <w:rsid w:val="002031A7"/>
+    <w:rsid w:val="00203A6A"/>
     <w:rsid w:val="00203C9E"/>
-    <w:rsid w:val="002045FE"/>
     <w:rsid w:val="0020469F"/>
     <w:rsid w:val="002058FF"/>
     <w:rsid w:val="00206DDA"/>
-    <w:rsid w:val="00206E2E"/>
     <w:rsid w:val="00210B15"/>
     <w:rsid w:val="00210C80"/>
     <w:rsid w:val="0021304B"/>
+    <w:rsid w:val="002135F6"/>
     <w:rsid w:val="00213E1F"/>
+    <w:rsid w:val="00214C1C"/>
     <w:rsid w:val="00214DAC"/>
     <w:rsid w:val="00215FA6"/>
     <w:rsid w:val="00216A45"/>
+    <w:rsid w:val="00217DD5"/>
     <w:rsid w:val="00220C44"/>
     <w:rsid w:val="00221A4B"/>
     <w:rsid w:val="00222447"/>
+    <w:rsid w:val="002226B6"/>
+    <w:rsid w:val="0022330A"/>
+    <w:rsid w:val="0022373F"/>
     <w:rsid w:val="00224520"/>
     <w:rsid w:val="00224F6A"/>
     <w:rsid w:val="00225D0E"/>
     <w:rsid w:val="002276A6"/>
+    <w:rsid w:val="002277D5"/>
     <w:rsid w:val="00227E9E"/>
     <w:rsid w:val="00230339"/>
+    <w:rsid w:val="00230518"/>
     <w:rsid w:val="00230646"/>
     <w:rsid w:val="00230BDF"/>
     <w:rsid w:val="0023189D"/>
     <w:rsid w:val="00231C81"/>
-    <w:rsid w:val="00232C46"/>
     <w:rsid w:val="00232DC0"/>
     <w:rsid w:val="00232E88"/>
     <w:rsid w:val="00233543"/>
     <w:rsid w:val="00233620"/>
     <w:rsid w:val="002349F7"/>
+    <w:rsid w:val="00235783"/>
     <w:rsid w:val="00235D97"/>
+    <w:rsid w:val="00235F66"/>
     <w:rsid w:val="0023626D"/>
     <w:rsid w:val="002372D0"/>
     <w:rsid w:val="0023735A"/>
-    <w:rsid w:val="002404FD"/>
     <w:rsid w:val="0024090F"/>
     <w:rsid w:val="00241DD3"/>
     <w:rsid w:val="0024360F"/>
     <w:rsid w:val="00243CE6"/>
     <w:rsid w:val="002446C5"/>
     <w:rsid w:val="002451DD"/>
     <w:rsid w:val="0024552E"/>
     <w:rsid w:val="0024581D"/>
     <w:rsid w:val="00245FB4"/>
     <w:rsid w:val="00247959"/>
     <w:rsid w:val="00250B12"/>
     <w:rsid w:val="00250BA3"/>
     <w:rsid w:val="00251B4E"/>
-    <w:rsid w:val="00252EDF"/>
+    <w:rsid w:val="00253444"/>
     <w:rsid w:val="00253447"/>
     <w:rsid w:val="00254EC9"/>
     <w:rsid w:val="002565DE"/>
     <w:rsid w:val="00257819"/>
     <w:rsid w:val="002609E0"/>
+    <w:rsid w:val="00260C89"/>
     <w:rsid w:val="00260F63"/>
-    <w:rsid w:val="002610D2"/>
     <w:rsid w:val="00262CBA"/>
     <w:rsid w:val="00262FFA"/>
+    <w:rsid w:val="00263531"/>
     <w:rsid w:val="00264510"/>
     <w:rsid w:val="00264900"/>
     <w:rsid w:val="00264B09"/>
     <w:rsid w:val="00265392"/>
     <w:rsid w:val="00265FD2"/>
+    <w:rsid w:val="00266A26"/>
     <w:rsid w:val="00266AA9"/>
+    <w:rsid w:val="0026756E"/>
     <w:rsid w:val="0027017D"/>
     <w:rsid w:val="0027021A"/>
     <w:rsid w:val="00270495"/>
-    <w:rsid w:val="00270B09"/>
     <w:rsid w:val="00270C2D"/>
     <w:rsid w:val="00270E67"/>
     <w:rsid w:val="00270F57"/>
     <w:rsid w:val="00272714"/>
     <w:rsid w:val="00272951"/>
     <w:rsid w:val="002729DE"/>
     <w:rsid w:val="0027313D"/>
     <w:rsid w:val="00275393"/>
-    <w:rsid w:val="002773F8"/>
+    <w:rsid w:val="002757F3"/>
     <w:rsid w:val="00277B5C"/>
     <w:rsid w:val="002807D9"/>
     <w:rsid w:val="00280DAF"/>
     <w:rsid w:val="002818B1"/>
+    <w:rsid w:val="00281D10"/>
     <w:rsid w:val="00282E1A"/>
     <w:rsid w:val="002841BD"/>
+    <w:rsid w:val="002858F7"/>
     <w:rsid w:val="002864D6"/>
     <w:rsid w:val="00286507"/>
     <w:rsid w:val="002865CC"/>
     <w:rsid w:val="002875D0"/>
     <w:rsid w:val="00287614"/>
-    <w:rsid w:val="00290474"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00291094"/>
+    <w:rsid w:val="002902AA"/>
     <w:rsid w:val="00291758"/>
     <w:rsid w:val="002928CF"/>
     <w:rsid w:val="00292C6A"/>
     <w:rsid w:val="0029459D"/>
     <w:rsid w:val="00294DE3"/>
     <w:rsid w:val="00294F77"/>
     <w:rsid w:val="002964A6"/>
     <w:rsid w:val="0029721E"/>
     <w:rsid w:val="00297471"/>
     <w:rsid w:val="00297FC7"/>
     <w:rsid w:val="002A06FC"/>
     <w:rsid w:val="002A1BA3"/>
+    <w:rsid w:val="002A2575"/>
     <w:rsid w:val="002A2FC2"/>
     <w:rsid w:val="002A2FCD"/>
     <w:rsid w:val="002A3843"/>
     <w:rsid w:val="002A41B2"/>
     <w:rsid w:val="002A5199"/>
-    <w:rsid w:val="002A5A69"/>
     <w:rsid w:val="002A6881"/>
-    <w:rsid w:val="002A7C89"/>
     <w:rsid w:val="002A7CB9"/>
     <w:rsid w:val="002B0BE8"/>
     <w:rsid w:val="002B295B"/>
     <w:rsid w:val="002B2BAB"/>
     <w:rsid w:val="002B3442"/>
+    <w:rsid w:val="002B3DB8"/>
     <w:rsid w:val="002B498F"/>
     <w:rsid w:val="002B4BAA"/>
     <w:rsid w:val="002B58DC"/>
     <w:rsid w:val="002B6579"/>
+    <w:rsid w:val="002B7062"/>
+    <w:rsid w:val="002B7A5F"/>
     <w:rsid w:val="002C04C5"/>
     <w:rsid w:val="002C164C"/>
     <w:rsid w:val="002C1F31"/>
     <w:rsid w:val="002C3192"/>
     <w:rsid w:val="002C3D92"/>
     <w:rsid w:val="002C3DC5"/>
     <w:rsid w:val="002C46AC"/>
+    <w:rsid w:val="002C4841"/>
     <w:rsid w:val="002C6145"/>
     <w:rsid w:val="002C6532"/>
     <w:rsid w:val="002C653E"/>
     <w:rsid w:val="002C6EAE"/>
-    <w:rsid w:val="002C73F5"/>
     <w:rsid w:val="002D027C"/>
     <w:rsid w:val="002D030D"/>
+    <w:rsid w:val="002D0E6B"/>
     <w:rsid w:val="002D4355"/>
+    <w:rsid w:val="002D53AF"/>
     <w:rsid w:val="002D6322"/>
     <w:rsid w:val="002D65F1"/>
+    <w:rsid w:val="002D73F8"/>
     <w:rsid w:val="002D7817"/>
     <w:rsid w:val="002D7DC5"/>
     <w:rsid w:val="002D7FBD"/>
     <w:rsid w:val="002E0D5C"/>
+    <w:rsid w:val="002E11E2"/>
     <w:rsid w:val="002E19F4"/>
     <w:rsid w:val="002E2E78"/>
     <w:rsid w:val="002E4215"/>
     <w:rsid w:val="002E45EA"/>
-    <w:rsid w:val="002E4E07"/>
+    <w:rsid w:val="002E4BF6"/>
     <w:rsid w:val="002E6EA3"/>
-    <w:rsid w:val="002E78F4"/>
     <w:rsid w:val="002F1590"/>
     <w:rsid w:val="002F1DD4"/>
     <w:rsid w:val="002F1F35"/>
     <w:rsid w:val="002F3160"/>
     <w:rsid w:val="002F35BF"/>
+    <w:rsid w:val="002F46DD"/>
     <w:rsid w:val="002F4D09"/>
     <w:rsid w:val="002F5C2E"/>
     <w:rsid w:val="002F6249"/>
     <w:rsid w:val="002F660A"/>
-    <w:rsid w:val="002F7134"/>
     <w:rsid w:val="002F776F"/>
     <w:rsid w:val="003003C4"/>
     <w:rsid w:val="0030124A"/>
     <w:rsid w:val="0030210D"/>
     <w:rsid w:val="00302133"/>
     <w:rsid w:val="003037B4"/>
+    <w:rsid w:val="00303C65"/>
+    <w:rsid w:val="00303DF9"/>
     <w:rsid w:val="00304BD9"/>
     <w:rsid w:val="00304EC0"/>
-    <w:rsid w:val="00305D40"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0031075C"/>
     <w:rsid w:val="00311DF5"/>
     <w:rsid w:val="00312634"/>
     <w:rsid w:val="00312AE9"/>
     <w:rsid w:val="0031599A"/>
     <w:rsid w:val="00315F01"/>
-    <w:rsid w:val="0031641A"/>
+    <w:rsid w:val="003160C9"/>
     <w:rsid w:val="00317184"/>
     <w:rsid w:val="00317BA5"/>
     <w:rsid w:val="00321CB3"/>
     <w:rsid w:val="003220E0"/>
     <w:rsid w:val="00323974"/>
-    <w:rsid w:val="003248D0"/>
     <w:rsid w:val="00325198"/>
+    <w:rsid w:val="0032534E"/>
     <w:rsid w:val="00325565"/>
     <w:rsid w:val="003255D5"/>
     <w:rsid w:val="00325AA9"/>
-    <w:rsid w:val="00325EB1"/>
+    <w:rsid w:val="0032656D"/>
     <w:rsid w:val="003268E5"/>
     <w:rsid w:val="003271D9"/>
     <w:rsid w:val="00330E6F"/>
     <w:rsid w:val="00330E84"/>
+    <w:rsid w:val="0033130D"/>
+    <w:rsid w:val="0033205B"/>
     <w:rsid w:val="00333826"/>
+    <w:rsid w:val="00334CE7"/>
     <w:rsid w:val="00335441"/>
     <w:rsid w:val="003359E5"/>
     <w:rsid w:val="0033696F"/>
     <w:rsid w:val="00336B1C"/>
     <w:rsid w:val="00337091"/>
     <w:rsid w:val="003376E8"/>
     <w:rsid w:val="00341AD7"/>
     <w:rsid w:val="0034228A"/>
     <w:rsid w:val="0034311E"/>
     <w:rsid w:val="00344359"/>
     <w:rsid w:val="00345514"/>
-    <w:rsid w:val="003457A2"/>
     <w:rsid w:val="00350349"/>
     <w:rsid w:val="0035075B"/>
     <w:rsid w:val="00350DE9"/>
     <w:rsid w:val="00351CFC"/>
+    <w:rsid w:val="003530B4"/>
     <w:rsid w:val="003532D3"/>
     <w:rsid w:val="00353A69"/>
     <w:rsid w:val="00354B4E"/>
-    <w:rsid w:val="00355D7A"/>
+    <w:rsid w:val="00355503"/>
     <w:rsid w:val="00356950"/>
     <w:rsid w:val="00356AA6"/>
     <w:rsid w:val="0036065C"/>
     <w:rsid w:val="00360FED"/>
     <w:rsid w:val="0036165F"/>
     <w:rsid w:val="00361841"/>
     <w:rsid w:val="00361C14"/>
     <w:rsid w:val="00362B3A"/>
     <w:rsid w:val="00362C83"/>
     <w:rsid w:val="00362FDA"/>
     <w:rsid w:val="00363B88"/>
     <w:rsid w:val="00365007"/>
+    <w:rsid w:val="0036504B"/>
     <w:rsid w:val="0036525D"/>
     <w:rsid w:val="003657EB"/>
     <w:rsid w:val="00365982"/>
     <w:rsid w:val="00366286"/>
     <w:rsid w:val="003666A8"/>
     <w:rsid w:val="00367CC1"/>
     <w:rsid w:val="00370089"/>
     <w:rsid w:val="0037104D"/>
     <w:rsid w:val="003715FA"/>
     <w:rsid w:val="003741D8"/>
     <w:rsid w:val="003743D0"/>
-    <w:rsid w:val="00374FC9"/>
     <w:rsid w:val="003750D2"/>
     <w:rsid w:val="003755B3"/>
-    <w:rsid w:val="00376CB8"/>
     <w:rsid w:val="0038086C"/>
-    <w:rsid w:val="00381A9F"/>
     <w:rsid w:val="003820B2"/>
     <w:rsid w:val="0038279B"/>
     <w:rsid w:val="00383FC0"/>
     <w:rsid w:val="003853CA"/>
     <w:rsid w:val="003853D8"/>
     <w:rsid w:val="00386E42"/>
     <w:rsid w:val="003871F7"/>
     <w:rsid w:val="00387571"/>
     <w:rsid w:val="00387A1C"/>
+    <w:rsid w:val="00390496"/>
     <w:rsid w:val="00390B0B"/>
     <w:rsid w:val="00390D5A"/>
     <w:rsid w:val="0039127A"/>
     <w:rsid w:val="0039167F"/>
-    <w:rsid w:val="0039184D"/>
     <w:rsid w:val="00392C5D"/>
+    <w:rsid w:val="00393537"/>
     <w:rsid w:val="00393C21"/>
     <w:rsid w:val="00395143"/>
     <w:rsid w:val="00395773"/>
     <w:rsid w:val="00395AFA"/>
     <w:rsid w:val="00395FB2"/>
     <w:rsid w:val="00396BC1"/>
     <w:rsid w:val="00396D5B"/>
     <w:rsid w:val="003A016A"/>
     <w:rsid w:val="003A0305"/>
     <w:rsid w:val="003A16E9"/>
-    <w:rsid w:val="003A259C"/>
+    <w:rsid w:val="003A2510"/>
     <w:rsid w:val="003A27B5"/>
     <w:rsid w:val="003A2901"/>
-    <w:rsid w:val="003A47F6"/>
     <w:rsid w:val="003A49BD"/>
     <w:rsid w:val="003A4CC8"/>
     <w:rsid w:val="003A58F9"/>
     <w:rsid w:val="003A5A51"/>
-    <w:rsid w:val="003A7766"/>
+    <w:rsid w:val="003A741D"/>
     <w:rsid w:val="003B06EB"/>
     <w:rsid w:val="003B0EB8"/>
     <w:rsid w:val="003B19D0"/>
     <w:rsid w:val="003B1E54"/>
     <w:rsid w:val="003B1FDE"/>
+    <w:rsid w:val="003B2ED2"/>
     <w:rsid w:val="003B31B0"/>
+    <w:rsid w:val="003B330B"/>
     <w:rsid w:val="003B3B27"/>
-    <w:rsid w:val="003B4628"/>
     <w:rsid w:val="003B5129"/>
+    <w:rsid w:val="003B54FD"/>
     <w:rsid w:val="003B6D08"/>
     <w:rsid w:val="003B72C1"/>
-    <w:rsid w:val="003B7756"/>
     <w:rsid w:val="003B7F53"/>
+    <w:rsid w:val="003C10ED"/>
     <w:rsid w:val="003C1336"/>
     <w:rsid w:val="003C29AD"/>
+    <w:rsid w:val="003C3495"/>
+    <w:rsid w:val="003C3AE9"/>
+    <w:rsid w:val="003C3F83"/>
+    <w:rsid w:val="003C40F6"/>
     <w:rsid w:val="003C4351"/>
     <w:rsid w:val="003C443F"/>
     <w:rsid w:val="003C4A98"/>
     <w:rsid w:val="003C5B93"/>
-    <w:rsid w:val="003C6114"/>
     <w:rsid w:val="003C6FA7"/>
-    <w:rsid w:val="003C7804"/>
+    <w:rsid w:val="003C7514"/>
     <w:rsid w:val="003C7BD1"/>
     <w:rsid w:val="003D12D7"/>
     <w:rsid w:val="003D1AB0"/>
     <w:rsid w:val="003D28DB"/>
+    <w:rsid w:val="003D2CA3"/>
     <w:rsid w:val="003D301E"/>
     <w:rsid w:val="003D3186"/>
     <w:rsid w:val="003D4618"/>
     <w:rsid w:val="003D57C4"/>
     <w:rsid w:val="003D6EB3"/>
     <w:rsid w:val="003D722D"/>
     <w:rsid w:val="003E02BB"/>
     <w:rsid w:val="003E1011"/>
     <w:rsid w:val="003E1767"/>
     <w:rsid w:val="003E4185"/>
-    <w:rsid w:val="003E500A"/>
+    <w:rsid w:val="003E42D9"/>
     <w:rsid w:val="003E59CB"/>
+    <w:rsid w:val="003E73D3"/>
+    <w:rsid w:val="003E772A"/>
     <w:rsid w:val="003F065C"/>
     <w:rsid w:val="003F067F"/>
     <w:rsid w:val="003F0827"/>
     <w:rsid w:val="003F13F7"/>
     <w:rsid w:val="003F1AE9"/>
     <w:rsid w:val="003F276F"/>
     <w:rsid w:val="003F28D3"/>
     <w:rsid w:val="003F2A79"/>
     <w:rsid w:val="003F2C91"/>
     <w:rsid w:val="003F35B8"/>
-    <w:rsid w:val="003F3846"/>
     <w:rsid w:val="003F3866"/>
     <w:rsid w:val="003F3F36"/>
     <w:rsid w:val="003F44FB"/>
-    <w:rsid w:val="003F517F"/>
-    <w:rsid w:val="003F562E"/>
     <w:rsid w:val="003F5828"/>
-    <w:rsid w:val="003F6870"/>
     <w:rsid w:val="003F7B1A"/>
     <w:rsid w:val="00401231"/>
     <w:rsid w:val="004014A5"/>
     <w:rsid w:val="00401B00"/>
     <w:rsid w:val="00404802"/>
     <w:rsid w:val="0040784D"/>
-    <w:rsid w:val="0041176D"/>
     <w:rsid w:val="004119F5"/>
     <w:rsid w:val="004127BA"/>
+    <w:rsid w:val="00413468"/>
     <w:rsid w:val="00413C57"/>
     <w:rsid w:val="00414B99"/>
     <w:rsid w:val="00415CF9"/>
+    <w:rsid w:val="00415F34"/>
     <w:rsid w:val="0041616B"/>
     <w:rsid w:val="00416489"/>
-    <w:rsid w:val="00416EE3"/>
+    <w:rsid w:val="00417EFE"/>
     <w:rsid w:val="004202D6"/>
-    <w:rsid w:val="0042139B"/>
+    <w:rsid w:val="004218F0"/>
     <w:rsid w:val="004234AA"/>
-    <w:rsid w:val="00423B09"/>
     <w:rsid w:val="004246D2"/>
+    <w:rsid w:val="00424DEF"/>
+    <w:rsid w:val="00426ACD"/>
+    <w:rsid w:val="0042792E"/>
+    <w:rsid w:val="0042797B"/>
     <w:rsid w:val="00430141"/>
     <w:rsid w:val="00430370"/>
     <w:rsid w:val="0043069A"/>
-    <w:rsid w:val="004307B9"/>
     <w:rsid w:val="00432273"/>
     <w:rsid w:val="00432844"/>
     <w:rsid w:val="00432A49"/>
     <w:rsid w:val="00432DDA"/>
     <w:rsid w:val="00433A7E"/>
-    <w:rsid w:val="00433DC4"/>
     <w:rsid w:val="00433ECE"/>
     <w:rsid w:val="00434253"/>
+    <w:rsid w:val="00434611"/>
     <w:rsid w:val="004346D2"/>
     <w:rsid w:val="00434F9E"/>
     <w:rsid w:val="00435341"/>
+    <w:rsid w:val="00435F8A"/>
     <w:rsid w:val="004362F7"/>
     <w:rsid w:val="0043725D"/>
     <w:rsid w:val="00437D64"/>
     <w:rsid w:val="004416BC"/>
+    <w:rsid w:val="00441C13"/>
     <w:rsid w:val="0044230C"/>
     <w:rsid w:val="00442394"/>
     <w:rsid w:val="00442D3A"/>
     <w:rsid w:val="0044313D"/>
     <w:rsid w:val="004431AF"/>
     <w:rsid w:val="00443407"/>
     <w:rsid w:val="00443F80"/>
     <w:rsid w:val="0044578F"/>
     <w:rsid w:val="00445C83"/>
     <w:rsid w:val="00446649"/>
     <w:rsid w:val="0045059A"/>
     <w:rsid w:val="00450B3A"/>
     <w:rsid w:val="00450F04"/>
     <w:rsid w:val="004525A1"/>
-    <w:rsid w:val="00453390"/>
+    <w:rsid w:val="00452AEF"/>
     <w:rsid w:val="004534A4"/>
+    <w:rsid w:val="004538C0"/>
     <w:rsid w:val="0045455B"/>
     <w:rsid w:val="004559AC"/>
-    <w:rsid w:val="00455CB7"/>
+    <w:rsid w:val="00455B46"/>
+    <w:rsid w:val="00456035"/>
     <w:rsid w:val="00456CF7"/>
     <w:rsid w:val="00457BCB"/>
     <w:rsid w:val="00457E67"/>
     <w:rsid w:val="00460602"/>
+    <w:rsid w:val="004606AD"/>
     <w:rsid w:val="004607CC"/>
     <w:rsid w:val="00461F96"/>
     <w:rsid w:val="0046278D"/>
     <w:rsid w:val="00463EE0"/>
     <w:rsid w:val="0046468C"/>
     <w:rsid w:val="00464E18"/>
     <w:rsid w:val="0046529F"/>
     <w:rsid w:val="00467BE8"/>
     <w:rsid w:val="0047165E"/>
     <w:rsid w:val="00472C3B"/>
+    <w:rsid w:val="00474AC1"/>
     <w:rsid w:val="004757C4"/>
     <w:rsid w:val="00475A9B"/>
     <w:rsid w:val="00475EE5"/>
     <w:rsid w:val="00476389"/>
     <w:rsid w:val="0047676D"/>
+    <w:rsid w:val="00476C9C"/>
+    <w:rsid w:val="004770E3"/>
+    <w:rsid w:val="004772DB"/>
     <w:rsid w:val="00477469"/>
     <w:rsid w:val="0048022F"/>
     <w:rsid w:val="0048085A"/>
     <w:rsid w:val="004808A5"/>
     <w:rsid w:val="00481010"/>
     <w:rsid w:val="004814C2"/>
+    <w:rsid w:val="004815B6"/>
     <w:rsid w:val="004816E6"/>
+    <w:rsid w:val="00483159"/>
     <w:rsid w:val="00484970"/>
     <w:rsid w:val="0048544A"/>
     <w:rsid w:val="00485CEA"/>
+    <w:rsid w:val="00485EDD"/>
     <w:rsid w:val="00486A69"/>
+    <w:rsid w:val="004874EB"/>
+    <w:rsid w:val="00487E4D"/>
     <w:rsid w:val="0049137A"/>
     <w:rsid w:val="0049277F"/>
+    <w:rsid w:val="0049278F"/>
     <w:rsid w:val="00492878"/>
     <w:rsid w:val="00493B28"/>
     <w:rsid w:val="004941CD"/>
     <w:rsid w:val="0049447A"/>
     <w:rsid w:val="00494CC3"/>
     <w:rsid w:val="004956B6"/>
     <w:rsid w:val="0049620E"/>
     <w:rsid w:val="004966D4"/>
     <w:rsid w:val="004A04D3"/>
     <w:rsid w:val="004A13A1"/>
+    <w:rsid w:val="004A1722"/>
     <w:rsid w:val="004A2712"/>
     <w:rsid w:val="004A2D61"/>
+    <w:rsid w:val="004A36EA"/>
+    <w:rsid w:val="004A3946"/>
     <w:rsid w:val="004A50FF"/>
     <w:rsid w:val="004A5620"/>
     <w:rsid w:val="004A6133"/>
-    <w:rsid w:val="004A6C1A"/>
     <w:rsid w:val="004A6C5A"/>
     <w:rsid w:val="004A7C13"/>
     <w:rsid w:val="004B03B4"/>
     <w:rsid w:val="004B1054"/>
     <w:rsid w:val="004B1707"/>
     <w:rsid w:val="004B1824"/>
     <w:rsid w:val="004B28BB"/>
     <w:rsid w:val="004B35C4"/>
     <w:rsid w:val="004B3791"/>
     <w:rsid w:val="004B3E69"/>
     <w:rsid w:val="004B4041"/>
     <w:rsid w:val="004B6807"/>
-    <w:rsid w:val="004B6C4F"/>
     <w:rsid w:val="004B78D0"/>
+    <w:rsid w:val="004C0764"/>
     <w:rsid w:val="004C1376"/>
     <w:rsid w:val="004C1FDE"/>
     <w:rsid w:val="004C215B"/>
     <w:rsid w:val="004C2D9C"/>
+    <w:rsid w:val="004C2FAE"/>
     <w:rsid w:val="004C3A22"/>
+    <w:rsid w:val="004C4169"/>
     <w:rsid w:val="004C6F5A"/>
     <w:rsid w:val="004C72DE"/>
-    <w:rsid w:val="004D1983"/>
+    <w:rsid w:val="004D0E0C"/>
+    <w:rsid w:val="004D26EF"/>
     <w:rsid w:val="004D2D5C"/>
     <w:rsid w:val="004D34A6"/>
     <w:rsid w:val="004D3ABF"/>
     <w:rsid w:val="004D4328"/>
-    <w:rsid w:val="004D4818"/>
+    <w:rsid w:val="004D5A21"/>
     <w:rsid w:val="004D5E23"/>
+    <w:rsid w:val="004D5FFD"/>
     <w:rsid w:val="004D69C5"/>
     <w:rsid w:val="004D6B38"/>
-    <w:rsid w:val="004D7372"/>
-    <w:rsid w:val="004D7472"/>
     <w:rsid w:val="004D7AB9"/>
-    <w:rsid w:val="004D7DCF"/>
+    <w:rsid w:val="004E0118"/>
     <w:rsid w:val="004E0536"/>
+    <w:rsid w:val="004E05E3"/>
     <w:rsid w:val="004E0DDF"/>
     <w:rsid w:val="004E13CC"/>
     <w:rsid w:val="004E1D4B"/>
     <w:rsid w:val="004E28AB"/>
     <w:rsid w:val="004E312F"/>
     <w:rsid w:val="004E33BB"/>
+    <w:rsid w:val="004E66AB"/>
     <w:rsid w:val="004E68B0"/>
+    <w:rsid w:val="004E6B9A"/>
     <w:rsid w:val="004E7693"/>
+    <w:rsid w:val="004E7B31"/>
     <w:rsid w:val="004F062E"/>
     <w:rsid w:val="004F0D19"/>
     <w:rsid w:val="004F16FD"/>
     <w:rsid w:val="004F254C"/>
     <w:rsid w:val="004F3F5B"/>
     <w:rsid w:val="004F4D50"/>
+    <w:rsid w:val="004F530B"/>
     <w:rsid w:val="004F6F71"/>
+    <w:rsid w:val="004F7069"/>
     <w:rsid w:val="004F712D"/>
     <w:rsid w:val="004F7ADF"/>
-    <w:rsid w:val="004F7BB6"/>
     <w:rsid w:val="0050188A"/>
     <w:rsid w:val="00501F9A"/>
     <w:rsid w:val="00502522"/>
-    <w:rsid w:val="00502831"/>
     <w:rsid w:val="005039C3"/>
     <w:rsid w:val="00503B13"/>
     <w:rsid w:val="00503CF0"/>
+    <w:rsid w:val="00504738"/>
     <w:rsid w:val="005048E0"/>
     <w:rsid w:val="00504B5F"/>
     <w:rsid w:val="00505463"/>
     <w:rsid w:val="00505CBD"/>
     <w:rsid w:val="00506476"/>
+    <w:rsid w:val="00507471"/>
     <w:rsid w:val="005076C7"/>
     <w:rsid w:val="00510314"/>
     <w:rsid w:val="005110FE"/>
     <w:rsid w:val="00511B1D"/>
     <w:rsid w:val="00512BF0"/>
     <w:rsid w:val="005134FD"/>
     <w:rsid w:val="0051441E"/>
-    <w:rsid w:val="005152A8"/>
+    <w:rsid w:val="00514AAA"/>
     <w:rsid w:val="005153FC"/>
     <w:rsid w:val="00515483"/>
     <w:rsid w:val="005156C7"/>
+    <w:rsid w:val="00517767"/>
     <w:rsid w:val="00520FD9"/>
+    <w:rsid w:val="00521114"/>
     <w:rsid w:val="0052381E"/>
     <w:rsid w:val="005245C3"/>
+    <w:rsid w:val="00525409"/>
     <w:rsid w:val="00526098"/>
     <w:rsid w:val="00527229"/>
+    <w:rsid w:val="005302C4"/>
+    <w:rsid w:val="00530505"/>
     <w:rsid w:val="00530A13"/>
     <w:rsid w:val="00530B81"/>
     <w:rsid w:val="00531306"/>
+    <w:rsid w:val="005324D8"/>
     <w:rsid w:val="005327F9"/>
     <w:rsid w:val="00532B2F"/>
     <w:rsid w:val="00534494"/>
     <w:rsid w:val="00534CF4"/>
     <w:rsid w:val="005353B6"/>
-    <w:rsid w:val="005353E0"/>
+    <w:rsid w:val="00535B20"/>
     <w:rsid w:val="00536B15"/>
     <w:rsid w:val="00537352"/>
     <w:rsid w:val="00537D65"/>
     <w:rsid w:val="005400BD"/>
     <w:rsid w:val="0054142A"/>
     <w:rsid w:val="0054219B"/>
     <w:rsid w:val="005427E6"/>
     <w:rsid w:val="00542959"/>
+    <w:rsid w:val="005439F1"/>
     <w:rsid w:val="00547D2B"/>
+    <w:rsid w:val="00550519"/>
     <w:rsid w:val="0055141D"/>
     <w:rsid w:val="0055215C"/>
-    <w:rsid w:val="005538C5"/>
     <w:rsid w:val="005544D9"/>
     <w:rsid w:val="00554566"/>
     <w:rsid w:val="0055472F"/>
+    <w:rsid w:val="005547A6"/>
     <w:rsid w:val="0055615C"/>
     <w:rsid w:val="005564F7"/>
     <w:rsid w:val="0055651A"/>
     <w:rsid w:val="00556C71"/>
     <w:rsid w:val="00556EB2"/>
     <w:rsid w:val="00557C07"/>
+    <w:rsid w:val="0056060F"/>
+    <w:rsid w:val="00561905"/>
     <w:rsid w:val="00561959"/>
+    <w:rsid w:val="00561ACE"/>
     <w:rsid w:val="00561C49"/>
     <w:rsid w:val="00561F3C"/>
     <w:rsid w:val="005623E4"/>
+    <w:rsid w:val="005626B9"/>
     <w:rsid w:val="00563D9E"/>
     <w:rsid w:val="005642FF"/>
-    <w:rsid w:val="005643A1"/>
     <w:rsid w:val="005645B3"/>
     <w:rsid w:val="005662A9"/>
+    <w:rsid w:val="0056642A"/>
+    <w:rsid w:val="005667B9"/>
     <w:rsid w:val="00566866"/>
     <w:rsid w:val="00566E79"/>
     <w:rsid w:val="00570357"/>
     <w:rsid w:val="0057072B"/>
     <w:rsid w:val="00570C95"/>
-    <w:rsid w:val="005718B5"/>
     <w:rsid w:val="00571DD6"/>
     <w:rsid w:val="005720CB"/>
+    <w:rsid w:val="0057252B"/>
     <w:rsid w:val="00572E92"/>
-    <w:rsid w:val="005734D1"/>
     <w:rsid w:val="005738C3"/>
     <w:rsid w:val="005774E9"/>
     <w:rsid w:val="00577735"/>
+    <w:rsid w:val="00577CC0"/>
     <w:rsid w:val="005805D9"/>
     <w:rsid w:val="0058231A"/>
     <w:rsid w:val="00582F34"/>
     <w:rsid w:val="00582FFE"/>
     <w:rsid w:val="00590AC9"/>
-    <w:rsid w:val="00591A24"/>
     <w:rsid w:val="00593B4C"/>
     <w:rsid w:val="00593C5F"/>
-    <w:rsid w:val="00593EA4"/>
     <w:rsid w:val="00595798"/>
     <w:rsid w:val="005959C0"/>
     <w:rsid w:val="00595B9D"/>
     <w:rsid w:val="005A06CE"/>
     <w:rsid w:val="005A0F86"/>
     <w:rsid w:val="005A1336"/>
     <w:rsid w:val="005A1F14"/>
     <w:rsid w:val="005A2CD4"/>
     <w:rsid w:val="005A3ABA"/>
     <w:rsid w:val="005A40C0"/>
     <w:rsid w:val="005A587B"/>
     <w:rsid w:val="005A62C0"/>
+    <w:rsid w:val="005A630D"/>
     <w:rsid w:val="005A6C89"/>
     <w:rsid w:val="005A7C72"/>
     <w:rsid w:val="005B00DE"/>
-    <w:rsid w:val="005B0611"/>
     <w:rsid w:val="005B072A"/>
     <w:rsid w:val="005B2052"/>
     <w:rsid w:val="005B3605"/>
     <w:rsid w:val="005B36E3"/>
     <w:rsid w:val="005B3FEC"/>
+    <w:rsid w:val="005B41CB"/>
     <w:rsid w:val="005B4F9F"/>
+    <w:rsid w:val="005B5017"/>
     <w:rsid w:val="005B5337"/>
     <w:rsid w:val="005B58EF"/>
     <w:rsid w:val="005B629C"/>
     <w:rsid w:val="005B6823"/>
     <w:rsid w:val="005B7D47"/>
     <w:rsid w:val="005C0033"/>
     <w:rsid w:val="005C04FB"/>
+    <w:rsid w:val="005C0D6F"/>
     <w:rsid w:val="005C373B"/>
+    <w:rsid w:val="005C4180"/>
+    <w:rsid w:val="005C4FF0"/>
     <w:rsid w:val="005C64FF"/>
+    <w:rsid w:val="005C6567"/>
     <w:rsid w:val="005C66CD"/>
     <w:rsid w:val="005C6903"/>
     <w:rsid w:val="005D0CBC"/>
     <w:rsid w:val="005D12D0"/>
+    <w:rsid w:val="005D2652"/>
     <w:rsid w:val="005D2C45"/>
-    <w:rsid w:val="005D3855"/>
     <w:rsid w:val="005D3B27"/>
+    <w:rsid w:val="005D3B64"/>
     <w:rsid w:val="005D3CDF"/>
-    <w:rsid w:val="005D3EBA"/>
+    <w:rsid w:val="005D3D75"/>
     <w:rsid w:val="005D4DAB"/>
     <w:rsid w:val="005D4E4E"/>
     <w:rsid w:val="005D5488"/>
     <w:rsid w:val="005D55BE"/>
+    <w:rsid w:val="005D674A"/>
     <w:rsid w:val="005D6B0E"/>
-    <w:rsid w:val="005D790A"/>
-    <w:rsid w:val="005E1CE5"/>
+    <w:rsid w:val="005D7D3E"/>
+    <w:rsid w:val="005E01FD"/>
+    <w:rsid w:val="005E1B5B"/>
     <w:rsid w:val="005E2997"/>
+    <w:rsid w:val="005E2CF1"/>
+    <w:rsid w:val="005E2F55"/>
     <w:rsid w:val="005E30C5"/>
     <w:rsid w:val="005E4681"/>
     <w:rsid w:val="005E47A7"/>
     <w:rsid w:val="005E57BC"/>
     <w:rsid w:val="005E5921"/>
     <w:rsid w:val="005E59B6"/>
     <w:rsid w:val="005E5C80"/>
     <w:rsid w:val="005E70CF"/>
     <w:rsid w:val="005E7CD5"/>
     <w:rsid w:val="005F15B9"/>
     <w:rsid w:val="005F1695"/>
     <w:rsid w:val="005F2C3B"/>
     <w:rsid w:val="005F2CA4"/>
     <w:rsid w:val="005F2DD6"/>
     <w:rsid w:val="005F322F"/>
     <w:rsid w:val="005F3866"/>
-    <w:rsid w:val="005F46B6"/>
     <w:rsid w:val="005F471D"/>
     <w:rsid w:val="005F47B7"/>
     <w:rsid w:val="005F4A19"/>
     <w:rsid w:val="005F51F7"/>
     <w:rsid w:val="005F5226"/>
-    <w:rsid w:val="005F5BE1"/>
     <w:rsid w:val="005F5C12"/>
+    <w:rsid w:val="005F6BB4"/>
     <w:rsid w:val="005F7A70"/>
     <w:rsid w:val="005F7DF6"/>
     <w:rsid w:val="00600149"/>
+    <w:rsid w:val="00602035"/>
     <w:rsid w:val="00602073"/>
     <w:rsid w:val="006021F4"/>
-    <w:rsid w:val="006033DA"/>
     <w:rsid w:val="00604987"/>
-    <w:rsid w:val="00604CB5"/>
     <w:rsid w:val="00604FBC"/>
+    <w:rsid w:val="00605476"/>
     <w:rsid w:val="00605893"/>
     <w:rsid w:val="00605B35"/>
     <w:rsid w:val="00605DCD"/>
     <w:rsid w:val="006061BB"/>
     <w:rsid w:val="00606C21"/>
+    <w:rsid w:val="006104BA"/>
     <w:rsid w:val="00610722"/>
     <w:rsid w:val="00611E9E"/>
-    <w:rsid w:val="00612251"/>
     <w:rsid w:val="00612B91"/>
     <w:rsid w:val="00613105"/>
     <w:rsid w:val="00613DA1"/>
     <w:rsid w:val="0061516F"/>
     <w:rsid w:val="006151A2"/>
     <w:rsid w:val="0061621E"/>
     <w:rsid w:val="0061797B"/>
+    <w:rsid w:val="00620E99"/>
     <w:rsid w:val="00621848"/>
     <w:rsid w:val="00621D6B"/>
     <w:rsid w:val="00622EC7"/>
     <w:rsid w:val="0062311E"/>
     <w:rsid w:val="006240EE"/>
-    <w:rsid w:val="0062492D"/>
     <w:rsid w:val="00625AB8"/>
     <w:rsid w:val="00625CAD"/>
     <w:rsid w:val="006261AF"/>
     <w:rsid w:val="00626F62"/>
     <w:rsid w:val="00627215"/>
     <w:rsid w:val="00627D01"/>
     <w:rsid w:val="00627D64"/>
     <w:rsid w:val="00631CB1"/>
-    <w:rsid w:val="00632517"/>
     <w:rsid w:val="00634292"/>
     <w:rsid w:val="00635113"/>
     <w:rsid w:val="006352CB"/>
+    <w:rsid w:val="00635803"/>
+    <w:rsid w:val="006358B0"/>
     <w:rsid w:val="00635C31"/>
     <w:rsid w:val="0063614A"/>
     <w:rsid w:val="0063699A"/>
+    <w:rsid w:val="0063713F"/>
     <w:rsid w:val="006372BC"/>
-    <w:rsid w:val="006375A1"/>
     <w:rsid w:val="00641703"/>
-    <w:rsid w:val="00641DB8"/>
     <w:rsid w:val="00642596"/>
     <w:rsid w:val="00642C3C"/>
     <w:rsid w:val="00642E94"/>
+    <w:rsid w:val="00643501"/>
     <w:rsid w:val="00643687"/>
-    <w:rsid w:val="006439C6"/>
     <w:rsid w:val="00643C31"/>
     <w:rsid w:val="00643DC7"/>
     <w:rsid w:val="00644813"/>
     <w:rsid w:val="00645A4E"/>
     <w:rsid w:val="00645BC7"/>
     <w:rsid w:val="0064656A"/>
     <w:rsid w:val="00647860"/>
+    <w:rsid w:val="00650280"/>
     <w:rsid w:val="00651658"/>
     <w:rsid w:val="00651DFD"/>
     <w:rsid w:val="006521CE"/>
     <w:rsid w:val="00652340"/>
     <w:rsid w:val="00652CDD"/>
+    <w:rsid w:val="0065351D"/>
     <w:rsid w:val="00654305"/>
-    <w:rsid w:val="0065447F"/>
     <w:rsid w:val="00654694"/>
     <w:rsid w:val="00654873"/>
     <w:rsid w:val="00655B7F"/>
     <w:rsid w:val="006561C3"/>
     <w:rsid w:val="006572F2"/>
+    <w:rsid w:val="006574D3"/>
     <w:rsid w:val="006605A3"/>
     <w:rsid w:val="00661B0A"/>
     <w:rsid w:val="00662068"/>
     <w:rsid w:val="0066206F"/>
     <w:rsid w:val="00662245"/>
     <w:rsid w:val="00662350"/>
+    <w:rsid w:val="00662428"/>
     <w:rsid w:val="00663BBC"/>
     <w:rsid w:val="00663D50"/>
     <w:rsid w:val="006659B5"/>
     <w:rsid w:val="00666980"/>
     <w:rsid w:val="00666DEB"/>
     <w:rsid w:val="006672F1"/>
     <w:rsid w:val="00670849"/>
     <w:rsid w:val="00671683"/>
+    <w:rsid w:val="00671AB3"/>
     <w:rsid w:val="00672EB9"/>
     <w:rsid w:val="006730EE"/>
+    <w:rsid w:val="006777D4"/>
     <w:rsid w:val="00677C36"/>
     <w:rsid w:val="00680A81"/>
-    <w:rsid w:val="0068392F"/>
+    <w:rsid w:val="00682CC6"/>
     <w:rsid w:val="00685C98"/>
     <w:rsid w:val="00685CF5"/>
     <w:rsid w:val="00685D2E"/>
     <w:rsid w:val="0068699F"/>
-    <w:rsid w:val="0068731F"/>
     <w:rsid w:val="006876A9"/>
     <w:rsid w:val="00687C94"/>
+    <w:rsid w:val="00690FF1"/>
     <w:rsid w:val="0069245B"/>
     <w:rsid w:val="00692B3C"/>
     <w:rsid w:val="00694F32"/>
-    <w:rsid w:val="006956CA"/>
+    <w:rsid w:val="006955DE"/>
     <w:rsid w:val="00695884"/>
-    <w:rsid w:val="00696B0C"/>
+    <w:rsid w:val="00695ACF"/>
+    <w:rsid w:val="00695BD6"/>
+    <w:rsid w:val="00695CC5"/>
+    <w:rsid w:val="00697B1E"/>
+    <w:rsid w:val="006A02C3"/>
     <w:rsid w:val="006A44FF"/>
     <w:rsid w:val="006A6208"/>
     <w:rsid w:val="006A630F"/>
     <w:rsid w:val="006A6358"/>
-    <w:rsid w:val="006A6540"/>
+    <w:rsid w:val="006A6551"/>
     <w:rsid w:val="006A6CC1"/>
-    <w:rsid w:val="006A7318"/>
+    <w:rsid w:val="006A7331"/>
+    <w:rsid w:val="006A747D"/>
     <w:rsid w:val="006A74B8"/>
     <w:rsid w:val="006A7AE4"/>
     <w:rsid w:val="006B0122"/>
-    <w:rsid w:val="006B02CE"/>
+    <w:rsid w:val="006B07E4"/>
     <w:rsid w:val="006B0FDF"/>
-    <w:rsid w:val="006B1845"/>
-    <w:rsid w:val="006B2896"/>
     <w:rsid w:val="006B2B31"/>
     <w:rsid w:val="006B40CE"/>
     <w:rsid w:val="006B4FE4"/>
-    <w:rsid w:val="006B5277"/>
+    <w:rsid w:val="006B5820"/>
     <w:rsid w:val="006B6BCA"/>
     <w:rsid w:val="006B7F81"/>
+    <w:rsid w:val="006C1E00"/>
+    <w:rsid w:val="006C2059"/>
     <w:rsid w:val="006C287B"/>
     <w:rsid w:val="006C3446"/>
     <w:rsid w:val="006C38D0"/>
     <w:rsid w:val="006C4561"/>
     <w:rsid w:val="006C5377"/>
     <w:rsid w:val="006C5986"/>
-    <w:rsid w:val="006C59DD"/>
     <w:rsid w:val="006C63EA"/>
     <w:rsid w:val="006C74CA"/>
     <w:rsid w:val="006C7FA0"/>
     <w:rsid w:val="006D03BA"/>
     <w:rsid w:val="006D04EB"/>
+    <w:rsid w:val="006D1DC7"/>
+    <w:rsid w:val="006D224E"/>
     <w:rsid w:val="006D22EE"/>
+    <w:rsid w:val="006D274E"/>
     <w:rsid w:val="006D49C9"/>
     <w:rsid w:val="006D4A35"/>
     <w:rsid w:val="006D4FAB"/>
-    <w:rsid w:val="006D6187"/>
+    <w:rsid w:val="006D596F"/>
     <w:rsid w:val="006D7304"/>
     <w:rsid w:val="006D796C"/>
     <w:rsid w:val="006D7A34"/>
     <w:rsid w:val="006D7C3D"/>
     <w:rsid w:val="006E08EF"/>
     <w:rsid w:val="006E1742"/>
     <w:rsid w:val="006E22AC"/>
     <w:rsid w:val="006E289D"/>
+    <w:rsid w:val="006E34D6"/>
+    <w:rsid w:val="006E3614"/>
+    <w:rsid w:val="006E3AE0"/>
     <w:rsid w:val="006E3BA9"/>
     <w:rsid w:val="006E4A60"/>
     <w:rsid w:val="006E4C7D"/>
-    <w:rsid w:val="006E52E3"/>
     <w:rsid w:val="006E556C"/>
     <w:rsid w:val="006E57C1"/>
     <w:rsid w:val="006E5E19"/>
     <w:rsid w:val="006E6EFD"/>
     <w:rsid w:val="006E7C44"/>
     <w:rsid w:val="006F01B8"/>
     <w:rsid w:val="006F049E"/>
+    <w:rsid w:val="006F0EE9"/>
     <w:rsid w:val="006F11D9"/>
     <w:rsid w:val="006F25A4"/>
     <w:rsid w:val="006F25B3"/>
     <w:rsid w:val="006F2CB0"/>
     <w:rsid w:val="006F3C42"/>
     <w:rsid w:val="006F5705"/>
+    <w:rsid w:val="006F71FB"/>
+    <w:rsid w:val="00700C25"/>
     <w:rsid w:val="00702172"/>
+    <w:rsid w:val="00702967"/>
     <w:rsid w:val="00703875"/>
     <w:rsid w:val="00703C90"/>
-    <w:rsid w:val="00704287"/>
     <w:rsid w:val="00705741"/>
     <w:rsid w:val="007059B3"/>
     <w:rsid w:val="00710B06"/>
     <w:rsid w:val="00711C06"/>
     <w:rsid w:val="00712212"/>
     <w:rsid w:val="007125D9"/>
-    <w:rsid w:val="007135D9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00713C34"/>
     <w:rsid w:val="007141CC"/>
     <w:rsid w:val="007144AB"/>
     <w:rsid w:val="007200ED"/>
     <w:rsid w:val="00720B56"/>
     <w:rsid w:val="00721761"/>
     <w:rsid w:val="007218D7"/>
     <w:rsid w:val="00721915"/>
     <w:rsid w:val="00721CEA"/>
     <w:rsid w:val="00722512"/>
     <w:rsid w:val="00722C1C"/>
     <w:rsid w:val="007245BB"/>
-    <w:rsid w:val="0072775D"/>
+    <w:rsid w:val="0072605A"/>
     <w:rsid w:val="00727C73"/>
     <w:rsid w:val="007303A8"/>
     <w:rsid w:val="00730B12"/>
     <w:rsid w:val="00730C16"/>
     <w:rsid w:val="00732314"/>
-    <w:rsid w:val="0073342B"/>
     <w:rsid w:val="007337AA"/>
     <w:rsid w:val="00733DA7"/>
     <w:rsid w:val="00734017"/>
     <w:rsid w:val="007352D1"/>
     <w:rsid w:val="007355AE"/>
     <w:rsid w:val="00736654"/>
     <w:rsid w:val="007369FF"/>
     <w:rsid w:val="00736A96"/>
-    <w:rsid w:val="00737562"/>
     <w:rsid w:val="00737737"/>
     <w:rsid w:val="007378D8"/>
     <w:rsid w:val="00737EA2"/>
     <w:rsid w:val="0074084B"/>
     <w:rsid w:val="00740A33"/>
-    <w:rsid w:val="0074118A"/>
+    <w:rsid w:val="00740B9A"/>
     <w:rsid w:val="007415DB"/>
-    <w:rsid w:val="007423CF"/>
     <w:rsid w:val="00742E42"/>
     <w:rsid w:val="00743108"/>
     <w:rsid w:val="0074342B"/>
     <w:rsid w:val="00743901"/>
+    <w:rsid w:val="00743D58"/>
     <w:rsid w:val="00743E28"/>
-    <w:rsid w:val="007469BD"/>
+    <w:rsid w:val="00744E5F"/>
+    <w:rsid w:val="007453A6"/>
     <w:rsid w:val="00746BD8"/>
     <w:rsid w:val="00747330"/>
     <w:rsid w:val="00747425"/>
-    <w:rsid w:val="0074783B"/>
+    <w:rsid w:val="00747B58"/>
     <w:rsid w:val="0075006B"/>
-    <w:rsid w:val="00750601"/>
-    <w:rsid w:val="00750E3C"/>
+    <w:rsid w:val="007500E9"/>
     <w:rsid w:val="0075206B"/>
     <w:rsid w:val="00753293"/>
     <w:rsid w:val="00753883"/>
     <w:rsid w:val="0075391A"/>
-    <w:rsid w:val="00755AFF"/>
-    <w:rsid w:val="00756B61"/>
+    <w:rsid w:val="007546CC"/>
+    <w:rsid w:val="0075670E"/>
     <w:rsid w:val="0075738A"/>
     <w:rsid w:val="007578C8"/>
+    <w:rsid w:val="00757CFF"/>
     <w:rsid w:val="00760AE9"/>
     <w:rsid w:val="00760E30"/>
-    <w:rsid w:val="0076297A"/>
+    <w:rsid w:val="0076101A"/>
+    <w:rsid w:val="0076116D"/>
+    <w:rsid w:val="007629D8"/>
     <w:rsid w:val="0076312A"/>
+    <w:rsid w:val="0076346F"/>
+    <w:rsid w:val="007645F4"/>
     <w:rsid w:val="00766FBC"/>
     <w:rsid w:val="00767942"/>
     <w:rsid w:val="007710AB"/>
     <w:rsid w:val="00772144"/>
     <w:rsid w:val="00772399"/>
+    <w:rsid w:val="00772500"/>
     <w:rsid w:val="0077315C"/>
     <w:rsid w:val="0077386B"/>
     <w:rsid w:val="00774C39"/>
     <w:rsid w:val="00774DB9"/>
     <w:rsid w:val="00775218"/>
     <w:rsid w:val="007757CD"/>
+    <w:rsid w:val="00780391"/>
     <w:rsid w:val="007804C9"/>
     <w:rsid w:val="00781BB1"/>
-    <w:rsid w:val="00783A0A"/>
     <w:rsid w:val="007844A5"/>
     <w:rsid w:val="0078484D"/>
     <w:rsid w:val="00785179"/>
-    <w:rsid w:val="00785CA3"/>
-    <w:rsid w:val="00785DE2"/>
     <w:rsid w:val="00786E9E"/>
     <w:rsid w:val="00787672"/>
     <w:rsid w:val="0078792E"/>
     <w:rsid w:val="007907E5"/>
     <w:rsid w:val="00790C61"/>
+    <w:rsid w:val="00791077"/>
+    <w:rsid w:val="007913C0"/>
     <w:rsid w:val="00791451"/>
-    <w:rsid w:val="00791618"/>
     <w:rsid w:val="007921B8"/>
     <w:rsid w:val="00792AF2"/>
     <w:rsid w:val="00792B7F"/>
+    <w:rsid w:val="00792ED1"/>
     <w:rsid w:val="0079301B"/>
     <w:rsid w:val="007934F5"/>
+    <w:rsid w:val="007939F3"/>
     <w:rsid w:val="00794A8B"/>
+    <w:rsid w:val="007950C1"/>
     <w:rsid w:val="007958E2"/>
     <w:rsid w:val="00795F1C"/>
     <w:rsid w:val="0079658A"/>
-    <w:rsid w:val="007967B0"/>
     <w:rsid w:val="00796E46"/>
     <w:rsid w:val="0079794E"/>
     <w:rsid w:val="007A054F"/>
+    <w:rsid w:val="007A1B54"/>
     <w:rsid w:val="007A2823"/>
     <w:rsid w:val="007A346F"/>
     <w:rsid w:val="007A3985"/>
-    <w:rsid w:val="007A4434"/>
+    <w:rsid w:val="007A39B7"/>
     <w:rsid w:val="007A4971"/>
+    <w:rsid w:val="007A50CC"/>
+    <w:rsid w:val="007A690E"/>
     <w:rsid w:val="007A70F2"/>
     <w:rsid w:val="007A7F8B"/>
     <w:rsid w:val="007B05A2"/>
     <w:rsid w:val="007B09CA"/>
+    <w:rsid w:val="007B0B85"/>
     <w:rsid w:val="007B1D59"/>
     <w:rsid w:val="007B271C"/>
     <w:rsid w:val="007B2D94"/>
     <w:rsid w:val="007B2E69"/>
     <w:rsid w:val="007B305F"/>
-    <w:rsid w:val="007B3500"/>
     <w:rsid w:val="007B3736"/>
     <w:rsid w:val="007B3BAA"/>
     <w:rsid w:val="007B3E76"/>
     <w:rsid w:val="007B4144"/>
     <w:rsid w:val="007B6269"/>
     <w:rsid w:val="007B741D"/>
     <w:rsid w:val="007B7DB4"/>
-    <w:rsid w:val="007C046D"/>
     <w:rsid w:val="007C1C37"/>
     <w:rsid w:val="007C1D88"/>
+    <w:rsid w:val="007C228B"/>
     <w:rsid w:val="007C2ACE"/>
     <w:rsid w:val="007C4A08"/>
     <w:rsid w:val="007C4CBF"/>
     <w:rsid w:val="007C68A2"/>
     <w:rsid w:val="007C6FCF"/>
+    <w:rsid w:val="007C75B7"/>
     <w:rsid w:val="007C7698"/>
+    <w:rsid w:val="007D0706"/>
     <w:rsid w:val="007D1958"/>
     <w:rsid w:val="007D1CA0"/>
     <w:rsid w:val="007D1D36"/>
+    <w:rsid w:val="007D2773"/>
+    <w:rsid w:val="007D3A90"/>
+    <w:rsid w:val="007D49C0"/>
     <w:rsid w:val="007D5031"/>
     <w:rsid w:val="007D5805"/>
     <w:rsid w:val="007D580C"/>
     <w:rsid w:val="007D5F8A"/>
     <w:rsid w:val="007D684B"/>
     <w:rsid w:val="007D7636"/>
+    <w:rsid w:val="007D76EC"/>
     <w:rsid w:val="007E03B0"/>
     <w:rsid w:val="007E0891"/>
+    <w:rsid w:val="007E13A8"/>
     <w:rsid w:val="007E1BE5"/>
     <w:rsid w:val="007E1D28"/>
     <w:rsid w:val="007E31B9"/>
     <w:rsid w:val="007E36B7"/>
     <w:rsid w:val="007E5D2B"/>
     <w:rsid w:val="007E6FCE"/>
+    <w:rsid w:val="007E72CE"/>
     <w:rsid w:val="007F190E"/>
+    <w:rsid w:val="007F197D"/>
     <w:rsid w:val="007F3ACC"/>
     <w:rsid w:val="007F46D3"/>
     <w:rsid w:val="007F4E70"/>
     <w:rsid w:val="007F4E72"/>
     <w:rsid w:val="007F66A9"/>
+    <w:rsid w:val="007F6F90"/>
     <w:rsid w:val="007F7258"/>
     <w:rsid w:val="007F73CA"/>
     <w:rsid w:val="007F7B75"/>
-    <w:rsid w:val="0080214D"/>
+    <w:rsid w:val="00800D49"/>
+    <w:rsid w:val="00800DED"/>
+    <w:rsid w:val="00802667"/>
     <w:rsid w:val="00802A41"/>
+    <w:rsid w:val="00803064"/>
     <w:rsid w:val="0080416F"/>
     <w:rsid w:val="008044C4"/>
     <w:rsid w:val="00804A41"/>
     <w:rsid w:val="00804BDF"/>
     <w:rsid w:val="008055FA"/>
+    <w:rsid w:val="00806444"/>
     <w:rsid w:val="00807DFE"/>
     <w:rsid w:val="008101BE"/>
     <w:rsid w:val="00812138"/>
     <w:rsid w:val="008123D7"/>
     <w:rsid w:val="008124ED"/>
     <w:rsid w:val="0081262B"/>
     <w:rsid w:val="00813560"/>
-    <w:rsid w:val="00813CB3"/>
-    <w:rsid w:val="00814426"/>
+    <w:rsid w:val="00813EAF"/>
+    <w:rsid w:val="00813FE0"/>
     <w:rsid w:val="008144BB"/>
     <w:rsid w:val="00814C5E"/>
     <w:rsid w:val="008159C4"/>
     <w:rsid w:val="00815E12"/>
     <w:rsid w:val="00816566"/>
     <w:rsid w:val="00817238"/>
     <w:rsid w:val="0082195D"/>
     <w:rsid w:val="00821BC9"/>
     <w:rsid w:val="00822D0D"/>
     <w:rsid w:val="00822D15"/>
-    <w:rsid w:val="008253B7"/>
+    <w:rsid w:val="0082497A"/>
+    <w:rsid w:val="00824E07"/>
     <w:rsid w:val="0082593E"/>
-    <w:rsid w:val="0082626A"/>
-    <w:rsid w:val="008276E8"/>
+    <w:rsid w:val="00825E15"/>
+    <w:rsid w:val="00826609"/>
+    <w:rsid w:val="00826BE3"/>
     <w:rsid w:val="008304EF"/>
     <w:rsid w:val="008312E7"/>
     <w:rsid w:val="00831407"/>
-    <w:rsid w:val="008314CB"/>
+    <w:rsid w:val="0083157C"/>
     <w:rsid w:val="008325B6"/>
+    <w:rsid w:val="00832E7F"/>
     <w:rsid w:val="008334AE"/>
     <w:rsid w:val="0083478C"/>
     <w:rsid w:val="00835616"/>
     <w:rsid w:val="008372D2"/>
     <w:rsid w:val="00837891"/>
     <w:rsid w:val="00840340"/>
     <w:rsid w:val="008408BB"/>
-    <w:rsid w:val="00843A93"/>
+    <w:rsid w:val="00843A79"/>
     <w:rsid w:val="00843FE6"/>
-    <w:rsid w:val="00844202"/>
+    <w:rsid w:val="008450D7"/>
     <w:rsid w:val="00845850"/>
     <w:rsid w:val="00847153"/>
     <w:rsid w:val="008476FD"/>
+    <w:rsid w:val="00850043"/>
     <w:rsid w:val="008501B5"/>
     <w:rsid w:val="008512A7"/>
-    <w:rsid w:val="00852911"/>
     <w:rsid w:val="008530F7"/>
+    <w:rsid w:val="00853265"/>
+    <w:rsid w:val="008539C7"/>
     <w:rsid w:val="008547F3"/>
     <w:rsid w:val="00854A33"/>
     <w:rsid w:val="00855272"/>
     <w:rsid w:val="008603EB"/>
     <w:rsid w:val="00861241"/>
     <w:rsid w:val="0086159F"/>
     <w:rsid w:val="0086175F"/>
     <w:rsid w:val="008624F0"/>
     <w:rsid w:val="008628A5"/>
-    <w:rsid w:val="0086368B"/>
     <w:rsid w:val="00863F2B"/>
+    <w:rsid w:val="00865194"/>
+    <w:rsid w:val="00865584"/>
+    <w:rsid w:val="008661B9"/>
     <w:rsid w:val="00866897"/>
-    <w:rsid w:val="00867147"/>
+    <w:rsid w:val="008671C8"/>
     <w:rsid w:val="0086728E"/>
     <w:rsid w:val="0087032E"/>
     <w:rsid w:val="0087044F"/>
     <w:rsid w:val="008709EE"/>
     <w:rsid w:val="0087195C"/>
     <w:rsid w:val="0087229D"/>
-    <w:rsid w:val="00875EAC"/>
+    <w:rsid w:val="008735D3"/>
+    <w:rsid w:val="00874AA2"/>
     <w:rsid w:val="00876549"/>
     <w:rsid w:val="00876B2B"/>
     <w:rsid w:val="00876DCD"/>
+    <w:rsid w:val="0088030C"/>
+    <w:rsid w:val="00880B10"/>
     <w:rsid w:val="00880B15"/>
     <w:rsid w:val="00880FEF"/>
     <w:rsid w:val="0088233D"/>
     <w:rsid w:val="00882816"/>
+    <w:rsid w:val="00882BFF"/>
     <w:rsid w:val="008839CD"/>
     <w:rsid w:val="00883F0E"/>
     <w:rsid w:val="00885501"/>
-    <w:rsid w:val="0088589F"/>
+    <w:rsid w:val="00885E20"/>
     <w:rsid w:val="008876E6"/>
     <w:rsid w:val="00887A72"/>
     <w:rsid w:val="00887C46"/>
     <w:rsid w:val="0089101C"/>
     <w:rsid w:val="00891320"/>
+    <w:rsid w:val="0089192C"/>
     <w:rsid w:val="008919F6"/>
     <w:rsid w:val="008927D4"/>
-    <w:rsid w:val="0089347F"/>
+    <w:rsid w:val="00892D41"/>
+    <w:rsid w:val="00893639"/>
     <w:rsid w:val="008936A8"/>
     <w:rsid w:val="00893EEE"/>
     <w:rsid w:val="00894ED5"/>
     <w:rsid w:val="008951CF"/>
     <w:rsid w:val="0089580F"/>
+    <w:rsid w:val="00895E7B"/>
+    <w:rsid w:val="008970E9"/>
     <w:rsid w:val="008978C9"/>
     <w:rsid w:val="00897C35"/>
     <w:rsid w:val="00897D18"/>
     <w:rsid w:val="008A027B"/>
     <w:rsid w:val="008A1051"/>
     <w:rsid w:val="008A123C"/>
     <w:rsid w:val="008A153F"/>
     <w:rsid w:val="008A1B62"/>
     <w:rsid w:val="008A1C0A"/>
     <w:rsid w:val="008A2B8E"/>
     <w:rsid w:val="008A2E73"/>
     <w:rsid w:val="008A3A8D"/>
     <w:rsid w:val="008A569A"/>
-    <w:rsid w:val="008B0191"/>
-    <w:rsid w:val="008B1A05"/>
+    <w:rsid w:val="008A5B55"/>
     <w:rsid w:val="008B1A9E"/>
     <w:rsid w:val="008B2E7A"/>
     <w:rsid w:val="008B31AD"/>
+    <w:rsid w:val="008B324E"/>
+    <w:rsid w:val="008B3309"/>
     <w:rsid w:val="008B35C4"/>
     <w:rsid w:val="008B49C5"/>
     <w:rsid w:val="008B531C"/>
     <w:rsid w:val="008B638A"/>
     <w:rsid w:val="008B6E78"/>
+    <w:rsid w:val="008B7C4F"/>
+    <w:rsid w:val="008C03E8"/>
     <w:rsid w:val="008C077E"/>
     <w:rsid w:val="008C1793"/>
     <w:rsid w:val="008C204E"/>
     <w:rsid w:val="008C2096"/>
-    <w:rsid w:val="008C2A5A"/>
+    <w:rsid w:val="008C22A7"/>
     <w:rsid w:val="008C2F69"/>
     <w:rsid w:val="008C35FA"/>
     <w:rsid w:val="008C39CD"/>
     <w:rsid w:val="008C40FD"/>
     <w:rsid w:val="008C4677"/>
     <w:rsid w:val="008C6637"/>
     <w:rsid w:val="008C6E76"/>
+    <w:rsid w:val="008C7C78"/>
     <w:rsid w:val="008D0EEB"/>
-    <w:rsid w:val="008D28DA"/>
     <w:rsid w:val="008D29C7"/>
     <w:rsid w:val="008D2CC3"/>
     <w:rsid w:val="008D3273"/>
     <w:rsid w:val="008D338D"/>
+    <w:rsid w:val="008D34FB"/>
     <w:rsid w:val="008D384B"/>
     <w:rsid w:val="008D3B6A"/>
     <w:rsid w:val="008D3FEA"/>
     <w:rsid w:val="008D40DF"/>
     <w:rsid w:val="008D494A"/>
     <w:rsid w:val="008D5060"/>
     <w:rsid w:val="008D7292"/>
     <w:rsid w:val="008D767A"/>
+    <w:rsid w:val="008D77BE"/>
+    <w:rsid w:val="008E0807"/>
+    <w:rsid w:val="008E0DF0"/>
+    <w:rsid w:val="008E3043"/>
+    <w:rsid w:val="008E4EC7"/>
     <w:rsid w:val="008E560E"/>
     <w:rsid w:val="008E5D04"/>
     <w:rsid w:val="008E6206"/>
     <w:rsid w:val="008E67AC"/>
     <w:rsid w:val="008E6BBA"/>
     <w:rsid w:val="008E6E5C"/>
     <w:rsid w:val="008E6EC3"/>
     <w:rsid w:val="008E6F77"/>
     <w:rsid w:val="008E7818"/>
     <w:rsid w:val="008F03F1"/>
     <w:rsid w:val="008F0901"/>
+    <w:rsid w:val="008F0F40"/>
+    <w:rsid w:val="008F10E2"/>
     <w:rsid w:val="008F15BA"/>
+    <w:rsid w:val="008F1878"/>
     <w:rsid w:val="008F19D9"/>
     <w:rsid w:val="008F1B41"/>
     <w:rsid w:val="008F26F4"/>
     <w:rsid w:val="008F27F8"/>
-    <w:rsid w:val="008F4D52"/>
     <w:rsid w:val="008F526B"/>
     <w:rsid w:val="008F568E"/>
     <w:rsid w:val="008F7CB8"/>
+    <w:rsid w:val="009000FC"/>
     <w:rsid w:val="00901C81"/>
     <w:rsid w:val="00901FAD"/>
-    <w:rsid w:val="00902D93"/>
     <w:rsid w:val="009035B0"/>
     <w:rsid w:val="00903C56"/>
     <w:rsid w:val="00903DA4"/>
+    <w:rsid w:val="00905163"/>
+    <w:rsid w:val="0090585A"/>
+    <w:rsid w:val="009065FB"/>
     <w:rsid w:val="00906669"/>
     <w:rsid w:val="00906D82"/>
     <w:rsid w:val="00907423"/>
     <w:rsid w:val="00907DC8"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00910581"/>
     <w:rsid w:val="00910C29"/>
     <w:rsid w:val="00910F54"/>
     <w:rsid w:val="00911CA6"/>
     <w:rsid w:val="00914CCC"/>
-    <w:rsid w:val="009152F8"/>
     <w:rsid w:val="0091535B"/>
     <w:rsid w:val="00915982"/>
     <w:rsid w:val="009160CF"/>
     <w:rsid w:val="00916108"/>
     <w:rsid w:val="00916754"/>
+    <w:rsid w:val="00916756"/>
     <w:rsid w:val="009176DF"/>
-    <w:rsid w:val="00917C44"/>
+    <w:rsid w:val="00917F6C"/>
     <w:rsid w:val="00920314"/>
     <w:rsid w:val="00920E12"/>
     <w:rsid w:val="0092149E"/>
     <w:rsid w:val="00921570"/>
     <w:rsid w:val="00921C04"/>
     <w:rsid w:val="00922877"/>
     <w:rsid w:val="00924EBD"/>
     <w:rsid w:val="00925BD2"/>
     <w:rsid w:val="00925D39"/>
     <w:rsid w:val="009262ED"/>
-    <w:rsid w:val="009266C3"/>
     <w:rsid w:val="00927175"/>
     <w:rsid w:val="0092772B"/>
+    <w:rsid w:val="009306DA"/>
     <w:rsid w:val="009316F9"/>
     <w:rsid w:val="00931E7A"/>
     <w:rsid w:val="00931FBB"/>
     <w:rsid w:val="009323E3"/>
     <w:rsid w:val="00932B2E"/>
+    <w:rsid w:val="00932B47"/>
+    <w:rsid w:val="00933339"/>
+    <w:rsid w:val="009334B2"/>
+    <w:rsid w:val="00934855"/>
     <w:rsid w:val="00935B9B"/>
-    <w:rsid w:val="009361DD"/>
     <w:rsid w:val="00936214"/>
     <w:rsid w:val="009369DC"/>
     <w:rsid w:val="00936CD9"/>
     <w:rsid w:val="0093757A"/>
     <w:rsid w:val="00940B01"/>
     <w:rsid w:val="00940B1C"/>
     <w:rsid w:val="00941569"/>
     <w:rsid w:val="00941995"/>
     <w:rsid w:val="00941C4B"/>
     <w:rsid w:val="009438E3"/>
+    <w:rsid w:val="00944B51"/>
     <w:rsid w:val="00946630"/>
     <w:rsid w:val="009474BA"/>
-    <w:rsid w:val="009507A2"/>
+    <w:rsid w:val="009512CA"/>
+    <w:rsid w:val="0095158A"/>
     <w:rsid w:val="00951A27"/>
     <w:rsid w:val="009527FD"/>
     <w:rsid w:val="00952E77"/>
     <w:rsid w:val="00952E9B"/>
     <w:rsid w:val="0095308D"/>
+    <w:rsid w:val="00953336"/>
     <w:rsid w:val="009538CE"/>
-    <w:rsid w:val="00954A71"/>
+    <w:rsid w:val="00953DFE"/>
+    <w:rsid w:val="00953F7B"/>
+    <w:rsid w:val="00954635"/>
     <w:rsid w:val="00954F7B"/>
     <w:rsid w:val="0095571A"/>
-    <w:rsid w:val="0095611F"/>
     <w:rsid w:val="0095699D"/>
     <w:rsid w:val="00956A15"/>
     <w:rsid w:val="00957548"/>
     <w:rsid w:val="00957773"/>
     <w:rsid w:val="00961406"/>
     <w:rsid w:val="009617E5"/>
     <w:rsid w:val="00961B79"/>
     <w:rsid w:val="009636E9"/>
+    <w:rsid w:val="00963D39"/>
     <w:rsid w:val="0096541A"/>
+    <w:rsid w:val="00965EFD"/>
     <w:rsid w:val="009662F1"/>
     <w:rsid w:val="00967577"/>
     <w:rsid w:val="00967931"/>
     <w:rsid w:val="00967B80"/>
-    <w:rsid w:val="00967E7E"/>
+    <w:rsid w:val="00971587"/>
+    <w:rsid w:val="00971A93"/>
     <w:rsid w:val="009726F5"/>
     <w:rsid w:val="00972BF5"/>
     <w:rsid w:val="00973AD8"/>
     <w:rsid w:val="00973B87"/>
+    <w:rsid w:val="00973D06"/>
     <w:rsid w:val="00974600"/>
+    <w:rsid w:val="00975CE1"/>
     <w:rsid w:val="00975F7C"/>
     <w:rsid w:val="00977A45"/>
     <w:rsid w:val="00980F25"/>
+    <w:rsid w:val="00981904"/>
     <w:rsid w:val="00981ABF"/>
     <w:rsid w:val="00984C55"/>
+    <w:rsid w:val="00986E03"/>
     <w:rsid w:val="009871E8"/>
     <w:rsid w:val="00990D60"/>
     <w:rsid w:val="00991935"/>
     <w:rsid w:val="009935BA"/>
     <w:rsid w:val="00994A1E"/>
     <w:rsid w:val="00996639"/>
+    <w:rsid w:val="0099696C"/>
     <w:rsid w:val="009969A1"/>
-    <w:rsid w:val="009A0FEF"/>
     <w:rsid w:val="009A1622"/>
     <w:rsid w:val="009A16A1"/>
     <w:rsid w:val="009A215C"/>
     <w:rsid w:val="009A2A27"/>
     <w:rsid w:val="009A2C89"/>
-    <w:rsid w:val="009A2D96"/>
     <w:rsid w:val="009A414F"/>
     <w:rsid w:val="009A41AA"/>
+    <w:rsid w:val="009A6018"/>
+    <w:rsid w:val="009A6A92"/>
     <w:rsid w:val="009A7DB5"/>
-    <w:rsid w:val="009B02A3"/>
+    <w:rsid w:val="009A7E2D"/>
     <w:rsid w:val="009B05C4"/>
+    <w:rsid w:val="009B0C0A"/>
     <w:rsid w:val="009B0C38"/>
     <w:rsid w:val="009B0C9B"/>
     <w:rsid w:val="009B1F12"/>
+    <w:rsid w:val="009B220E"/>
     <w:rsid w:val="009B30CD"/>
     <w:rsid w:val="009B3806"/>
     <w:rsid w:val="009B4140"/>
     <w:rsid w:val="009B4620"/>
     <w:rsid w:val="009B4EBB"/>
     <w:rsid w:val="009B50AE"/>
     <w:rsid w:val="009B5D53"/>
     <w:rsid w:val="009B79EF"/>
     <w:rsid w:val="009B7AE0"/>
     <w:rsid w:val="009C0966"/>
+    <w:rsid w:val="009C0F4A"/>
     <w:rsid w:val="009C1B72"/>
+    <w:rsid w:val="009C2107"/>
     <w:rsid w:val="009C2286"/>
-    <w:rsid w:val="009C23C9"/>
-    <w:rsid w:val="009C2DB4"/>
+    <w:rsid w:val="009C2977"/>
     <w:rsid w:val="009C56D9"/>
+    <w:rsid w:val="009C6B08"/>
     <w:rsid w:val="009C7287"/>
     <w:rsid w:val="009D0E73"/>
     <w:rsid w:val="009D1FBA"/>
     <w:rsid w:val="009D25F5"/>
     <w:rsid w:val="009D32AC"/>
     <w:rsid w:val="009D35D7"/>
+    <w:rsid w:val="009D3B1B"/>
     <w:rsid w:val="009D4076"/>
+    <w:rsid w:val="009D4B71"/>
     <w:rsid w:val="009D4CC9"/>
     <w:rsid w:val="009D6722"/>
+    <w:rsid w:val="009D6831"/>
     <w:rsid w:val="009D7A19"/>
     <w:rsid w:val="009E03DD"/>
     <w:rsid w:val="009E10A0"/>
     <w:rsid w:val="009E177D"/>
+    <w:rsid w:val="009E2032"/>
     <w:rsid w:val="009E24AB"/>
     <w:rsid w:val="009E30B9"/>
     <w:rsid w:val="009E3BBC"/>
     <w:rsid w:val="009E4634"/>
+    <w:rsid w:val="009E511E"/>
     <w:rsid w:val="009E53DF"/>
     <w:rsid w:val="009E54C0"/>
     <w:rsid w:val="009E5B83"/>
-    <w:rsid w:val="009E6372"/>
-    <w:rsid w:val="009E65DD"/>
+    <w:rsid w:val="009E6044"/>
     <w:rsid w:val="009E78E6"/>
     <w:rsid w:val="009E7B17"/>
     <w:rsid w:val="009E7C14"/>
     <w:rsid w:val="009F3AF5"/>
     <w:rsid w:val="009F64E3"/>
     <w:rsid w:val="009F6AED"/>
     <w:rsid w:val="009F7667"/>
-    <w:rsid w:val="00A008C7"/>
+    <w:rsid w:val="00A006DB"/>
     <w:rsid w:val="00A00C94"/>
     <w:rsid w:val="00A00FDA"/>
-    <w:rsid w:val="00A01B71"/>
     <w:rsid w:val="00A041BA"/>
     <w:rsid w:val="00A04F93"/>
     <w:rsid w:val="00A05145"/>
     <w:rsid w:val="00A0627A"/>
     <w:rsid w:val="00A06BAA"/>
     <w:rsid w:val="00A07C4A"/>
+    <w:rsid w:val="00A11ABD"/>
     <w:rsid w:val="00A12B43"/>
     <w:rsid w:val="00A12D60"/>
+    <w:rsid w:val="00A13184"/>
     <w:rsid w:val="00A14AF9"/>
     <w:rsid w:val="00A15852"/>
     <w:rsid w:val="00A16B8F"/>
     <w:rsid w:val="00A17124"/>
+    <w:rsid w:val="00A20D7F"/>
     <w:rsid w:val="00A21E3B"/>
+    <w:rsid w:val="00A22500"/>
     <w:rsid w:val="00A22729"/>
     <w:rsid w:val="00A23105"/>
     <w:rsid w:val="00A23269"/>
     <w:rsid w:val="00A23603"/>
     <w:rsid w:val="00A24610"/>
-    <w:rsid w:val="00A25003"/>
+    <w:rsid w:val="00A25C15"/>
     <w:rsid w:val="00A2653D"/>
     <w:rsid w:val="00A2667A"/>
+    <w:rsid w:val="00A27DAE"/>
     <w:rsid w:val="00A3006C"/>
+    <w:rsid w:val="00A30B6B"/>
     <w:rsid w:val="00A3144A"/>
-    <w:rsid w:val="00A318B5"/>
+    <w:rsid w:val="00A314C4"/>
     <w:rsid w:val="00A321C5"/>
     <w:rsid w:val="00A32D63"/>
-    <w:rsid w:val="00A33676"/>
     <w:rsid w:val="00A33722"/>
     <w:rsid w:val="00A348E7"/>
+    <w:rsid w:val="00A350B2"/>
     <w:rsid w:val="00A352EC"/>
-    <w:rsid w:val="00A35C80"/>
-    <w:rsid w:val="00A35F07"/>
+    <w:rsid w:val="00A3573F"/>
     <w:rsid w:val="00A37462"/>
     <w:rsid w:val="00A377F7"/>
+    <w:rsid w:val="00A40695"/>
     <w:rsid w:val="00A40DD5"/>
     <w:rsid w:val="00A42A73"/>
     <w:rsid w:val="00A42DC3"/>
+    <w:rsid w:val="00A434FB"/>
     <w:rsid w:val="00A445EC"/>
     <w:rsid w:val="00A447C1"/>
     <w:rsid w:val="00A456B0"/>
     <w:rsid w:val="00A45E24"/>
     <w:rsid w:val="00A46435"/>
     <w:rsid w:val="00A50945"/>
     <w:rsid w:val="00A5096A"/>
     <w:rsid w:val="00A51DDD"/>
     <w:rsid w:val="00A52ECE"/>
     <w:rsid w:val="00A53F4B"/>
-    <w:rsid w:val="00A547B1"/>
     <w:rsid w:val="00A54A9A"/>
     <w:rsid w:val="00A55B4C"/>
     <w:rsid w:val="00A564D9"/>
-    <w:rsid w:val="00A56BCF"/>
     <w:rsid w:val="00A578EC"/>
+    <w:rsid w:val="00A60DFF"/>
     <w:rsid w:val="00A6137D"/>
     <w:rsid w:val="00A61B53"/>
     <w:rsid w:val="00A61E3C"/>
+    <w:rsid w:val="00A61F1B"/>
     <w:rsid w:val="00A6260C"/>
     <w:rsid w:val="00A62C6A"/>
+    <w:rsid w:val="00A62CEE"/>
     <w:rsid w:val="00A636BE"/>
+    <w:rsid w:val="00A64C97"/>
     <w:rsid w:val="00A64E30"/>
     <w:rsid w:val="00A64E8F"/>
     <w:rsid w:val="00A6778B"/>
-    <w:rsid w:val="00A67D5E"/>
     <w:rsid w:val="00A70581"/>
-    <w:rsid w:val="00A70B3B"/>
     <w:rsid w:val="00A70DAA"/>
     <w:rsid w:val="00A70E73"/>
     <w:rsid w:val="00A712ED"/>
     <w:rsid w:val="00A71523"/>
     <w:rsid w:val="00A71A4F"/>
     <w:rsid w:val="00A71B3C"/>
     <w:rsid w:val="00A73272"/>
+    <w:rsid w:val="00A732A0"/>
     <w:rsid w:val="00A74831"/>
     <w:rsid w:val="00A74E93"/>
     <w:rsid w:val="00A75180"/>
     <w:rsid w:val="00A761DA"/>
     <w:rsid w:val="00A7657D"/>
     <w:rsid w:val="00A76692"/>
     <w:rsid w:val="00A76DC2"/>
     <w:rsid w:val="00A772DE"/>
     <w:rsid w:val="00A800F5"/>
     <w:rsid w:val="00A8014B"/>
     <w:rsid w:val="00A80528"/>
     <w:rsid w:val="00A80849"/>
     <w:rsid w:val="00A80B4D"/>
     <w:rsid w:val="00A80DC7"/>
     <w:rsid w:val="00A851E8"/>
+    <w:rsid w:val="00A85B7D"/>
     <w:rsid w:val="00A85E07"/>
     <w:rsid w:val="00A8700F"/>
     <w:rsid w:val="00A87507"/>
     <w:rsid w:val="00A90870"/>
-    <w:rsid w:val="00A91C71"/>
+    <w:rsid w:val="00A92C47"/>
     <w:rsid w:val="00A93CDF"/>
+    <w:rsid w:val="00A944D8"/>
     <w:rsid w:val="00A94D21"/>
     <w:rsid w:val="00A956E8"/>
     <w:rsid w:val="00A9571A"/>
     <w:rsid w:val="00A95B7D"/>
     <w:rsid w:val="00A966E4"/>
     <w:rsid w:val="00A96CA5"/>
     <w:rsid w:val="00AA0489"/>
     <w:rsid w:val="00AA0529"/>
     <w:rsid w:val="00AA1400"/>
     <w:rsid w:val="00AA1A07"/>
     <w:rsid w:val="00AA1C62"/>
     <w:rsid w:val="00AA1D4F"/>
-    <w:rsid w:val="00AA28AC"/>
     <w:rsid w:val="00AA28D0"/>
-    <w:rsid w:val="00AA2BD4"/>
     <w:rsid w:val="00AA4212"/>
+    <w:rsid w:val="00AA530D"/>
     <w:rsid w:val="00AA618C"/>
     <w:rsid w:val="00AA6E23"/>
     <w:rsid w:val="00AA78A1"/>
     <w:rsid w:val="00AA7BE6"/>
     <w:rsid w:val="00AA7E80"/>
-    <w:rsid w:val="00AB0B1A"/>
+    <w:rsid w:val="00AB075C"/>
     <w:rsid w:val="00AB26B5"/>
     <w:rsid w:val="00AB2B07"/>
-    <w:rsid w:val="00AB38CC"/>
+    <w:rsid w:val="00AB474D"/>
     <w:rsid w:val="00AB4BAC"/>
+    <w:rsid w:val="00AB50DF"/>
+    <w:rsid w:val="00AB6194"/>
     <w:rsid w:val="00AB658E"/>
     <w:rsid w:val="00AB7140"/>
     <w:rsid w:val="00AB7656"/>
-    <w:rsid w:val="00AC1D0B"/>
+    <w:rsid w:val="00AB7BEA"/>
     <w:rsid w:val="00AC4216"/>
     <w:rsid w:val="00AC43E8"/>
     <w:rsid w:val="00AC4C03"/>
-    <w:rsid w:val="00AC63CF"/>
     <w:rsid w:val="00AD08CE"/>
+    <w:rsid w:val="00AD1088"/>
     <w:rsid w:val="00AD119C"/>
     <w:rsid w:val="00AD2820"/>
     <w:rsid w:val="00AD2DFA"/>
     <w:rsid w:val="00AD2FFF"/>
-    <w:rsid w:val="00AD34E9"/>
     <w:rsid w:val="00AD4290"/>
     <w:rsid w:val="00AD4FF1"/>
-    <w:rsid w:val="00AD6FB2"/>
+    <w:rsid w:val="00AD6410"/>
     <w:rsid w:val="00AD772D"/>
+    <w:rsid w:val="00AE1015"/>
     <w:rsid w:val="00AE16D7"/>
     <w:rsid w:val="00AE26A7"/>
     <w:rsid w:val="00AE2BA3"/>
     <w:rsid w:val="00AE2C59"/>
     <w:rsid w:val="00AE3AC2"/>
     <w:rsid w:val="00AE482C"/>
     <w:rsid w:val="00AE4E9C"/>
     <w:rsid w:val="00AF0CD9"/>
     <w:rsid w:val="00AF2641"/>
     <w:rsid w:val="00AF29B1"/>
-    <w:rsid w:val="00AF2F57"/>
     <w:rsid w:val="00AF3C88"/>
-    <w:rsid w:val="00AF4051"/>
     <w:rsid w:val="00AF5298"/>
     <w:rsid w:val="00AF6A90"/>
     <w:rsid w:val="00AF6E8F"/>
     <w:rsid w:val="00AF77D6"/>
+    <w:rsid w:val="00B000FE"/>
     <w:rsid w:val="00B016E5"/>
     <w:rsid w:val="00B01744"/>
     <w:rsid w:val="00B0231F"/>
-    <w:rsid w:val="00B02586"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B02EE7"/>
+    <w:rsid w:val="00B023FC"/>
     <w:rsid w:val="00B03018"/>
     <w:rsid w:val="00B037DA"/>
     <w:rsid w:val="00B04008"/>
+    <w:rsid w:val="00B055FE"/>
     <w:rsid w:val="00B06C51"/>
     <w:rsid w:val="00B07674"/>
     <w:rsid w:val="00B07A81"/>
     <w:rsid w:val="00B114D4"/>
-    <w:rsid w:val="00B11790"/>
     <w:rsid w:val="00B11A8F"/>
     <w:rsid w:val="00B12DBA"/>
+    <w:rsid w:val="00B1343B"/>
     <w:rsid w:val="00B148AD"/>
-    <w:rsid w:val="00B16046"/>
     <w:rsid w:val="00B1734C"/>
     <w:rsid w:val="00B2078D"/>
     <w:rsid w:val="00B20EAC"/>
     <w:rsid w:val="00B21261"/>
     <w:rsid w:val="00B21275"/>
+    <w:rsid w:val="00B212C3"/>
     <w:rsid w:val="00B2185B"/>
     <w:rsid w:val="00B22097"/>
     <w:rsid w:val="00B235F8"/>
     <w:rsid w:val="00B238ED"/>
-    <w:rsid w:val="00B23A92"/>
+    <w:rsid w:val="00B2443A"/>
     <w:rsid w:val="00B25A3C"/>
     <w:rsid w:val="00B26AD2"/>
-    <w:rsid w:val="00B27A13"/>
     <w:rsid w:val="00B3140E"/>
+    <w:rsid w:val="00B31705"/>
     <w:rsid w:val="00B33B3F"/>
     <w:rsid w:val="00B34758"/>
     <w:rsid w:val="00B34829"/>
     <w:rsid w:val="00B35E68"/>
     <w:rsid w:val="00B369BE"/>
     <w:rsid w:val="00B374E5"/>
+    <w:rsid w:val="00B40232"/>
     <w:rsid w:val="00B4094D"/>
     <w:rsid w:val="00B40A4E"/>
     <w:rsid w:val="00B40BEF"/>
     <w:rsid w:val="00B41110"/>
     <w:rsid w:val="00B41656"/>
+    <w:rsid w:val="00B41A4F"/>
     <w:rsid w:val="00B41F26"/>
     <w:rsid w:val="00B422E4"/>
     <w:rsid w:val="00B42B08"/>
     <w:rsid w:val="00B42ED7"/>
     <w:rsid w:val="00B435D9"/>
     <w:rsid w:val="00B45F27"/>
     <w:rsid w:val="00B47672"/>
     <w:rsid w:val="00B479FC"/>
     <w:rsid w:val="00B47C5F"/>
-    <w:rsid w:val="00B47DCA"/>
+    <w:rsid w:val="00B500F9"/>
     <w:rsid w:val="00B514D2"/>
     <w:rsid w:val="00B51502"/>
     <w:rsid w:val="00B52E79"/>
     <w:rsid w:val="00B53127"/>
     <w:rsid w:val="00B532B6"/>
     <w:rsid w:val="00B533EF"/>
     <w:rsid w:val="00B53435"/>
     <w:rsid w:val="00B535C1"/>
-    <w:rsid w:val="00B53CBC"/>
+    <w:rsid w:val="00B53CD8"/>
     <w:rsid w:val="00B53E0E"/>
     <w:rsid w:val="00B55818"/>
-    <w:rsid w:val="00B57B3A"/>
-    <w:rsid w:val="00B57BE3"/>
+    <w:rsid w:val="00B57742"/>
+    <w:rsid w:val="00B57C86"/>
     <w:rsid w:val="00B57F1F"/>
+    <w:rsid w:val="00B60617"/>
     <w:rsid w:val="00B60CD9"/>
     <w:rsid w:val="00B611A4"/>
-    <w:rsid w:val="00B62267"/>
     <w:rsid w:val="00B62B54"/>
     <w:rsid w:val="00B62C17"/>
     <w:rsid w:val="00B63964"/>
     <w:rsid w:val="00B64C24"/>
-    <w:rsid w:val="00B66B5F"/>
+    <w:rsid w:val="00B660F2"/>
     <w:rsid w:val="00B66CE9"/>
+    <w:rsid w:val="00B70ACA"/>
+    <w:rsid w:val="00B738D6"/>
     <w:rsid w:val="00B7392A"/>
     <w:rsid w:val="00B73A55"/>
     <w:rsid w:val="00B741FC"/>
     <w:rsid w:val="00B74864"/>
     <w:rsid w:val="00B768A2"/>
     <w:rsid w:val="00B76950"/>
     <w:rsid w:val="00B7701B"/>
     <w:rsid w:val="00B7796C"/>
     <w:rsid w:val="00B77AAB"/>
     <w:rsid w:val="00B77B6B"/>
     <w:rsid w:val="00B804B0"/>
     <w:rsid w:val="00B80536"/>
     <w:rsid w:val="00B80B5B"/>
     <w:rsid w:val="00B81C02"/>
+    <w:rsid w:val="00B82692"/>
     <w:rsid w:val="00B83B52"/>
     <w:rsid w:val="00B84363"/>
+    <w:rsid w:val="00B84E2A"/>
     <w:rsid w:val="00B854A5"/>
+    <w:rsid w:val="00B85AF2"/>
     <w:rsid w:val="00B86525"/>
     <w:rsid w:val="00B86ABA"/>
     <w:rsid w:val="00B873CD"/>
     <w:rsid w:val="00B87847"/>
+    <w:rsid w:val="00B87C76"/>
     <w:rsid w:val="00B900BC"/>
     <w:rsid w:val="00B90654"/>
     <w:rsid w:val="00B91CB4"/>
-    <w:rsid w:val="00B928A9"/>
+    <w:rsid w:val="00B92CB7"/>
     <w:rsid w:val="00B9350C"/>
     <w:rsid w:val="00B93742"/>
     <w:rsid w:val="00B9374C"/>
     <w:rsid w:val="00B938E0"/>
     <w:rsid w:val="00B93BDB"/>
+    <w:rsid w:val="00B93CDF"/>
+    <w:rsid w:val="00B947DB"/>
     <w:rsid w:val="00B95019"/>
     <w:rsid w:val="00B951B2"/>
     <w:rsid w:val="00B95C86"/>
+    <w:rsid w:val="00B9704D"/>
     <w:rsid w:val="00B97FBA"/>
     <w:rsid w:val="00B97FDE"/>
     <w:rsid w:val="00BA0C60"/>
     <w:rsid w:val="00BA1423"/>
+    <w:rsid w:val="00BA1D4E"/>
     <w:rsid w:val="00BA2459"/>
     <w:rsid w:val="00BA2961"/>
     <w:rsid w:val="00BA392E"/>
+    <w:rsid w:val="00BA3933"/>
     <w:rsid w:val="00BA3E93"/>
+    <w:rsid w:val="00BA4256"/>
     <w:rsid w:val="00BA4B79"/>
     <w:rsid w:val="00BA5E1B"/>
     <w:rsid w:val="00BA64C7"/>
+    <w:rsid w:val="00BA6EA2"/>
     <w:rsid w:val="00BA71B5"/>
     <w:rsid w:val="00BB1CCD"/>
     <w:rsid w:val="00BB1DCA"/>
     <w:rsid w:val="00BB235E"/>
     <w:rsid w:val="00BB3E7F"/>
     <w:rsid w:val="00BB4139"/>
     <w:rsid w:val="00BB4266"/>
     <w:rsid w:val="00BB478A"/>
+    <w:rsid w:val="00BB4D2E"/>
+    <w:rsid w:val="00BB4E18"/>
     <w:rsid w:val="00BB55C4"/>
-    <w:rsid w:val="00BB5EDB"/>
     <w:rsid w:val="00BB5EDD"/>
+    <w:rsid w:val="00BB6DB3"/>
     <w:rsid w:val="00BC0199"/>
     <w:rsid w:val="00BC02EF"/>
+    <w:rsid w:val="00BC35E3"/>
     <w:rsid w:val="00BC3FC0"/>
     <w:rsid w:val="00BC4368"/>
     <w:rsid w:val="00BC4D7D"/>
     <w:rsid w:val="00BC5606"/>
     <w:rsid w:val="00BC73E9"/>
+    <w:rsid w:val="00BC768C"/>
     <w:rsid w:val="00BD058A"/>
     <w:rsid w:val="00BD0605"/>
+    <w:rsid w:val="00BD082B"/>
     <w:rsid w:val="00BD0F69"/>
     <w:rsid w:val="00BD1E19"/>
-    <w:rsid w:val="00BD33C6"/>
     <w:rsid w:val="00BD33D9"/>
     <w:rsid w:val="00BD341B"/>
     <w:rsid w:val="00BD3B44"/>
     <w:rsid w:val="00BD3B68"/>
+    <w:rsid w:val="00BD4551"/>
     <w:rsid w:val="00BD4B28"/>
+    <w:rsid w:val="00BD57C9"/>
     <w:rsid w:val="00BD5969"/>
+    <w:rsid w:val="00BD5D9B"/>
     <w:rsid w:val="00BD67C0"/>
     <w:rsid w:val="00BD69F2"/>
     <w:rsid w:val="00BD6D7A"/>
+    <w:rsid w:val="00BD7B06"/>
+    <w:rsid w:val="00BD7E41"/>
     <w:rsid w:val="00BE0BC8"/>
     <w:rsid w:val="00BE0D17"/>
     <w:rsid w:val="00BE1557"/>
     <w:rsid w:val="00BE1A25"/>
     <w:rsid w:val="00BE38E6"/>
+    <w:rsid w:val="00BE39D6"/>
     <w:rsid w:val="00BE3D5C"/>
-    <w:rsid w:val="00BE5693"/>
     <w:rsid w:val="00BE56FD"/>
     <w:rsid w:val="00BE62D8"/>
     <w:rsid w:val="00BE6AC4"/>
     <w:rsid w:val="00BE759F"/>
     <w:rsid w:val="00BF13EE"/>
     <w:rsid w:val="00BF1D0C"/>
     <w:rsid w:val="00BF4658"/>
-    <w:rsid w:val="00BF528A"/>
     <w:rsid w:val="00BF5B93"/>
+    <w:rsid w:val="00BF6446"/>
     <w:rsid w:val="00BF7483"/>
     <w:rsid w:val="00BF7501"/>
+    <w:rsid w:val="00BF797F"/>
     <w:rsid w:val="00BF7D23"/>
     <w:rsid w:val="00C00E44"/>
+    <w:rsid w:val="00C0218C"/>
     <w:rsid w:val="00C02491"/>
-    <w:rsid w:val="00C02510"/>
     <w:rsid w:val="00C02C67"/>
     <w:rsid w:val="00C02C8D"/>
-    <w:rsid w:val="00C0407D"/>
+    <w:rsid w:val="00C02DF3"/>
+    <w:rsid w:val="00C035CC"/>
+    <w:rsid w:val="00C04158"/>
     <w:rsid w:val="00C04241"/>
     <w:rsid w:val="00C0453F"/>
-    <w:rsid w:val="00C0546C"/>
+    <w:rsid w:val="00C04870"/>
     <w:rsid w:val="00C05746"/>
-    <w:rsid w:val="00C061FB"/>
     <w:rsid w:val="00C06536"/>
     <w:rsid w:val="00C06635"/>
     <w:rsid w:val="00C06BA9"/>
     <w:rsid w:val="00C0722F"/>
+    <w:rsid w:val="00C1083E"/>
+    <w:rsid w:val="00C1141D"/>
+    <w:rsid w:val="00C11D79"/>
     <w:rsid w:val="00C1252B"/>
     <w:rsid w:val="00C1327F"/>
     <w:rsid w:val="00C132CC"/>
     <w:rsid w:val="00C15722"/>
     <w:rsid w:val="00C164A8"/>
     <w:rsid w:val="00C16B00"/>
+    <w:rsid w:val="00C16C0A"/>
     <w:rsid w:val="00C16FFA"/>
     <w:rsid w:val="00C17324"/>
     <w:rsid w:val="00C20295"/>
     <w:rsid w:val="00C2032B"/>
+    <w:rsid w:val="00C207FF"/>
     <w:rsid w:val="00C20BF0"/>
+    <w:rsid w:val="00C218F7"/>
     <w:rsid w:val="00C227F8"/>
     <w:rsid w:val="00C2296E"/>
     <w:rsid w:val="00C25E56"/>
     <w:rsid w:val="00C26F68"/>
+    <w:rsid w:val="00C273A5"/>
     <w:rsid w:val="00C273F8"/>
     <w:rsid w:val="00C2781D"/>
     <w:rsid w:val="00C30A84"/>
     <w:rsid w:val="00C32105"/>
     <w:rsid w:val="00C32B2E"/>
     <w:rsid w:val="00C33336"/>
+    <w:rsid w:val="00C33A6D"/>
     <w:rsid w:val="00C342A4"/>
     <w:rsid w:val="00C37F5C"/>
     <w:rsid w:val="00C40948"/>
     <w:rsid w:val="00C41A90"/>
     <w:rsid w:val="00C42938"/>
-    <w:rsid w:val="00C43000"/>
     <w:rsid w:val="00C44ACF"/>
-    <w:rsid w:val="00C45342"/>
     <w:rsid w:val="00C4552C"/>
     <w:rsid w:val="00C45945"/>
     <w:rsid w:val="00C45DB0"/>
     <w:rsid w:val="00C4631E"/>
     <w:rsid w:val="00C46F25"/>
     <w:rsid w:val="00C472F1"/>
     <w:rsid w:val="00C501BE"/>
     <w:rsid w:val="00C50501"/>
-    <w:rsid w:val="00C50908"/>
     <w:rsid w:val="00C51B11"/>
+    <w:rsid w:val="00C52055"/>
+    <w:rsid w:val="00C5213F"/>
     <w:rsid w:val="00C5217D"/>
     <w:rsid w:val="00C52B60"/>
+    <w:rsid w:val="00C52BE5"/>
     <w:rsid w:val="00C52FCE"/>
     <w:rsid w:val="00C53010"/>
     <w:rsid w:val="00C53403"/>
     <w:rsid w:val="00C53AD2"/>
+    <w:rsid w:val="00C53E15"/>
+    <w:rsid w:val="00C544DF"/>
     <w:rsid w:val="00C54DFB"/>
     <w:rsid w:val="00C55784"/>
     <w:rsid w:val="00C5588B"/>
     <w:rsid w:val="00C55B49"/>
     <w:rsid w:val="00C55EA8"/>
-    <w:rsid w:val="00C56133"/>
+    <w:rsid w:val="00C56A54"/>
     <w:rsid w:val="00C5724E"/>
     <w:rsid w:val="00C61B40"/>
     <w:rsid w:val="00C61D11"/>
     <w:rsid w:val="00C630DB"/>
     <w:rsid w:val="00C631B0"/>
     <w:rsid w:val="00C6343B"/>
     <w:rsid w:val="00C639DA"/>
     <w:rsid w:val="00C640CB"/>
     <w:rsid w:val="00C645D7"/>
     <w:rsid w:val="00C650CB"/>
+    <w:rsid w:val="00C651EC"/>
     <w:rsid w:val="00C655BF"/>
     <w:rsid w:val="00C656C4"/>
     <w:rsid w:val="00C66482"/>
     <w:rsid w:val="00C67225"/>
     <w:rsid w:val="00C67D19"/>
+    <w:rsid w:val="00C7040C"/>
+    <w:rsid w:val="00C70A5D"/>
     <w:rsid w:val="00C72545"/>
     <w:rsid w:val="00C727B5"/>
     <w:rsid w:val="00C734E8"/>
+    <w:rsid w:val="00C7430D"/>
     <w:rsid w:val="00C746E0"/>
     <w:rsid w:val="00C74F6D"/>
     <w:rsid w:val="00C75383"/>
     <w:rsid w:val="00C7604D"/>
     <w:rsid w:val="00C77B65"/>
     <w:rsid w:val="00C77F88"/>
     <w:rsid w:val="00C8021A"/>
     <w:rsid w:val="00C80E41"/>
     <w:rsid w:val="00C8165A"/>
     <w:rsid w:val="00C81AF7"/>
+    <w:rsid w:val="00C8216F"/>
     <w:rsid w:val="00C82AE4"/>
     <w:rsid w:val="00C835AC"/>
     <w:rsid w:val="00C841B2"/>
     <w:rsid w:val="00C842E1"/>
     <w:rsid w:val="00C84358"/>
     <w:rsid w:val="00C847F2"/>
     <w:rsid w:val="00C86732"/>
     <w:rsid w:val="00C86DE9"/>
     <w:rsid w:val="00C8722D"/>
     <w:rsid w:val="00C900DA"/>
+    <w:rsid w:val="00C907C9"/>
+    <w:rsid w:val="00C91727"/>
     <w:rsid w:val="00C917EE"/>
     <w:rsid w:val="00C91AAF"/>
     <w:rsid w:val="00C91B9E"/>
+    <w:rsid w:val="00C925B9"/>
     <w:rsid w:val="00C92600"/>
-    <w:rsid w:val="00C93C64"/>
+    <w:rsid w:val="00C93D37"/>
     <w:rsid w:val="00C94003"/>
     <w:rsid w:val="00C943BB"/>
     <w:rsid w:val="00C96552"/>
     <w:rsid w:val="00C97A24"/>
     <w:rsid w:val="00C97C6F"/>
     <w:rsid w:val="00CA0368"/>
     <w:rsid w:val="00CA0640"/>
     <w:rsid w:val="00CA206F"/>
     <w:rsid w:val="00CA3420"/>
     <w:rsid w:val="00CA347C"/>
     <w:rsid w:val="00CA3EE3"/>
     <w:rsid w:val="00CA46D3"/>
     <w:rsid w:val="00CA5F8A"/>
     <w:rsid w:val="00CA6181"/>
     <w:rsid w:val="00CA6A55"/>
     <w:rsid w:val="00CA76FE"/>
     <w:rsid w:val="00CB0536"/>
+    <w:rsid w:val="00CB252B"/>
     <w:rsid w:val="00CB3D44"/>
     <w:rsid w:val="00CB3D67"/>
+    <w:rsid w:val="00CB43CF"/>
     <w:rsid w:val="00CB51D3"/>
-    <w:rsid w:val="00CB5754"/>
     <w:rsid w:val="00CB7608"/>
-    <w:rsid w:val="00CB7AA5"/>
     <w:rsid w:val="00CC02DD"/>
     <w:rsid w:val="00CC055A"/>
     <w:rsid w:val="00CC0BE6"/>
     <w:rsid w:val="00CC0E63"/>
+    <w:rsid w:val="00CC18F9"/>
     <w:rsid w:val="00CC2A2A"/>
     <w:rsid w:val="00CC3F26"/>
     <w:rsid w:val="00CC5A2D"/>
     <w:rsid w:val="00CC5B23"/>
     <w:rsid w:val="00CC605C"/>
     <w:rsid w:val="00CC6471"/>
     <w:rsid w:val="00CC6A35"/>
-    <w:rsid w:val="00CC7766"/>
+    <w:rsid w:val="00CC6D9B"/>
     <w:rsid w:val="00CD0549"/>
     <w:rsid w:val="00CD0EA6"/>
-    <w:rsid w:val="00CD1022"/>
     <w:rsid w:val="00CD1BAB"/>
     <w:rsid w:val="00CD1EF0"/>
-    <w:rsid w:val="00CD2491"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CD4049"/>
+    <w:rsid w:val="00CD2ED6"/>
     <w:rsid w:val="00CD5469"/>
-    <w:rsid w:val="00CD56D5"/>
     <w:rsid w:val="00CD59F9"/>
-    <w:rsid w:val="00CD64E7"/>
     <w:rsid w:val="00CD7A3C"/>
-    <w:rsid w:val="00CD7B18"/>
+    <w:rsid w:val="00CE0266"/>
     <w:rsid w:val="00CE277C"/>
     <w:rsid w:val="00CE2889"/>
     <w:rsid w:val="00CE3968"/>
-    <w:rsid w:val="00CE3AAC"/>
     <w:rsid w:val="00CE41A8"/>
     <w:rsid w:val="00CE5391"/>
     <w:rsid w:val="00CE67DC"/>
     <w:rsid w:val="00CE6DBE"/>
-    <w:rsid w:val="00CE774E"/>
     <w:rsid w:val="00CE7C44"/>
+    <w:rsid w:val="00CF01C9"/>
     <w:rsid w:val="00CF0614"/>
-    <w:rsid w:val="00CF182C"/>
     <w:rsid w:val="00CF2D39"/>
     <w:rsid w:val="00CF2E60"/>
     <w:rsid w:val="00CF3C46"/>
     <w:rsid w:val="00CF44E0"/>
     <w:rsid w:val="00CF4807"/>
+    <w:rsid w:val="00CF4DF1"/>
     <w:rsid w:val="00CF5B5E"/>
     <w:rsid w:val="00CF6051"/>
     <w:rsid w:val="00CF66A3"/>
     <w:rsid w:val="00CF6958"/>
+    <w:rsid w:val="00CF6AFA"/>
     <w:rsid w:val="00CF6B55"/>
+    <w:rsid w:val="00CF7C8B"/>
     <w:rsid w:val="00D00166"/>
     <w:rsid w:val="00D0037B"/>
+    <w:rsid w:val="00D01C5C"/>
     <w:rsid w:val="00D01E02"/>
     <w:rsid w:val="00D02090"/>
+    <w:rsid w:val="00D02986"/>
     <w:rsid w:val="00D05FE2"/>
     <w:rsid w:val="00D06277"/>
     <w:rsid w:val="00D06845"/>
     <w:rsid w:val="00D07B4C"/>
     <w:rsid w:val="00D07EA6"/>
+    <w:rsid w:val="00D07F68"/>
     <w:rsid w:val="00D104B3"/>
     <w:rsid w:val="00D12949"/>
+    <w:rsid w:val="00D12FAF"/>
     <w:rsid w:val="00D14359"/>
+    <w:rsid w:val="00D155C5"/>
     <w:rsid w:val="00D15608"/>
     <w:rsid w:val="00D15931"/>
     <w:rsid w:val="00D15BAD"/>
     <w:rsid w:val="00D15D30"/>
     <w:rsid w:val="00D171ED"/>
     <w:rsid w:val="00D175A0"/>
     <w:rsid w:val="00D2013D"/>
     <w:rsid w:val="00D20E9A"/>
-    <w:rsid w:val="00D2291F"/>
+    <w:rsid w:val="00D21C15"/>
+    <w:rsid w:val="00D22639"/>
     <w:rsid w:val="00D22D38"/>
     <w:rsid w:val="00D23F18"/>
     <w:rsid w:val="00D243DB"/>
+    <w:rsid w:val="00D2465C"/>
+    <w:rsid w:val="00D246FA"/>
+    <w:rsid w:val="00D24C1D"/>
     <w:rsid w:val="00D2594B"/>
     <w:rsid w:val="00D26A5A"/>
     <w:rsid w:val="00D26B18"/>
     <w:rsid w:val="00D26DA0"/>
+    <w:rsid w:val="00D2731F"/>
     <w:rsid w:val="00D27883"/>
     <w:rsid w:val="00D27E2D"/>
     <w:rsid w:val="00D303CD"/>
     <w:rsid w:val="00D30BE7"/>
     <w:rsid w:val="00D30E7B"/>
     <w:rsid w:val="00D33628"/>
     <w:rsid w:val="00D33C5D"/>
+    <w:rsid w:val="00D349D3"/>
     <w:rsid w:val="00D35BF2"/>
     <w:rsid w:val="00D36510"/>
     <w:rsid w:val="00D36599"/>
+    <w:rsid w:val="00D36F06"/>
+    <w:rsid w:val="00D37081"/>
+    <w:rsid w:val="00D401E1"/>
     <w:rsid w:val="00D401EA"/>
     <w:rsid w:val="00D40713"/>
     <w:rsid w:val="00D422EE"/>
     <w:rsid w:val="00D432F2"/>
     <w:rsid w:val="00D433CF"/>
     <w:rsid w:val="00D44A9B"/>
     <w:rsid w:val="00D44FF7"/>
     <w:rsid w:val="00D454CE"/>
     <w:rsid w:val="00D4601E"/>
     <w:rsid w:val="00D46BE3"/>
+    <w:rsid w:val="00D473DD"/>
     <w:rsid w:val="00D478AC"/>
     <w:rsid w:val="00D47A51"/>
     <w:rsid w:val="00D47DBD"/>
     <w:rsid w:val="00D47F68"/>
     <w:rsid w:val="00D51492"/>
     <w:rsid w:val="00D514B8"/>
     <w:rsid w:val="00D53E27"/>
     <w:rsid w:val="00D54C66"/>
     <w:rsid w:val="00D54DED"/>
     <w:rsid w:val="00D569AE"/>
     <w:rsid w:val="00D56FBE"/>
     <w:rsid w:val="00D60892"/>
+    <w:rsid w:val="00D60A3F"/>
+    <w:rsid w:val="00D60B96"/>
     <w:rsid w:val="00D60D11"/>
     <w:rsid w:val="00D614EA"/>
     <w:rsid w:val="00D61521"/>
+    <w:rsid w:val="00D618B7"/>
     <w:rsid w:val="00D61A55"/>
     <w:rsid w:val="00D62376"/>
     <w:rsid w:val="00D624D2"/>
     <w:rsid w:val="00D62776"/>
     <w:rsid w:val="00D629C8"/>
     <w:rsid w:val="00D62E6D"/>
     <w:rsid w:val="00D655B0"/>
     <w:rsid w:val="00D65F84"/>
     <w:rsid w:val="00D66519"/>
     <w:rsid w:val="00D6672B"/>
+    <w:rsid w:val="00D667A6"/>
     <w:rsid w:val="00D66E30"/>
     <w:rsid w:val="00D66E93"/>
+    <w:rsid w:val="00D702EE"/>
     <w:rsid w:val="00D7180F"/>
     <w:rsid w:val="00D71DC2"/>
+    <w:rsid w:val="00D72894"/>
     <w:rsid w:val="00D73496"/>
     <w:rsid w:val="00D73F84"/>
     <w:rsid w:val="00D74F82"/>
     <w:rsid w:val="00D762D5"/>
     <w:rsid w:val="00D76B74"/>
     <w:rsid w:val="00D772A9"/>
     <w:rsid w:val="00D779C5"/>
     <w:rsid w:val="00D77E29"/>
     <w:rsid w:val="00D805C9"/>
     <w:rsid w:val="00D80C31"/>
+    <w:rsid w:val="00D80D5C"/>
+    <w:rsid w:val="00D8146B"/>
     <w:rsid w:val="00D82154"/>
     <w:rsid w:val="00D82B94"/>
+    <w:rsid w:val="00D83526"/>
     <w:rsid w:val="00D85125"/>
     <w:rsid w:val="00D851E5"/>
     <w:rsid w:val="00D855C1"/>
     <w:rsid w:val="00D87BBD"/>
     <w:rsid w:val="00D87F5A"/>
     <w:rsid w:val="00D901D7"/>
     <w:rsid w:val="00D913EF"/>
+    <w:rsid w:val="00D919FD"/>
     <w:rsid w:val="00D92BEB"/>
     <w:rsid w:val="00D932A1"/>
     <w:rsid w:val="00D93304"/>
     <w:rsid w:val="00D949B9"/>
+    <w:rsid w:val="00D94FDE"/>
     <w:rsid w:val="00D9538D"/>
     <w:rsid w:val="00D95487"/>
     <w:rsid w:val="00D95547"/>
     <w:rsid w:val="00D9742E"/>
     <w:rsid w:val="00D979CE"/>
+    <w:rsid w:val="00DA0129"/>
     <w:rsid w:val="00DA0841"/>
     <w:rsid w:val="00DA23F4"/>
     <w:rsid w:val="00DA2CD7"/>
     <w:rsid w:val="00DA354E"/>
     <w:rsid w:val="00DA3C4B"/>
     <w:rsid w:val="00DA4E83"/>
     <w:rsid w:val="00DA5B85"/>
     <w:rsid w:val="00DA6F0D"/>
+    <w:rsid w:val="00DA70ED"/>
     <w:rsid w:val="00DA7D4E"/>
-    <w:rsid w:val="00DB12D4"/>
     <w:rsid w:val="00DB159E"/>
     <w:rsid w:val="00DB2706"/>
     <w:rsid w:val="00DB4E02"/>
+    <w:rsid w:val="00DB507E"/>
     <w:rsid w:val="00DB509C"/>
     <w:rsid w:val="00DB5C28"/>
-    <w:rsid w:val="00DB7A23"/>
     <w:rsid w:val="00DB7C81"/>
     <w:rsid w:val="00DC0579"/>
     <w:rsid w:val="00DC0B91"/>
+    <w:rsid w:val="00DC1B4F"/>
     <w:rsid w:val="00DC1C45"/>
     <w:rsid w:val="00DC23D6"/>
     <w:rsid w:val="00DC283D"/>
+    <w:rsid w:val="00DC2F48"/>
     <w:rsid w:val="00DC3132"/>
-    <w:rsid w:val="00DC3225"/>
     <w:rsid w:val="00DC494C"/>
     <w:rsid w:val="00DC52C2"/>
     <w:rsid w:val="00DC54A0"/>
     <w:rsid w:val="00DC58CC"/>
     <w:rsid w:val="00DC64DB"/>
-    <w:rsid w:val="00DC77B0"/>
+    <w:rsid w:val="00DC73A2"/>
+    <w:rsid w:val="00DC7CD5"/>
     <w:rsid w:val="00DD01E1"/>
     <w:rsid w:val="00DD0FC5"/>
+    <w:rsid w:val="00DD1295"/>
     <w:rsid w:val="00DD1E65"/>
     <w:rsid w:val="00DD24FE"/>
     <w:rsid w:val="00DD3642"/>
     <w:rsid w:val="00DD37E8"/>
     <w:rsid w:val="00DD578C"/>
-    <w:rsid w:val="00DD66B9"/>
     <w:rsid w:val="00DD6766"/>
+    <w:rsid w:val="00DE07AE"/>
     <w:rsid w:val="00DE0E55"/>
     <w:rsid w:val="00DE2414"/>
+    <w:rsid w:val="00DE2B2A"/>
     <w:rsid w:val="00DE363B"/>
+    <w:rsid w:val="00DE3ADA"/>
     <w:rsid w:val="00DE519E"/>
+    <w:rsid w:val="00DE5876"/>
     <w:rsid w:val="00DE5DB0"/>
     <w:rsid w:val="00DE69CE"/>
     <w:rsid w:val="00DE6E85"/>
     <w:rsid w:val="00DE6F12"/>
     <w:rsid w:val="00DE713C"/>
     <w:rsid w:val="00DE7C1C"/>
-    <w:rsid w:val="00DF0473"/>
-    <w:rsid w:val="00DF2FCC"/>
+    <w:rsid w:val="00DF2DFC"/>
     <w:rsid w:val="00DF31F6"/>
-    <w:rsid w:val="00DF4010"/>
     <w:rsid w:val="00DF5016"/>
-    <w:rsid w:val="00DF526C"/>
     <w:rsid w:val="00DF6AEB"/>
+    <w:rsid w:val="00DF71CF"/>
     <w:rsid w:val="00DF7C89"/>
+    <w:rsid w:val="00E011E6"/>
     <w:rsid w:val="00E016A3"/>
     <w:rsid w:val="00E0184D"/>
     <w:rsid w:val="00E01FF2"/>
     <w:rsid w:val="00E026F7"/>
     <w:rsid w:val="00E028F4"/>
+    <w:rsid w:val="00E02E7B"/>
     <w:rsid w:val="00E03AEB"/>
-    <w:rsid w:val="00E04523"/>
     <w:rsid w:val="00E04806"/>
     <w:rsid w:val="00E058A7"/>
+    <w:rsid w:val="00E058F8"/>
     <w:rsid w:val="00E06B19"/>
     <w:rsid w:val="00E06BA4"/>
     <w:rsid w:val="00E06ECC"/>
+    <w:rsid w:val="00E0763A"/>
     <w:rsid w:val="00E1076F"/>
     <w:rsid w:val="00E10E95"/>
     <w:rsid w:val="00E117DF"/>
     <w:rsid w:val="00E13B49"/>
     <w:rsid w:val="00E1403F"/>
+    <w:rsid w:val="00E14113"/>
     <w:rsid w:val="00E1428C"/>
+    <w:rsid w:val="00E14F8B"/>
     <w:rsid w:val="00E16635"/>
     <w:rsid w:val="00E16D6D"/>
     <w:rsid w:val="00E17E0E"/>
     <w:rsid w:val="00E17F49"/>
     <w:rsid w:val="00E17F6C"/>
     <w:rsid w:val="00E20520"/>
+    <w:rsid w:val="00E208AC"/>
+    <w:rsid w:val="00E213CB"/>
+    <w:rsid w:val="00E2252C"/>
     <w:rsid w:val="00E23762"/>
+    <w:rsid w:val="00E237CF"/>
     <w:rsid w:val="00E23CE4"/>
     <w:rsid w:val="00E23E05"/>
+    <w:rsid w:val="00E24291"/>
     <w:rsid w:val="00E2431C"/>
     <w:rsid w:val="00E24C34"/>
     <w:rsid w:val="00E2594F"/>
-    <w:rsid w:val="00E268D7"/>
+    <w:rsid w:val="00E266F1"/>
     <w:rsid w:val="00E273E3"/>
-    <w:rsid w:val="00E30A1B"/>
+    <w:rsid w:val="00E27E40"/>
     <w:rsid w:val="00E30B4A"/>
     <w:rsid w:val="00E30D18"/>
     <w:rsid w:val="00E30D3E"/>
     <w:rsid w:val="00E3168B"/>
     <w:rsid w:val="00E3184F"/>
     <w:rsid w:val="00E320CD"/>
-    <w:rsid w:val="00E33229"/>
+    <w:rsid w:val="00E33AB9"/>
+    <w:rsid w:val="00E33F0E"/>
     <w:rsid w:val="00E340E8"/>
     <w:rsid w:val="00E3464C"/>
-    <w:rsid w:val="00E346CE"/>
     <w:rsid w:val="00E3505D"/>
     <w:rsid w:val="00E3551E"/>
     <w:rsid w:val="00E35566"/>
-    <w:rsid w:val="00E368F6"/>
-    <w:rsid w:val="00E36E70"/>
+    <w:rsid w:val="00E374AE"/>
     <w:rsid w:val="00E3750E"/>
-    <w:rsid w:val="00E417D1"/>
+    <w:rsid w:val="00E42305"/>
     <w:rsid w:val="00E42B2E"/>
     <w:rsid w:val="00E42C0B"/>
+    <w:rsid w:val="00E438BB"/>
     <w:rsid w:val="00E438DF"/>
-    <w:rsid w:val="00E44561"/>
     <w:rsid w:val="00E454D3"/>
-    <w:rsid w:val="00E4612B"/>
     <w:rsid w:val="00E46406"/>
     <w:rsid w:val="00E47035"/>
+    <w:rsid w:val="00E47487"/>
+    <w:rsid w:val="00E502D3"/>
     <w:rsid w:val="00E50647"/>
     <w:rsid w:val="00E50B7C"/>
     <w:rsid w:val="00E518BD"/>
-    <w:rsid w:val="00E51BC1"/>
     <w:rsid w:val="00E533B9"/>
     <w:rsid w:val="00E53B47"/>
     <w:rsid w:val="00E54B77"/>
     <w:rsid w:val="00E55314"/>
     <w:rsid w:val="00E55EFF"/>
+    <w:rsid w:val="00E562CB"/>
     <w:rsid w:val="00E56C9A"/>
-    <w:rsid w:val="00E57E23"/>
-    <w:rsid w:val="00E61158"/>
     <w:rsid w:val="00E620CE"/>
     <w:rsid w:val="00E621CA"/>
+    <w:rsid w:val="00E62307"/>
+    <w:rsid w:val="00E64B23"/>
     <w:rsid w:val="00E64B44"/>
-    <w:rsid w:val="00E65700"/>
+    <w:rsid w:val="00E65AF5"/>
     <w:rsid w:val="00E66208"/>
+    <w:rsid w:val="00E67003"/>
     <w:rsid w:val="00E704A5"/>
     <w:rsid w:val="00E706B0"/>
     <w:rsid w:val="00E71257"/>
     <w:rsid w:val="00E72BF0"/>
-    <w:rsid w:val="00E72E17"/>
     <w:rsid w:val="00E72E50"/>
+    <w:rsid w:val="00E73B78"/>
     <w:rsid w:val="00E746C2"/>
     <w:rsid w:val="00E7484F"/>
     <w:rsid w:val="00E74929"/>
     <w:rsid w:val="00E749E0"/>
     <w:rsid w:val="00E74A22"/>
     <w:rsid w:val="00E772A0"/>
-    <w:rsid w:val="00E80456"/>
+    <w:rsid w:val="00E7789F"/>
     <w:rsid w:val="00E80672"/>
     <w:rsid w:val="00E810B5"/>
     <w:rsid w:val="00E810D1"/>
-    <w:rsid w:val="00E81D68"/>
     <w:rsid w:val="00E81FD4"/>
     <w:rsid w:val="00E842AF"/>
     <w:rsid w:val="00E84450"/>
+    <w:rsid w:val="00E846D9"/>
     <w:rsid w:val="00E858B0"/>
     <w:rsid w:val="00E85938"/>
-    <w:rsid w:val="00E8634A"/>
+    <w:rsid w:val="00E86952"/>
     <w:rsid w:val="00E8756A"/>
     <w:rsid w:val="00E87A50"/>
     <w:rsid w:val="00E90939"/>
     <w:rsid w:val="00E90A90"/>
     <w:rsid w:val="00E90D2C"/>
-    <w:rsid w:val="00E91AEA"/>
     <w:rsid w:val="00E9219A"/>
     <w:rsid w:val="00E925D9"/>
     <w:rsid w:val="00E92842"/>
     <w:rsid w:val="00E93958"/>
+    <w:rsid w:val="00E953EA"/>
     <w:rsid w:val="00E95EBC"/>
+    <w:rsid w:val="00E96966"/>
     <w:rsid w:val="00E9718A"/>
+    <w:rsid w:val="00E974BF"/>
     <w:rsid w:val="00E976BC"/>
-    <w:rsid w:val="00E97BB6"/>
     <w:rsid w:val="00EA00FF"/>
+    <w:rsid w:val="00EA0C31"/>
     <w:rsid w:val="00EA1877"/>
-    <w:rsid w:val="00EA204E"/>
+    <w:rsid w:val="00EA187F"/>
+    <w:rsid w:val="00EA2698"/>
     <w:rsid w:val="00EA34B5"/>
     <w:rsid w:val="00EA3D36"/>
     <w:rsid w:val="00EA3F2F"/>
     <w:rsid w:val="00EA42DF"/>
+    <w:rsid w:val="00EA441C"/>
     <w:rsid w:val="00EA4B19"/>
     <w:rsid w:val="00EA4B6C"/>
     <w:rsid w:val="00EA5ABE"/>
     <w:rsid w:val="00EA5C40"/>
     <w:rsid w:val="00EA6447"/>
     <w:rsid w:val="00EA72DC"/>
-    <w:rsid w:val="00EA78E6"/>
     <w:rsid w:val="00EA78EB"/>
     <w:rsid w:val="00EA7E0D"/>
     <w:rsid w:val="00EB02BC"/>
     <w:rsid w:val="00EB0C75"/>
     <w:rsid w:val="00EB0C9D"/>
+    <w:rsid w:val="00EB0F70"/>
     <w:rsid w:val="00EB2273"/>
     <w:rsid w:val="00EB255F"/>
     <w:rsid w:val="00EB316F"/>
     <w:rsid w:val="00EB3660"/>
-    <w:rsid w:val="00EB4B81"/>
     <w:rsid w:val="00EB4C06"/>
     <w:rsid w:val="00EB4F45"/>
     <w:rsid w:val="00EB5413"/>
+    <w:rsid w:val="00EB58AD"/>
+    <w:rsid w:val="00EB5D61"/>
     <w:rsid w:val="00EB680C"/>
     <w:rsid w:val="00EB7657"/>
     <w:rsid w:val="00EB789D"/>
     <w:rsid w:val="00EC03A3"/>
     <w:rsid w:val="00EC08B2"/>
     <w:rsid w:val="00EC142B"/>
     <w:rsid w:val="00EC1C51"/>
     <w:rsid w:val="00EC243C"/>
     <w:rsid w:val="00EC264F"/>
+    <w:rsid w:val="00EC2C8C"/>
     <w:rsid w:val="00EC3C8D"/>
-    <w:rsid w:val="00EC404A"/>
     <w:rsid w:val="00EC4335"/>
     <w:rsid w:val="00EC66B2"/>
     <w:rsid w:val="00EC675A"/>
-    <w:rsid w:val="00EC6AF5"/>
     <w:rsid w:val="00EC6D76"/>
+    <w:rsid w:val="00EC6FF3"/>
     <w:rsid w:val="00EC7527"/>
     <w:rsid w:val="00EC7CA7"/>
     <w:rsid w:val="00EC7D0A"/>
-    <w:rsid w:val="00ED05AD"/>
     <w:rsid w:val="00ED077F"/>
     <w:rsid w:val="00ED1111"/>
     <w:rsid w:val="00ED1937"/>
     <w:rsid w:val="00ED1A21"/>
     <w:rsid w:val="00ED2084"/>
     <w:rsid w:val="00ED233D"/>
     <w:rsid w:val="00ED470A"/>
-    <w:rsid w:val="00ED47D9"/>
     <w:rsid w:val="00ED4811"/>
     <w:rsid w:val="00ED4B92"/>
     <w:rsid w:val="00ED5033"/>
     <w:rsid w:val="00ED6966"/>
-    <w:rsid w:val="00ED6F6C"/>
+    <w:rsid w:val="00ED7396"/>
     <w:rsid w:val="00ED76B7"/>
     <w:rsid w:val="00ED7845"/>
+    <w:rsid w:val="00EE23F6"/>
     <w:rsid w:val="00EE2E09"/>
+    <w:rsid w:val="00EE3232"/>
     <w:rsid w:val="00EE37EF"/>
-    <w:rsid w:val="00EE3C40"/>
     <w:rsid w:val="00EE513C"/>
-    <w:rsid w:val="00EE515E"/>
     <w:rsid w:val="00EE5479"/>
-    <w:rsid w:val="00EE557C"/>
     <w:rsid w:val="00EE5B59"/>
     <w:rsid w:val="00EE72A4"/>
     <w:rsid w:val="00EE7DB9"/>
+    <w:rsid w:val="00EF0357"/>
     <w:rsid w:val="00EF10B3"/>
     <w:rsid w:val="00EF13C6"/>
     <w:rsid w:val="00EF300A"/>
-    <w:rsid w:val="00EF3712"/>
     <w:rsid w:val="00EF3C75"/>
-    <w:rsid w:val="00EF4307"/>
     <w:rsid w:val="00EF52F5"/>
     <w:rsid w:val="00EF6D02"/>
     <w:rsid w:val="00EF7685"/>
+    <w:rsid w:val="00EF7A9F"/>
     <w:rsid w:val="00F003FD"/>
     <w:rsid w:val="00F03059"/>
     <w:rsid w:val="00F031F9"/>
+    <w:rsid w:val="00F03B75"/>
     <w:rsid w:val="00F03E04"/>
     <w:rsid w:val="00F04004"/>
+    <w:rsid w:val="00F0401F"/>
     <w:rsid w:val="00F041B4"/>
     <w:rsid w:val="00F04281"/>
+    <w:rsid w:val="00F049A5"/>
     <w:rsid w:val="00F04BD5"/>
     <w:rsid w:val="00F059B3"/>
     <w:rsid w:val="00F05FC5"/>
     <w:rsid w:val="00F06B66"/>
-    <w:rsid w:val="00F07A9B"/>
     <w:rsid w:val="00F07FBA"/>
     <w:rsid w:val="00F11A73"/>
     <w:rsid w:val="00F12292"/>
     <w:rsid w:val="00F123D5"/>
     <w:rsid w:val="00F12DC6"/>
     <w:rsid w:val="00F13606"/>
-    <w:rsid w:val="00F151D1"/>
+    <w:rsid w:val="00F137DB"/>
     <w:rsid w:val="00F175DF"/>
     <w:rsid w:val="00F17FD6"/>
     <w:rsid w:val="00F2008A"/>
     <w:rsid w:val="00F21C2C"/>
     <w:rsid w:val="00F22E1A"/>
-    <w:rsid w:val="00F23219"/>
+    <w:rsid w:val="00F23A75"/>
     <w:rsid w:val="00F251E8"/>
     <w:rsid w:val="00F254F6"/>
     <w:rsid w:val="00F25B30"/>
+    <w:rsid w:val="00F268B5"/>
+    <w:rsid w:val="00F30B10"/>
     <w:rsid w:val="00F31CE7"/>
+    <w:rsid w:val="00F32797"/>
+    <w:rsid w:val="00F32ACD"/>
     <w:rsid w:val="00F32BE4"/>
     <w:rsid w:val="00F3318F"/>
-    <w:rsid w:val="00F334FC"/>
+    <w:rsid w:val="00F355D8"/>
     <w:rsid w:val="00F35CB4"/>
     <w:rsid w:val="00F36CDC"/>
     <w:rsid w:val="00F3737A"/>
+    <w:rsid w:val="00F4003E"/>
     <w:rsid w:val="00F4063B"/>
     <w:rsid w:val="00F40FED"/>
+    <w:rsid w:val="00F4102B"/>
     <w:rsid w:val="00F42D15"/>
     <w:rsid w:val="00F42F00"/>
     <w:rsid w:val="00F439DE"/>
     <w:rsid w:val="00F439E9"/>
-    <w:rsid w:val="00F44D14"/>
     <w:rsid w:val="00F45363"/>
     <w:rsid w:val="00F45B8A"/>
     <w:rsid w:val="00F4721E"/>
     <w:rsid w:val="00F476E5"/>
-    <w:rsid w:val="00F50849"/>
+    <w:rsid w:val="00F50813"/>
     <w:rsid w:val="00F50EA7"/>
-    <w:rsid w:val="00F510DC"/>
     <w:rsid w:val="00F52577"/>
     <w:rsid w:val="00F53DDD"/>
     <w:rsid w:val="00F55478"/>
+    <w:rsid w:val="00F55FA5"/>
     <w:rsid w:val="00F5630C"/>
-    <w:rsid w:val="00F56E1D"/>
     <w:rsid w:val="00F6036D"/>
     <w:rsid w:val="00F61284"/>
+    <w:rsid w:val="00F61BAA"/>
     <w:rsid w:val="00F61FC0"/>
     <w:rsid w:val="00F63166"/>
+    <w:rsid w:val="00F63687"/>
     <w:rsid w:val="00F63D2B"/>
     <w:rsid w:val="00F640FA"/>
     <w:rsid w:val="00F64F28"/>
-    <w:rsid w:val="00F65236"/>
     <w:rsid w:val="00F659CD"/>
     <w:rsid w:val="00F66935"/>
     <w:rsid w:val="00F67EF7"/>
     <w:rsid w:val="00F70175"/>
     <w:rsid w:val="00F7069F"/>
     <w:rsid w:val="00F70CB2"/>
     <w:rsid w:val="00F71D77"/>
+    <w:rsid w:val="00F71E06"/>
     <w:rsid w:val="00F71E77"/>
+    <w:rsid w:val="00F732DF"/>
     <w:rsid w:val="00F74099"/>
     <w:rsid w:val="00F74C20"/>
+    <w:rsid w:val="00F755AF"/>
     <w:rsid w:val="00F762B5"/>
     <w:rsid w:val="00F76D9F"/>
     <w:rsid w:val="00F76DD5"/>
-    <w:rsid w:val="00F76FB9"/>
+    <w:rsid w:val="00F76FEB"/>
     <w:rsid w:val="00F770D2"/>
     <w:rsid w:val="00F77201"/>
-    <w:rsid w:val="00F77362"/>
     <w:rsid w:val="00F775B5"/>
     <w:rsid w:val="00F77B90"/>
     <w:rsid w:val="00F77ED3"/>
     <w:rsid w:val="00F77F66"/>
     <w:rsid w:val="00F820B3"/>
-    <w:rsid w:val="00F82933"/>
     <w:rsid w:val="00F83A25"/>
     <w:rsid w:val="00F844FD"/>
     <w:rsid w:val="00F84712"/>
     <w:rsid w:val="00F8491A"/>
-    <w:rsid w:val="00F86A4C"/>
+    <w:rsid w:val="00F873D9"/>
+    <w:rsid w:val="00F90CAD"/>
+    <w:rsid w:val="00F9188A"/>
     <w:rsid w:val="00F91976"/>
     <w:rsid w:val="00F937C9"/>
     <w:rsid w:val="00F939C1"/>
+    <w:rsid w:val="00F950F3"/>
     <w:rsid w:val="00F96C4D"/>
-    <w:rsid w:val="00F96EBE"/>
     <w:rsid w:val="00F976DA"/>
     <w:rsid w:val="00FA0834"/>
-    <w:rsid w:val="00FA0B1F"/>
     <w:rsid w:val="00FA0CA6"/>
     <w:rsid w:val="00FA179D"/>
     <w:rsid w:val="00FA2372"/>
     <w:rsid w:val="00FA2F61"/>
     <w:rsid w:val="00FA34E7"/>
     <w:rsid w:val="00FA35F7"/>
     <w:rsid w:val="00FA414C"/>
     <w:rsid w:val="00FA4317"/>
+    <w:rsid w:val="00FA45AC"/>
     <w:rsid w:val="00FA4EC0"/>
-    <w:rsid w:val="00FA5222"/>
+    <w:rsid w:val="00FA531B"/>
     <w:rsid w:val="00FA5892"/>
     <w:rsid w:val="00FA5C75"/>
     <w:rsid w:val="00FA6A99"/>
     <w:rsid w:val="00FB04CC"/>
     <w:rsid w:val="00FB0DBB"/>
+    <w:rsid w:val="00FB0EFE"/>
     <w:rsid w:val="00FB0FFE"/>
     <w:rsid w:val="00FB107D"/>
     <w:rsid w:val="00FB1EFB"/>
-    <w:rsid w:val="00FB2E52"/>
     <w:rsid w:val="00FB3B01"/>
     <w:rsid w:val="00FB4008"/>
     <w:rsid w:val="00FB45B9"/>
     <w:rsid w:val="00FB495B"/>
     <w:rsid w:val="00FB5399"/>
     <w:rsid w:val="00FB5678"/>
+    <w:rsid w:val="00FB5752"/>
     <w:rsid w:val="00FB608C"/>
-    <w:rsid w:val="00FB6839"/>
     <w:rsid w:val="00FB6E1B"/>
     <w:rsid w:val="00FC00CA"/>
     <w:rsid w:val="00FC1538"/>
     <w:rsid w:val="00FC1CE0"/>
+    <w:rsid w:val="00FC1E45"/>
     <w:rsid w:val="00FC20CC"/>
     <w:rsid w:val="00FC237C"/>
     <w:rsid w:val="00FC26F8"/>
     <w:rsid w:val="00FC2B96"/>
     <w:rsid w:val="00FC2D10"/>
+    <w:rsid w:val="00FC3356"/>
     <w:rsid w:val="00FC4B15"/>
     <w:rsid w:val="00FC6342"/>
     <w:rsid w:val="00FC6829"/>
-    <w:rsid w:val="00FC6BB5"/>
     <w:rsid w:val="00FC7F18"/>
     <w:rsid w:val="00FD0F63"/>
     <w:rsid w:val="00FD1182"/>
     <w:rsid w:val="00FD2131"/>
     <w:rsid w:val="00FD28D3"/>
-    <w:rsid w:val="00FD3290"/>
     <w:rsid w:val="00FD49A3"/>
     <w:rsid w:val="00FD5EFC"/>
     <w:rsid w:val="00FD601C"/>
     <w:rsid w:val="00FD6295"/>
     <w:rsid w:val="00FE0C1A"/>
     <w:rsid w:val="00FE10A3"/>
     <w:rsid w:val="00FE16A6"/>
     <w:rsid w:val="00FE1B58"/>
     <w:rsid w:val="00FE3160"/>
     <w:rsid w:val="00FE3553"/>
     <w:rsid w:val="00FE67DB"/>
     <w:rsid w:val="00FE72C9"/>
     <w:rsid w:val="00FE7669"/>
     <w:rsid w:val="00FE7818"/>
     <w:rsid w:val="00FF0990"/>
     <w:rsid w:val="00FF2DA1"/>
     <w:rsid w:val="00FF340B"/>
-    <w:rsid w:val="00FF3D8D"/>
     <w:rsid w:val="00FF3FEC"/>
     <w:rsid w:val="00FF5E95"/>
     <w:rsid w:val="00FF6FB1"/>
     <w:rsid w:val="00FF70C6"/>
     <w:rsid w:val="00FF798C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -31988,51 +38709,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00232E88"/>
+    <w:rsid w:val="0063713F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00E749E0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:ind w:left="100"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
@@ -32281,51 +39002,51 @@
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="002A3843"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0063699A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A91C71"/>
+    <w:rsid w:val="00605476"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="852183145">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1258103634">
       <w:bodyDiv w:val="1"/>
@@ -32339,1232 +39060,1166 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1848400020">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="818CCBC83CFD4FB8AD9038953C557750"/>
+        <w:name w:val="0FB3A497E25242D7A393181438F4480F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{72849226-71B6-4D3F-8D98-C06EF49A11C2}"/>
+        <w:guid w:val="{6E7084AA-FD77-41C9-8112-DD2DB3107368}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="818CCBC83CFD4FB8AD9038953C557750"/>
+            <w:pStyle w:val="0FB3A497E25242D7A393181438F4480F"/>
           </w:pPr>
           <w:r w:rsidRPr="00725A1E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="FC4B419336A04396A044B2BDE301DBD0"/>
+        <w:name w:val="A921FF9A46294E7B8C024C0A380A9888"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{0E5FB934-7D10-48D2-9202-D1D9B264B010}"/>
+        <w:guid w:val="{688B16E5-FC48-4F9D-A56E-11EEA55AC884}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="FC4B419336A04396A044B2BDE301DBD0"/>
+            <w:pStyle w:val="A921FF9A46294E7B8C024C0A380A9888"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00725A1E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="062981E434AF4EA28303441C46520508"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5CF26992-BCF8-43EE-B68C-7FE7D2547203}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
+          <w:pPr>
+            <w:pStyle w:val="062981E434AF4EA28303441C46520508"/>
           </w:pPr>
           <w:r w:rsidRPr="008016D7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="9DE62348DC6D4DE4BA29572873ECC512"/>
+        <w:name w:val="8C7DD7A7529E497C8CB92D0BC3FE0605"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{62B4E517-A89F-42DA-98F8-EB5CE5234C5A}"/>
+        <w:guid w:val="{71B188A3-EE59-40D0-BC34-1DE7FA8DDAD7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="9DE62348DC6D4DE4BA29572873ECC512"/>
+            <w:pStyle w:val="8C7DD7A7529E497C8CB92D0BC3FE0605"/>
           </w:pPr>
           <w:r w:rsidRPr="008016D7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="2D9B4CCAB4804CD286C23E031C6049AA"/>
+        <w:name w:val="101C3CCA379C432E9155A50F8C0A6A6B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{862740D4-1413-41C9-9665-233D6AC20EA1}"/>
+        <w:guid w:val="{62C1C535-A4E2-4782-B948-578C614D1E43}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="2D9B4CCAB4804CD286C23E031C6049AA"/>
+            <w:pStyle w:val="101C3CCA379C432E9155A50F8C0A6A6B"/>
           </w:pPr>
           <w:r w:rsidRPr="008016D7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="8FD2AAD7CE944BB0ADC0112391A427BA"/>
+        <w:name w:val="975544E8970643C392C024ADD7CEAB9F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{58C2FDCA-0F0B-43A1-A25A-4BB9307BA75B}"/>
+        <w:guid w:val="{1A6E9C91-B76E-4775-817F-B64B7A23C118}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="8FD2AAD7CE944BB0ADC0112391A427BA"/>
+            <w:pStyle w:val="975544E8970643C392C024ADD7CEAB9F"/>
           </w:pPr>
           <w:r w:rsidRPr="008016D7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="97DE9EDACA3449E7B305BAA1ED889E35"/>
+        <w:name w:val="C751319963524BB1A015EEBB653C68B8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{FF0011B6-3D34-47DA-A7B3-ECE57ABA4C28}"/>
+        <w:guid w:val="{7876CC8D-9D54-4479-B7E1-544D7693D378}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="97DE9EDACA3449E7B305BAA1ED889E35"/>
+            <w:pStyle w:val="C751319963524BB1A015EEBB653C68B8"/>
           </w:pPr>
           <w:r w:rsidRPr="008016D7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="DB725E34F74445839435037D940A64D1"/>
+        <w:name w:val="B7112701FF05466199DA1BE7E1C2DD8C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{21EA42B4-2883-45BC-B0A8-CE9963D21E5E}"/>
+        <w:guid w:val="{AA7B8068-98D1-4049-AD5A-7BBBC5B13253}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="DB725E34F74445839435037D940A64D1"/>
+            <w:pStyle w:val="B7112701FF05466199DA1BE7E1C2DD8C"/>
           </w:pPr>
           <w:r w:rsidRPr="008016D7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="51F78344DBF64863BBF569A204B26BC8"/>
+        <w:name w:val="3599FD119B6B41FD8BED5D5FBCAAE9C5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{AE4CE285-C2E0-4431-8825-0F23948B7481}"/>
+        <w:guid w:val="{DD33E734-6404-46B7-BB41-CD026D90DE62}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="51F78344DBF64863BBF569A204B26BC8"/>
+            <w:pStyle w:val="3599FD119B6B41FD8BED5D5FBCAAE9C5"/>
           </w:pPr>
           <w:r w:rsidRPr="008016D7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="05C0800DCE724130B9A6F6411E2DEA71"/>
+        <w:name w:val="11788F210FD247B380E319070E966A67"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{A87CE885-B839-41EF-A79E-A63C817C91ED}"/>
+        <w:guid w:val="{16B613CD-A995-4803-BA28-7EED51B1B32F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="05C0800DCE724130B9A6F6411E2DEA71"/>
+            <w:pStyle w:val="11788F210FD247B380E319070E966A67"/>
           </w:pPr>
           <w:r w:rsidRPr="008016D7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="07B6A4DF09894830B41A7E576F7FABB0"/>
+        <w:name w:val="2610C23DF4824642A7E3A367E5BA784F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{EBD52420-1108-4B12-B0CE-67BCE5AE7E65}"/>
+        <w:guid w:val="{4779576F-E561-4198-AFFE-F5D70989A247}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="07B6A4DF09894830B41A7E576F7FABB0"/>
+            <w:pStyle w:val="2610C23DF4824642A7E3A367E5BA784F"/>
           </w:pPr>
           <w:r w:rsidRPr="008016D7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="BA96616E57F24C129FB580C30F716647"/>
+        <w:name w:val="D14714B0C6934B6F9D44C47ECB8CBEC0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{542CEAD4-2CFB-4DC5-AD63-CB7047868B7E}"/>
+        <w:guid w:val="{CD21C5F7-A361-40BA-A2B3-1368E866ACFB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="BA96616E57F24C129FB580C30F716647"/>
+            <w:pStyle w:val="D14714B0C6934B6F9D44C47ECB8CBEC0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008016D7">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E269244A267B49A4A737C20F822FA16C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{644D58DF-2FAA-44D5-B1A3-42C5D9D92CB0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
+          <w:pPr>
+            <w:pStyle w:val="E269244A267B49A4A737C20F822FA16C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008016D7">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1E0C997D253E4793BD97B1A6E7F4C583"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F871EE59-A5A1-459A-B484-F539D21E98AE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
+          <w:pPr>
+            <w:pStyle w:val="1E0C997D253E4793BD97B1A6E7F4C583"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008016D7">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="441A0ED036F949A9A193C1250BEAFC01"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{452984BE-58EC-4B4F-8DDE-FC26B6A89ECB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
+          <w:pPr>
+            <w:pStyle w:val="441A0ED036F949A9A193C1250BEAFC01"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008016D7">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A571ACF114D543CCADB1AC6ED17AF354"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2C206459-0D5E-4761-A2F1-BE02B0E2FD83}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
+          <w:pPr>
+            <w:pStyle w:val="A571ACF114D543CCADB1AC6ED17AF354"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008016D7">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C99B0C9D463E41508E221CF406071CD8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D57F2986-CA05-48C1-8257-06184B2038FD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
+          <w:pPr>
+            <w:pStyle w:val="C99B0C9D463E41508E221CF406071CD8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008016D7">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="809B9445B10643F0B308306D8C9EE4B8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EA1E7A0E-52BB-4FA2-B51F-8333E14716EC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
+          <w:pPr>
+            <w:pStyle w:val="809B9445B10643F0B308306D8C9EE4B8"/>
           </w:pPr>
           <w:r w:rsidRPr="00725A1E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="6D918453C482434DB955DCDE01FF267D"/>
+        <w:name w:val="D2A983F30BFC4465A08D86D4867983CE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{58D530A6-0702-401F-A483-0715DB591E73}"/>
+        <w:guid w:val="{017980F9-D94E-4C75-9C86-6227955C66CB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="6D918453C482434DB955DCDE01FF267D"/>
+            <w:pStyle w:val="D2A983F30BFC4465A08D86D4867983CE"/>
           </w:pPr>
           <w:r w:rsidRPr="00725A1E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="194FF94D4AF3441099DB1790E747FF46"/>
+        <w:name w:val="D287DB87E31D4240827E65E9EF6AA98E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{2886E683-0E4A-4F35-AFAB-6FE40B360098}"/>
+        <w:guid w:val="{DF8D9457-9286-4D0B-A6BC-9C1F09A058BC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="194FF94D4AF3441099DB1790E747FF46"/>
+            <w:pStyle w:val="D287DB87E31D4240827E65E9EF6AA98E"/>
           </w:pPr>
           <w:r w:rsidRPr="00725A1E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="76804F1D3B3143C497F251DEB0440343"/>
+        <w:name w:val="52DD5061F5434F3684A3526BB8A4F565"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{CD28B79D-8793-4202-8092-7F18E8581445}"/>
+        <w:guid w:val="{38C8E57F-5B74-47E9-9FF8-E4D3C00DE734}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="76804F1D3B3143C497F251DEB0440343"/>
+            <w:pStyle w:val="52DD5061F5434F3684A3526BB8A4F565"/>
           </w:pPr>
           <w:r w:rsidRPr="00725A1E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="06C85528341D4C618EF7A7968B4EE354"/>
+        <w:name w:val="D70803393C9A48D9AC6CE8BF855A7463"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{0E5F57E6-D624-4128-A734-04BFAEA389AE}"/>
+        <w:guid w:val="{E7752F9C-DCBD-4508-8106-D4E8B1DCADCB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="06C85528341D4C618EF7A7968B4EE354"/>
+            <w:pStyle w:val="D70803393C9A48D9AC6CE8BF855A7463"/>
           </w:pPr>
           <w:r w:rsidRPr="00725A1E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="F9726687D73A4011B398F97D5DBF2858"/>
+        <w:name w:val="96C1ADC5C1E24DEE8BBCD51C24252185"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{01352A4B-ED1D-4678-9C1D-0CB3BFA830F3}"/>
+        <w:guid w:val="{FF0AED9E-ED04-4D24-955F-45E357FB1E97}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="F9726687D73A4011B398F97D5DBF2858"/>
+            <w:pStyle w:val="96C1ADC5C1E24DEE8BBCD51C24252185"/>
           </w:pPr>
           <w:r w:rsidRPr="00725A1E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="D120832E3BAE4B0A8970A43EE209F06E"/>
+        <w:name w:val="A137B1C429124219AB88C6AC324F0FAF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{072C4738-C5EB-47B9-8200-85323FB8F984}"/>
+        <w:guid w:val="{3D745CE0-F3D3-4CCC-A2F5-BDCB85B252BD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="D120832E3BAE4B0A8970A43EE209F06E"/>
+            <w:pStyle w:val="A137B1C429124219AB88C6AC324F0FAF"/>
           </w:pPr>
           <w:r w:rsidRPr="00725A1E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="9F3FC5E132CF48C6AF965924077AD2B8"/>
+        <w:name w:val="CA9A012083B44BE089FD94F665654F62"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{C20983C8-8454-4A39-BD3B-C6032710DA40}"/>
+        <w:guid w:val="{AEFB891F-C69B-4C17-9155-97083C967575}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="9F3FC5E132CF48C6AF965924077AD2B8"/>
+            <w:pStyle w:val="CA9A012083B44BE089FD94F665654F62"/>
           </w:pPr>
           <w:r w:rsidRPr="00725A1E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="CF6C3874E42C464AA8CDB63023A0C83D"/>
+        <w:name w:val="EE93179DE0C5428EBEF99A44E2EB69B1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D6F74896-1671-4488-8479-7145EB315B82}"/>
+        <w:guid w:val="{4741C183-07EB-4D39-BB16-B42C59D4FF5A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="CF6C3874E42C464AA8CDB63023A0C83D"/>
+            <w:pStyle w:val="EE93179DE0C5428EBEF99A44E2EB69B1"/>
           </w:pPr>
           <w:r w:rsidRPr="00725A1E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="E8B204ACBC894A1A8AD2200773B58350"/>
+        <w:name w:val="AE3AA7D5BFA047FD9D87FFAB56DF4DE6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{284D7C5A-6264-4280-9429-86B2E18FA92D}"/>
+        <w:guid w:val="{46D126BA-F0F1-43BF-9B06-77921831D6A2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="E8B204ACBC894A1A8AD2200773B58350"/>
+            <w:pStyle w:val="AE3AA7D5BFA047FD9D87FFAB56DF4DE6"/>
           </w:pPr>
           <w:r w:rsidRPr="00725A1E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="003C70A6BD9442BFB2EB5FDDB035C82B"/>
+        <w:name w:val="6A6D4747160D4138A86787A1CB21140D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{0716B5DB-E7EE-49A1-A98F-3D37987774F4}"/>
+        <w:guid w:val="{A85C8C52-D3A3-45F1-A0B0-7E980F889ABB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="003C70A6BD9442BFB2EB5FDDB035C82B"/>
+            <w:pStyle w:val="6A6D4747160D4138A86787A1CB21140D"/>
           </w:pPr>
           <w:r w:rsidRPr="00725A1E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="08A86837D5834CEA9DA7E341D68FA465"/>
+        <w:name w:val="B02A7EDE4F0A4E258307D55FF6FE7FDC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{8209B0C9-E941-4F5B-9A27-846FFA22CDEC}"/>
+        <w:guid w:val="{8367B40A-43BD-41B4-A84C-CE2C8DC94298}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="08A86837D5834CEA9DA7E341D68FA465"/>
+            <w:pStyle w:val="B02A7EDE4F0A4E258307D55FF6FE7FDC"/>
           </w:pPr>
           <w:r w:rsidRPr="00725A1E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7542D1935B70416EAECADF878C62F229"/>
+        <w:name w:val="BE766D3A233F44C5B7F8D4B4FCCD4AE8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{900E96A0-A87F-42DB-AE32-510F785767CA}"/>
+        <w:guid w:val="{60C10095-6810-4925-816F-C2506F0DDC74}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CB1442" w:rsidRDefault="00CB1442" w:rsidP="00CB1442">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="7542D1935B70416EAECADF878C62F229"/>
+            <w:pStyle w:val="BE766D3A233F44C5B7F8D4B4FCCD4AE8"/>
           </w:pPr>
           <w:r w:rsidRPr="00725A1E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="F4CB87AD1388453DB0C70A4528FB5B2F"/>
+        <w:name w:val="17146486229744E49218294A22A64E50"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{DDD94018-096D-4C27-9774-EE7B8A4528E3}"/>
+        <w:guid w:val="{2C1955BC-3276-4760-98AA-197D5C2A8628}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003B2955" w:rsidRDefault="003B2955" w:rsidP="003B2955">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="F4CB87AD1388453DB0C70A4528FB5B2F"/>
+            <w:pStyle w:val="17146486229744E49218294A22A64E50"/>
           </w:pPr>
           <w:r w:rsidRPr="00725A1E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="B96E1BDF0C0D417583D6D5D8B1D8D787"/>
+        <w:name w:val="1AB48350A4924B4EB305F3585C669E31"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{F8CC6CE9-B10A-4B5E-ADE8-0CA4F3566339}"/>
+        <w:guid w:val="{B38129F7-17C1-4274-887C-BB5971223DB5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003B2955" w:rsidRDefault="003B2955" w:rsidP="003B2955">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="B96E1BDF0C0D417583D6D5D8B1D8D787"/>
+            <w:pStyle w:val="1AB48350A4924B4EB305F3585C669E31"/>
           </w:pPr>
           <w:r w:rsidRPr="00725A1E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="774C018517054C5795386F54B80F57C2"/>
+        <w:name w:val="21828249E8FE4275A1686CFAD2AAC311"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{501E0A6B-4573-4CE0-946C-27E4A5A51B3A}"/>
+        <w:guid w:val="{FD61DF74-01E1-4325-90D6-1757DED1A7D6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003B2955" w:rsidRDefault="003B2955" w:rsidP="003B2955">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="774C018517054C5795386F54B80F57C2"/>
+            <w:pStyle w:val="21828249E8FE4275A1686CFAD2AAC311"/>
           </w:pPr>
           <w:r w:rsidRPr="00725A1E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="80B5D7336E984FE188857BBEECEA27E2"/>
+        <w:name w:val="C445A71FAC1444A5B5B11F929F157B17"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{23454A5C-850A-4653-A6F1-4606904FFDA4}"/>
+        <w:guid w:val="{6641093B-1CDB-4AEA-AFBF-A7231CE00FBD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003B2955" w:rsidRDefault="003B2955" w:rsidP="003B2955">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="80B5D7336E984FE188857BBEECEA27E2"/>
+            <w:pStyle w:val="C445A71FAC1444A5B5B11F929F157B17"/>
           </w:pPr>
           <w:r w:rsidRPr="00725A1E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="8DFE480A864E485A93F7E94B4B50D18D"/>
+        <w:name w:val="824B2F74CA474314B24821094FA66975"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{EF354515-C221-4E1B-BF87-31C57F4D2023}"/>
+        <w:guid w:val="{005BB2A4-F2E4-4125-8C09-5A4A2FF34CDD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003B2955" w:rsidRDefault="003B2955" w:rsidP="003B2955">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="8DFE480A864E485A93F7E94B4B50D18D"/>
+            <w:pStyle w:val="824B2F74CA474314B24821094FA66975"/>
           </w:pPr>
           <w:r w:rsidRPr="00725A1E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="483F8F9DE5504F14B25927F0EC673878"/>
+        <w:name w:val="42F81B7A141947C5A6DB05ED3340266D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{F20CC87D-3FD8-4CD4-A0BA-97FA8233090F}"/>
+        <w:guid w:val="{F9016B83-686C-4775-B227-BC890BF5B6C9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003B2955" w:rsidRDefault="003B2955" w:rsidP="003B2955">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="483F8F9DE5504F14B25927F0EC673878"/>
+            <w:pStyle w:val="42F81B7A141947C5A6DB05ED3340266D"/>
           </w:pPr>
           <w:r w:rsidRPr="00725A1E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="5D308C830BDB40D89C44C7A93AB0FAD0"/>
+        <w:name w:val="AC6BE96574C34ABD8CEFDB4E8CC10E98"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{5278B546-6F5E-4390-A646-D18706F85D53}"/>
+        <w:guid w:val="{DAED0C7F-F1DE-4B60-BB75-9559DB2D302C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="003B2955" w:rsidRDefault="003B2955" w:rsidP="003B2955">
+        <w:p w:rsidR="00523CDF" w:rsidRDefault="00C16B6E" w:rsidP="00C16B6E">
           <w:pPr>
-            <w:pStyle w:val="5D308C830BDB40D89C44C7A93AB0FAD0"/>
+            <w:pStyle w:val="AC6BE96574C34ABD8CEFDB4E8CC10E98"/>
           </w:pPr>
           <w:r w:rsidRPr="00725A1E">
-            <w:rPr>
-[...288 lines deleted...]
-          <w:r w:rsidRPr="008016D7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
@@ -33584,91 +40239,131 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
-  <w:revisionView w:insDel="0" w:formatting="0"/>
+  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00CB1442"/>
+    <w:rsidRoot w:val="00C16B6E"/>
     <w:rsid w:val="00002F4E"/>
-    <w:rsid w:val="00042FA9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002C0A68"/>
+    <w:rsid w:val="000371BD"/>
+    <w:rsid w:val="00081C30"/>
+    <w:rsid w:val="000A7B0D"/>
+    <w:rsid w:val="000B6E04"/>
+    <w:rsid w:val="000D3E2D"/>
+    <w:rsid w:val="001013DE"/>
+    <w:rsid w:val="00101FCD"/>
+    <w:rsid w:val="001C77DB"/>
+    <w:rsid w:val="001F4699"/>
+    <w:rsid w:val="00211E55"/>
+    <w:rsid w:val="00235041"/>
+    <w:rsid w:val="00241DB4"/>
+    <w:rsid w:val="002757F3"/>
+    <w:rsid w:val="002B7013"/>
     <w:rsid w:val="002D4355"/>
-    <w:rsid w:val="002D6F58"/>
-    <w:rsid w:val="00320B70"/>
+    <w:rsid w:val="003212EC"/>
+    <w:rsid w:val="00325496"/>
+    <w:rsid w:val="003661CE"/>
     <w:rsid w:val="003A4CC8"/>
-    <w:rsid w:val="003B2955"/>
+    <w:rsid w:val="003B54FD"/>
+    <w:rsid w:val="003C3495"/>
+    <w:rsid w:val="0045520A"/>
+    <w:rsid w:val="00456035"/>
+    <w:rsid w:val="00462BBD"/>
     <w:rsid w:val="00493B28"/>
+    <w:rsid w:val="004A3A62"/>
     <w:rsid w:val="00515483"/>
+    <w:rsid w:val="00523CDF"/>
     <w:rsid w:val="005544D9"/>
-    <w:rsid w:val="006439C6"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00B2101C"/>
+    <w:rsid w:val="00562AE3"/>
+    <w:rsid w:val="00592066"/>
+    <w:rsid w:val="005A630D"/>
+    <w:rsid w:val="006102E5"/>
+    <w:rsid w:val="006778D6"/>
+    <w:rsid w:val="00685E93"/>
+    <w:rsid w:val="00695223"/>
+    <w:rsid w:val="006A7331"/>
+    <w:rsid w:val="007225AF"/>
+    <w:rsid w:val="0075670E"/>
+    <w:rsid w:val="00767375"/>
+    <w:rsid w:val="007913C0"/>
+    <w:rsid w:val="007F6F90"/>
+    <w:rsid w:val="0082376B"/>
+    <w:rsid w:val="00826B4F"/>
+    <w:rsid w:val="00865194"/>
+    <w:rsid w:val="009259AC"/>
+    <w:rsid w:val="009532DD"/>
+    <w:rsid w:val="00A71DB3"/>
+    <w:rsid w:val="00B17B6B"/>
+    <w:rsid w:val="00B2475C"/>
+    <w:rsid w:val="00C16B6E"/>
     <w:rsid w:val="00C645D7"/>
-    <w:rsid w:val="00CB1442"/>
-    <w:rsid w:val="00D51DC7"/>
+    <w:rsid w:val="00D06BF0"/>
+    <w:rsid w:val="00D07F68"/>
+    <w:rsid w:val="00D12DDB"/>
+    <w:rsid w:val="00DA2F2F"/>
+    <w:rsid w:val="00E011E6"/>
     <w:rsid w:val="00E24C34"/>
+    <w:rsid w:val="00E55F1D"/>
+    <w:rsid w:val="00E562CB"/>
     <w:rsid w:val="00E842AF"/>
-    <w:rsid w:val="00EA3652"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FB6839"/>
+    <w:rsid w:val="00E91E7C"/>
+    <w:rsid w:val="00EE64B5"/>
+    <w:rsid w:val="00F47574"/>
+    <w:rsid w:val="00F52266"/>
+    <w:rsid w:val="00F67C81"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -34080,373 +40775,464 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="000B0CE4"/>
+    <w:rsid w:val="000B6E04"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="818CCBC83CFD4FB8AD9038953C557750">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0FB3A497E25242D7A393181438F4480F">
+    <w:name w:val="0FB3A497E25242D7A393181438F4480F"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6D092F736BCA47C782CE34A5064CD321">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E3AE21DC74534069AA1A567C6E5D0F2D">
+    <w:name w:val="E3AE21DC74534069AA1A567C6E5D0F2D"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A7E539661D0F46EBB9DDAEC69E2A7DAE">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B82DE465639B46098CC1C72B447F5395">
+    <w:name w:val="B82DE465639B46098CC1C72B447F5395"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EF7D72B696DD4E48BB435D8294E7F3AC">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A921FF9A46294E7B8C024C0A380A9888">
+    <w:name w:val="A921FF9A46294E7B8C024C0A380A9888"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B7C3B8BA7EB747DC97EAF5329F50A67F">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2F19FF78D6A6493C8F5C97D28F5EAB1F">
+    <w:name w:val="2F19FF78D6A6493C8F5C97D28F5EAB1F"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7C4A62DE02344E5288D8044B55CA0486">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5977C0663E1042FD9CAC700130C19AF3">
+    <w:name w:val="5977C0663E1042FD9CAC700130C19AF3"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4BE9C7C95D934A089AFA68FC63656799">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1ADEBE9C6EBD4119AA11C4B33014BDDA">
+    <w:name w:val="1ADEBE9C6EBD4119AA11C4B33014BDDA"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CC00035D5DFC4454BFF9381EE439384B">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7DE810A6DD604874B48177F16CCD9414">
+    <w:name w:val="7DE810A6DD604874B48177F16CCD9414"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9FC86CA2B9B74C86BAB08404742E3735">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B2AA396A765C480A8CDA45FF51B3DBF8">
+    <w:name w:val="B2AA396A765C480A8CDA45FF51B3DBF8"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CD70799AF97C4BFD9A6B9B638FADB8B4">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="062981E434AF4EA28303441C46520508">
+    <w:name w:val="062981E434AF4EA28303441C46520508"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6570F2264A8B46FA96D5956F22C73BA9">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8C7DD7A7529E497C8CB92D0BC3FE0605">
+    <w:name w:val="8C7DD7A7529E497C8CB92D0BC3FE0605"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="646A3686488644459ED423BD7198AA02">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="101C3CCA379C432E9155A50F8C0A6A6B">
+    <w:name w:val="101C3CCA379C432E9155A50F8C0A6A6B"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3B6705621A5642DF9A8E82A813A29B6E">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="975544E8970643C392C024ADD7CEAB9F">
+    <w:name w:val="975544E8970643C392C024ADD7CEAB9F"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9C98D3C9BD0B4B018C3466E44ECBCA4F">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C751319963524BB1A015EEBB653C68B8">
+    <w:name w:val="C751319963524BB1A015EEBB653C68B8"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EF98F56CD93443468A19E5FFAF879FEF">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="80085F97E94D43E9888C880092125B87">
+    <w:name w:val="80085F97E94D43E9888C880092125B87"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A9436068AA26471882D92AD08B7A4766">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B7112701FF05466199DA1BE7E1C2DD8C">
+    <w:name w:val="B7112701FF05466199DA1BE7E1C2DD8C"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FC4B419336A04396A044B2BDE301DBD0">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3599FD119B6B41FD8BED5D5FBCAAE9C5">
+    <w:name w:val="3599FD119B6B41FD8BED5D5FBCAAE9C5"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9DE62348DC6D4DE4BA29572873ECC512">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11788F210FD247B380E319070E966A67">
+    <w:name w:val="11788F210FD247B380E319070E966A67"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2D9B4CCAB4804CD286C23E031C6049AA">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2610C23DF4824642A7E3A367E5BA784F">
+    <w:name w:val="2610C23DF4824642A7E3A367E5BA784F"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8FD2AAD7CE944BB0ADC0112391A427BA">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D14714B0C6934B6F9D44C47ECB8CBEC0">
+    <w:name w:val="D14714B0C6934B6F9D44C47ECB8CBEC0"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="97DE9EDACA3449E7B305BAA1ED889E35">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E269244A267B49A4A737C20F822FA16C">
+    <w:name w:val="E269244A267B49A4A737C20F822FA16C"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DB725E34F74445839435037D940A64D1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E0C997D253E4793BD97B1A6E7F4C583">
+    <w:name w:val="1E0C997D253E4793BD97B1A6E7F4C583"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="51F78344DBF64863BBF569A204B26BC8">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="441A0ED036F949A9A193C1250BEAFC01">
+    <w:name w:val="441A0ED036F949A9A193C1250BEAFC01"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="05C0800DCE724130B9A6F6411E2DEA71">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A571ACF114D543CCADB1AC6ED17AF354">
+    <w:name w:val="A571ACF114D543CCADB1AC6ED17AF354"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="07B6A4DF09894830B41A7E576F7FABB0">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C99B0C9D463E41508E221CF406071CD8">
+    <w:name w:val="C99B0C9D463E41508E221CF406071CD8"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BA96616E57F24C129FB580C30F716647">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="809B9445B10643F0B308306D8C9EE4B8">
+    <w:name w:val="809B9445B10643F0B308306D8C9EE4B8"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6D918453C482434DB955DCDE01FF267D">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D2A983F30BFC4465A08D86D4867983CE">
+    <w:name w:val="D2A983F30BFC4465A08D86D4867983CE"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="194FF94D4AF3441099DB1790E747FF46">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D287DB87E31D4240827E65E9EF6AA98E">
+    <w:name w:val="D287DB87E31D4240827E65E9EF6AA98E"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="76804F1D3B3143C497F251DEB0440343">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="52DD5061F5434F3684A3526BB8A4F565">
+    <w:name w:val="52DD5061F5434F3684A3526BB8A4F565"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D423EC2B308142EFAD2A10B8B6725388">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D70803393C9A48D9AC6CE8BF855A7463">
+    <w:name w:val="D70803393C9A48D9AC6CE8BF855A7463"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A38E1E63D4D74CC58D1A77177C62244B">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="96C1ADC5C1E24DEE8BBCD51C24252185">
+    <w:name w:val="96C1ADC5C1E24DEE8BBCD51C24252185"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="06C85528341D4C618EF7A7968B4EE354">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A137B1C429124219AB88C6AC324F0FAF">
+    <w:name w:val="A137B1C429124219AB88C6AC324F0FAF"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F9726687D73A4011B398F97D5DBF2858">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="44AD19BA80124EE0A6D59AB1F655655B">
+    <w:name w:val="44AD19BA80124EE0A6D59AB1F655655B"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D120832E3BAE4B0A8970A43EE209F06E">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D6ACF736E42D4AE5B9D1481B6E5F29C3">
+    <w:name w:val="D6ACF736E42D4AE5B9D1481B6E5F29C3"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9F3FC5E132CF48C6AF965924077AD2B8">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="42AEFD8F1E154DB3B904AADEB2DDA4AA">
+    <w:name w:val="42AEFD8F1E154DB3B904AADEB2DDA4AA"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0DA35439F4FB4DDFB2866426349FCF9A">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="633A91E096AF4139A7876AF448BBEBEF">
+    <w:name w:val="633A91E096AF4139A7876AF448BBEBEF"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C52C6EAEF91E4A319E4C60D5E4500F50">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CA9A012083B44BE089FD94F665654F62">
+    <w:name w:val="CA9A012083B44BE089FD94F665654F62"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8DC9CBAA9061461C963A0E0AEE24F45A">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EE93179DE0C5428EBEF99A44E2EB69B1">
+    <w:name w:val="EE93179DE0C5428EBEF99A44E2EB69B1"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4F9DD57A20144A78AE7BC5BCE5161E4F">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AE3AA7D5BFA047FD9D87FFAB56DF4DE6">
+    <w:name w:val="AE3AA7D5BFA047FD9D87FFAB56DF4DE6"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4C91914C122B466C808F9B3F8FE1E83D">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A6D4747160D4138A86787A1CB21140D">
+    <w:name w:val="6A6D4747160D4138A86787A1CB21140D"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CF6C3874E42C464AA8CDB63023A0C83D">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B02A7EDE4F0A4E258307D55FF6FE7FDC">
+    <w:name w:val="B02A7EDE4F0A4E258307D55FF6FE7FDC"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E8B204ACBC894A1A8AD2200773B58350">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BE766D3A233F44C5B7F8D4B4FCCD4AE8">
+    <w:name w:val="BE766D3A233F44C5B7F8D4B4FCCD4AE8"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="003C70A6BD9442BFB2EB5FDDB035C82B">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="17146486229744E49218294A22A64E50">
+    <w:name w:val="17146486229744E49218294A22A64E50"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="58107FA7A444485EAA5D12D6464DCD72">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1AB48350A4924B4EB305F3585C669E31">
+    <w:name w:val="1AB48350A4924B4EB305F3585C669E31"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F0A718B0ED054DB6B881EE65E097F20C">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21828249E8FE4275A1686CFAD2AAC311">
+    <w:name w:val="21828249E8FE4275A1686CFAD2AAC311"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="98F03908A8034A1490B883B0E13F7F19">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C445A71FAC1444A5B5B11F929F157B17">
+    <w:name w:val="C445A71FAC1444A5B5B11F929F157B17"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D9B36BE65297446497D19FF74147D6EC">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="824B2F74CA474314B24821094FA66975">
+    <w:name w:val="824B2F74CA474314B24821094FA66975"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="08A86837D5834CEA9DA7E341D68FA465">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="42F81B7A141947C5A6DB05ED3340266D">
+    <w:name w:val="42F81B7A141947C5A6DB05ED3340266D"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7542D1935B70416EAECADF878C62F229">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AC6BE96574C34ABD8CEFDB4E8CC10E98">
+    <w:name w:val="AC6BE96574C34ABD8CEFDB4E8CC10E98"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2BBF816F549E48178A700DB8416CCD96">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C850238FC4F84533BAA73C9F40D83441">
+    <w:name w:val="C850238FC4F84533BAA73C9F40D83441"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DD64FACFD390402CB63019E78E406B87">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="599A255AADB5415C96F22FC111AB1616">
+    <w:name w:val="599A255AADB5415C96F22FC111AB1616"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="84B786E64DDA4384919874137D43CC2A">
-[...1 lines deleted...]
-    <w:rsid w:val="00CB1442"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15C6E7F35B7D4EC3AB762574EA06D88E">
+    <w:name w:val="15C6E7F35B7D4EC3AB762574EA06D88E"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7CBF916DDACB4E47A5A1BC2300982CB3">
-[...1 lines deleted...]
-    <w:rsid w:val="007104D7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="29918440623942058B13EF142C0702A0">
+    <w:name w:val="29918440623942058B13EF142C0702A0"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="35CF7DFE5EDE4A80B7AE9A269F917E39">
-[...1 lines deleted...]
-    <w:rsid w:val="007104D7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B44C88857CED48DC803757CD1E229F6A">
+    <w:name w:val="B44C88857CED48DC803757CD1E229F6A"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F4CB87AD1388453DB0C70A4528FB5B2F">
-[...1 lines deleted...]
-    <w:rsid w:val="003B2955"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ECB5084FAB954DCC89CFFD9957DFC692">
+    <w:name w:val="ECB5084FAB954DCC89CFFD9957DFC692"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B96E1BDF0C0D417583D6D5D8B1D8D787">
-[...1 lines deleted...]
-    <w:rsid w:val="003B2955"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5E6600BEF75E43208262C701EEEBB1AC">
+    <w:name w:val="5E6600BEF75E43208262C701EEEBB1AC"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="774C018517054C5795386F54B80F57C2">
-[...1 lines deleted...]
-    <w:rsid w:val="003B2955"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FF3784027797418496F21A80636FFDD8">
+    <w:name w:val="FF3784027797418496F21A80636FFDD8"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="80B5D7336E984FE188857BBEECEA27E2">
-[...1 lines deleted...]
-    <w:rsid w:val="003B2955"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="190595D3DFA04D06AAD89E5E0B75DA00">
+    <w:name w:val="190595D3DFA04D06AAD89E5E0B75DA00"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8DFE480A864E485A93F7E94B4B50D18D">
-[...1 lines deleted...]
-    <w:rsid w:val="003B2955"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0C65BFB26A644C1ABBE7E6C1F7D6121B">
+    <w:name w:val="0C65BFB26A644C1ABBE7E6C1F7D6121B"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="483F8F9DE5504F14B25927F0EC673878">
-[...1 lines deleted...]
-    <w:rsid w:val="003B2955"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="93C1CABD2DC04EDBAFF6174E85CF0686">
+    <w:name w:val="93C1CABD2DC04EDBAFF6174E85CF0686"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5D308C830BDB40D89C44C7A93AB0FAD0">
-[...1 lines deleted...]
-    <w:rsid w:val="003B2955"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="32752CE552EB49A1A38562F34B0915FA">
+    <w:name w:val="32752CE552EB49A1A38562F34B0915FA"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EB56E170774A41C6B2567BEEB393A190">
-[...1 lines deleted...]
-    <w:rsid w:val="003B2955"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="386AC11E6E3B4EBA9E479904A9311081">
+    <w:name w:val="386AC11E6E3B4EBA9E479904A9311081"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9BAD4FFAB60F47358241FE4267B85703">
-[...1 lines deleted...]
-    <w:rsid w:val="003B2955"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="05EA9677D78E4BC5B3BC9897AE738FAA">
+    <w:name w:val="05EA9677D78E4BC5B3BC9897AE738FAA"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FA0A7246D15B404FA3814AB38EE56A8C">
-[...1 lines deleted...]
-    <w:rsid w:val="003B2955"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="074808D26AE040D6A0EB346265748D53">
+    <w:name w:val="074808D26AE040D6A0EB346265748D53"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="657F53BDEF68488DA4945BDBD8BC49D1">
-[...1 lines deleted...]
-    <w:rsid w:val="003B2955"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0BDF47297AE8436F83A544D111ED14AF">
+    <w:name w:val="0BDF47297AE8436F83A544D111ED14AF"/>
+    <w:rsid w:val="00C16B6E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E6249A1DD7EA4DD1B79028AFF9FA3D5B">
-[...1 lines deleted...]
-    <w:rsid w:val="000B0CE4"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2ADEA68353604A5DBDF5E1468DBB59AB">
+    <w:name w:val="2ADEA68353604A5DBDF5E1468DBB59AB"/>
+    <w:rsid w:val="00C16B6E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B7638D9F98B44B2877385E1BF8F3DC4">
+    <w:name w:val="5B7638D9F98B44B2877385E1BF8F3DC4"/>
+    <w:rsid w:val="00C16B6E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7AE88E249EB141E98B80856139D5696A">
+    <w:name w:val="7AE88E249EB141E98B80856139D5696A"/>
+    <w:rsid w:val="00C16B6E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="123655C264FF4653873B0805E920694E">
+    <w:name w:val="123655C264FF4653873B0805E920694E"/>
+    <w:rsid w:val="00C16B6E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2F7CE43C85EB4CFE8F1C1863C6572BBD">
+    <w:name w:val="2F7CE43C85EB4CFE8F1C1863C6572BBD"/>
+    <w:rsid w:val="00C16B6E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="22BEC60530614196A955E8B442DBD7E3">
+    <w:name w:val="22BEC60530614196A955E8B442DBD7E3"/>
+    <w:rsid w:val="00C16B6E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DB1F1613273043BAAC119867D21779D8">
+    <w:name w:val="DB1F1613273043BAAC119867D21779D8"/>
+    <w:rsid w:val="00C16B6E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="53809AB8041F442ABBF3A3BC88F8660E">
+    <w:name w:val="53809AB8041F442ABBF3A3BC88F8660E"/>
+    <w:rsid w:val="00C16B6E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D4E883BB38C44796ACBB69F248643B69">
+    <w:name w:val="D4E883BB38C44796ACBB69F248643B69"/>
+    <w:rsid w:val="00C16B6E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A4AA523619484E25AE9AAFAC7744CA34">
+    <w:name w:val="A4AA523619484E25AE9AAFAC7744CA34"/>
+    <w:rsid w:val="00C16B6E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DF47D4C95F1E4790991867DA992CFB5E">
+    <w:name w:val="DF47D4C95F1E4790991867DA992CFB5E"/>
+    <w:rsid w:val="00C16B6E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5380FBA38BD649FFA5E4E73DE6724B8D">
+    <w:name w:val="5380FBA38BD649FFA5E4E73DE6724B8D"/>
+    <w:rsid w:val="00C16B6E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A64594A5E89946F0B89DB718F3194F5B">
+    <w:name w:val="A64594A5E89946F0B89DB718F3194F5B"/>
+    <w:rsid w:val="00C16B6E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E9EE1D5E2AF544AFAC622F56EF48918D">
+    <w:name w:val="E9EE1D5E2AF544AFAC622F56EF48918D"/>
+    <w:rsid w:val="00C16B6E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2874B14DB84146299C0FB3B9CC3DEDEF">
+    <w:name w:val="2874B14DB84146299C0FB3B9CC3DEDEF"/>
+    <w:rsid w:val="00523CDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="737FC3E2079147C9AA1C067AFF231F28">
+    <w:name w:val="737FC3E2079147C9AA1C067AFF231F28"/>
+    <w:rsid w:val="00523CDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8A5A3DC4D5FA48A29D4A2C7164A4CACE">
+    <w:name w:val="8A5A3DC4D5FA48A29D4A2C7164A4CACE"/>
+    <w:rsid w:val="00523CDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C4AC2F5EFC9B40EDB291E947AE1257AD">
+    <w:name w:val="C4AC2F5EFC9B40EDB291E947AE1257AD"/>
+    <w:rsid w:val="00523CDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AD3DEB3DE1934C20BFADE648AABD5B4C">
+    <w:name w:val="AD3DEB3DE1934C20BFADE648AABD5B4C"/>
+    <w:rsid w:val="00523CDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="75C796D31D6343D090B9EB9BF182C170">
+    <w:name w:val="75C796D31D6343D090B9EB9BF182C170"/>
+    <w:rsid w:val="00523CDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2D882D1097A44A97A36DB0E466DAC5E7">
+    <w:name w:val="2D882D1097A44A97A36DB0E466DAC5E7"/>
+    <w:rsid w:val="00523CDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="87583D7C102A4626AB771FC605585199">
+    <w:name w:val="87583D7C102A4626AB771FC605585199"/>
+    <w:rsid w:val="00523CDF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="20B0961E4C0B46F99BB3BAB75FDC400E">
+    <w:name w:val="20B0961E4C0B46F99BB3BAB75FDC400E"/>
+    <w:rsid w:val="00DA2F2F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ACB1719C29E3421B94C6F13F335C4DE4">
+    <w:name w:val="ACB1719C29E3421B94C6F13F335C4DE4"/>
+    <w:rsid w:val="00767375"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6BE568A535724BEBAFD6BC19202E7FF3">
+    <w:name w:val="6BE568A535724BEBAFD6BC19202E7FF3"/>
+    <w:rsid w:val="00767375"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D0E60E4561F345BAB482E373A52F51B8">
+    <w:name w:val="D0E60E4561F345BAB482E373A52F51B8"/>
+    <w:rsid w:val="00767375"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="16D0DB30EC1A4F3F953521AC81501AD8">
+    <w:name w:val="16D0DB30EC1A4F3F953521AC81501AD8"/>
+    <w:rsid w:val="009259AC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="03C201B93EA04A0E950D833A30EDB4E9">
+    <w:name w:val="03C201B93EA04A0E950D833A30EDB4E9"/>
+    <w:rsid w:val="009259AC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="586D91EC1EAC45DFABF7CF2B5B069F59">
+    <w:name w:val="586D91EC1EAC45DFABF7CF2B5B069F59"/>
+    <w:rsid w:val="009259AC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C4EB6EECCB9143668BBA04CA7FCADE8E">
+    <w:name w:val="C4EB6EECCB9143668BBA04CA7FCADE8E"/>
+    <w:rsid w:val="009259AC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="69A2E190EA21468DBBE98030F6D04358">
+    <w:name w:val="69A2E190EA21468DBBE98030F6D04358"/>
+    <w:rsid w:val="009259AC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5A132EE959954D06831CAB1E14F5678F">
+    <w:name w:val="5A132EE959954D06831CAB1E14F5678F"/>
+    <w:rsid w:val="000B6E04"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9877F945938D4B95A3FD845F42CC5D9D">
-[...1 lines deleted...]
-    <w:rsid w:val="000B0CE4"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="07B5FA8AFD67430FBCFD329FB60EA6AA">
+    <w:name w:val="07B5FA8AFD67430FBCFD329FB60EA6AA"/>
+    <w:rsid w:val="000B6E04"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3E2B4F3C02C447B08787B13577E62436">
-[...34 lines deleted...]
-    <w:rsid w:val="000B0CE4"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E2C09F1AF3304C5892FCD956B1CD452B">
+    <w:name w:val="E2C09F1AF3304C5892FCD956B1CD452B"/>
+    <w:rsid w:val="000B6E04"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -34699,78 +41485,69 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
-[...11 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="56ad977b-6cba-4d16-971c-01180e0d0515">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb" xmlns:ns3="56ad977b-6cba-4d16-971c-01180e0d0515" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9593633b1aa74c2a3758ea6175fd1e75" ns1:_="" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5494836E8AEFD4C8E68BF3674A42DDF" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="291fe053bbd8f0f9319c5cf4668d112c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb" xmlns:ns3="56ad977b-6cba-4d16-971c-01180e0d0515" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="02c73a0089642de45352b049d4560e99" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb"/>
     <xsd:import namespace="56ad977b-6cba-4d16-971c-01180e0d0515"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -35002,136 +41779,145 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C831FCAC-B116-4B03-89C1-B0CF39E2BE3A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="56ad977b-6cba-4d16-971c-01180e0d0515"/>
     <ds:schemaRef ds:uri="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C59977FA-C261-429A-9149-41AFDD3AD3C8}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA238C88-D510-4C1E-AA45-4D5E40EE9958}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE1E2837-4885-48F8-B302-7B3D6BCFBB80}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb"/>
     <ds:schemaRef ds:uri="56ad977b-6cba-4d16-971c-01180e0d0515"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67354EF5-67D5-4CFF-BABE-CCBB65CFC640}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>26</Pages>
-  <Words>11735</Words>
-  <Characters>66892</Characters>
+  <Words>12246</Words>
+  <Characters>67722</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>557</Lines>
-  <Paragraphs>156</Paragraphs>
+  <Lines>1302</Lines>
+  <Paragraphs>288</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>WRP DOCUMENTS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>USDA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>78471</CharactersWithSpaces>
+  <CharactersWithSpaces>79680</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>WRP DOCUMENTS</dc:title>
   <dc:subject/>
   <dc:creator>Lynn.Marotta</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C5494836E8AEFD4C8E68BF3674A42DDF</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">
+    <vt:lpwstr>6344156610d6b0e28b3df248152e80694b3f333903f93fe202c3b544ac4c6007</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
-  </property>
-[...1 lines deleted...]
-    <vt:lpwstr>37f1e8945ebac73398adfac163026436ab412309920e1bc8cb3d3fa6be45ffb2</vt:lpwstr>
   </property>
 </Properties>
 </file>