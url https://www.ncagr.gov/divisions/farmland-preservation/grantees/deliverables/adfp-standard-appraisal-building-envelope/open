--- v0 (2025-10-09)
+++ v1 (2025-12-11)
@@ -1,47 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="42D1CE7E" w14:textId="5A4425AD" w:rsidR="00BF4658" w:rsidRPr="00882BFF" w:rsidRDefault="00BF4658" w:rsidP="006605A3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="4320"/>
         <w:rPr>
@@ -153,67 +148,51 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1CE9B" w14:textId="77777777" w:rsidR="00BF4658" w:rsidRPr="00882BFF" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1CE9C" w14:textId="3E2E04AE" w:rsidR="00BF4658" w:rsidRPr="00882BFF" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">This instrument prepared by and </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> to:</w:t>
+        <w:t>This instrument prepared by and return to:</w:t>
       </w:r>
       <w:r w:rsidR="00A12B43" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A12B43" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A12B43" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A12B43" w:rsidRPr="00882BFF">
         <w:rPr>
           <w:sz w:val="16"/>
@@ -509,62 +488,52 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00413C57" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00413C57" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00413C57" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Parcel ID (</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Parcel ID (PIN) #</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="42D1CEA2" w14:textId="5F26286B" w:rsidR="00BF4658" w:rsidRPr="00EA187F" w:rsidRDefault="00BF4658" w:rsidP="00BF4658">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>COUNTY OF</w:t>
       </w:r>
       <w:r w:rsidR="007D5031" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2412,50 +2381,51 @@
     </w:p>
     <w:p w14:paraId="7EB335E8" w14:textId="2F0C0980" w:rsidR="00C5724E" w:rsidRPr="00EA187F" w:rsidRDefault="00C5724E" w:rsidP="00C5724E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="253" w:lineRule="exact"/>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:t xml:space="preserve">The “Effective Date” of this ALE </w:t>
       </w:r>
       <w:r w:rsidR="00122B56">
         <w:t xml:space="preserve">Deed </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t xml:space="preserve">is the date and time it was first recorded in the </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:id w:val="-1534806383"/>
           <w:placeholder>
             <w:docPart w:val="0FB3A497E25242D7A393181438F4480F"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002E11E2" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:bCs/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="Enter county name"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
           <w:r w:rsidR="002E11E2" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:bCs/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
           <w:r w:rsidR="002E11E2" w:rsidRPr="00EA187F">
@@ -3205,66 +3175,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> (the “Protected Property”).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1CEB6" w14:textId="77777777" w:rsidR="00EA5ABE" w:rsidRPr="00EA187F" w:rsidRDefault="00EA5ABE" w:rsidP="00EA5ABE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1CEB7" w14:textId="493730C5" w:rsidR="00EA5ABE" w:rsidRPr="00EA187F" w:rsidRDefault="00EA5ABE" w:rsidP="00EA5ABE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> the Protected Property consists primarily of </w:t>
+        <w:t xml:space="preserve">WHEREAS, the Protected Property consists primarily of </w:t>
       </w:r>
       <w:r w:rsidR="00ED7845" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">roductive </w:t>
       </w:r>
       <w:r w:rsidR="008539C7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">agricultural or forested </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -3282,50 +3237,51 @@
       <w:r w:rsidR="00070F24">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Exhibit</w:t>
       </w:r>
       <w:r w:rsidR="00D72894">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-651138777"/>
           <w:placeholder>
             <w:docPart w:val="A921FF9A46294E7B8C024C0A380A9888"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B57C86" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="Enter exhibit letter or number "/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
           <w:r w:rsidR="00B57C86" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -3523,75 +3479,77 @@
               <w:b/>
               <w:bCs/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:t>[Delete this and the below box if it is not relevant]</w:t>
           </w:r>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:bookmarkEnd w:id="21"/>
         </w:p>
-        <w:p w14:paraId="4596085D" w14:textId="353739FF" w:rsidR="00131D5D" w:rsidRPr="00EA187F" w:rsidRDefault="00000000" w:rsidP="00131D5D">
+        <w:p w14:paraId="4596085D" w14:textId="353739FF" w:rsidR="00131D5D" w:rsidRPr="00EA187F" w:rsidRDefault="000B4FAE" w:rsidP="00131D5D">
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
             <w:spacing w:before="1"/>
             <w:ind w:right="473" w:firstLine="720"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1948885853"/>
               <w:placeholder>
                 <w:docPart w:val="8C7DD7A7529E497C8CB92D0BC3FE0605"/>
               </w:placeholder>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:sdt>
                 <w:sdtPr>
                   <w:id w:val="1048654493"/>
                   <w:placeholder>
                     <w:docPart w:val="101C3CCA379C432E9155A50F8C0A6A6B"/>
                   </w:placeholder>
                 </w:sdtPr>
+                <w:sdtEndPr/>
                 <w:sdtContent>
                   <w:r w:rsidR="00131D5D" w:rsidRPr="00EA187F">
                     <w:rPr>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val=""/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:default w:val="WHEREAS, the Protected Property contains "/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidR="00131D5D" w:rsidRPr="00EA187F">
                     <w:rPr>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidR="00131D5D" w:rsidRPr="00EA187F">
                     <w:rPr>
                       <w:highlight w:val="lightGray"/>
@@ -3605,50 +3563,51 @@
                   </w:r>
                   <w:r w:rsidR="00131D5D" w:rsidRPr="00EA187F">
                     <w:rPr>
                       <w:noProof/>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:t xml:space="preserve">WHEREAS, the Protected Property contains </w:t>
                   </w:r>
                   <w:r w:rsidR="00131D5D" w:rsidRPr="00EA187F">
                     <w:rPr>
                       <w:highlight w:val="lightGray"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:sdtContent>
               </w:sdt>
             </w:sdtContent>
           </w:sdt>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="6723120"/>
               <w:placeholder>
                 <w:docPart w:val="975544E8970643C392C024ADD7CEAB9F"/>
               </w:placeholder>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00131D5D" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val=""/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput>
                       <w:default w:val="[Enter road name]"/>
                     </w:textInput>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
               <w:r w:rsidR="00131D5D" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
               <w:r w:rsidR="00131D5D" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
@@ -3660,50 +3619,51 @@
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
               <w:r w:rsidR="00131D5D" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:noProof/>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:t>[Enter road name]</w:t>
               </w:r>
               <w:r w:rsidR="00131D5D" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1739932779"/>
               <w:placeholder>
                 <w:docPart w:val="C751319963524BB1A015EEBB653C68B8"/>
               </w:placeholder>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="0076116D">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val=""/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput>
                       <w:default w:val=" a public road and provides a scenic view to the traveling public of"/>
                     </w:textInput>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
               <w:r w:rsidR="0076116D">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
               <w:r w:rsidR="0076116D">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
@@ -3715,50 +3675,51 @@
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
               <w:r w:rsidR="0076116D">
                 <w:rPr>
                   <w:noProof/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> a public road and provides a scenic view to the traveling public of</w:t>
               </w:r>
               <w:r w:rsidR="0076116D">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1276254633"/>
               <w:placeholder>
                 <w:docPart w:val="B7112701FF05466199DA1BE7E1C2DD8C"/>
               </w:placeholder>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="0033130D">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val=""/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput>
                       <w:default w:val=" [describe view of nature]."/>
                     </w:textInput>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
               <w:r w:rsidR="0033130D">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
               <w:r w:rsidR="0033130D">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
@@ -3860,67 +3821,68 @@
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:t>[Delete this and the below box if it is not relevant]</w:t>
           </w:r>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="4374B599" w14:textId="77777777" w:rsidR="009D6831" w:rsidRPr="00EA187F" w:rsidRDefault="00000000" w:rsidP="009D6831">
+        <w:p w14:paraId="4374B599" w14:textId="77777777" w:rsidR="009D6831" w:rsidRPr="00EA187F" w:rsidRDefault="000B4FAE" w:rsidP="009D6831">
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
             <w:spacing w:before="1"/>
             <w:ind w:right="473" w:firstLine="720"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="291406312"/>
               <w:placeholder>
                 <w:docPart w:val="11788F210FD247B380E319070E966A67"/>
               </w:placeholder>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val=""/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput>
                       <w:default w:val="WHEREAS, the Protected Property also includes"/>
                     </w:textInput>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
@@ -3932,50 +3894,51 @@
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:noProof/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:t>WHEREAS, the Protected Property also includes</w:t>
               </w:r>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1649968901"/>
               <w:placeholder>
                 <w:docPart w:val="2610C23DF4824642A7E3A367E5BA784F"/>
               </w:placeholder>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val=""/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput>
                       <w:default w:val=" [insert brief description of natural resources; e.g., important species of plants and animals, habitat, etc.] "/>
                     </w:textInput>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
@@ -3987,50 +3950,51 @@
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:noProof/>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> [insert brief description of natural resources; e.g., important species of plants and animals, habitat, etc.] </w:t>
               </w:r>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="2078539474"/>
               <w:placeholder>
                 <w:docPart w:val="D14714B0C6934B6F9D44C47ECB8CBEC0"/>
               </w:placeholder>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val=""/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput>
                       <w:default w:val="of importance to the Grantor, the people of "/>
                     </w:textInput>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
@@ -4042,50 +4006,51 @@
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:noProof/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:t xml:space="preserve">of importance to the Grantor, the people of </w:t>
               </w:r>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1332103136"/>
               <w:placeholder>
                 <w:docPart w:val="E269244A267B49A4A737C20F822FA16C"/>
               </w:placeholder>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val=""/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput>
                       <w:default w:val="[County Name] "/>
                     </w:textInput>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
@@ -4097,100 +4062,101 @@
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:noProof/>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[County Name] </w:t>
               </w:r>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-504371596"/>
               <w:placeholder>
                 <w:docPart w:val="1E0C997D253E4793BD97B1A6E7F4C583"/>
               </w:placeholder>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val=""/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput>
                       <w:default w:val="County and the people of North Carolina."/>
                     </w:textInput>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
               </w:r>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:noProof/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:t>County and the people of North Carolina.</w:t>
               </w:r>
               <w:r w:rsidR="009D6831" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:p>
-        <w:p w14:paraId="6F677E87" w14:textId="77777777" w:rsidR="009D6831" w:rsidRPr="00EA187F" w:rsidRDefault="00000000" w:rsidP="009D6831">
+        <w:p w14:paraId="6F677E87" w14:textId="77777777" w:rsidR="009D6831" w:rsidRPr="00EA187F" w:rsidRDefault="000B4FAE" w:rsidP="009D6831">
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
             <w:spacing w:before="1"/>
             <w:ind w:right="473" w:firstLine="720"/>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="1471557424"/>
         <w:placeholder>
           <w:docPart w:val="441A0ED036F949A9A193C1250BEAFC01"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
@@ -4243,68 +4209,69 @@
               <w:b/>
               <w:bCs/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:t>[Delete this and the below box if it is not relevant]</w:t>
           </w:r>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
         <w:bookmarkStart w:id="22" w:name="_Hlk124854539"/>
-        <w:p w14:paraId="596BD993" w14:textId="77777777" w:rsidR="000D4564" w:rsidRPr="00EA187F" w:rsidRDefault="00000000" w:rsidP="000D4564">
+        <w:p w14:paraId="596BD993" w14:textId="77777777" w:rsidR="000D4564" w:rsidRPr="00EA187F" w:rsidRDefault="000B4FAE" w:rsidP="000D4564">
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
             <w:ind w:right="492" w:firstLine="720"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
             </w:rPr>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="980349121"/>
               <w:placeholder>
                 <w:docPart w:val="A571ACF114D543CCADB1AC6ED17AF354"/>
               </w:placeholder>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val=""/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput>
                       <w:default w:val="WHEREAS, the Protected Property contains"/>
                     </w:textInput>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
               <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
               <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
@@ -4317,335 +4284,318 @@
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
               <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:noProof/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:t>WHEREAS, the Protected Property contains</w:t>
               </w:r>
               <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:bookmarkEnd w:id="22"/>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-317963269"/>
               <w:placeholder>
                 <w:docPart w:val="C99B0C9D463E41508E221CF406071CD8"/>
               </w:placeholder>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin">
                   <w:ffData>
                     <w:name w:val=""/>
                     <w:enabled/>
                     <w:calcOnExit w:val="0"/>
                     <w:textInput>
                       <w:default w:val=" [insert brief description of water resources, such as streams, lakes, ponds, wetlands, located on or bordering, the Protected Property]."/>
                     </w:textInput>
                   </w:ffData>
                 </w:fldChar>
               </w:r>
               <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
               </w:r>
               <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
               </w:r>
               <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
               <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:noProof/>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> [insert brief description of water resources, such as streams, lakes, ponds, wetlands, located on or bordering, the Protected Property].</w:t>
               </w:r>
               <w:r w:rsidR="000D4564" w:rsidRPr="00EA187F">
                 <w:rPr>
                   <w:highlight w:val="darkGray"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:p>
-        <w:p w14:paraId="1986D471" w14:textId="77777777" w:rsidR="000D4564" w:rsidRPr="00EA187F" w:rsidRDefault="00000000" w:rsidP="000D4564">
+        <w:p w14:paraId="1986D471" w14:textId="77777777" w:rsidR="000D4564" w:rsidRPr="00EA187F" w:rsidRDefault="000B4FAE" w:rsidP="000D4564">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="6F378CBA" w14:textId="24F5B382" w:rsidR="00317BA5" w:rsidRDefault="00AF3C88" w:rsidP="00BE3D5C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>WHEREAS,</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>WHEREAS, the agricultural, natural, wildlife habitat and scenic resources of the Protected Property described above, and in the Baseline Documentation Report</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the agricultural, natural, wildlife habitat and scenic resources of the Protected Property described above, and in the Baseline Documentation Report</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>are</w:t>
       </w:r>
       <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>are</w:t>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>collectively</w:t>
+      </w:r>
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>referred</w:t>
+      </w:r>
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
+        <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>collectively</w:t>
+        <w:t>to</w:t>
       </w:r>
       <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“Conservation</w:t>
+      </w:r>
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
+        <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>referred</w:t>
+        <w:t>Values” of</w:t>
       </w:r>
       <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Protected</w:t>
+      </w:r>
+      <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
+        <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00317BA5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>to</w:t>
-[...103 lines deleted...]
-        </w:rPr>
         <w:t>Property.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78738145" w14:textId="77777777" w:rsidR="0042792E" w:rsidRDefault="0042792E" w:rsidP="00BE3D5C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0154EDA6" w14:textId="0D72F4CB" w:rsidR="0042792E" w:rsidRPr="00EA187F" w:rsidRDefault="0042792E" w:rsidP="0042792E">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>WHEREAS,</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">WHEREAS, </w:t>
       </w:r>
       <w:r w:rsidRPr="0042792E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ALE Deed</w:t>
       </w:r>
       <w:r w:rsidRPr="0042792E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is acquired by the Grantee for the purpose of the restoration, protection, enhancement, management, maintenance, and monitoring of the Conservation Values (the “purposes of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
@@ -4720,68 +4670,60 @@
       <w:r w:rsidRPr="00EA187F">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00791077">
         <w:rPr>
           <w:spacing w:val="55"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="00E67003">
         <w:t xml:space="preserve">Baseline Documentation </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t>Report may be used by the</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
-        <w:t xml:space="preserve">Grantee to document any future changes in the use or character of the Protected Property </w:t>
-[...3 lines deleted...]
-        <w:t>in order</w:t>
+        <w:t>Grantee to document any future changes in the use or character of the Protected Property in order</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
-        <w:t>to</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> ensure the terms and conditions of the ALE </w:t>
+        <w:t xml:space="preserve">to ensure the terms and conditions of the ALE </w:t>
       </w:r>
       <w:r w:rsidR="00E67003">
         <w:t xml:space="preserve">Deed </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t>are fulfilled.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="00E67003">
         <w:t xml:space="preserve">Baseline Documentation </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t>Report,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
@@ -4939,95 +4881,70 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55B12773" w14:textId="77777777" w:rsidR="00270E67" w:rsidRPr="00EA187F" w:rsidRDefault="00270E67" w:rsidP="00EA5ABE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1CEBF" w14:textId="21E9EDFE" w:rsidR="00414B99" w:rsidRPr="00EA187F" w:rsidRDefault="00AF3C88" w:rsidP="00EA5ABE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00414B99" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>WHEREAS,</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">WHEREAS, the Grantor and Grantee agree that the current agricultural </w:t>
+      </w:r>
+      <w:r w:rsidR="0042792E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or forestry </w:t>
+      </w:r>
       <w:r w:rsidR="00414B99" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the Grantor and Grantee agree that the current agricultural </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">, the Protected Property are consistent with the </w:t>
+        <w:t xml:space="preserve">use of, and improvements to, the Protected Property are consistent with the </w:t>
       </w:r>
       <w:r w:rsidR="0042792E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00414B99" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">onservation </w:t>
       </w:r>
       <w:r w:rsidR="0042792E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00414B99" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -5199,207 +5116,182 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1CEC2" w14:textId="77777777" w:rsidR="00414B99" w:rsidRPr="00EA187F" w:rsidRDefault="00414B99" w:rsidP="00EA5ABE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1CEC3" w14:textId="6962AC37" w:rsidR="00AF3C88" w:rsidRPr="00EA187F" w:rsidRDefault="00414B99" w:rsidP="00EA5ABE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C4552C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>WHEREAS,</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">WHEREAS, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the term “Conservation Purpose</w:t>
+      </w:r>
+      <w:r w:rsidR="0056060F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” means </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003" w:rsidRPr="00E67003">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the preservation of open space</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003" w:rsidRPr="00E67003">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>including farmland and forest land</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003" w:rsidRPr="00E67003">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> where such preservation is pursuant to a clearly delineated Federal, State, or local governmental conservation policy, and will yield a significant public benefit</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67003">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. T</w:t>
+      </w:r>
       <w:r w:rsidR="00C4552C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...62 lines deleted...]
-        <w:t>. T</w:t>
+        <w:t xml:space="preserve">he Conservation Purposes of the </w:t>
+      </w:r>
+      <w:r w:rsidR="005E5921" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
       </w:r>
       <w:r w:rsidR="00C4552C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">he Conservation Purposes of the </w:t>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3F2F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00C4552C" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are recognized by, and the grant of this </w:t>
       </w:r>
       <w:r w:rsidR="005E5921" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
       <w:r w:rsidR="00C4552C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00EA3F2F" w:rsidRPr="00EA187F">
+      <w:r w:rsidR="009E30B9" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
       <w:r w:rsidR="00C4552C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> are recognized by, and the grant of this </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> the following clearly delineated governmental</w:t>
+        <w:t xml:space="preserve"> will serve, the following clearly delineated governmental</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C4552C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>conservation policies:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1CEC6" w14:textId="529DAFC1" w:rsidR="00C4552C" w:rsidRPr="00EA187F" w:rsidRDefault="00C4552C" w:rsidP="00C4552C">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -5631,133 +5523,108 @@
     <w:p w14:paraId="42D1CECC" w14:textId="77777777" w:rsidR="0048022F" w:rsidRPr="00EA187F" w:rsidRDefault="0048022F" w:rsidP="0048022F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1CECD" w14:textId="1300802F" w:rsidR="0048022F" w:rsidRPr="00EA187F" w:rsidRDefault="0048022F" w:rsidP="00EA78EB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The establishment of the North Carolina Farmland Preservation Trust Fund </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> in </w:t>
+        <w:t xml:space="preserve">The establishment of the North Carolina Farmland Preservation Trust Fund established in </w:t>
       </w:r>
       <w:r w:rsidR="00095726" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2005 </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00FF798C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>N.C. Gen Stat</w:t>
       </w:r>
       <w:r w:rsidR="009B30CD" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> § 106-744 (c)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00B64C24" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">to preserve important farmland in </w:t>
-[...7 lines deleted...]
-        <w:t>North Carolina</w:t>
+        <w:t>to preserve important farmland in North Carolina</w:t>
       </w:r>
       <w:r w:rsidR="00895E7B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="42D1CECE" w14:textId="77777777" w:rsidR="0048022F" w:rsidRPr="00EA187F" w:rsidRDefault="0048022F" w:rsidP="0048022F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1CECF" w14:textId="2B8B8032" w:rsidR="0048022F" w:rsidRDefault="0048022F" w:rsidP="00EA78EB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5823,178 +5690,150 @@
       </w:pPr>
       <w:r w:rsidRPr="00953336">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>16 U.S.C. § 3865 et seq. and 7 CFR Part 1468, for the purpose of protecting the agricultural use and future viability, and related conservation values, by limiting non-agricultural uses that negatively affect the agricultural uses and conservation values of the Protected Property</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44BFA08E" w14:textId="77777777" w:rsidR="002006EE" w:rsidRPr="00EA187F" w:rsidRDefault="002006EE" w:rsidP="002006EE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="24" w:name="_Hlk108427194"/>
-    <w:p w14:paraId="7FD21717" w14:textId="77777777" w:rsidR="008735D3" w:rsidRPr="00EA187F" w:rsidRDefault="00000000" w:rsidP="008735D3">
+    <w:p w14:paraId="7FD21717" w14:textId="77777777" w:rsidR="008735D3" w:rsidRPr="00EA187F" w:rsidRDefault="000B4FAE" w:rsidP="008735D3">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:highlight w:val="darkGray"/>
           </w:rPr>
           <w:id w:val="-1626457372"/>
           <w:placeholder>
             <w:docPart w:val="809B9445B10643F0B308306D8C9EE4B8"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="008735D3" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:t xml:space="preserve">FOR NON-PROFIT ENTITIES INCLUDE THE FOLLOWING: </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w14:paraId="1D7FF7BC" w14:textId="55651BD8" w:rsidR="001563D0" w:rsidRPr="00EA187F" w:rsidRDefault="00000000" w:rsidP="001563D0">
+    <w:p w14:paraId="1D7FF7BC" w14:textId="55651BD8" w:rsidR="001563D0" w:rsidRPr="00EA187F" w:rsidRDefault="000B4FAE" w:rsidP="001563D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:highlight w:val="lightGray"/>
           </w:rPr>
           <w:id w:val="-128480209"/>
           <w:placeholder>
             <w:docPart w:val="D2A983F30BFC4465A08D86D4867983CE"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="001563D0" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
-            <w:t xml:space="preserve">WHEREAS, the </w:t>
+            <w:t xml:space="preserve">WHEREAS, the Grantee, </w:t>
           </w:r>
-          <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-          <w:proofErr w:type="gramStart"/>
           <w:r w:rsidR="001563D0" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
-            <w:t>Enter</w:t>
-[...8 lines deleted...]
-            <w:t xml:space="preserve"> entity name</w:t>
+            <w:t>Enter entity name</w:t>
           </w:r>
           <w:r w:rsidR="001563D0" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t xml:space="preserve"> is a tax-exempt public charity under Section 501(c) and 509(a)2 of the Internal Revenue Code and the Regulations promulgated thereunder.  The Grantee is a qualified organization under I.R.C. Section 170(h).</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001563D0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BC3F082" w14:textId="77777777" w:rsidR="008735D3" w:rsidRPr="00EA187F" w:rsidRDefault="008735D3" w:rsidP="008735D3">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6102,68 +5941,59 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:highlight w:val="lightGray"/>
           </w:rPr>
           <w:id w:val="-1504740741"/>
           <w:placeholder>
             <w:docPart w:val="52DD5061F5434F3684A3526BB8A4F565"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:proofErr w:type="gramStart"/>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
-            <w:t>WHEREAS,</w:t>
-[...8 lines deleted...]
-            <w:t xml:space="preserve"> the Grantee is a body politic existing under Chapter 139 of the North Carolina General Status and is qualified to hold Easements under the applicable laws of the State of North Carolina and is a qualified organization under I.R.C. Section 170(h).</w:t>
+            <w:t>WHEREAS, the Grantee is a body politic existing under Chapter 139 of the North Carolina General Status and is qualified to hold Easements under the applicable laws of the State of North Carolina and is a qualified organization under I.R.C. Section 170(h).</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76246E74" w14:textId="77777777" w:rsidR="001041CF" w:rsidRPr="00EA187F" w:rsidRDefault="001041CF" w:rsidP="001041CF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1CEDB" w14:textId="21136847" w:rsidR="00B45F27" w:rsidRDefault="00D9742E" w:rsidP="00D9742E">
       <w:pPr>
         <w:rPr>
@@ -6309,50 +6139,51 @@
       <w:r w:rsidR="007D5031" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and for the reasons given and other good and valuable consideration and in consideration of their mutual covenants, terms, conditions and restrictions contained herein, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1872910708"/>
           <w:placeholder>
             <w:docPart w:val="D70803393C9A48D9AC6CE8BF855A7463"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00434611" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="[if there is a charitable component to the grant of the easement add: "/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
           <w:r w:rsidR="00434611" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
@@ -6404,50 +6235,51 @@
           <w:r w:rsidR="00434611" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="240073713"/>
           <w:placeholder>
             <w:docPart w:val="96C1ADC5C1E24DEE8BBCD51C24252185"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0076346F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="and as a charitable contribution by Grantor to Grantee of the difference between such sum and the fair market value of this ALE Deed"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
           <w:r w:rsidR="0076346F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -6870,67 +6702,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00200790" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will not perform, nor knowingly allow others to perform, any act on or </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> the Protected Property that is inconsistent with the covenants cont</w:t>
+        <w:t xml:space="preserve"> will not perform, nor knowingly allow others to perform, any act on or affecting the Protected Property that is inconsistent with the covenants cont</w:t>
       </w:r>
       <w:r w:rsidR="00760E30" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ained herein.  Grantor authoriz</w:t>
       </w:r>
       <w:r w:rsidR="00200790" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Grantee to enforce these covenants in the manner described below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57A70890" w14:textId="77777777" w:rsidR="004770E3" w:rsidRDefault="004770E3" w:rsidP="00D9742E">
       <w:pPr>
@@ -6988,50 +6804,51 @@
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:highlight w:val="lightGray"/>
           </w:rPr>
           <w:id w:val="-338230319"/>
           <w:placeholder>
             <w:docPart w:val="A137B1C429124219AB88C6AC324F0FAF"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="darkGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="Optional: if the Protected Property does not front on a public road, it will be necessary for the easement to also convey a right-of-way for access to and from the property for monitoring and enforcement:"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
           <w:r w:rsidRPr="00EA187F">
             <w:rPr>
               <w:b/>
@@ -8678,67 +8495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00561C49" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Compliance with other Regulatory Requirements</w:t>
       </w:r>
       <w:r w:rsidR="00561C49" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  The Grantor is responsible for complying with </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> additional permits or </w:t>
+        <w:t xml:space="preserve">.  The Grantor is responsible for complying with any and all additional permits or </w:t>
       </w:r>
       <w:r w:rsidR="00882BFF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">regulations </w:t>
       </w:r>
       <w:r w:rsidR="00561C49" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to use or develop the Protected Property under the terms of this </w:t>
       </w:r>
       <w:r w:rsidR="00C132CC" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
       <w:r w:rsidR="00561C49" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -8962,51 +8763,51 @@
       <w:r w:rsidR="006E4A60" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are prohibited.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1CEEE" w14:textId="77777777" w:rsidR="00EF52F5" w:rsidRPr="00EA187F" w:rsidRDefault="00EF52F5" w:rsidP="007E1BE5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CEEF" w14:textId="7C503692" w:rsidR="000C003F" w:rsidRPr="00EA187F" w:rsidRDefault="000C003F" w:rsidP="0087195C">
+    <w:p w14:paraId="42D1CEEF" w14:textId="5DEE072C" w:rsidR="000C003F" w:rsidRPr="00EA187F" w:rsidRDefault="000C003F" w:rsidP="0087195C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The terms and condition</w:t>
       </w:r>
       <w:r w:rsidR="00E3551E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -9033,50 +8834,57 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> run with the land and are binding upon the Grantor and Grantee and their respective heirs, successors, agents, assigns, lessees, and any other person claiming under them must comply with all terms and conditions of this </w:t>
       </w:r>
       <w:r w:rsidR="001C7EC7" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ALE</w:t>
       </w:r>
       <w:r w:rsidR="006E4A60" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="003551BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> including the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1CEF0" w14:textId="1B274B2C" w:rsidR="000C003F" w:rsidRPr="00EA187F" w:rsidRDefault="006E4A60" w:rsidP="007E1BE5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -9263,65 +9071,56 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>will apply to the Protected Property as a whole.</w:t>
       </w:r>
       <w:r w:rsidR="003A2510" w:rsidRPr="003A2510">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003A2510">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="003A2510">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="003A2510" w:rsidRPr="003A2510">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Grantor</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> hereby waives any right to subdivide the protected property pursuant to North Carolina General Statute 106-744(b)(1). </w:t>
+        <w:t xml:space="preserve">Grantor hereby waives any right to subdivide the protected property pursuant to North Carolina General Statute 106-744(b)(1). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1CEF4" w14:textId="77777777" w:rsidR="000C003F" w:rsidRPr="00EA187F" w:rsidRDefault="000C003F" w:rsidP="00694F32">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="505198EF" w14:textId="11DC7ADB" w:rsidR="00F05FC5" w:rsidRPr="00EA187F" w:rsidRDefault="00694F32" w:rsidP="00824E07">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
@@ -9492,69 +9291,60 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>in acco</w:t>
       </w:r>
       <w:r w:rsidR="00165F99" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rdance with the terms and co</w:t>
       </w:r>
       <w:r w:rsidR="00037AB3" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nditions of this ALE</w:t>
       </w:r>
       <w:r w:rsidR="00206DDA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>Deed</w:t>
+        <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
       <w:r w:rsidR="003A2510">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009D1FBA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C439509" w14:textId="0DEC76C3" w:rsidR="00A966E4" w:rsidRPr="00EA187F" w:rsidRDefault="00CE5391" w:rsidP="00EC142B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -9607,74 +9397,58 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
       <w:r w:rsidR="00E3551E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00F96C4D" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
       <w:r w:rsidR="00503CF0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and in accordance with the terms and conditions of this ALE </w:t>
-[...7 lines deleted...]
-        <w:t>Deed</w:t>
+        <w:t xml:space="preserve"> and in accordance with the terms and conditions of this ALE Deed</w:t>
       </w:r>
       <w:r w:rsidR="007F73CA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78879595" w14:textId="2CE0D841" w:rsidR="008C40FD" w:rsidRPr="00EA187F" w:rsidRDefault="00CE5391" w:rsidP="00EC142B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="007F73CA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -9702,68 +9476,82 @@
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00F96C4D" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
       <w:r w:rsidR="007F73CA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="00BC0199" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FC58184" w14:textId="5AE1507E" w:rsidR="00FA531B" w:rsidRPr="00FA531B" w:rsidRDefault="00FA531B" w:rsidP="00EC142B">
+    <w:p w14:paraId="4FC58184" w14:textId="5E8FCF64" w:rsidR="00FA531B" w:rsidRPr="00FA531B" w:rsidRDefault="00FA531B" w:rsidP="00EC142B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA531B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Commercial enterprises related to agriculture or forestry including but not limited to agritourism; processing, packaging, and marketing of farm or forest products; farm machinery repair; farm wineries; and small-scale retail enterprises compatible with agriculture or forestry, including but not limited to cafés, shops, and studios for arts or crafts. </w:t>
+        <w:t>Commercial enterprises related to agriculture or forestry</w:t>
+      </w:r>
+      <w:r w:rsidR="003551BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA531B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including but not limited to agritourism; processing, packaging, and marketing of farm or forest products; farm machinery repair; farm wineries; and small-scale retail enterprises compatible with agriculture or forestry, including but not limited to cafés, shops, and studios for arts or crafts. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42002FB9" w14:textId="77777777" w:rsidR="00EC4335" w:rsidRPr="00EA187F" w:rsidRDefault="00EC4335" w:rsidP="00EC4335">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="405A094B" w14:textId="442118DE" w:rsidR="00B514D2" w:rsidRPr="00EA187F" w:rsidRDefault="009B5D53" w:rsidP="006D03BA">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -9791,71 +9579,85 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00641703" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Surface and Subsurface Mineral Exploration and Extracting</w:t>
       </w:r>
       <w:r w:rsidR="00517767" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00641703" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mining or extraction of soil, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4430DDA1" w14:textId="4194B76F" w:rsidR="00DD1295" w:rsidRDefault="00641703" w:rsidP="00DD1295">
+    <w:p w14:paraId="4430DDA1" w14:textId="7C913948" w:rsidR="00DD1295" w:rsidRDefault="00641703" w:rsidP="00DD1295">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sand, gravel, oil, natural gas, fuel coal, or any other mineral substance owned by Grantor as of the date of this ALE Deed or later acquired by Grantor, using</w:t>
       </w:r>
       <w:r w:rsidR="00EB5D61">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> any method, including, but no limited to, surface</w:t>
+        <w:t xml:space="preserve"> any method, including, but no</w:t>
+      </w:r>
+      <w:r w:rsidR="00D520E5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5D61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> limited to, surface</w:t>
       </w:r>
       <w:r w:rsidR="006D224E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> mining, subsurface mining, or dredging method, f</w:t>
       </w:r>
       <w:r w:rsidR="00E64B23">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rom</w:t>
       </w:r>
       <w:r w:rsidR="006D224E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Protected Property for commercial purposes outside agricultural uses is prohibited.</w:t>
       </w:r>
       <w:r w:rsidR="00DD1295">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -10019,67 +9821,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, the Grantor must require, to the greatest extent possible, that any oil, natural gas, and mineral exploration and extraction conducted by such third part is conducted in accordance with this Paragraph</w:t>
       </w:r>
       <w:r w:rsidR="009C7287" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.</w:t>
       </w:r>
       <w:r w:rsidR="00C20BF0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  Any mineral leases or other conveyances of minerals </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> or renewed after the date of this ALE Deed are subordinate to the terms of this ALE Deed and must incorporate by reference this ALE Deed.</w:t>
+        <w:t>.  Any mineral leases or other conveyances of minerals entered into or renewed after the date of this ALE Deed are subordinate to the terms of this ALE Deed and must incorporate by reference this ALE Deed.</w:t>
       </w:r>
       <w:r w:rsidR="009871E8" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1CEF8" w14:textId="2E934A91" w:rsidR="00C00E44" w:rsidRPr="00EA187F" w:rsidRDefault="00C00E44" w:rsidP="00D60D11">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="318DDA19" w14:textId="52BB2542" w:rsidR="00FF0990" w:rsidRPr="00EA187F" w:rsidRDefault="00C00E44" w:rsidP="008D3B6A">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
@@ -10492,93 +10278,107 @@
       </w:r>
       <w:r w:rsidR="001F509A" w:rsidRPr="001F509A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>in accordance with current, generally accepted best management practices approved by the State of North Carolina, and in conformity with the ALE Plan as required in Section 4.5 hereafter.</w:t>
       </w:r>
       <w:r w:rsidR="001F509A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68241E64" w14:textId="77777777" w:rsidR="003255D5" w:rsidRPr="00EA187F" w:rsidRDefault="003255D5" w:rsidP="007E1BE5">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CEF9" w14:textId="019451DB" w:rsidR="00C00E44" w:rsidRPr="00EA187F" w:rsidRDefault="00484970" w:rsidP="00B000FE">
+    <w:p w14:paraId="42D1CEF9" w14:textId="1FE88629" w:rsidR="00C00E44" w:rsidRPr="00EA187F" w:rsidRDefault="00484970" w:rsidP="00B000FE">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00BA1D4E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00C00E44" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>oil disturbance activities required in the construction of approved buildings, structures, roads, and utilities provided that the required alteration has been approved in writing by Grantee as being consistent with th</w:t>
+        <w:t>oil disturbance activities required in the construction of approved buildings, structures, roads, and utilities</w:t>
+      </w:r>
+      <w:r w:rsidR="00391AB9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00E44" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provided that the required alteration has been approved in writing by Grantee as being consistent with th</w:t>
       </w:r>
       <w:r w:rsidR="00C84358" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00E858B0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00961406" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00E858B0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -10839,100 +10639,114 @@
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>roperty.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1CEFC" w14:textId="77777777" w:rsidR="00BC02EF" w:rsidRPr="00EA187F" w:rsidRDefault="00BC02EF" w:rsidP="007E1BE5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CEFD" w14:textId="444C13C6" w:rsidR="00BC02EF" w:rsidRPr="00EA187F" w:rsidRDefault="00BC02EF" w:rsidP="0002070F">
+    <w:p w14:paraId="42D1CEFD" w14:textId="5C23AA13" w:rsidR="00BC02EF" w:rsidRPr="00EA187F" w:rsidRDefault="00BC02EF" w:rsidP="0002070F">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00961406" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Dumping and Trash</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.  Dumping or storage of trash, refuse, debris, garbage, waste, abandoned vehicles or parts, appliances, machinery, or hazardous substances, or toxic or hazardous waste, is prohibited.  The placement of underground or above ground storage tanks or other materials is prohibited, with the exception of agricultural products, byproducts (including the composting of biodegradable material for on-farm use) and agricultural equipment used on the Protected Property, so long as such storage is done in accordance with all applicable government laws and regulations and in such a manner so as to not impair the Conservation Values of the Protected Property.</w:t>
+        <w:t xml:space="preserve">.  Dumping or storage of trash, refuse, debris, garbage, waste, abandoned vehicles or parts, appliances, machinery, or hazardous substances, or toxic or hazardous waste, is prohibited.  The placement of underground or above ground storage tanks or other materials is prohibited, with the exception of agricultural products, byproducts (including the composting of biodegradable material for on-farm use) and agricultural equipment used on the Protected Property, so long as such storage is done in accordance with all applicable government laws and regulations and in such a manner so as </w:t>
+      </w:r>
+      <w:r w:rsidR="002D0020">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>not to impair the Conservation Values of the Protected Property</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1CEFE" w14:textId="77777777" w:rsidR="00E16D6D" w:rsidRPr="00EA187F" w:rsidRDefault="00E16D6D" w:rsidP="007E1BE5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:ind w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1CEFF" w14:textId="43DA5132" w:rsidR="00E16D6D" w:rsidRPr="00EA187F" w:rsidRDefault="00E16D6D" w:rsidP="0002070F">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
@@ -11272,67 +11086,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ordinance</w:t>
       </w:r>
       <w:r w:rsidR="006F11D9" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, to the extent said ordinance is appli</w:t>
       </w:r>
       <w:r w:rsidR="002349F7" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>cable.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> shall be permitted to erect no trespassing signs, traffic or directional signs or warning signs as may be expedient and to post the </w:t>
+        <w:t xml:space="preserve">  Grantor shall be permitted to erect no trespassing signs, traffic or directional signs or warning signs as may be expedient and to post the </w:t>
       </w:r>
       <w:r w:rsidR="001E15D7" w:rsidRPr="001E15D7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Protected Property</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1CF02" w14:textId="7B0A3B0A" w:rsidR="00ED233D" w:rsidRPr="00EA187F" w:rsidRDefault="00ED233D" w:rsidP="007E1BE5">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -11399,50 +11197,51 @@
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="00B533EF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Impervious surface will not exceed </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-677419929"/>
           <w:placeholder>
             <w:docPart w:val="CA9A012083B44BE089FD94F665654F62"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="two"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
           <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -11484,50 +11283,51 @@
       <w:r w:rsidR="00A85B7D" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E3551E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>percent (</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-342175302"/>
           <w:placeholder>
             <w:docPart w:val="EE93179DE0C5428EBEF99A44E2EB69B1"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="2"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
           <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -12956,50 +12756,51 @@
       <w:r w:rsidR="007D684B" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00897D18" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Any permanent or temporary structure or otherwise addition to the impervious surface shall not cause the total impervious surface restriction of the Protected Property to exceed </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="939883128"/>
           <w:placeholder>
             <w:docPart w:val="AE3AA7D5BFA047FD9D87FFAB56DF4DE6"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0022330A">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="two"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
           <w:r w:rsidR="0022330A">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -13041,50 +12842,51 @@
       <w:r w:rsidR="00190E78" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00897D18" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>percent (</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1400361364"/>
           <w:placeholder>
             <w:docPart w:val="6A6D4747160D4138A86787A1CB21140D"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0022330A">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="2"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
           <w:r w:rsidR="0022330A">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -13227,51 +13029,51 @@
       </w:r>
       <w:r w:rsidR="00F049A5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>prohibited.</w:t>
       </w:r>
       <w:r w:rsidR="00DC23D6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1CF12" w14:textId="77777777" w:rsidR="00DB7C81" w:rsidRPr="00EA187F" w:rsidRDefault="00DB7C81" w:rsidP="007E1BE5">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF13" w14:textId="703CC61F" w:rsidR="00DB7C81" w:rsidRPr="00EA187F" w:rsidRDefault="00DB7C81" w:rsidP="007E36B7">
+    <w:p w14:paraId="42D1CF13" w14:textId="7AF1DE0F" w:rsidR="00DB7C81" w:rsidRPr="00FB3376" w:rsidRDefault="00DB7C81" w:rsidP="007E36B7">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For purposes herein, the term “Ecotourism” shall be broadly defined to mean tourism and activities that are carried out in </w:t>
       </w:r>
       <w:r w:rsidR="005C6903" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -13369,50 +13171,127 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00832E7F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Short-term camping shall be defined to mean low-impact outdoor camping that is one, two, or three nights in length</w:t>
       </w:r>
       <w:r w:rsidR="009B0C0A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and may be permitted provided the activities are compatible with the Conservation Purposes and agriculture and forestry uses of the Protected Property, minimize negative impacts on future agricultural operations and expansion of agricultural uses, and are subordinate to the agricultural use of the Protected </w:t>
       </w:r>
       <w:r w:rsidR="009B0C0A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Property. </w:t>
       </w:r>
+      <w:r w:rsidR="00FA4E1B" w:rsidRPr="00FA4E1B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text109"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Optional: Use the following language if there are Recreational Building Envelopes on the Protected Property:"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="Text109"/>
+      <w:r w:rsidR="00FA4E1B" w:rsidRPr="00FA4E1B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00FA4E1B" w:rsidRPr="00FA4E1B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00FA4E1B" w:rsidRPr="00FA4E1B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00FA4E1B" w:rsidRPr="00FA4E1B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Optional: Use the following language if there are Recreational Building Envelopes on the Protected Property:</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4E1B" w:rsidRPr="00FA4E1B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidR="00832E7F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Long-term camping of four nights or more and p</w:t>
       </w:r>
       <w:r w:rsidR="00A434FB" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ermanent camping accommodations, including but not limited to recreation vehicles, tent facilities, or enclosures of any sort, </w:t>
       </w:r>
       <w:r w:rsidR="00832E7F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>must be confined to</w:t>
       </w:r>
       <w:r w:rsidR="00133E0D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -13460,50 +13339,198 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subject to the restrictions set forth in Section 3.4(</w:t>
       </w:r>
       <w:r w:rsidR="001F14ED">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="004815B6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00981904" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, provided the activities are compatible with the Conservation Purposes and agriculture and forestry uses of the Protected Property, minimize negative impacts on future agricultural operations and expansion of agricultural uses, and are subordinate to the agricultural use of the Protected Property.</w:t>
       </w:r>
+      <w:r w:rsidR="00E62C00">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0020780C" w:rsidRPr="0020780C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text107"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Optional: If no Recreational Building Envelopes, use the following language:"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="Text107"/>
+      <w:r w:rsidR="0020780C" w:rsidRPr="0020780C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="0020780C" w:rsidRPr="0020780C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0020780C" w:rsidRPr="0020780C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="0020780C" w:rsidRPr="0020780C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Optional: If no Recreational Building Envelopes, use the following language:</w:t>
+      </w:r>
+      <w:r w:rsidR="0020780C" w:rsidRPr="0020780C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidR="00FB3376">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text108"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Long-term camping of four nights or more and permanent camping accommodations, including but not limited to recreation vehicles, tent facilities, or enclosures of any sort, are prohibited."/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="Text108"/>
+      <w:r w:rsidR="00FB3376">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00FB3376">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00FB3376">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00FB3376">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Long-term camping of four nights or more and permanent camping accommodations, including but not limited to recreation vehicles, tent facilities, or enclosures of any sort, are prohibited.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB3376">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidR="00FB3376">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="42FD40C5" w14:textId="77777777" w:rsidR="00CD2ED6" w:rsidRDefault="00CD2ED6" w:rsidP="00662428">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="120BC8FA" w14:textId="5C5E7BC8" w:rsidR="00CD2ED6" w:rsidRPr="00EA187F" w:rsidRDefault="00CD2ED6" w:rsidP="007E36B7">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD2ED6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For purposes </w:t>
       </w:r>
       <w:r>
@@ -13587,122 +13614,90 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agritourism activities </w:t>
       </w:r>
       <w:r w:rsidR="007D49C0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>are compatible with the Conservation Purposes and agriculture and forestry uses of the Protected Property</w:t>
       </w:r>
       <w:r w:rsidR="007D49C0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00662428" w:rsidRPr="00662428">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">An activity is an agritourism activity </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> the participant paid to participate in the activity. </w:t>
+        <w:t xml:space="preserve">An activity is an agritourism activity whether or not the participant paid to participate in the activity. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1CF16" w14:textId="77777777" w:rsidR="00C273F8" w:rsidRPr="00EA187F" w:rsidRDefault="00C273F8" w:rsidP="007E1BE5">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1CF17" w14:textId="65B15677" w:rsidR="00C273F8" w:rsidRPr="00EA187F" w:rsidRDefault="0076101A" w:rsidP="007E36B7">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For purposes herein, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00C273F8" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">he term “Special Events” shall be broadly defined to mean a one-time or infrequently occurring event outside normal “Agritourism” programs or activities that provides for an agriculturally based leisure, social or cultural experience or beyond the everyday agricultural experience such as but not limited </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> seasonal festivals, harvest celebrations, field days, square dances, and the like.  In no event shall “Special Events” exist on the Protected Property for more than s</w:t>
+        <w:t>he term “Special Events” shall be broadly defined to mean a one-time or infrequently occurring event outside normal “Agritourism” programs or activities that provides for an agriculturally based leisure, social or cultural experience or beyond the everyday agricultural experience such as but not limited to: seasonal festivals, harvest celebrations, field days, square dances, and the like.  In no event shall “Special Events” exist on the Protected Property for more than s</w:t>
       </w:r>
       <w:r w:rsidR="00477469" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">even (7) days per twelve (12) month period </w:t>
       </w:r>
       <w:r w:rsidR="001C2164" w:rsidRPr="001C2164">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>provided the activities are compatible with the Conservation Purposes and agriculture and forestry uses of the Protected Property, minimize negative impacts on future agricultural operations and expansion of agricultural uses, and are subordinate to the agricultural use of the Protected Property.</w:t>
       </w:r>
       <w:r w:rsidR="00477469" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Any parking associated with such events shall be located within the</w:t>
       </w:r>
       <w:r w:rsidR="00897D18" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -13725,215 +13720,236 @@
         <w:t xml:space="preserve">existing farm roads as depicted in </w:t>
       </w:r>
       <w:r w:rsidR="00D62E6D" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Exhibit </w:t>
       </w:r>
       <w:r w:rsidR="00110C68">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text30"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter exhibit letter or number"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="Text30"/>
+      <w:bookmarkStart w:id="35" w:name="Text30"/>
       <w:r w:rsidR="00110C68">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00110C68">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00110C68">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00110C68">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter exhibit letter or number</w:t>
       </w:r>
       <w:r w:rsidR="00110C68">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r w:rsidR="00F61FC0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EE2E640" w14:textId="74A11236" w:rsidR="004B6807" w:rsidRPr="00EA187F" w:rsidRDefault="004B6807" w:rsidP="004B6807">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1557891D" w14:textId="5F81D19A" w:rsidR="00AF2641" w:rsidRPr="00EA187F" w:rsidRDefault="004B6807" w:rsidP="004B6807">
+    <w:p w14:paraId="1557891D" w14:textId="1722BF7C" w:rsidR="00AF2641" w:rsidRPr="00EA187F" w:rsidRDefault="004B6807" w:rsidP="004B6807">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Construction on </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Construction on the Protected Property</w:t>
+      </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Property</w:t>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>The Grantor’s rights to construct or reconstruct/repair buildings and other</w:t>
       </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The Grantor’s rights to construct or reconstruct/repair buildings and other</w:t>
+        <w:t>improvements on the Protected Property are described in subparagraphs (</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA45AC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
-          <w:spacing w:val="1"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) through </w:t>
+      </w:r>
+      <w:r w:rsidR="00635D44">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Dropdown2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:ddList>
+              <w:listEntry w:val="(D)"/>
+              <w:listEntry w:val="(E)"/>
+            </w:ddList>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="Dropdown2"/>
+      <w:r w:rsidR="00635D44">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00635D44">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00635D44">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00635D44">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>improvements on the Protected Property are described in subparagraphs (</w:t>
-[...27 lines deleted...]
-        <w:t>) below</w:t>
+        <w:t xml:space="preserve"> below</w:t>
       </w:r>
       <w:r w:rsidR="008E0DF0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. An</w:t>
       </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>y construction or reconstruction not permitted below is prohibited.</w:t>
       </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
@@ -14065,50 +14081,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>approximately</w:t>
       </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1001890680"/>
           <w:placeholder>
             <w:docPart w:val="B02A7EDE4F0A4E258307D55FF6FE7FDC"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B023FC" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="Spell out number of acres"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
           <w:r w:rsidR="00B023FC" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -14155,87 +14172,87 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">acres and shown in Exhibit </w:t>
       </w:r>
       <w:r w:rsidR="00110C68">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text82"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter exhibit letter or number"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="Text82"/>
+      <w:bookmarkStart w:id="37" w:name="Text82"/>
       <w:r w:rsidR="00110C68">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00110C68">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00110C68">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00110C68">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter exhibit letter or number</w:t>
       </w:r>
       <w:r w:rsidR="00110C68">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, which is appended to and made a part of this ALE</w:t>
       </w:r>
       <w:r w:rsidR="00C207FF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
@@ -14441,50 +14458,51 @@
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">subject to </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1840762231"/>
           <w:placeholder>
             <w:docPart w:val="BE766D3A233F44C5B7F8D4B4FCCD4AE8"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00986E03" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="Enter county name"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
           <w:r w:rsidR="00986E03" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -14541,50 +14559,51 @@
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">permits required by and issued by </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="2046256889"/>
           <w:placeholder>
             <w:docPart w:val="17146486229744E49218294A22A64E50"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00986E03" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="Enter county name"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
           <w:r w:rsidR="00986E03" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -14664,147 +14683,139 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">compatible </w:t>
       </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>with the Conservation Purposes.</w:t>
       </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Any building that may be constructed under this Section may </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Any building that may be constructed under this Section may be</w:t>
+      </w:r>
+      <w:r w:rsidR="005439F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:spacing w:val="-52"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
-          <w:spacing w:val="-52"/>
-[...6 lines deleted...]
-        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>repaired</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF2641" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>replaced</w:t>
       </w:r>
       <w:r w:rsidR="00802667">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in accordance with the provisions under this Section.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A33DD86" w14:textId="77777777" w:rsidR="00AF2641" w:rsidRPr="00EA187F" w:rsidRDefault="00AF2641" w:rsidP="00AF2641">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:id="34" w:name="_Hlk67740156"/>
+    <w:bookmarkStart w:id="38" w:name="_Hlk67740156"/>
     <w:p w14:paraId="6828BFEA" w14:textId="72D3D89B" w:rsidR="00953336" w:rsidRDefault="00953336" w:rsidP="003F13F7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="[The following provisions for minor agricultural structures outside the farmstead must consider the impervious surface limit and the size of existing structures. Minor ag structures are recommended to be less than 500 sq. ft. each.]"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
@@ -14906,117 +14917,119 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61743E0B" w14:textId="77777777" w:rsidR="00953336" w:rsidRDefault="00953336" w:rsidP="003F13F7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12C63C2B" w14:textId="11104D57" w:rsidR="00AF2641" w:rsidRPr="00EA187F" w:rsidRDefault="00AF2641" w:rsidP="003F13F7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:t xml:space="preserve">Minor agricultural structures, such as feeding and watering facilities and livestock run-in sheds that do not exceed </w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="_Hlk108431707"/>
+      <w:bookmarkStart w:id="39" w:name="_Hlk108431707"/>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-772557608"/>
           <w:placeholder>
             <w:docPart w:val="1AB48350A4924B4EB305F3585C669E31"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="Spell out square feet"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
           <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
           <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
           </w:r>
           <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:noProof/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t>Spell out square feet</w:t>
           </w:r>
           <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="39"/>
       <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-2061692470"/>
           <w:placeholder>
             <w:docPart w:val="21828249E8FE4275A1686CFAD2AAC311"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="Enter square feet numerically"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
           <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
           <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
@@ -15031,50 +15044,51 @@
           <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:noProof/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t>Enter square feet numerically</w:t>
           </w:r>
           <w:r w:rsidR="006A6551" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00EA187F">
         <w:t xml:space="preserve">) square feet in ground area or </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1125976955"/>
           <w:placeholder>
             <w:docPart w:val="C445A71FAC1444A5B5B11F929F157B17"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="Spell out number"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
           <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
           <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
@@ -15089,50 +15103,51 @@
           <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:noProof/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t>Spell out number</w:t>
           </w:r>
           <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-174114799"/>
           <w:placeholder>
             <w:docPart w:val="824B2F74CA474314B24821094FA66975"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="Enter number"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
           <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
           <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
@@ -15161,80 +15176,81 @@
       </w:sdt>
       <w:r w:rsidR="00F0401F" w:rsidRPr="00EA187F">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00953336">
         <w:t xml:space="preserve">structures </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t xml:space="preserve">in number that neither individually nor collectively have an adverse impact on the Conservation Values, may be constructed, located and maintained outside of the Farmstead </w:t>
       </w:r>
       <w:r w:rsidR="007D684B" w:rsidRPr="00EA187F">
         <w:t>Building Envelope</w:t>
       </w:r>
       <w:r w:rsidR="00263531">
         <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidR="007D684B" w:rsidRPr="00EA187F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t>with prior written approval of Grantee, as necessary to serve the permitted agricultural use of the Protected Property.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidR="00953336">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59FEF2F8" w14:textId="77777777" w:rsidR="00AF2641" w:rsidRPr="00EA187F" w:rsidRDefault="00AF2641" w:rsidP="00747330">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:ind w:left="450"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24BBFA86" w14:textId="1294C6B8" w:rsidR="00AF2641" w:rsidRDefault="00AF2641" w:rsidP="003F13F7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="720" w:right="524"/>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:t>Grantor agrees that the</w:t>
       </w:r>
       <w:r w:rsidR="00EA0C31" w:rsidRPr="00EA187F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="482052096"/>
           <w:placeholder>
             <w:docPart w:val="42F81B7A141947C5A6DB05ED3340266D"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00953336">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="two (2)"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
           <w:r w:rsidR="00953336">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
           <w:r w:rsidR="00953336">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
@@ -15312,50 +15328,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t>of any new structures or impervious roads or other improvements to the Protected Property or</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t>replacement of said structures that would increase the total impervious surface area above the</w:t>
       </w:r>
       <w:r w:rsidR="003A741D" w:rsidRPr="00EA187F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1649858777"/>
           <w:placeholder>
             <w:docPart w:val="AC6BE96574C34ABD8CEFDB4E8CC10E98"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="two (2)"/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
           <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
           <w:r w:rsidR="00C7430D">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
@@ -15559,67 +15576,51 @@
       <w:r w:rsidRPr="00504738">
         <w:t xml:space="preserve">uses permitted on the Protected Property by this ALE </w:t>
       </w:r>
       <w:r w:rsidR="007500E9">
         <w:t xml:space="preserve">Deed </w:t>
       </w:r>
       <w:r w:rsidRPr="00504738">
         <w:t>are</w:t>
       </w:r>
       <w:r w:rsidRPr="00504738">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00504738">
         <w:t>permitted.</w:t>
       </w:r>
       <w:r w:rsidRPr="00504738">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00504738">
-        <w:t xml:space="preserve">Such roads </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> minimize impact to prime and unique soil</w:t>
+        <w:t>Such roads shall be located so as to minimize impact to prime and unique soil</w:t>
       </w:r>
       <w:r w:rsidR="00055249">
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidRPr="00504738">
         <w:t>on the Protected Property.</w:t>
       </w:r>
       <w:r w:rsidRPr="00504738">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00504738">
         <w:t>No portion of the Protected Property shall be paved or</w:t>
       </w:r>
       <w:r w:rsidRPr="00504738">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00504738">
         <w:t>otherwise covered with concrete, asphalt, or any other impervious paving material,</w:t>
       </w:r>
@@ -15692,51 +15693,51 @@
       <w:r w:rsidRPr="00504738">
         <w:t xml:space="preserve"> within impervious surface limits, approved in advance by Grantee, and</w:t>
       </w:r>
       <w:r w:rsidRPr="00504738">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00504738">
         <w:t>necessary to carry out the agricultural operation or other allowed uses on the Protected</w:t>
       </w:r>
       <w:r w:rsidRPr="00504738">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00504738">
         <w:t>Property</w:t>
       </w:r>
       <w:r w:rsidR="002226B6">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FDF143B" w14:textId="557F958D" w:rsidR="00031A80" w:rsidRDefault="00AF2641" w:rsidP="003C40F6">
+    <w:p w14:paraId="2FDF143B" w14:textId="77F2A0C0" w:rsidR="00031A80" w:rsidRDefault="00AF2641" w:rsidP="003C40F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:ind w:right="524"/>
       </w:pPr>
       <w:r w:rsidRPr="003C40F6">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Farm</w:t>
       </w:r>
       <w:r w:rsidRPr="003C40F6">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C40F6">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
@@ -15810,116 +15811,121 @@
       </w:r>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
         <w:t>and other</w:t>
       </w:r>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
         <w:t>structures</w:t>
       </w:r>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
         <w:rPr>
           <w:spacing w:val="-52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
-        <w:t>improvements</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>improvements to be used primarily for permitted agricultural purposes, including the processing or</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
-        <w:t xml:space="preserve"> to be used primarily for permitted agricultural purposes, including the processing or</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>sale of farm products predominantly grown or raised on the Protected Property</w:t>
+      </w:r>
+      <w:r w:rsidR="0050089D">
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
-        <w:t>sale of farm products predominantly grown or raised on the Protected Property may be</w:t>
+        <w:t xml:space="preserve"> may be</w:t>
       </w:r>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
         <w:t>built within the “Farmstead Building Envelope</w:t>
       </w:r>
       <w:r w:rsidR="000A5C77">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text89"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="s"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="Text89"/>
+      <w:bookmarkStart w:id="40" w:name="Text89"/>
       <w:r w:rsidR="000A5C77">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="000A5C77">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="000A5C77">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="000A5C77">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="40"/>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
-        <w:t>”, after written approval</w:t>
+        <w:t xml:space="preserve">”, after written </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
+        <w:lastRenderedPageBreak/>
+        <w:t>approval</w:t>
       </w:r>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
         <w:t>from</w:t>
       </w:r>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -16013,154 +16019,150 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
         <w:t>exceed the total maximum impervious surface limit provided in Section 2.8, significantly diminish or impair the Conservation</w:t>
       </w:r>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="008E4EC7">
         <w:t>Values or otherwise be inconsistent with the Conservation Purposes</w:t>
       </w:r>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="00452AEF">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00EC6FF3" w:rsidRPr="003C40F6">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>Current or planned farm structures larger than 2,000 square feet must be contained within a Farmstead Building Envelope that does not permit residential use.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4054C0B9" w14:textId="287ACA8C" w:rsidR="00D22639" w:rsidRDefault="00390496" w:rsidP="00031A80">
+    <w:p w14:paraId="4054C0B9" w14:textId="2EB5C232" w:rsidR="00D22639" w:rsidRDefault="00390496" w:rsidP="00031A80">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="240"/>
         <w:ind w:left="1200" w:right="524"/>
       </w:pPr>
       <w:r w:rsidRPr="00390496">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text88"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Optional: when there are buildings on the Effective Date, the following must be included:"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="37" w:name="Text88"/>
+      <w:bookmarkStart w:id="41" w:name="Text88"/>
       <w:r w:rsidRPr="00390496">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00390496">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00390496">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00390496">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>Optional: when there are buildings on the Effective Date, the following must be included:</w:t>
       </w:r>
       <w:r w:rsidRPr="00390496">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="41"/>
       <w:r w:rsidR="00806444">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text87"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Existing farm structures, including buildings, barns, sheds, and greenhouses, as depicted in Exhibit"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="Text87"/>
+      <w:bookmarkStart w:id="42" w:name="Text87"/>
       <w:r w:rsidR="00806444">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00806444">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00806444">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Existing farm structures, including buildings, barns, sheds, and greenhouses, as depicted in Exhibit</w:t>
       </w:r>
       <w:r w:rsidR="00806444">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:r w:rsidR="00B212C3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B2ED2" w:rsidRPr="008E4EC7">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text30"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter exhibit letter or number"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003B2ED2" w:rsidRPr="008E4EC7">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="003B2ED2" w:rsidRPr="008E4EC7">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="003B2ED2" w:rsidRPr="008E4EC7">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
@@ -16178,51 +16180,51 @@
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="may be repaired or reconstructed in accordance with all other provisions of this ALE Deed."/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="0089192C">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="0089192C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="0089192C">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>may be repaired or reconstructed in accordance with all other provisions of this ALE Deed.</w:t>
       </w:r>
       <w:r w:rsidR="0089192C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64B1967D" w14:textId="77777777" w:rsidR="003C40F6" w:rsidRDefault="00D22639" w:rsidP="003C40F6">
+    <w:p w14:paraId="64B1967D" w14:textId="2EAC7C18" w:rsidR="003C40F6" w:rsidRDefault="00D22639" w:rsidP="003C40F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:ind w:right="524"/>
       </w:pPr>
       <w:r w:rsidRPr="00D22639">
         <w:t>Recreational and Accessory Structures – New or existing buildings, barns, sheds, other structures, enclosures, and improvements, both permanent and temporary, to be used primarily for Customary Rural Enterprises, including “Ecotourism”, “Agritourism”, “Special Events” or other passive activities, must be built or placed within the “Recreational Building Envelope”</w:t>
       </w:r>
       <w:r w:rsidR="00435F8A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00435F8A" w:rsidRPr="008E4EC7">
         <w:t>after written approval</w:t>
       </w:r>
       <w:r w:rsidR="00435F8A" w:rsidRPr="00202C3B">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00435F8A" w:rsidRPr="008E4EC7">
@@ -16263,82 +16265,150 @@
       </w:r>
       <w:r w:rsidR="00435F8A" w:rsidRPr="008E4EC7">
         <w:t>obtained</w:t>
       </w:r>
       <w:r w:rsidRPr="00D22639">
         <w:t>. Permanent structures, enclosures, and improvements may be built</w:t>
       </w:r>
       <w:r w:rsidR="00916756" w:rsidRPr="00D22639">
         <w:t>, provided that such approval is given</w:t>
       </w:r>
       <w:r w:rsidRPr="00D22639">
         <w:t xml:space="preserve"> within a reasonable time, unless it determines that the proposed structures, enclosures, and improvements would exceed the total maximum impervious surface limit provided in Section 2.8, significantly diminish or impair the Conservation Values or otherwise be inconsistent with the Conservation Purposes. Existing structures as depicted in Exhibit </w:t>
       </w:r>
       <w:r w:rsidR="00435F8A">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text83"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter exhibit letter or number"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="Text83"/>
+      <w:bookmarkStart w:id="43" w:name="Text83"/>
       <w:r w:rsidR="00435F8A">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00435F8A">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00435F8A">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Enter exhibit letter or number</w:t>
       </w:r>
       <w:r w:rsidR="00435F8A">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="43"/>
       <w:r w:rsidR="00435F8A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D22639">
         <w:t>may be repaired or reconstructed in accordance with all other provisions of this ALE</w:t>
       </w:r>
       <w:r w:rsidR="00235783">
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
       <w:r w:rsidRPr="00D22639">
         <w:t>. No accessory structure shall be used as a residential dwelling. Long-term camping of four nights or more and permanent camping accommodations, including but not limited to recreation vehicles, tent facilities, or enclosures of any sort, must be placed within the “Recreational Building Envelope”</w:t>
       </w:r>
       <w:r w:rsidR="00235783">
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="000A6172">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0007561D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text105"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Recreational and Accessory Structures are optional. This section must be used if there are &quot;Recreational Building Envelopes.&quot;"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="44" w:name="Text105"/>
+      <w:r w:rsidR="0007561D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="0007561D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0007561D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="0007561D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Recreational and Accessory Structures are optional. This section must be used if there are "Recreational Building Envelopes."</w:t>
+      </w:r>
+      <w:r w:rsidR="0007561D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="44"/>
     </w:p>
     <w:p w14:paraId="63C8638A" w14:textId="3755FC4B" w:rsidR="00AD6410" w:rsidRPr="003C40F6" w:rsidRDefault="00E7789F" w:rsidP="003C40F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:ind w:right="524"/>
       </w:pPr>
       <w:r w:rsidRPr="003C40F6">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">Residential </w:t>
       </w:r>
       <w:r w:rsidR="00CC18F9" w:rsidRPr="003C40F6">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Construction and Use</w:t>
       </w:r>
       <w:r w:rsidR="007A1B54" w:rsidRPr="003C40F6">
         <w:rPr>
@@ -16412,50 +16482,51 @@
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>The following are permitted residential uses on the Protected Property:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="292C27E6" w14:textId="6B9D2678" w:rsidR="00AF2641" w:rsidRDefault="00BE39D6" w:rsidP="001743B0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:ind w:right="524"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Existing Residential Dwelling(s) – There are, as of the Effective Date, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1427849379"/>
           <w:placeholder>
             <w:docPart w:val="5A132EE959954D06831CAB1E14F5678F"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00813EAF">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="one (1) "/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
           <w:r w:rsidR="00813EAF">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
           <w:r w:rsidR="00813EAF">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
@@ -16464,51 +16535,55 @@
           <w:r w:rsidR="00813EAF">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00813EAF">
             <w:rPr>
               <w:noProof/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t xml:space="preserve">one (1) </w:t>
           </w:r>
           <w:r w:rsidR="00813EAF">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t>single-family or multi-family residential</w:t>
       </w:r>
       <w:r w:rsidR="00485EDD">
-        <w:t xml:space="preserve"> dwelling(s) on the Protected Property as shown on Exhibit A-2.  These residences may be repaired, renovated and/or enlarged in their existing </w:t>
+        <w:t xml:space="preserve"> dwelling(s) on the Protected Property as shown on Exhibit A-2.  These residences may be </w:t>
+      </w:r>
+      <w:r w:rsidR="00485EDD">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">repaired, renovated and/or enlarged in their existing </w:t>
       </w:r>
       <w:r w:rsidR="002B7062">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00485EDD">
         <w:t>Residential Building Envelope</w:t>
       </w:r>
       <w:r w:rsidR="002B7062">
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00485EDD">
         <w:t>, so long as the Grantee first approves the construction to determine that it does not exceed the maximum</w:t>
       </w:r>
       <w:r w:rsidR="00650280">
         <w:t xml:space="preserve"> impervious surface restriction provided in Section 2.8, accessory structures or farm structures that total no more than 2,000 square feet are permitted within the </w:t>
       </w:r>
       <w:r w:rsidR="002B7062">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00650280">
         <w:t>Residential Building Envelope</w:t>
       </w:r>
       <w:r w:rsidR="002B7062">
         <w:t>”</w:t>
       </w:r>
@@ -16517,142 +16592,140 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7448182A" w14:textId="79633FB6" w:rsidR="005D674A" w:rsidRDefault="0057252B" w:rsidP="0065351D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:ind w:right="524"/>
       </w:pPr>
       <w:r>
         <w:t>Future Residential Dwelling(s) –</w:t>
       </w:r>
       <w:r w:rsidR="00415F34" w:rsidRPr="00415F34">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-829525192"/>
           <w:placeholder>
             <w:docPart w:val="07B5FA8AFD67430FBCFD329FB60EA6AA"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00415F34">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="One (1) "/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
           <w:r w:rsidR="00415F34">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
           <w:r w:rsidR="00415F34">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
           </w:r>
           <w:r w:rsidR="00415F34">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00415F34">
             <w:rPr>
               <w:noProof/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:t xml:space="preserve">One (1) </w:t>
           </w:r>
           <w:r w:rsidR="00415F34">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
-        <w:t xml:space="preserve"> single-family or multi-</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">family residential dwelling(s) may be built or located within the designated Future Residential Building Envelope on the Protected Property as shown on Exhibit A-2.  These residences may be constructed, repaired, renovated and/or enlarged in their </w:t>
+        <w:t xml:space="preserve"> single-family or multi-family residential dwelling(s) may be built or located within the designated Future Residential Building Envelope on the Protected Property as shown on Exhibit A-2.  These residences may be constructed, repaired, renovated and/or enlarged in their </w:t>
       </w:r>
       <w:r w:rsidR="00092FE3">
         <w:t>designated Residential Building Envelope, so long as the Grantee first approves the construction to determine that it does not exceed the maximum impervious surface restriction provided in Section 2.</w:t>
       </w:r>
       <w:r w:rsidR="005547A6">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00092FE3">
         <w:t>.  Subject to the maximum impervious surface restriction provided in Section 2.8</w:t>
       </w:r>
       <w:r w:rsidR="005547A6">
         <w:t>, accessory structures or farm structures that total no more than 2,000 square feet are permitted within the Residential Building Envelope.  The residential dwelling must be located within the designated Residential Building Envelope.</w:t>
       </w:r>
       <w:r w:rsidR="005D674A" w:rsidRPr="001743B0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="605D3737" w14:textId="3F0A96D5" w:rsidR="00885E20" w:rsidRPr="00916756" w:rsidRDefault="00853265" w:rsidP="00916756">
+    <w:p w14:paraId="605D3737" w14:textId="60CCF852" w:rsidR="00885E20" w:rsidRPr="00916756" w:rsidRDefault="00853265" w:rsidP="00916756">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:ind w:right="524"/>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Hlk148969203"/>
+      <w:bookmarkStart w:id="45" w:name="_Hlk148969203"/>
       <w:r>
         <w:t xml:space="preserve">Farm Support Housing – </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-551613719"/>
           <w:placeholder>
             <w:docPart w:val="E2C09F1AF3304C5892FCD956B1CD452B"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00415F34">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin">
               <w:ffData>
                 <w:name w:val=""/>
                 <w:enabled/>
                 <w:calcOnExit w:val="0"/>
                 <w:textInput>
                   <w:default w:val="One (1) "/>
                 </w:textInput>
               </w:ffData>
             </w:fldChar>
           </w:r>
           <w:r w:rsidR="00415F34">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
           </w:r>
           <w:r w:rsidR="00415F34">
             <w:rPr>
               <w:highlight w:val="lightGray"/>
@@ -16702,51 +16775,140 @@
       </w:r>
       <w:r w:rsidR="005C4FF0">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">provided in Section 2.8 and appliable county ordinances, no more that a total of five (5) new or existing farm support dwellings may be built or located within the Farm Support Housing Residential Building Envelope and the combined floor size of all farm support dwellings within the Farm Support Housing Residential Building Envelope must </w:t>
       </w:r>
       <w:r w:rsidR="00114052">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>be not greater than five thousand (5,000) square feet.  Subject to the maximum impervious surface restriction provided in Section 2.8, accessory structures or farm structures that total no more than 2,000 square feet are permitted within the Farm Support Housing Residential Building Envelope.  In the event Farm Support Housing becomes impracticable or unnecessary, the Grantor may request permission from the Grantee to allow for the Farm Support Housing Residential Building Envelope to be used or occupied as the ho</w:t>
       </w:r>
       <w:r w:rsidR="00A006DB">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00114052">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>e or residence of one or more individuals or to house short or long-term renters or owner’s non-paying guests.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidR="0036692B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006D6FF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text106"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="If no &quot;Recreational Building Envelopes&quot; are on the Protected Property, Residential will be Section D. Parts i, ii, or iii can be removed if the Residential Building Envelopes are not designated for that use."/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="46" w:name="Text106"/>
+      <w:r w:rsidR="006D6FF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="006D6FF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="006D6FF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006D6FF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If no "Recreational </w:t>
+      </w:r>
+      <w:r w:rsidR="006D6FF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Building Envelopes" are on the Protected Property, Residential will be Section D. Parts i, ii, or iii can be removed if the Residential Building Envelopes are not designated for that use.</w:t>
+      </w:r>
+      <w:r w:rsidR="006D6FF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="46"/>
     </w:p>
     <w:p w14:paraId="02BC55B3" w14:textId="1D7CC189" w:rsidR="00AF2641" w:rsidRPr="00EA187F" w:rsidRDefault="00AF2641" w:rsidP="0007461F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1203"/>
         </w:tabs>
         <w:spacing w:line="237" w:lineRule="auto"/>
         <w:ind w:right="671"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No residential dwellings </w:t>
       </w:r>
       <w:r w:rsidR="004815B6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -16923,164 +17085,140 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the Protected Property</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the purpose of hunting and fishing, hiking, bird watching, etc.</w:t>
       </w:r>
       <w:r w:rsidR="00200790" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">provided that these activities do not impact the protection and conservation of any animal habitat or other Conservation </w:t>
-[...7 lines deleted...]
-        <w:t>Values of the Protected Property</w:t>
+        <w:t>provided that these activities do not impact the protection and conservation of any animal habitat or other Conservation Values of the Protected Property</w:t>
       </w:r>
       <w:r w:rsidR="00E704A5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0007461F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F63687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Commercial, non-developed recreational activities are permitted, including </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">Commercial, non-developed recreational activities are permitted, including granting of leases to enter and use the Protected Property for hunting or fishing, </w:t>
+      </w:r>
+      <w:r w:rsidR="0032656D" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>provided</w:t>
+      </w:r>
       <w:r w:rsidR="00F63687" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>granting of</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> leases to enter and use the Protected Property for hunting or fishing, </w:t>
+        <w:t xml:space="preserve"> the activities</w:t>
       </w:r>
       <w:r w:rsidR="0032656D" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>provided</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> are compatible with the Conservation Purposes and agriculture and forestry uses of the Protected Property, minimize negative impacts on future agricultural operations and expansion of agricultural uses, and are subordinate to the agricultural use of the Protected Property.</w:t>
       </w:r>
       <w:r w:rsidR="00A13184" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Grantor shall require lessees to abide by the terms of this ALE</w:t>
       </w:r>
       <w:r w:rsidR="00355503">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
       <w:r w:rsidR="00A13184" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00EF0357" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> No part of this section shall be interpreted to permit intensive recreational activities that concentrate people in a relatively confined area for significant periods of time</w:t>
       </w:r>
       <w:r w:rsidR="00F755AF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> that are incompatible with the Conservation Purposes and agriculture and forestry uses of the Protected Property.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39CC9018" w14:textId="77777777" w:rsidR="00B016E5" w:rsidRPr="00EA187F" w:rsidRDefault="00B016E5" w:rsidP="00B016E5">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF33" w14:textId="448E3F4C" w:rsidR="005D55BE" w:rsidRPr="00EA187F" w:rsidRDefault="00F476E5" w:rsidP="00F755AF">
+    <w:p w14:paraId="42D1CF33" w14:textId="470BF372" w:rsidR="005D55BE" w:rsidRPr="00EA187F" w:rsidRDefault="00F476E5" w:rsidP="00F755AF">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.6.</w:t>
       </w:r>
       <w:r w:rsidR="00CF5B5E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -17124,218 +17262,184 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC4216" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>provided, however, the prior written approval is not required for utilities located entirely within the Building Envelope</w:t>
       </w:r>
       <w:r w:rsidR="00E47487">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text84"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="s"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="Text84"/>
+      <w:bookmarkStart w:id="47" w:name="Text84"/>
       <w:r w:rsidR="00E47487">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00E47487">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00E47487">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00E47487">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00E47487">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="47"/>
       <w:r w:rsidR="00AC4216" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.  The granting or modification of easements for such utilities is prohibited when the utility will adversely impact the purpose of the ALE Deed as determined by the Grantee</w:t>
       </w:r>
       <w:r w:rsidR="00F04004" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and in consultation with </w:t>
       </w:r>
       <w:r w:rsidR="00034B78" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NCDA&amp;CS</w:t>
       </w:r>
       <w:r w:rsidR="00AC4216" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  Installation, maintenance, repair or improvement of a septic system or other underground sanitary system for the benefit of any of the improvements permitted herein, is permitted. Above-ground storage tanks for fuels or any other materials for residential or on-site agricultural use are permitted up to a maximum size of one thousand (1000) gallons.  Any such tanks are required to be located within </w:t>
       </w:r>
       <w:r w:rsidR="00253444">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00AC4216" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Farmstead Building Envelope, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> Farmstead Building Envelope, shall be constructed to minimize any pollution to land or water, and in accordance with applicable local, </w:t>
+      </w:r>
+      <w:r w:rsidR="000D4AEB" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>state,</w:t>
+      </w:r>
       <w:r w:rsidR="00AC4216" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>shall be</w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> and federal laws and regulations.</w:t>
       </w:r>
       <w:r w:rsidR="00B238ED" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F755AF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Any areas disturbed </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> condition immediately prior to such disturbance. </w:t>
+        <w:t xml:space="preserve">Any areas disturbed as a result of any utility construction shall be revegetated and restored to its condition immediately prior to such disturbance. </w:t>
       </w:r>
       <w:r w:rsidR="00B238ED" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">All other utilities </w:t>
       </w:r>
       <w:r w:rsidR="00E23762" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>are prohibited on the Protected Property including, but not li</w:t>
+        <w:t>are prohibited on the Protected Property</w:t>
+      </w:r>
+      <w:r w:rsidR="00474466">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E23762" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including, but not li</w:t>
       </w:r>
       <w:r w:rsidR="00B238ED" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mited to, communication towers </w:t>
       </w:r>
       <w:r w:rsidR="00E23762" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>or struct</w:t>
       </w:r>
       <w:r w:rsidR="00A46435" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ures</w:t>
       </w:r>
       <w:r w:rsidR="00E23762" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -17380,127 +17484,149 @@
       </w:r>
       <w:r w:rsidR="00E23762" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ns occurring on the Protected Property.</w:t>
       </w:r>
       <w:r w:rsidR="005D55BE" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A5B412" w14:textId="77777777" w:rsidR="00FA35F7" w:rsidRPr="00EA187F" w:rsidRDefault="00FA35F7" w:rsidP="007E1BE5">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF35" w14:textId="11095098" w:rsidR="005D55BE" w:rsidRPr="00EA187F" w:rsidRDefault="006F2CB0" w:rsidP="00CF5B5E">
+    <w:p w14:paraId="42D1CF35" w14:textId="14BA5DDA" w:rsidR="005D55BE" w:rsidRPr="00EA187F" w:rsidRDefault="006F2CB0" w:rsidP="00CF5B5E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>On-farm energy production/r</w:t>
       </w:r>
       <w:r w:rsidR="005D55BE" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">enewable energy production is allowed for the purpose of generating energy for the agricultural and residential </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">needs of the Protected Property.  Renewable energy sources must be built and maintained within impervious surface limits, with minimal impact on the </w:t>
+        <w:t xml:space="preserve">needs of the Protected Property.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Renewable energy sources must be built and maintained within impervious surface limits, with minimal impact on the </w:t>
       </w:r>
       <w:r w:rsidR="00D2465C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">onservation </w:t>
       </w:r>
       <w:r w:rsidR="00D2465C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>alues of the Protected Property and consistent with the purposes of the ALE</w:t>
       </w:r>
       <w:r w:rsidR="00EB4F45" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004C2FAE" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Commercial scale renewable energy projects are not permitted on the Protected Property. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B4D99">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Commercial-scale</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2FAE" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> renewable energy projects are not permitted on the Protected Property. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1CF36" w14:textId="77777777" w:rsidR="00E23762" w:rsidRPr="00EA187F" w:rsidRDefault="00E23762" w:rsidP="00F659CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A9C6C13" w14:textId="32AC1104" w:rsidR="00DE7C1C" w:rsidRPr="00EA187F" w:rsidRDefault="00E23762" w:rsidP="00CF5B5E">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
@@ -17529,119 +17655,79 @@
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Forest Management</w:t>
       </w:r>
       <w:r w:rsidR="0048085A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Timber Harvest</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="00DE7C1C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Forest management and timber harvesting is allowed, provided </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">Forest management and timber harvesting is allowed, provided it is carried out to the extent practicable, in accordance with current, generally accepted best management practices for the sites, soils, and terrain of the Protected Property.  In addition, if the Protected Property contains </w:t>
+      </w:r>
+      <w:r w:rsidR="00D772A9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
       <w:r w:rsidR="00DE7C1C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>it is</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">0 contiguous acres of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C5213F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>forest,</w:t>
+      </w:r>
       <w:r w:rsidR="00DE7C1C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> carried out to </w:t>
-[...51 lines deleted...]
-        <w:t>trees for the construction of allowed roads, utilities, buildings and structures on the Protected Property, cutting of trees for trail clearing, cutting of trees for domestic use as firewood or for other domestic uses by Grantor, removal of trees posing an imminent hazard to the health or safety of person or livestock, or removal of invasive species.</w:t>
+        <w:t xml:space="preserve"> then forest management and timber harvesting must be performed in accordance with a written forest management plan.  The forest management plan must be prepared by a professional resource manager, in consultation with the Grantee.  A forest management plan will not be required for the following allowed noncommercial activities: cutting of trees for the construction of allowed roads, utilities, buildings and structures on the Protected Property, cutting of trees for trail clearing, cutting of trees for domestic use as firewood or for other domestic uses by Grantor, removal of trees posing an imminent hazard to the health or safety of person or livestock, or removal of invasive species.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2201EE5A" w14:textId="77777777" w:rsidR="00395143" w:rsidRPr="00EA187F" w:rsidRDefault="00DE7C1C" w:rsidP="00395143">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CDE6A57" w14:textId="1B5B8F60" w:rsidR="00B95C86" w:rsidRPr="00EA187F" w:rsidRDefault="003D722D" w:rsidP="00280DAF">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -17717,105 +17803,105 @@
         <w:t>harvested,</w:t>
       </w:r>
       <w:r w:rsidR="00AC4216" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and removed within the Building Envelope</w:t>
       </w:r>
       <w:r w:rsidR="00944B51">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text85"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="s"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="Text85"/>
+      <w:bookmarkStart w:id="48" w:name="Text85"/>
       <w:r w:rsidR="00944B51">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00944B51">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00944B51">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00944B51">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00944B51">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="48"/>
       <w:r w:rsidR="00AC4216" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A7E22B9" w14:textId="77777777" w:rsidR="00B95C86" w:rsidRPr="00EA187F" w:rsidRDefault="00B95C86" w:rsidP="00B95C86">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6ED4A9CD" w14:textId="0C8902B8" w:rsidR="001A15C4" w:rsidRPr="00EA187F" w:rsidRDefault="00E23762" w:rsidP="00280DAF">
+    <w:p w14:paraId="6ED4A9CD" w14:textId="0D3D2BA4" w:rsidR="001A15C4" w:rsidRPr="00EA187F" w:rsidRDefault="00E23762" w:rsidP="00280DAF">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Any other cutting, removal or harvesting of trees may </w:t>
       </w:r>
       <w:r w:rsidR="00B238ED" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -17844,114 +17930,128 @@
         <w:t xml:space="preserve"> on Exhibit</w:t>
       </w:r>
       <w:r w:rsidR="008624F0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E16635" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter exhibit letter or number"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="43" w:name="Text41"/>
+      <w:bookmarkStart w:id="49" w:name="Text41"/>
       <w:r w:rsidR="00E16635" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00E16635" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00E16635" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00E16635" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter exhibit letter or number</w:t>
       </w:r>
       <w:r w:rsidR="00E16635" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="49"/>
       <w:r w:rsidR="00196A82" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> where</w:t>
       </w:r>
       <w:r w:rsidR="001A15C4" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00196A82" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="001A15C4" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">he purpose is for commercial harvesting of trees if in accordance with the ALE Plan referenced in Section 4.5 herein that is consistent with the above-referenced </w:t>
+        <w:t>he purpose is for commercial harvesting of trees</w:t>
+      </w:r>
+      <w:r w:rsidR="00457453">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, if in accordance with the ALE Plan referenced in Section 4.5 herein,</w:t>
+      </w:r>
+      <w:r w:rsidR="001A15C4" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that is consistent with the above-referenced </w:t>
       </w:r>
       <w:r w:rsidR="007934F5" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ALE </w:t>
       </w:r>
       <w:r w:rsidR="001A15C4" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plan and prepared by a professional forester approved by Grantee, such approval </w:t>
       </w:r>
       <w:r w:rsidR="00685D2E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">not </w:t>
       </w:r>
       <w:r w:rsidR="001A15C4" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -18266,81 +18366,73 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00280DAF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Natural Resource Restoration and Enhancement Activities</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> may engage or contract other</w:t>
+        <w:t>.  Grantor may engage or contract other</w:t>
       </w:r>
       <w:r w:rsidR="00232DC0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to engage in any activity designed to repair, restore, or otherwise enhance the natural resources found or once present on the Protected Property, that are consistent with the Conservation Values of th</w:t>
+        <w:t xml:space="preserve"> to engage in any activity designed to repair, restore, or otherwise enhance the natural resources found or once present on the Protected Property, that are consistent </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>with the Conservation Values of th</w:t>
       </w:r>
       <w:r w:rsidR="00232DC0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidR="005D6B0E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
       <w:r w:rsidR="00232DC0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="001B0379" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -18749,51 +18841,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Among other things, this shall apply to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1CF52" w14:textId="77777777" w:rsidR="0010116E" w:rsidRPr="00EA187F" w:rsidRDefault="0010116E" w:rsidP="0010116E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D1CF53" w14:textId="571BB048" w:rsidR="0010116E" w:rsidRPr="00EA187F" w:rsidRDefault="0010116E" w:rsidP="00280DAF">
+    <w:p w14:paraId="42D1CF53" w14:textId="75CD07C3" w:rsidR="0010116E" w:rsidRPr="00EA187F" w:rsidRDefault="0010116E" w:rsidP="00280DAF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.1.</w:t>
       </w:r>
       <w:r w:rsidR="00280DAF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00280DAF" w:rsidRPr="00EA187F">
@@ -18836,81 +18928,65 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>required</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to pay any taxes or assessments on </w:t>
       </w:r>
       <w:r w:rsidR="00200790" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>its</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> interest in </w:t>
-[...29 lines deleted...]
-        <w:t>demand reimburse the Grantee for the same.</w:t>
+        <w:t xml:space="preserve"> interest in the Protected Property, the Grantor shall</w:t>
+      </w:r>
+      <w:r w:rsidR="008051FA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, upon demand,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reimburse the Grantee for the same.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1CF54" w14:textId="77777777" w:rsidR="0010116E" w:rsidRPr="00EA187F" w:rsidRDefault="0010116E" w:rsidP="00015C03">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1CF57" w14:textId="0264BFBB" w:rsidR="00C16FFA" w:rsidRPr="00EA187F" w:rsidRDefault="0010116E" w:rsidP="00280DAF">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -18954,67 +19030,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Grantee </w:t>
       </w:r>
       <w:r w:rsidR="00D07EA6" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00C16FFA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>NCDA&amp;</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> have no obligation for the upkeep or maintenance of the Protected Property.</w:t>
+        <w:t>NCDA&amp;CS shall have no obligation for the upkeep or maintenance of the Protected Property.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1CF58" w14:textId="77777777" w:rsidR="009160CF" w:rsidRPr="00EA187F" w:rsidRDefault="009160CF" w:rsidP="007B2D94">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1CF59" w14:textId="608B26D8" w:rsidR="002C6532" w:rsidRPr="00EA187F" w:rsidRDefault="002C6532" w:rsidP="009A6018">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
@@ -19098,67 +19158,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
       <w:r w:rsidR="00A71B3C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="001D2594" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
       <w:r w:rsidR="00A71B3C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in any deed or other legal instrument by which they transfer or divest themselves of any interest, including leasehold interests, in </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Property.  </w:t>
+        <w:t xml:space="preserve"> in any deed or other legal instrument by which they transfer or divest themselves of any interest, including leasehold interests, in the Protected Property.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Grantor shall notify the Grantee in writing at least thirty (30</w:t>
       </w:r>
       <w:r w:rsidR="002A2FCD" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> days before conveying the </w:t>
       </w:r>
       <w:r w:rsidR="00A74831" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -19528,51 +19572,59 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>urposes intended to be advanced hereunder shall be con</w:t>
       </w:r>
       <w:r w:rsidR="006C4561" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">tinued to be carried out.  If the Grantee ever ceases to exist or no longer qualifies under 26 U.S.C. </w:t>
       </w:r>
       <w:r w:rsidR="00C06536" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>§</w:t>
       </w:r>
       <w:r w:rsidR="006C4561" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 170(h) of the Internal Revenue Code, or applicable state law, a court with jurisdiction shall transfer this </w:t>
+        <w:t xml:space="preserve"> 170(h) of the Internal Revenue Code, or applicable state law, a court with jurisdiction shall transfer </w:t>
+      </w:r>
+      <w:r w:rsidR="006C4561" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">this </w:t>
       </w:r>
       <w:r w:rsidR="006F01B8" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
       <w:r w:rsidR="006C4561" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00230BDF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
       <w:r w:rsidR="006C4561" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -19638,51 +19690,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.5</w:t>
       </w:r>
       <w:r w:rsidR="00015C03" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D95487" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003750D2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="_Hlk149053659"/>
+      <w:bookmarkStart w:id="50" w:name="_Hlk149053659"/>
       <w:r w:rsidR="00CA6181" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ALE</w:t>
       </w:r>
       <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Plan</w:t>
       </w:r>
       <w:r w:rsidR="00531306" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
@@ -19873,51 +19925,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>istrict</w:t>
       </w:r>
       <w:r w:rsidR="00874AA2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, and North Carolina Forest Service</w:t>
       </w:r>
       <w:r w:rsidR="00CA6181" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="50"/>
       <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This A</w:t>
       </w:r>
       <w:r w:rsidR="00CA6181" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>LE</w:t>
       </w:r>
       <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Plan shall be developed using the standards and specifications of the NRCS Field Office Technical Guide and 7 CFR Part 12 that are in effect on the date of execution of this </w:t>
       </w:r>
       <w:r w:rsidR="00E56C9A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -19956,67 +20008,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00BC768C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the event the agricultural uses or ownership of the Protected Property change.</w:t>
       </w:r>
       <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA6181" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> A copy of the current ALE Plan will be kept </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> file with the Grantee.</w:t>
+        <w:t xml:space="preserve"> A copy of the current ALE Plan will be kept on file with the Grantee.</w:t>
       </w:r>
       <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00001562" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BF1FD60" w14:textId="77777777" w:rsidR="006730EE" w:rsidRPr="00EA187F" w:rsidRDefault="006730EE" w:rsidP="006730EE">
       <w:pPr>
         <w:ind w:left="630" w:hanging="630"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -20052,95 +20088,79 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F937C9" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The ALE Plan </w:t>
       </w:r>
       <w:r w:rsidR="00C1141D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidR="00F937C9" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> include any or </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> the following components, as applicable.  </w:t>
+        <w:t xml:space="preserve"> include any or all of the following components, as applicable.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="629C1B19" w14:textId="523BD7B1" w:rsidR="00F937C9" w:rsidRPr="00EA187F" w:rsidRDefault="00F937C9" w:rsidP="00F937C9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="90"/>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If the Protected Property contains Highly Erodible Cropland, then the ALE Plan shall include a conservation plan that complies with 7 CFR Part 12 pertaining to all highly erodible cropland on the Protected Property.  If the NRCS standards and specifications for highly erodible cropland are revised after the date of this ALE Deed based on an Act of Congress, NRCS will work cooperatively with the Grantor to develop and implement a revised conservation plan. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19A91186" w14:textId="20E6C19F" w:rsidR="00F937C9" w:rsidRPr="00EA187F" w:rsidRDefault="00F937C9" w:rsidP="00F937C9">
+    <w:p w14:paraId="19A91186" w14:textId="0EFF51BC" w:rsidR="00F937C9" w:rsidRPr="00EA187F" w:rsidRDefault="00F937C9" w:rsidP="00F937C9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="90"/>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If applicable, the ALE Plan will </w:t>
       </w:r>
       <w:r w:rsidR="00001562" w:rsidRPr="00EA187F">
         <w:rPr>
@@ -20162,208 +20182,221 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, that describes the management system and practices to conserve, protect, or enhance the viability of the forest land on the Protected Property and as applicable, any significant conservation benefits.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The forest</w:t>
       </w:r>
       <w:r w:rsidR="00001562" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> management</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> plan</w:t>
       </w:r>
-      <w:bookmarkStart w:id="45" w:name="_Hlk39578397"/>
+      <w:bookmarkStart w:id="51" w:name="_Hlk39578397"/>
       <w:r w:rsidR="00001562" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="51"/>
       <w:r w:rsidR="00001562" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>will</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> address landowner objectives</w:t>
       </w:r>
       <w:r w:rsidR="00001562" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>potential soil erosion issues relevant to roadways, logging decks and other stream related issues</w:t>
+        <w:t>potential soil erosion issues relevant to roadways, logging decks and other stream</w:t>
+      </w:r>
+      <w:r w:rsidR="003D7BAB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>related issues</w:t>
       </w:r>
       <w:r w:rsidR="002028DE" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="46" w:name="_Hlk149136742"/>
+      <w:bookmarkStart w:id="52" w:name="_Hlk149136742"/>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The forest management plan must be prepared by a professional resource manager, in consultation with the Grantee</w:t>
       </w:r>
       <w:r w:rsidR="00A92C47" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, and reviewed for updates by the Grantor and Grantee every 10 years from the date of the ALE recordation</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="5D261654" w14:textId="26D1F951" w:rsidR="00461F96" w:rsidRPr="00EA187F" w:rsidRDefault="002028DE" w:rsidP="003666A8">
+      <w:bookmarkEnd w:id="52"/>
+    </w:p>
+    <w:p w14:paraId="33AA466E" w14:textId="4F90069F" w:rsidR="00C1083E" w:rsidRDefault="002028DE" w:rsidP="00500244">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="716"/>
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="008970E9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grantor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must take all reasonable steps to secure compliance with the ALE Plan. In the event of substantial or ongoing noncompliance with the ALE Plan or the requirement to update the ALE Plan, </w:t>
+      </w:r>
+      <w:r w:rsidR="008970E9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the Grantee may notify NCDA&amp;CS.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="008970E9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If determined by the local Soil and Water Conservation District or NRCS there is substantial or ongoing noncompliance with the ALE Plan or the requirement to update the ALE plan, NCDA&amp;CS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>will give the Grantee and Grantor a reasonable amount of time, not to exceed 180 days, to take corrective action</w:t>
+      </w:r>
+      <w:r w:rsidR="00323974" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E4C77FE" w14:textId="77777777" w:rsidR="00500244" w:rsidRPr="00500244" w:rsidRDefault="00500244" w:rsidP="00500244">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="716"/>
+        <w:rPr>
           <w:strike/>
-          <w:sz w:val="22"/>
-[...67 lines deleted...]
-        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1CF65" w14:textId="324246FE" w:rsidR="00F45B8A" w:rsidRPr="00C1083E" w:rsidRDefault="00B532B6" w:rsidP="00C1083E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="90"/>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="716" w:hanging="716"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C1083E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.6.</w:t>
       </w:r>
@@ -20465,50 +20498,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
       <w:r w:rsidR="000B6F8F" w:rsidRPr="00C1083E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1CF69" w14:textId="5F983727" w:rsidR="006C4561" w:rsidRPr="00EA187F" w:rsidRDefault="000B6F8F" w:rsidP="00A352EC">
       <w:pPr>
         <w:ind w:left="716" w:hanging="716"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>4.7.</w:t>
       </w:r>
       <w:r w:rsidR="00015C03" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A80528" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Enforcement</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
@@ -20847,51 +20881,50 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>occurred, the Grantee may obtain an injunction to stop the</w:t>
       </w:r>
       <w:r w:rsidR="00B40A4E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>violation, temporarily or</w:t>
       </w:r>
       <w:r w:rsidR="006C4561" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AE16D7" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">permanently.  </w:t>
       </w:r>
       <w:r w:rsidR="00C16B00" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Grantor, Grantee</w:t>
       </w:r>
       <w:r w:rsidR="009D7A19" w:rsidRPr="00EA187F">
         <w:rPr>
@@ -20939,59 +20972,51 @@
     <w:p w14:paraId="06B8D90D" w14:textId="7C6B79D9" w:rsidR="006B0FDF" w:rsidRPr="00EA187F" w:rsidRDefault="006B0FDF" w:rsidP="00733DA7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E638F79" w14:textId="0A318550" w:rsidR="00476C9C" w:rsidRDefault="006B0FDF" w:rsidP="003666A8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="716" w:right="515"/>
         <w:rPr>
           <w:spacing w:val="54"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:t>Grantee may seek an injunction or order requiring</w:t>
       </w:r>
       <w:r w:rsidR="00424DEF" w:rsidRPr="00EA187F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
-        <w:t xml:space="preserve">the Grantor to restore the Protected Property to its condition on the Effective Date, or to such other </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> as may exist consistent with the provisions of this ALE, as</w:t>
+        <w:t>the Grantor to restore the Protected Property to its condition on the Effective Date, or to such other condition as may exist consistent with the provisions of this ALE, as</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t>restoration</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t>of the Protected</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -21223,62 +21248,54 @@
       <w:r w:rsidRPr="00EA187F">
         <w:t>doing</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t>so</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E72E50" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-52"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00233543" w:rsidRPr="00EA187F">
-        <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:t xml:space="preserve"> a later time.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t>In any case where a court finds no such violation has occurred, Grantor,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t>Grantee</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -21384,314 +21401,273 @@
       </w:r>
       <w:r w:rsidR="00AC43E8" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>State of North Carolina</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C93D37">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009176DF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="003C7BD1" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="003C7BD1" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BD3B44" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>the event that</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">the event that the Grantee fails to enforce any of the terms of this </w:t>
+      </w:r>
+      <w:r w:rsidR="001D456F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AL</w:t>
+      </w:r>
       <w:r w:rsidR="00BD3B44" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the Grantee fails to enforce any of the terms of this </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001D456F" w:rsidRPr="00EA187F">
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00F031F9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3B44" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, as determined in the discretion of the NCDA&amp;CS, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D702EE" w:rsidRPr="00D702EE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>North Carolina Commissioner of Agriculture</w:t>
+      </w:r>
+      <w:r w:rsidR="00D702EE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3B44" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE16D7" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">his or her </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3B44" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">successors and assigns shall have the right to enforce the terms of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00621D6B" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
       <w:r w:rsidR="00BD3B44" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00F031F9" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
       <w:r w:rsidR="00BD3B44" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, as determined in the discretion of the NCDA&amp;CS, the </w:t>
+        <w:t xml:space="preserve"> through any and all authorities available under federal or state law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54D7E4F1" w14:textId="7976C731" w:rsidR="00FE67DB" w:rsidRPr="00EA187F" w:rsidRDefault="00FE67DB" w:rsidP="00733DA7">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C77E8A9" w14:textId="79DC5B5E" w:rsidR="00FE67DB" w:rsidRPr="00EA187F" w:rsidRDefault="00FE67DB" w:rsidP="00A22729">
+      <w:pPr>
+        <w:ind w:left="716"/>
+        <w:rPr>
+          <w:strike/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>In the event that Grantee attempts to terminate, transfer, or otherwise divest itself of any rights, title, or interests of this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="00F031F9" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> without the prior consent of the </w:t>
       </w:r>
       <w:r w:rsidR="00D702EE" w:rsidRPr="00D702EE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>North Carolina Commissioner of Agriculture</w:t>
       </w:r>
-      <w:r w:rsidR="00D702EE">
-[...34 lines deleted...]
-      <w:r w:rsidR="00BD3B44" w:rsidRPr="00EA187F">
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and payment of consideration to the State of North Carolina, then, at the option of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D702EE" w:rsidRPr="00D702EE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>North Carolina Commissioner of Agriculture</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, all right, title, and interest in the AL</w:t>
+      </w:r>
+      <w:r w:rsidR="00D243DB" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00F031F9" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00BD3B44" w:rsidRPr="00EA187F">
-[...103 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall become vested in the State of North Carolina</w:t>
       </w:r>
       <w:r w:rsidR="00534CF4" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="004C2D9C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The State of North Carolina shall have the right to recover </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> administrative and legal costs from the Grantee, including attorney’s fees or expenses associated with any enforcement or remedial action as it relates to the enforcement of this</w:t>
+        <w:t>The State of North Carolina shall have the right to recover any and all administrative and legal costs from the Grantee, including attorney’s fees or expenses associated with any enforcement or remedial action as it relates to the enforcement of this</w:t>
       </w:r>
       <w:r w:rsidR="0016501F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ALE Deed</w:t>
       </w:r>
       <w:r w:rsidR="004C2D9C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CC4943E" w14:textId="77777777" w:rsidR="00FE67DB" w:rsidRPr="00EA187F" w:rsidRDefault="00FE67DB" w:rsidP="00733DA7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -21769,50 +21745,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1CF7E" w14:textId="77777777" w:rsidR="00A6137D" w:rsidRPr="00EA187F" w:rsidRDefault="00A6137D" w:rsidP="00265FD2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ARTICLE V. REPRESENTATIONS OF THE PARTIES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1CF7F" w14:textId="77777777" w:rsidR="00A6137D" w:rsidRPr="00EA187F" w:rsidRDefault="00A6137D" w:rsidP="00265FD2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1CF80" w14:textId="5A18C905" w:rsidR="0054219B" w:rsidRPr="00EA187F" w:rsidRDefault="0054219B" w:rsidP="00A22729">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -22029,61 +22006,52 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A22729" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Grantor’s Environmental Warranty</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  Grantor warrants that Grantor </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>.  Grantor warrants that Grantor is in compliance with</w:t>
+      </w:r>
       <w:r w:rsidR="001648DC" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="001648DC" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>will</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -22157,59 +22125,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>they have</w:t>
       </w:r>
       <w:r w:rsidR="00582F34" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> no actual knowledge of </w:t>
       </w:r>
       <w:r w:rsidR="002C164C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00582F34" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> release or threatened </w:t>
-[...7 lines deleted...]
-        <w:t>release of Hazardous Materials, as such substances and wa</w:t>
+        <w:t xml:space="preserve"> release or threatened release of Hazardous Materials, as such substances and wa</w:t>
       </w:r>
       <w:r w:rsidR="00B22097" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">stes are defined by applicable </w:t>
       </w:r>
       <w:r w:rsidR="007E5D2B" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00582F34" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ederal and </w:t>
       </w:r>
       <w:r w:rsidR="00E42B2E" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -22624,51 +22584,59 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="002E45EA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NCDA</w:t>
       </w:r>
       <w:r w:rsidR="000871FE" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>&amp;CS</w:t>
       </w:r>
       <w:r w:rsidR="00FC26F8" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, its employees, agents, and assigns disclaim and will not be held responsible for Grantee’s or G</w:t>
+        <w:t xml:space="preserve">, its employees, agents, and assigns disclaim and will not be held responsible for Grantee’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC26F8" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>or G</w:t>
       </w:r>
       <w:r w:rsidR="009E54C0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00FC26F8" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>antor’s negligent acts or omissions or Grantee’s or Grantor’s breach of any representation, warranty, covenant, or agreements contained in this ALE</w:t>
       </w:r>
       <w:r w:rsidR="00117539" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
       <w:r w:rsidR="00FC26F8" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -22978,51 +22946,50 @@
     <w:p w14:paraId="42D1CF91" w14:textId="77777777" w:rsidR="00110FFE" w:rsidRPr="00EA187F" w:rsidRDefault="00110FFE" w:rsidP="007E1BE5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1CF92" w14:textId="7A0ADC9C" w:rsidR="00671683" w:rsidRPr="00EA187F" w:rsidRDefault="00850043" w:rsidP="009A6018">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">he Grantor </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>shall hold</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> harmless and indemnify </w:t>
       </w:r>
       <w:r w:rsidR="00941569" w:rsidRPr="00EA187F">
         <w:rPr>
@@ -23392,87 +23359,87 @@
         <w:t xml:space="preserve">rd </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidR="00F770D2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text43"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter county name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="47" w:name="Text43"/>
+      <w:bookmarkStart w:id="53" w:name="Text43"/>
       <w:r w:rsidR="00F770D2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00F770D2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00F770D2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00F770D2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter county name</w:t>
       </w:r>
       <w:r w:rsidR="00F770D2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="53"/>
       <w:r w:rsidR="00F770D2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>County, North Carolina, and may re-record it at any time as may be required to preserve the rights of the Grantee</w:t>
       </w:r>
       <w:r w:rsidR="00C2032B" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00C02C67" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -23814,481 +23781,414 @@
         <w:t>roperty by an amended deed of easement, provided that no amendment shall</w:t>
       </w:r>
       <w:r w:rsidR="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69A34983" w14:textId="77777777" w:rsidR="00C16C0A" w:rsidRDefault="00C16C0A" w:rsidP="00E06ECC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="720" w:right="555" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AF871DA" w14:textId="61EF8D0C" w:rsidR="00C16C0A" w:rsidRPr="00C16C0A" w:rsidRDefault="00024998" w:rsidP="00C16C0A">
+    <w:p w14:paraId="3AF871DA" w14:textId="61EF8D0C" w:rsidR="00C16C0A" w:rsidRPr="00C16C0A" w:rsidRDefault="00024998" w:rsidP="000B4FAE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:right="555"/>
+        <w:ind w:left="1080" w:right="555" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ffect this ALE</w:t>
       </w:r>
       <w:r w:rsidR="00D94FDE">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
       <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">’s perpetual </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>’s perpetual duration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
       <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>duration</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04750BAC" w14:textId="66425E17" w:rsidR="00C16C0A" w:rsidRDefault="00024998" w:rsidP="00C16C0A">
+    <w:p w14:paraId="04750BAC" w14:textId="66425E17" w:rsidR="00C16C0A" w:rsidRDefault="00024998" w:rsidP="000B4FAE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:right="555"/>
+        <w:ind w:left="1080" w:right="555" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ermit development, improvements, or uses prohibited by this ALE </w:t>
       </w:r>
       <w:r w:rsidR="00D94FDE">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Deed </w:t>
       </w:r>
       <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">on its Effective </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
+        <w:t>on its Effective Date</w:t>
+      </w:r>
+      <w:r w:rsidR="00577CC0">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Date</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="4EC12909" w14:textId="15421630" w:rsidR="00C16C0A" w:rsidRDefault="00577CC0" w:rsidP="00C16C0A">
+    </w:p>
+    <w:p w14:paraId="4EC12909" w14:textId="15421630" w:rsidR="00C16C0A" w:rsidRDefault="00577CC0" w:rsidP="000B4FAE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:right="555"/>
+        <w:ind w:left="1080" w:right="555" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">onflict with or be contrary to or inconsistent with the Conservation </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
+        <w:t>onflict with or be contrary to or inconsistent with the Conservation Purposes</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Purposes</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="131B7773" w14:textId="6DF6665C" w:rsidR="00C16C0A" w:rsidRDefault="00577CC0" w:rsidP="00C16C0A">
+    </w:p>
+    <w:p w14:paraId="131B7773" w14:textId="6DF6665C" w:rsidR="00C16C0A" w:rsidRDefault="00577CC0" w:rsidP="000B4FAE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:right="555"/>
+        <w:ind w:left="1080" w:right="555" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">educe the protection of the Conservation </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>educe the protection of the Conservation Values</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
       <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Values</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78CA3B0A" w14:textId="60F3A39A" w:rsidR="00C16C0A" w:rsidRDefault="00577CC0" w:rsidP="00C16C0A">
+    <w:p w14:paraId="78CA3B0A" w14:textId="60F3A39A" w:rsidR="00C16C0A" w:rsidRDefault="00577CC0" w:rsidP="000B4FAE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:right="555"/>
+        <w:ind w:left="1080" w:right="555" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ffect the qualification of this ALE </w:t>
       </w:r>
       <w:r w:rsidR="00D94FDE">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Deed </w:t>
       </w:r>
       <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>as a “qualified conservation contribution” or “interest in land</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
+        <w:t>as a “qualified conservation contribution” or “interest in land”</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>”</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3CD3B9D2" w14:textId="785670A4" w:rsidR="00C16C0A" w:rsidRDefault="00577CC0" w:rsidP="00C16C0A">
+    </w:p>
+    <w:p w14:paraId="3CD3B9D2" w14:textId="785670A4" w:rsidR="00C16C0A" w:rsidRDefault="00577CC0" w:rsidP="000B4FAE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:right="555"/>
+        <w:ind w:left="1080" w:right="555" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ffect the status of Grantee as a “qualified organization” or “eligible donee”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFB1F1" w14:textId="34A081BB" w:rsidR="00024998" w:rsidRDefault="00577CC0" w:rsidP="00C16C0A">
+    <w:p w14:paraId="1CBFB1F1" w14:textId="34A081BB" w:rsidR="00024998" w:rsidRDefault="00577CC0" w:rsidP="000B4FAE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:right="555"/>
+        <w:ind w:left="1080" w:right="555" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="003B1E54" w:rsidRPr="00C16C0A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">reate an impermissible private benefit or private </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> in violation of federal tax law. </w:t>
+        <w:t xml:space="preserve">reate an impermissible private benefit or private inurement in violation of federal tax law. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D3831AC" w14:textId="77777777" w:rsidR="00024998" w:rsidRDefault="00024998" w:rsidP="00024998">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="720" w:right="555"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65EADC9C" w14:textId="05C22420" w:rsidR="003B1E54" w:rsidRPr="00024998" w:rsidRDefault="003B1E54" w:rsidP="00024998">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="720" w:right="555"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
@@ -24461,55 +24361,51 @@
       <w:r w:rsidR="00910F54" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t>amendment shall be consistent with Section 1.1., “Statement of Purpose” and with the</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t>Grantee’s easement amendment policies and shall comply with Section 170(h) of the Internal</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
-        <w:t xml:space="preserve">Revenue Code or any </w:t>
-[...3 lines deleted...]
-        <w:t>regulations promulgated in accordance with that section.</w:t>
+        <w:t>Revenue Code or any regulations promulgated in accordance with that section.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t>Grantee must provide to</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00837891" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:spacing w:val="-52"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:t>the North Carolina Commissioner of Agriculture timely notice in writing of the</w:t>
       </w:r>
@@ -24701,170 +24597,138 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>USPAP</w:t>
       </w:r>
       <w:r w:rsidR="006D274E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">) </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>) or</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05145" w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="0015365A">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:spacing w:val="-52"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0015365A">
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Uniform Acquisition Standards or Federal Land Acquisition (</w:t>
+      </w:r>
+      <w:r w:rsidR="006D274E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>UASFLA</w:t>
+      </w:r>
+      <w:r w:rsidR="006D274E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The appraisal must</w:t>
+      </w:r>
+      <w:r w:rsidR="009D6722" w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015365A">
+        <w:rPr>
           <w:spacing w:val="-52"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Uniform</w:t>
-[...88 lines deleted...]
-        <w:t xml:space="preserve"> completed by a certified general appraiser and be approved by the Grantee and the </w:t>
+        <w:t xml:space="preserve">be completed by a certified general appraiser and be approved by the Grantee and the </w:t>
       </w:r>
       <w:r w:rsidR="00FE7818" w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NCDA&amp;CS</w:t>
       </w:r>
       <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3496DD1D" w14:textId="77777777" w:rsidR="0015365A" w:rsidRDefault="0015365A" w:rsidP="0015365A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -24976,140 +24840,124 @@
     <w:p w14:paraId="3EC725F5" w14:textId="77777777" w:rsidR="0015365A" w:rsidRPr="0015365A" w:rsidRDefault="0015365A" w:rsidP="0015365A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="105719CD" w14:textId="00EECCD7" w:rsidR="0015365A" w:rsidRDefault="005E4681" w:rsidP="0015365A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">In the event of </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>In the event of an extinguishment of this ALE</w:t>
+      </w:r>
+      <w:r w:rsidR="002F46DD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deed</w:t>
+      </w:r>
       <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>an</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>, Grantee, on a subsequent sale, exchange, or involuntary conversion of the Protected Property, shall be entitled to a portion of the proceeds at least equal to the Proportionate Share computed as set forth in Section 6.4</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA441C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
       <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> extinguishment of this ALE</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Deed</w:t>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA441C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, Grantee, on a subsequent sale, exchange, or involuntary conversion of the Protected Property, shall be entitled to a portion of the proceeds at least equal to the Proportionate Share computed as set forth in Section 6.4</w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="48" w:name="_Hlk42861128"/>
+      <w:bookmarkStart w:id="54" w:name="_Hlk42861128"/>
     </w:p>
     <w:p w14:paraId="6B43FB30" w14:textId="77777777" w:rsidR="0015365A" w:rsidRPr="0015365A" w:rsidRDefault="0015365A" w:rsidP="0015365A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="516C1810" w14:textId="3AE40605" w:rsidR="005E4681" w:rsidRPr="0015365A" w:rsidRDefault="005E4681" w:rsidP="0015365A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reimbursement Provision.  </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="54"/>
       <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>After Grantee has received its Proportionate Share as provided in Sections 6.4</w:t>
       </w:r>
       <w:r w:rsidR="00EA441C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (C)</w:t>
       </w:r>
       <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="00EA441C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -25120,126 +24968,118 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00EA441C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Grantee shall pay an amount to NCDA&amp;CS equal to the percentage that the value of NCDA&amp;CS’ cash payments for the purchase of this </w:t>
       </w:r>
       <w:r w:rsidR="00C04241" w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>easement</w:t>
       </w:r>
       <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (as stated above) </w:t>
       </w:r>
       <w:r w:rsidR="00E237CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>represents</w:t>
       </w:r>
       <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Proportionate Share. </w:t>
       </w:r>
       <w:r w:rsidR="00897C35" w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>All of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>All of the Proportionate Share shall</w:t>
+      </w:r>
+      <w:r w:rsidR="00E058A7" w:rsidRPr="0015365A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the Proportionate Share shall</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E058A7" w:rsidRPr="0015365A">
+        <w:t>be used by Grantee</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="55" w:name="_Hlk67072063"/>
+      <w:r w:rsidR="0017397C" w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>be used by Grantee</w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">and NCDA&amp;CS </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="55"/>
       <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>in a manner that is consistent with th</w:t>
       </w:r>
       <w:r w:rsidR="00C52FCE" w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conservation Purposes.  </w:t>
       </w:r>
       <w:r w:rsidR="00C52FCE" w:rsidRPr="0015365A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -25267,99 +25107,51 @@
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Until such time as Grantee</w:t>
       </w:r>
       <w:r w:rsidR="00C52FCE" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> an</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">d NCDA&amp;CS receive their share of the Proportionate Share, they shall each have a </w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> provided for in this paragraph shall be subordinate to the other provisions of this ALE</w:t>
+        <w:t>d NCDA&amp;CS receive their share of the Proportionate Share, they shall each have a lien against the Protected Property for the amount of the Proportionate Share due each of them. The lien provided for in this paragraph shall be subordinate to the other provisions of this ALE</w:t>
       </w:r>
       <w:r w:rsidR="00012F21">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D7FF558" w14:textId="77777777" w:rsidR="004E66AB" w:rsidRPr="00EA187F" w:rsidRDefault="004E66AB" w:rsidP="005E4681">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="776"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -25517,83 +25309,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="006C5986" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AB7140" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">shall be interpreted under the laws of the State of North Carolina </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> give maximum effect to its </w:t>
+        <w:t xml:space="preserve">shall be interpreted under the laws of the State of North Carolina resolving any ambiguities and questions of the validity of specific provisions so as to give maximum effect to its </w:t>
       </w:r>
       <w:r w:rsidR="00A11ABD">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00AB7140" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">onservation </w:t>
       </w:r>
       <w:r w:rsidR="00A11ABD">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00AB7140" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -25607,51 +25367,50 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1CFB8" w14:textId="182ACB8B" w:rsidR="00AB7140" w:rsidRPr="00EA187F" w:rsidRDefault="00AB7140" w:rsidP="004A6C5A">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>6.</w:t>
       </w:r>
       <w:r w:rsidR="005B2052" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00056F58" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A6C5A" w:rsidRPr="00EA187F">
         <w:rPr>
@@ -25755,92 +25514,92 @@
       <w:r w:rsidR="009065FB" w:rsidRPr="009065FB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="008661B9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text103"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="[IF TERM] for a period of XXXX (XX) years"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="50" w:name="Text103"/>
+      <w:bookmarkStart w:id="56" w:name="Text103"/>
       <w:r w:rsidR="008661B9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="008661B9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="darkGray"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="008661B9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="008661B9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:t>[IF TERM] for a period of XXXX (XX) years</w:t>
       </w:r>
       <w:r w:rsidR="008661B9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="darkGray"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="56"/>
       <w:r w:rsidR="00702967">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="004E312F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Every provision of this </w:t>
       </w:r>
       <w:r w:rsidR="00B40BEF" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
       <w:r w:rsidR="004E312F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -26088,67 +25847,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
       <w:r w:rsidR="00AB7140" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="003820B2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
       <w:r w:rsidR="00AB7140" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> should be construed as impairing the ability of Grantor to use the Protected Property as collateral for subsequent borrowing.  Any such </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> shall be and remain subordinate to this </w:t>
+        <w:t xml:space="preserve"> should be construed as impairing the ability of Grantor to use the Protected Property as collateral for subsequent borrowing.  Any such liens shall be and remain subordinate to this </w:t>
       </w:r>
       <w:r w:rsidR="007355AE" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AL</w:t>
       </w:r>
       <w:r w:rsidR="00AB7140" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="003820B2" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Deed</w:t>
       </w:r>
       <w:r w:rsidR="00AB7140" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -26519,98 +26262,99 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>To the Grantee:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40038CBF" w14:textId="3A42664F" w:rsidR="008325B6" w:rsidRPr="00EA187F" w:rsidRDefault="008325B6" w:rsidP="008E6E5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text50"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter landowner name(s)"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="Text50"/>
+      <w:bookmarkStart w:id="57" w:name="Text50"/>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter landowner name(s)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="57"/>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -26618,154 +26362,154 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text53"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter entity name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="52" w:name="Text53"/>
+      <w:bookmarkStart w:id="58" w:name="Text53"/>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter entity name</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="58"/>
     </w:p>
     <w:p w14:paraId="1AD07B95" w14:textId="31749F11" w:rsidR="008325B6" w:rsidRPr="00EA187F" w:rsidRDefault="008325B6" w:rsidP="008E6E5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text51"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter mailing address"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="Text51"/>
+      <w:bookmarkStart w:id="59" w:name="Text51"/>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter mailing address</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="59"/>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -26780,154 +26524,154 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text54"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter mailing address"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="Text54"/>
+      <w:bookmarkStart w:id="60" w:name="Text54"/>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter mailing address</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkEnd w:id="60"/>
     </w:p>
     <w:p w14:paraId="42D1CFC3" w14:textId="627C533A" w:rsidR="008E6E5C" w:rsidRPr="00EA187F" w:rsidRDefault="008325B6" w:rsidP="008E6E5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text52"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter City, State, Zip"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="55" w:name="Text52"/>
+      <w:bookmarkStart w:id="61" w:name="Text52"/>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter City, State, Zip</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="61"/>
       <w:r w:rsidR="008E6E5C" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -26942,87 +26686,87 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text55"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter City, State, Zip"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="56" w:name="Text55"/>
+      <w:bookmarkStart w:id="62" w:name="Text55"/>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter City, State, Zip</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="62"/>
     </w:p>
     <w:p w14:paraId="42D1CFC7" w14:textId="77777777" w:rsidR="008E6E5C" w:rsidRPr="00EA187F" w:rsidRDefault="008E6E5C" w:rsidP="00EA78EB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1CFC8" w14:textId="4B95CCFC" w:rsidR="008E6E5C" w:rsidRPr="00EA187F" w:rsidRDefault="008E6E5C" w:rsidP="008E6E5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
@@ -27547,119 +27291,79 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009A2A27" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>approval is required, such approval shall be deemed withheld/disapproved unless Grantee</w:t>
       </w:r>
       <w:r w:rsidR="00D40713" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009A2A27" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">provides to the </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">provides to the Grantor written notice of approval within 30 calendar days of receipt of </w:t>
+      </w:r>
+      <w:r w:rsidR="004E312F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>such</w:t>
+      </w:r>
       <w:r w:rsidR="009A2A27" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Grantor</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> request.  If Grantor has received no response </w:t>
+      </w:r>
+      <w:r w:rsidR="004E312F" w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>within such</w:t>
+      </w:r>
       <w:r w:rsidR="009A2A27" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> written notice of approval within 30 calendar days </w:t>
-[...51 lines deleted...]
-        <w:t xml:space="preserve"> calendar days,</w:t>
+        <w:t xml:space="preserve"> 30 calendar days,</w:t>
       </w:r>
       <w:r w:rsidR="00056F58" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009A2A27" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grantor may send a second written notice to Grantee requesting a statement of the reasons </w:t>
       </w:r>
       <w:r w:rsidR="00D40713" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">for the </w:t>
       </w:r>
       <w:r w:rsidR="009A2A27" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -28063,67 +27767,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>representation,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or other assurance regarding the value of this </w:t>
       </w:r>
       <w:r w:rsidR="00A00FDA" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ALE Deed </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">or of the Protected Property.  As to </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> the foregoing, Grantor is relying upon Grantor’s own legal counsel, accountant, financial advisor, appraiser or other consultant and not upon Grantee or NCDA&amp;CS or any legal counsel, accountant, financial advisor, appraiser or other consultant of Grantee or NCDA&amp;CS.  In the event of any audit or other inquiry of a governmental authority into the effect of this donation upon the taxation or financial affairs involving Grantor or Grantor’s heirs, successors or assigns or other similar matter</w:t>
+        <w:t>or of the Protected Property.  As to all of the foregoing, Grantor is relying upon Grantor’s own legal counsel, accountant, financial advisor, appraiser or other consultant and not upon Grantee or NCDA&amp;CS or any legal counsel, accountant, financial advisor, appraiser or other consultant of Grantee or NCDA&amp;CS.  In the event of any audit or other inquiry of a governmental authority into the effect of this donation upon the taxation or financial affairs involving Grantor or Grantor’s heirs, successors or assigns or other similar matter</w:t>
       </w:r>
       <w:r w:rsidR="004E312F" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> then Grantee and NCDA&amp;CS shall be reimbursed and indemnified for any cost or expense of any kind or nature whatsoever incurred by Grantee in responding or replying thereto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1CFD4" w14:textId="77777777" w:rsidR="008E6E5C" w:rsidRPr="00EA187F" w:rsidRDefault="008E6E5C" w:rsidP="008E6E5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360" w:hanging="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -28274,67 +27962,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and fully understands that Grantor is hereby permanently relinquishing property rights which would otherwise permit Grantor to have a fuller use and enjoyment of the Protected Property.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1CFD8" w14:textId="431CC543" w:rsidR="00952E77" w:rsidRPr="00EA187F" w:rsidRDefault="00952E77" w:rsidP="000B78F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">There are no recorded or unrecorded leases or other agreements </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> minerals or removal of timber</w:t>
+        <w:t>There are no recorded or unrecorded leases or other agreements for the production of minerals or removal of timber</w:t>
       </w:r>
       <w:r w:rsidR="008E5D04" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>from the Protected Property</w:t>
       </w:r>
       <w:r w:rsidR="005B3FEC" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or other agricultural</w:t>
       </w:r>
       <w:r w:rsidR="00304EC0" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -28499,51 +28171,50 @@
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1CFDE" w14:textId="360D1AB6" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">TO HAVE AND TO HOLD this </w:t>
       </w:r>
       <w:r w:rsidR="007D76EC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ALE Deed</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> unto Grantee and the </w:t>
       </w:r>
       <w:r w:rsidR="000074E9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>North Carolina Department of Agriculture and Consumer Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
@@ -28661,73 +28332,58 @@
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1CFE4" w14:textId="2AB98157" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>By</w:t>
-[...7 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>By:</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>_________________________________</w:t>
       </w:r>
       <w:r w:rsidR="009C0F4A" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(SEAL)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
@@ -28864,74 +28520,58 @@
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1CFFC" w14:textId="5814F082" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">I, ____________________________, a Notary Public in and for the aforesaid County and State, do hereby certify </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">that </w:t>
+        <w:t xml:space="preserve">I, ____________________________, a Notary Public in and for the aforesaid County and State, do hereby certify that </w:t>
       </w:r>
       <w:r w:rsidR="00FC2B96" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>______</w:t>
-[...7 lines deleted...]
-        <w:t>________________</w:t>
+        <w:t>______________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> personally appeared before me this day and acknowledge the due execution of the foregoing instrument.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1CFFD" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1CFFE" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
@@ -29139,74 +28779,59 @@
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1D00B" w14:textId="7129420B" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">I, ____________________________, a Notary Public in and for the aforesaid County and State, do hereby certify </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">that </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">I, ____________________________, a Notary Public in and for the aforesaid County and State, do hereby certify that </w:t>
       </w:r>
       <w:r w:rsidR="00FC2B96" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>_________</w:t>
-[...7 lines deleted...]
-        <w:t>____________</w:t>
+        <w:t>_____________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> personally appeared before me this day and acknowledge the due execution of the foregoing instrument.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1D00C" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1D00D" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
@@ -29407,67 +29032,51 @@
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1D01C" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">By: </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">__________________________________(Title) </w:t>
+        <w:t xml:space="preserve">By: _____________________________________ __________________________________(Title) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1D01D" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1D01E" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
@@ -30237,107 +29846,97 @@
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1D052" w14:textId="7F88C8BE" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...13 lines deleted...]
-        <w:t>: ____________________________________</w:t>
+      <w:r w:rsidRPr="00EA187F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>By: ____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1D053" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">       Jonathan T. Lanier</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1D054" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">       N.C. Department of Agriculture and Consumer Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1D055" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1D056" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
@@ -30477,67 +30076,51 @@
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1D05D" w14:textId="76016D0F" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Witness my hand and official stamp or seal this </w:t>
-[...15 lines deleted...]
-        <w:t>____________, 20_____.</w:t>
+        <w:t>Witness my hand and official stamp or seal this ______day of ____________, 20_____.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D1D05E" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1D05F" w14:textId="77777777" w:rsidR="00E749E0" w:rsidRPr="00EA187F" w:rsidRDefault="00E749E0" w:rsidP="00E749E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
@@ -30646,51 +30229,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>List of Exhibits</w:t>
       </w:r>
       <w:r w:rsidR="005324D8" w:rsidRPr="005324D8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text86"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="This list is provided for informational purposes. Exhibit A is required."/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="Text86"/>
+      <w:bookmarkStart w:id="63" w:name="Text86"/>
       <w:r w:rsidR="005324D8" w:rsidRPr="005324D8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="005324D8" w:rsidRPr="005324D8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="005324D8" w:rsidRPr="005324D8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -30702,51 +30285,51 @@
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="005324D8" w:rsidRPr="005324D8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This list is provided for informational purposes. Exhibit A is required.</w:t>
       </w:r>
       <w:r w:rsidR="005324D8" w:rsidRPr="005324D8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="63"/>
     </w:p>
     <w:p w14:paraId="42D1D068" w14:textId="77777777" w:rsidR="005A62C0" w:rsidRPr="00EA187F" w:rsidRDefault="005A62C0" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D1D069" w14:textId="77777777" w:rsidR="005A62C0" w:rsidRPr="00EA187F" w:rsidRDefault="00E50B7C" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
@@ -30793,69 +30376,51 @@
     <w:p w14:paraId="42D1D06B" w14:textId="732733B0" w:rsidR="00E50B7C" w:rsidRPr="00EA187F" w:rsidRDefault="00E50B7C" w:rsidP="00E50B7C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="450"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Exhibit A-2: </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Plat Showing </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Boundary Survey &amp; </w:t>
+        <w:t xml:space="preserve">Plat Showing A Boundary Survey &amp; </w:t>
       </w:r>
       <w:r w:rsidR="006A7AE4" w:rsidRPr="00EA187F">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Conservation</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA187F">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Easement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E7DE187" w14:textId="77777777" w:rsidR="005E2F55" w:rsidRDefault="005E2F55" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
@@ -30873,1048 +30438,1048 @@
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text90"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="EXHIBIT B – Overview Maps"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="58" w:name="Text90"/>
+      <w:bookmarkStart w:id="64" w:name="Text90"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>EXHIBIT B – Overview Maps</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="64"/>
     </w:p>
     <w:p w14:paraId="6FB2EA89" w14:textId="18912CC6" w:rsidR="005E2F55" w:rsidRDefault="005E2F55" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text91"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Exhibit B-1: Regional Context Map"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="59" w:name="Text91"/>
+      <w:bookmarkStart w:id="65" w:name="Text91"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Exhibit B-1: Regional Context Map</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="65"/>
     </w:p>
     <w:p w14:paraId="261A7DE8" w14:textId="505C1E80" w:rsidR="00E24291" w:rsidRDefault="00E24291" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text92"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Exhibit B-2: Multi-Easement Context Map"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="Text92"/>
+      <w:bookmarkStart w:id="66" w:name="Text92"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Exhibit B-2: Multi-Easement Context Map</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="66"/>
     </w:p>
     <w:p w14:paraId="3232BF1E" w14:textId="7A33610B" w:rsidR="00E24291" w:rsidRPr="00EA187F" w:rsidRDefault="00E24291" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text93"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Exhibit B-3: Easement Area Context Map"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="61" w:name="Text93"/>
+      <w:bookmarkStart w:id="67" w:name="Text93"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Exhibit B-3: Easement Area Context Map</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="67"/>
     </w:p>
     <w:p w14:paraId="42D1D071" w14:textId="477A8943" w:rsidR="005A62C0" w:rsidRPr="000B761B" w:rsidRDefault="005A62C0" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="233B768B" w14:textId="2B21A123" w:rsidR="00C907C9" w:rsidRPr="000B761B" w:rsidRDefault="00152EAF" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text94"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="EXHIBIT C – Current Conditions and Description Map"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="62" w:name="Text94"/>
+      <w:bookmarkStart w:id="68" w:name="Text94"/>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>EXHIBIT C – Current Conditions and Description Map</w:t>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="68"/>
     </w:p>
     <w:p w14:paraId="518F2710" w14:textId="7EC1AE2E" w:rsidR="00C907C9" w:rsidRPr="000B761B" w:rsidRDefault="000B761B" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text95"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Exhibit C-1: Easement Area Description Map"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="Text95"/>
+      <w:bookmarkStart w:id="69" w:name="Text95"/>
       <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Exhibit C-1: Easement Area Description Map</w:t>
       </w:r>
       <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="69"/>
     </w:p>
     <w:p w14:paraId="05C83E65" w14:textId="3787BA43" w:rsidR="00C907C9" w:rsidRPr="000B761B" w:rsidRDefault="000B761B" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text96"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Exhibit C-2: Easement Area Soils Map"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="64" w:name="Text96"/>
+      <w:bookmarkStart w:id="70" w:name="Text96"/>
       <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Exhibit C-2: Easement Area Soils Map</w:t>
       </w:r>
       <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkEnd w:id="70"/>
     </w:p>
     <w:p w14:paraId="1477A378" w14:textId="683A2142" w:rsidR="00152EAF" w:rsidRPr="000B761B" w:rsidRDefault="000B761B" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text97"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Exhibit C-3: Current Conditions &amp; Natural Resources Inventory Certification"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="65" w:name="Text97"/>
+      <w:bookmarkStart w:id="71" w:name="Text97"/>
       <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Exhibit C-3: Current Conditions &amp; Natural Resources Inventory Certification</w:t>
       </w:r>
       <w:r w:rsidR="00101DA0" w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="71"/>
     </w:p>
     <w:p w14:paraId="4526BE1D" w14:textId="77777777" w:rsidR="00152EAF" w:rsidRPr="000B761B" w:rsidRDefault="00152EAF" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="246C3893" w14:textId="6F6569C0" w:rsidR="00152EAF" w:rsidRPr="000B761B" w:rsidRDefault="000B761B" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text98"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="EXHIBIT D – Easement Area Building Envelopes"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="66" w:name="Text98"/>
+      <w:bookmarkStart w:id="72" w:name="Text98"/>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>EXHIBIT D – Easement Area Building Envelopes</w:t>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="72"/>
     </w:p>
     <w:p w14:paraId="25014043" w14:textId="3DADEFC5" w:rsidR="00152EAF" w:rsidRPr="000B761B" w:rsidRDefault="000B761B" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text99"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Exhibit D-1: Easement Area Buidling Envelope Map"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="67" w:name="Text99"/>
+      <w:bookmarkStart w:id="73" w:name="Text99"/>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Exhibit D-1: Easement Area Buidling Envelope Map</w:t>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="73"/>
     </w:p>
     <w:p w14:paraId="0E0E872E" w14:textId="77777777" w:rsidR="00152EAF" w:rsidRPr="000B761B" w:rsidRDefault="00152EAF" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55E67955" w14:textId="2C9EEFD3" w:rsidR="00152EAF" w:rsidRPr="000B761B" w:rsidRDefault="000B761B" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text100"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="EXHIBIT E- Easement Existing Impervious Surfaces"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="68" w:name="Text100"/>
+      <w:bookmarkStart w:id="74" w:name="Text100"/>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>EXHIBIT E- Easement Existing Impervious Surfaces</w:t>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkEnd w:id="74"/>
     </w:p>
     <w:p w14:paraId="62A3B7DB" w14:textId="5414C91A" w:rsidR="00152EAF" w:rsidRPr="000B761B" w:rsidRDefault="000B761B" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text101"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Exhibit E-1: Easement Existing Impervious Surface Map"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="69" w:name="Text101"/>
+      <w:bookmarkStart w:id="75" w:name="Text101"/>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Exhibit E-1: Easement Existing Impervious Surface Map</w:t>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkEnd w:id="75"/>
     </w:p>
     <w:p w14:paraId="26993D2A" w14:textId="40635483" w:rsidR="00152EAF" w:rsidRPr="000B761B" w:rsidRDefault="000B761B" w:rsidP="005A62C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -31923,145 +31488,140 @@
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text102"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Exhibit E-2: Easement Impervious Surface Calculations"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="70" w:name="Text102"/>
+      <w:bookmarkStart w:id="76" w:name="Text102"/>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Exhibit E-2: Easement Impervious Surface Calculations</w:t>
       </w:r>
       <w:r w:rsidRPr="000B761B">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkEnd w:id="76"/>
     </w:p>
     <w:p w14:paraId="42D1D07C" w14:textId="2F80C71F" w:rsidR="007C6FCF" w:rsidRPr="00EA187F" w:rsidRDefault="007C6FCF" w:rsidP="0010116E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007C6FCF" w:rsidRPr="00EA187F" w:rsidSect="007E1BE5">
-      <w:headerReference w:type="even" r:id="rId11"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1710" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="21DD7862" w14:textId="77777777" w:rsidR="00710A51" w:rsidRDefault="00710A51" w:rsidP="00D2594B">
+    <w:p w14:paraId="06EE0834" w14:textId="77777777" w:rsidR="00A315C2" w:rsidRDefault="00A315C2" w:rsidP="00D2594B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29D60A66" w14:textId="77777777" w:rsidR="00710A51" w:rsidRDefault="00710A51" w:rsidP="00D2594B">
+    <w:p w14:paraId="1F49AA20" w14:textId="77777777" w:rsidR="00A315C2" w:rsidRDefault="00A315C2" w:rsidP="00D2594B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="731A76EF" w14:textId="77777777" w:rsidR="00710A51" w:rsidRDefault="00710A51"/>
+    <w:p w14:paraId="57895B79" w14:textId="77777777" w:rsidR="00A315C2" w:rsidRDefault="00A315C2"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -32101,77 +31661,67 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7A688DE2" w14:textId="77777777" w:rsidR="004664D0" w:rsidRDefault="004664D0">
-[...8 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1437025865"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="4EF79DC1" w14:textId="4E4DD1FE" w:rsidR="00BA6EA2" w:rsidRDefault="007D684B" w:rsidP="00146CC7">
+      <w:p w14:paraId="4EF79DC1" w14:textId="411F6963" w:rsidR="00BA6EA2" w:rsidRDefault="007D684B" w:rsidP="006358B0">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:pBdr>
             <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           </w:pBdr>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
             <w:sz w:val="22"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00C917EE">
           <w:rPr>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00C917EE">
           <w:rPr>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00C917EE">
@@ -32190,218 +31740,154 @@
         <w:r w:rsidRPr="00C917EE">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="00C917EE">
           <w:rPr>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> | </w:t>
         </w:r>
         <w:r w:rsidR="008D77BE">
           <w:rPr>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="002B3DB8">
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
             <w:sz w:val="22"/>
           </w:rPr>
-          <w:t>ADFPTF Only</w:t>
-[...15 lines deleted...]
-          <w:t>S</w:t>
+          <w:t>ADFPTF Only - S</w:t>
         </w:r>
         <w:r w:rsidR="00BA6EA2">
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>tandard Appraisal</w:t>
         </w:r>
-        <w:r w:rsidR="0098611E">
+        <w:r w:rsidR="002B3DB8">
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
             <w:sz w:val="22"/>
           </w:rPr>
-          <w:t xml:space="preserve">, </w:t>
+          <w:t xml:space="preserve"> -</w:t>
         </w:r>
         <w:r w:rsidR="001E161E">
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">Residential </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>Buildin</w:t>
         </w:r>
         <w:r w:rsidR="001E161E">
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>g</w:t>
         </w:r>
       </w:p>
-      <w:p w14:paraId="4D08B469" w14:textId="7CFB96FA" w:rsidR="007D684B" w:rsidRPr="00C917EE" w:rsidRDefault="00F027C2" w:rsidP="00C917EE">
+      <w:p w14:paraId="4D08B469" w14:textId="2678462F" w:rsidR="007D684B" w:rsidRPr="00C917EE" w:rsidRDefault="007D684B" w:rsidP="00C917EE">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:pBdr>
             <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           </w:pBdr>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:sz w:val="22"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
             <w:sz w:val="22"/>
           </w:rPr>
-          <w:t>Cycle 18, Version 3</w:t>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00F453BC">
+        <w:r w:rsidR="006D6FF9">
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
             <w:sz w:val="22"/>
           </w:rPr>
-          <w:t xml:space="preserve"> –</w:t>
-[...7 lines deleted...]
-          <w:t xml:space="preserve"> </w:t>
+          <w:t>9-4</w:t>
         </w:r>
         <w:r w:rsidR="002B3DB8">
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
             <w:sz w:val="22"/>
           </w:rPr>
-          <w:t>8-21-25</w:t>
+          <w:t>-25</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73B8D99E" w14:textId="77777777" w:rsidR="00710A51" w:rsidRDefault="00710A51" w:rsidP="00D2594B">
+    <w:p w14:paraId="5C168A89" w14:textId="77777777" w:rsidR="00A315C2" w:rsidRDefault="00A315C2" w:rsidP="00D2594B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24C6DC55" w14:textId="77777777" w:rsidR="00710A51" w:rsidRDefault="00710A51" w:rsidP="00D2594B">
+    <w:p w14:paraId="51AC2FF0" w14:textId="77777777" w:rsidR="00A315C2" w:rsidRDefault="00A315C2" w:rsidP="00D2594B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="10B1A7C6" w14:textId="77777777" w:rsidR="00710A51" w:rsidRDefault="00710A51"/>
+    <w:p w14:paraId="0D62B34F" w14:textId="77777777" w:rsidR="00A315C2" w:rsidRDefault="00A315C2"/>
   </w:footnote>
 </w:footnotes>
-</file>
-[...28 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="038E1DA3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0409001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
@@ -36285,82 +35771,81 @@
   </w:num>
   <w:num w:numId="35" w16cid:durableId="2066447172">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="72552762">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="663433420">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="615140947">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1988318067">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="698627709">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="n3wnmMwf1XWeM41k06bQKEbhBDlninGDAYs15UGFp+j58/4QpwrFjLgKYqXN1LZpthrRTPpaNnhS1eCsgSJeOQ==" w:salt="wONOBd2hpwdZxUXt39z1Uw=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="KMSqGF1195LQd7dDBnxNgOCc+rB4dIGOAk5JMeBovkGNI0DqVqZDM6J8z+md6aNBJGJI390XmYtuv6J5O5wi5w==" w:salt="W6hTz9rWqVDOnIIKe6OlDw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
-    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2MTI1NTM1MLcwAEIzYyUdpeDU4uLM/DyQAkPzWgC4TYWnLQAAAA=="/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2MTI1NTM1MLcwAEIzYyUdpeDU4uLM/DyQAiPjWgDlNq/BLQAAAA=="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00F820B3"/>
     <w:rsid w:val="00000800"/>
     <w:rsid w:val="000011E8"/>
     <w:rsid w:val="00001562"/>
     <w:rsid w:val="00002DE1"/>
     <w:rsid w:val="00002F4E"/>
     <w:rsid w:val="00002FE9"/>
     <w:rsid w:val="00003BBB"/>
     <w:rsid w:val="000074E9"/>
     <w:rsid w:val="000076E3"/>
     <w:rsid w:val="00007891"/>
     <w:rsid w:val="000103BB"/>
     <w:rsid w:val="0001055B"/>
     <w:rsid w:val="00010584"/>
     <w:rsid w:val="00010A75"/>
     <w:rsid w:val="000112E5"/>
     <w:rsid w:val="0001179B"/>
     <w:rsid w:val="00012B51"/>
     <w:rsid w:val="00012EE8"/>
     <w:rsid w:val="00012F21"/>
     <w:rsid w:val="00012F52"/>
     <w:rsid w:val="0001347E"/>
     <w:rsid w:val="00014FE1"/>
@@ -36404,135 +35889,139 @@
     <w:rsid w:val="000436F6"/>
     <w:rsid w:val="00043788"/>
     <w:rsid w:val="0004469F"/>
     <w:rsid w:val="00045BE2"/>
     <w:rsid w:val="00045EAC"/>
     <w:rsid w:val="00046630"/>
     <w:rsid w:val="00050167"/>
     <w:rsid w:val="000501E4"/>
     <w:rsid w:val="00051803"/>
     <w:rsid w:val="00052949"/>
     <w:rsid w:val="00052C6B"/>
     <w:rsid w:val="00052FDA"/>
     <w:rsid w:val="00053A51"/>
     <w:rsid w:val="00054321"/>
     <w:rsid w:val="00055249"/>
     <w:rsid w:val="00055BF7"/>
     <w:rsid w:val="000566D1"/>
     <w:rsid w:val="00056F58"/>
     <w:rsid w:val="0005723C"/>
     <w:rsid w:val="0006008C"/>
     <w:rsid w:val="000608B8"/>
     <w:rsid w:val="000608DB"/>
     <w:rsid w:val="00060A02"/>
     <w:rsid w:val="00061260"/>
     <w:rsid w:val="00061FF5"/>
-    <w:rsid w:val="000624D1"/>
     <w:rsid w:val="00062686"/>
     <w:rsid w:val="00063168"/>
     <w:rsid w:val="0006511F"/>
     <w:rsid w:val="00066BDB"/>
     <w:rsid w:val="00067056"/>
     <w:rsid w:val="00067858"/>
     <w:rsid w:val="0007037B"/>
     <w:rsid w:val="00070B60"/>
     <w:rsid w:val="00070F24"/>
     <w:rsid w:val="000732DF"/>
     <w:rsid w:val="00073BE2"/>
     <w:rsid w:val="0007408C"/>
     <w:rsid w:val="000742FF"/>
     <w:rsid w:val="0007461F"/>
+    <w:rsid w:val="0007561D"/>
     <w:rsid w:val="000757AC"/>
     <w:rsid w:val="0007601D"/>
     <w:rsid w:val="00076634"/>
     <w:rsid w:val="00076899"/>
     <w:rsid w:val="000809FA"/>
     <w:rsid w:val="00080C78"/>
     <w:rsid w:val="00081893"/>
     <w:rsid w:val="00081F43"/>
     <w:rsid w:val="00082F26"/>
     <w:rsid w:val="00083F5D"/>
     <w:rsid w:val="000846EF"/>
     <w:rsid w:val="000849FF"/>
     <w:rsid w:val="00084E05"/>
     <w:rsid w:val="00086102"/>
+    <w:rsid w:val="0008646D"/>
     <w:rsid w:val="0008699F"/>
     <w:rsid w:val="00086DC8"/>
     <w:rsid w:val="000871FE"/>
     <w:rsid w:val="00091F70"/>
     <w:rsid w:val="00092B87"/>
     <w:rsid w:val="00092FE3"/>
     <w:rsid w:val="00094637"/>
     <w:rsid w:val="00094856"/>
     <w:rsid w:val="0009507C"/>
     <w:rsid w:val="00095309"/>
     <w:rsid w:val="00095530"/>
     <w:rsid w:val="00095726"/>
     <w:rsid w:val="0009582E"/>
     <w:rsid w:val="00096098"/>
     <w:rsid w:val="000961D7"/>
     <w:rsid w:val="0009682A"/>
     <w:rsid w:val="00096EEE"/>
     <w:rsid w:val="00096FD9"/>
     <w:rsid w:val="000A0DFC"/>
     <w:rsid w:val="000A1EA7"/>
     <w:rsid w:val="000A332E"/>
     <w:rsid w:val="000A3838"/>
     <w:rsid w:val="000A5C77"/>
+    <w:rsid w:val="000A6172"/>
     <w:rsid w:val="000A69AF"/>
     <w:rsid w:val="000A706B"/>
     <w:rsid w:val="000A71F6"/>
     <w:rsid w:val="000B0851"/>
     <w:rsid w:val="000B142B"/>
     <w:rsid w:val="000B4A56"/>
     <w:rsid w:val="000B4F7F"/>
+    <w:rsid w:val="000B4FAE"/>
     <w:rsid w:val="000B6411"/>
     <w:rsid w:val="000B6F8F"/>
     <w:rsid w:val="000B6FA2"/>
     <w:rsid w:val="000B761B"/>
     <w:rsid w:val="000B78F1"/>
     <w:rsid w:val="000B7EC8"/>
     <w:rsid w:val="000B7FB1"/>
     <w:rsid w:val="000C003F"/>
     <w:rsid w:val="000C0053"/>
     <w:rsid w:val="000C2A92"/>
     <w:rsid w:val="000C3067"/>
     <w:rsid w:val="000C4269"/>
     <w:rsid w:val="000C50A6"/>
     <w:rsid w:val="000C5627"/>
     <w:rsid w:val="000C6082"/>
     <w:rsid w:val="000C6194"/>
     <w:rsid w:val="000C7446"/>
     <w:rsid w:val="000D02F6"/>
     <w:rsid w:val="000D1086"/>
     <w:rsid w:val="000D10C5"/>
     <w:rsid w:val="000D14D4"/>
     <w:rsid w:val="000D4325"/>
     <w:rsid w:val="000D4564"/>
     <w:rsid w:val="000D4AC1"/>
     <w:rsid w:val="000D4AEB"/>
     <w:rsid w:val="000D52A6"/>
+    <w:rsid w:val="000D6DB7"/>
     <w:rsid w:val="000D7589"/>
     <w:rsid w:val="000E0142"/>
     <w:rsid w:val="000E0E6B"/>
     <w:rsid w:val="000E2A91"/>
     <w:rsid w:val="000E352F"/>
     <w:rsid w:val="000E450F"/>
     <w:rsid w:val="000E4D2E"/>
     <w:rsid w:val="000E5027"/>
     <w:rsid w:val="000E56A7"/>
     <w:rsid w:val="000E6B43"/>
     <w:rsid w:val="000F01D2"/>
     <w:rsid w:val="000F040A"/>
     <w:rsid w:val="000F1893"/>
     <w:rsid w:val="000F2BB8"/>
     <w:rsid w:val="000F2D6E"/>
     <w:rsid w:val="000F3581"/>
     <w:rsid w:val="000F42B1"/>
     <w:rsid w:val="000F7364"/>
     <w:rsid w:val="00100DA7"/>
     <w:rsid w:val="0010101E"/>
     <w:rsid w:val="0010116E"/>
     <w:rsid w:val="00101DA0"/>
     <w:rsid w:val="00102DDB"/>
     <w:rsid w:val="00103415"/>
     <w:rsid w:val="00103649"/>
@@ -36561,51 +36050,50 @@
     <w:rsid w:val="00115D77"/>
     <w:rsid w:val="00115F8F"/>
     <w:rsid w:val="00117539"/>
     <w:rsid w:val="00122409"/>
     <w:rsid w:val="00122B56"/>
     <w:rsid w:val="00122BCB"/>
     <w:rsid w:val="00122C45"/>
     <w:rsid w:val="001255B8"/>
     <w:rsid w:val="00126B28"/>
     <w:rsid w:val="001309D9"/>
     <w:rsid w:val="00131714"/>
     <w:rsid w:val="00131D5D"/>
     <w:rsid w:val="00133E0D"/>
     <w:rsid w:val="001363B2"/>
     <w:rsid w:val="0013641F"/>
     <w:rsid w:val="00142068"/>
     <w:rsid w:val="00142422"/>
     <w:rsid w:val="00143E28"/>
     <w:rsid w:val="00144491"/>
     <w:rsid w:val="00144551"/>
     <w:rsid w:val="00144EC4"/>
     <w:rsid w:val="00144F27"/>
     <w:rsid w:val="00145152"/>
     <w:rsid w:val="00145857"/>
     <w:rsid w:val="00146515"/>
-    <w:rsid w:val="00146CC7"/>
     <w:rsid w:val="001472B6"/>
     <w:rsid w:val="00147D11"/>
     <w:rsid w:val="00150375"/>
     <w:rsid w:val="0015151F"/>
     <w:rsid w:val="00151ABD"/>
     <w:rsid w:val="00152C76"/>
     <w:rsid w:val="00152EAF"/>
     <w:rsid w:val="0015365A"/>
     <w:rsid w:val="001563D0"/>
     <w:rsid w:val="001565FA"/>
     <w:rsid w:val="00157CA6"/>
     <w:rsid w:val="001605A3"/>
     <w:rsid w:val="0016327F"/>
     <w:rsid w:val="0016388C"/>
     <w:rsid w:val="00163BCC"/>
     <w:rsid w:val="001644B6"/>
     <w:rsid w:val="001647F9"/>
     <w:rsid w:val="001648DC"/>
     <w:rsid w:val="00164A53"/>
     <w:rsid w:val="0016501F"/>
     <w:rsid w:val="00165717"/>
     <w:rsid w:val="00165A5A"/>
     <w:rsid w:val="00165C32"/>
     <w:rsid w:val="00165F99"/>
     <w:rsid w:val="001663F0"/>
@@ -36622,50 +36110,51 @@
     <w:rsid w:val="00175CCC"/>
     <w:rsid w:val="0017738F"/>
     <w:rsid w:val="00177DD8"/>
     <w:rsid w:val="00180EB9"/>
     <w:rsid w:val="00181E22"/>
     <w:rsid w:val="00182C4F"/>
     <w:rsid w:val="00182E4E"/>
     <w:rsid w:val="00183707"/>
     <w:rsid w:val="00185474"/>
     <w:rsid w:val="00187B3E"/>
     <w:rsid w:val="00190668"/>
     <w:rsid w:val="00190E78"/>
     <w:rsid w:val="00191059"/>
     <w:rsid w:val="00191279"/>
     <w:rsid w:val="001912F6"/>
     <w:rsid w:val="00191410"/>
     <w:rsid w:val="00191802"/>
     <w:rsid w:val="00192177"/>
     <w:rsid w:val="001923F9"/>
     <w:rsid w:val="00192BFB"/>
     <w:rsid w:val="0019385F"/>
     <w:rsid w:val="00195A3B"/>
     <w:rsid w:val="0019652E"/>
     <w:rsid w:val="00196A82"/>
     <w:rsid w:val="00196AC7"/>
+    <w:rsid w:val="0019706E"/>
     <w:rsid w:val="001A1350"/>
     <w:rsid w:val="001A15C4"/>
     <w:rsid w:val="001A3EF4"/>
     <w:rsid w:val="001A7095"/>
     <w:rsid w:val="001A71CD"/>
     <w:rsid w:val="001A7302"/>
     <w:rsid w:val="001A7F11"/>
     <w:rsid w:val="001B0137"/>
     <w:rsid w:val="001B02BE"/>
     <w:rsid w:val="001B0379"/>
     <w:rsid w:val="001B0C26"/>
     <w:rsid w:val="001B2292"/>
     <w:rsid w:val="001B316C"/>
     <w:rsid w:val="001B34A6"/>
     <w:rsid w:val="001B4479"/>
     <w:rsid w:val="001B6B85"/>
     <w:rsid w:val="001B6C82"/>
     <w:rsid w:val="001B7648"/>
     <w:rsid w:val="001C1A75"/>
     <w:rsid w:val="001C2164"/>
     <w:rsid w:val="001C2956"/>
     <w:rsid w:val="001C2E44"/>
     <w:rsid w:val="001C36A6"/>
     <w:rsid w:val="001C37B1"/>
     <w:rsid w:val="001C5553"/>
@@ -36695,51 +36184,53 @@
     <w:rsid w:val="001F1A15"/>
     <w:rsid w:val="001F221D"/>
     <w:rsid w:val="001F28D4"/>
     <w:rsid w:val="001F3EF5"/>
     <w:rsid w:val="001F4699"/>
     <w:rsid w:val="001F509A"/>
     <w:rsid w:val="001F6C3D"/>
     <w:rsid w:val="001F7580"/>
     <w:rsid w:val="00200352"/>
     <w:rsid w:val="00200678"/>
     <w:rsid w:val="002006EE"/>
     <w:rsid w:val="00200790"/>
     <w:rsid w:val="002009D3"/>
     <w:rsid w:val="00200A6B"/>
     <w:rsid w:val="00201110"/>
     <w:rsid w:val="00201254"/>
     <w:rsid w:val="002016A7"/>
     <w:rsid w:val="0020186F"/>
     <w:rsid w:val="002028DE"/>
     <w:rsid w:val="00202C3B"/>
     <w:rsid w:val="002031A7"/>
     <w:rsid w:val="00203A6A"/>
     <w:rsid w:val="00203C9E"/>
     <w:rsid w:val="0020469F"/>
     <w:rsid w:val="002058FF"/>
+    <w:rsid w:val="00205F57"/>
     <w:rsid w:val="00206DDA"/>
+    <w:rsid w:val="0020780C"/>
     <w:rsid w:val="00210B15"/>
     <w:rsid w:val="00210C80"/>
     <w:rsid w:val="0021304B"/>
     <w:rsid w:val="002135F6"/>
     <w:rsid w:val="00213E1F"/>
     <w:rsid w:val="00214C1C"/>
     <w:rsid w:val="00214DAC"/>
     <w:rsid w:val="00215FA6"/>
     <w:rsid w:val="00216A45"/>
     <w:rsid w:val="00217DD5"/>
     <w:rsid w:val="00220C44"/>
     <w:rsid w:val="00221A4B"/>
     <w:rsid w:val="00222447"/>
     <w:rsid w:val="002226B6"/>
     <w:rsid w:val="0022330A"/>
     <w:rsid w:val="0022373F"/>
     <w:rsid w:val="00224520"/>
     <w:rsid w:val="00224F6A"/>
     <w:rsid w:val="00225D0E"/>
     <w:rsid w:val="002276A6"/>
     <w:rsid w:val="002277D5"/>
     <w:rsid w:val="00227E9E"/>
     <w:rsid w:val="00230339"/>
     <w:rsid w:val="00230518"/>
     <w:rsid w:val="00230646"/>
@@ -36778,50 +36269,51 @@
     <w:rsid w:val="002609E0"/>
     <w:rsid w:val="00260C89"/>
     <w:rsid w:val="00260F63"/>
     <w:rsid w:val="00262CBA"/>
     <w:rsid w:val="00262FFA"/>
     <w:rsid w:val="00263531"/>
     <w:rsid w:val="00264510"/>
     <w:rsid w:val="00264900"/>
     <w:rsid w:val="00264B09"/>
     <w:rsid w:val="00265392"/>
     <w:rsid w:val="00265FD2"/>
     <w:rsid w:val="00266A26"/>
     <w:rsid w:val="00266AA9"/>
     <w:rsid w:val="0026756E"/>
     <w:rsid w:val="0027017D"/>
     <w:rsid w:val="0027021A"/>
     <w:rsid w:val="00270495"/>
     <w:rsid w:val="00270C2D"/>
     <w:rsid w:val="00270E67"/>
     <w:rsid w:val="00270F57"/>
     <w:rsid w:val="00272714"/>
     <w:rsid w:val="00272951"/>
     <w:rsid w:val="002729DE"/>
     <w:rsid w:val="0027313D"/>
     <w:rsid w:val="00275393"/>
+    <w:rsid w:val="002757F3"/>
     <w:rsid w:val="00277B5C"/>
     <w:rsid w:val="002807D9"/>
     <w:rsid w:val="00280DAF"/>
     <w:rsid w:val="002818B1"/>
     <w:rsid w:val="00282E1A"/>
     <w:rsid w:val="002841BD"/>
     <w:rsid w:val="002858F7"/>
     <w:rsid w:val="002864D6"/>
     <w:rsid w:val="00286507"/>
     <w:rsid w:val="002865CC"/>
     <w:rsid w:val="002875D0"/>
     <w:rsid w:val="00287614"/>
     <w:rsid w:val="002902AA"/>
     <w:rsid w:val="00291758"/>
     <w:rsid w:val="002928CF"/>
     <w:rsid w:val="00292C6A"/>
     <w:rsid w:val="0029459D"/>
     <w:rsid w:val="00294DE3"/>
     <w:rsid w:val="00294F77"/>
     <w:rsid w:val="002964A6"/>
     <w:rsid w:val="0029721E"/>
     <w:rsid w:val="00297471"/>
     <w:rsid w:val="00297FC7"/>
     <w:rsid w:val="002A06FC"/>
     <w:rsid w:val="002A1BA3"/>
@@ -36834,50 +36326,51 @@
     <w:rsid w:val="002A6881"/>
     <w:rsid w:val="002A7CB9"/>
     <w:rsid w:val="002B0BE8"/>
     <w:rsid w:val="002B295B"/>
     <w:rsid w:val="002B2BAB"/>
     <w:rsid w:val="002B3442"/>
     <w:rsid w:val="002B3DB8"/>
     <w:rsid w:val="002B498F"/>
     <w:rsid w:val="002B4BAA"/>
     <w:rsid w:val="002B58DC"/>
     <w:rsid w:val="002B6579"/>
     <w:rsid w:val="002B7062"/>
     <w:rsid w:val="002B7A5F"/>
     <w:rsid w:val="002C04C5"/>
     <w:rsid w:val="002C164C"/>
     <w:rsid w:val="002C1F31"/>
     <w:rsid w:val="002C3192"/>
     <w:rsid w:val="002C3D92"/>
     <w:rsid w:val="002C3DC5"/>
     <w:rsid w:val="002C46AC"/>
     <w:rsid w:val="002C4841"/>
     <w:rsid w:val="002C6145"/>
     <w:rsid w:val="002C6532"/>
     <w:rsid w:val="002C653E"/>
     <w:rsid w:val="002C6EAE"/>
+    <w:rsid w:val="002D0020"/>
     <w:rsid w:val="002D027C"/>
     <w:rsid w:val="002D030D"/>
     <w:rsid w:val="002D0E6B"/>
     <w:rsid w:val="002D4355"/>
     <w:rsid w:val="002D53AF"/>
     <w:rsid w:val="002D6322"/>
     <w:rsid w:val="002D65F1"/>
     <w:rsid w:val="002D73F8"/>
     <w:rsid w:val="002D7817"/>
     <w:rsid w:val="002D7DC5"/>
     <w:rsid w:val="002D7FBD"/>
     <w:rsid w:val="002E0D5C"/>
     <w:rsid w:val="002E11E2"/>
     <w:rsid w:val="002E19F4"/>
     <w:rsid w:val="002E2E78"/>
     <w:rsid w:val="002E4215"/>
     <w:rsid w:val="002E45EA"/>
     <w:rsid w:val="002E4BF6"/>
     <w:rsid w:val="002E6EA3"/>
     <w:rsid w:val="002F1590"/>
     <w:rsid w:val="002F1DD4"/>
     <w:rsid w:val="002F1F35"/>
     <w:rsid w:val="002F3160"/>
     <w:rsid w:val="002F35BF"/>
     <w:rsid w:val="002F46DD"/>
@@ -36917,251 +36410,256 @@
     <w:rsid w:val="00330E6F"/>
     <w:rsid w:val="00330E84"/>
     <w:rsid w:val="0033130D"/>
     <w:rsid w:val="0033205B"/>
     <w:rsid w:val="00333826"/>
     <w:rsid w:val="00334CE7"/>
     <w:rsid w:val="00335441"/>
     <w:rsid w:val="003359E5"/>
     <w:rsid w:val="0033696F"/>
     <w:rsid w:val="00336B1C"/>
     <w:rsid w:val="00337091"/>
     <w:rsid w:val="003376E8"/>
     <w:rsid w:val="00341AD7"/>
     <w:rsid w:val="0034228A"/>
     <w:rsid w:val="0034311E"/>
     <w:rsid w:val="00344359"/>
     <w:rsid w:val="00345514"/>
     <w:rsid w:val="00350349"/>
     <w:rsid w:val="0035075B"/>
     <w:rsid w:val="00350DE9"/>
     <w:rsid w:val="00351CFC"/>
     <w:rsid w:val="003530B4"/>
     <w:rsid w:val="003532D3"/>
     <w:rsid w:val="00353A69"/>
     <w:rsid w:val="00354B4E"/>
+    <w:rsid w:val="003551BB"/>
     <w:rsid w:val="00355503"/>
     <w:rsid w:val="00356950"/>
     <w:rsid w:val="00356AA6"/>
     <w:rsid w:val="0036065C"/>
     <w:rsid w:val="00360FED"/>
     <w:rsid w:val="0036165F"/>
     <w:rsid w:val="00361841"/>
     <w:rsid w:val="00361C14"/>
     <w:rsid w:val="00362B3A"/>
     <w:rsid w:val="00362C83"/>
     <w:rsid w:val="00362FDA"/>
     <w:rsid w:val="00363B88"/>
     <w:rsid w:val="00365007"/>
     <w:rsid w:val="0036504B"/>
     <w:rsid w:val="0036525D"/>
     <w:rsid w:val="003657EB"/>
     <w:rsid w:val="00365982"/>
     <w:rsid w:val="00366286"/>
     <w:rsid w:val="003666A8"/>
+    <w:rsid w:val="0036692B"/>
     <w:rsid w:val="00367CC1"/>
     <w:rsid w:val="00370089"/>
     <w:rsid w:val="0037104D"/>
     <w:rsid w:val="003715FA"/>
     <w:rsid w:val="003741D8"/>
     <w:rsid w:val="003743D0"/>
     <w:rsid w:val="003750D2"/>
     <w:rsid w:val="003755B3"/>
     <w:rsid w:val="0038086C"/>
     <w:rsid w:val="003820B2"/>
     <w:rsid w:val="0038279B"/>
     <w:rsid w:val="00383FC0"/>
     <w:rsid w:val="003853CA"/>
     <w:rsid w:val="003853D8"/>
     <w:rsid w:val="00386E42"/>
     <w:rsid w:val="003871F7"/>
     <w:rsid w:val="00387571"/>
     <w:rsid w:val="00387A1C"/>
     <w:rsid w:val="00390496"/>
     <w:rsid w:val="00390B0B"/>
     <w:rsid w:val="00390D5A"/>
     <w:rsid w:val="0039127A"/>
     <w:rsid w:val="0039167F"/>
+    <w:rsid w:val="00391AB9"/>
     <w:rsid w:val="00392C5D"/>
     <w:rsid w:val="00393537"/>
     <w:rsid w:val="00393C21"/>
     <w:rsid w:val="00395143"/>
     <w:rsid w:val="00395773"/>
     <w:rsid w:val="00395AFA"/>
     <w:rsid w:val="00395FB2"/>
     <w:rsid w:val="00396BC1"/>
     <w:rsid w:val="00396D5B"/>
     <w:rsid w:val="003A016A"/>
     <w:rsid w:val="003A0305"/>
     <w:rsid w:val="003A16E9"/>
     <w:rsid w:val="003A2510"/>
     <w:rsid w:val="003A27B5"/>
     <w:rsid w:val="003A2901"/>
     <w:rsid w:val="003A49BD"/>
     <w:rsid w:val="003A4CC8"/>
     <w:rsid w:val="003A58F9"/>
     <w:rsid w:val="003A5A51"/>
     <w:rsid w:val="003A741D"/>
     <w:rsid w:val="003B06EB"/>
     <w:rsid w:val="003B0EB8"/>
     <w:rsid w:val="003B19D0"/>
     <w:rsid w:val="003B1E54"/>
     <w:rsid w:val="003B1FDE"/>
     <w:rsid w:val="003B2ED2"/>
     <w:rsid w:val="003B31B0"/>
     <w:rsid w:val="003B3B27"/>
     <w:rsid w:val="003B5129"/>
     <w:rsid w:val="003B6D08"/>
     <w:rsid w:val="003B72C1"/>
     <w:rsid w:val="003B7F53"/>
     <w:rsid w:val="003C10ED"/>
     <w:rsid w:val="003C1336"/>
     <w:rsid w:val="003C29AD"/>
     <w:rsid w:val="003C3495"/>
     <w:rsid w:val="003C3AE9"/>
     <w:rsid w:val="003C3F83"/>
     <w:rsid w:val="003C40F6"/>
     <w:rsid w:val="003C4351"/>
     <w:rsid w:val="003C443F"/>
     <w:rsid w:val="003C4A98"/>
     <w:rsid w:val="003C5B93"/>
-    <w:rsid w:val="003C66DA"/>
     <w:rsid w:val="003C6FA7"/>
     <w:rsid w:val="003C7514"/>
     <w:rsid w:val="003C7BD1"/>
     <w:rsid w:val="003D12D7"/>
     <w:rsid w:val="003D1AB0"/>
     <w:rsid w:val="003D28DB"/>
     <w:rsid w:val="003D2CA3"/>
     <w:rsid w:val="003D301E"/>
     <w:rsid w:val="003D3186"/>
     <w:rsid w:val="003D4618"/>
     <w:rsid w:val="003D57C4"/>
     <w:rsid w:val="003D6EB3"/>
     <w:rsid w:val="003D722D"/>
+    <w:rsid w:val="003D7BAB"/>
     <w:rsid w:val="003E02BB"/>
     <w:rsid w:val="003E1011"/>
     <w:rsid w:val="003E1767"/>
     <w:rsid w:val="003E4185"/>
     <w:rsid w:val="003E42D9"/>
     <w:rsid w:val="003E59CB"/>
     <w:rsid w:val="003E73D3"/>
     <w:rsid w:val="003E772A"/>
     <w:rsid w:val="003F065C"/>
     <w:rsid w:val="003F067F"/>
     <w:rsid w:val="003F0827"/>
     <w:rsid w:val="003F13F7"/>
     <w:rsid w:val="003F1AE9"/>
     <w:rsid w:val="003F276F"/>
     <w:rsid w:val="003F28D3"/>
     <w:rsid w:val="003F2A79"/>
     <w:rsid w:val="003F2C91"/>
     <w:rsid w:val="003F35B8"/>
     <w:rsid w:val="003F3866"/>
     <w:rsid w:val="003F3F36"/>
     <w:rsid w:val="003F44FB"/>
     <w:rsid w:val="003F5828"/>
     <w:rsid w:val="003F7B1A"/>
     <w:rsid w:val="00401231"/>
     <w:rsid w:val="004014A5"/>
     <w:rsid w:val="00401B00"/>
     <w:rsid w:val="00404802"/>
     <w:rsid w:val="0040784D"/>
     <w:rsid w:val="004119F5"/>
     <w:rsid w:val="004127BA"/>
     <w:rsid w:val="00413C57"/>
     <w:rsid w:val="00414B99"/>
     <w:rsid w:val="00415CF9"/>
     <w:rsid w:val="00415F34"/>
     <w:rsid w:val="0041616B"/>
     <w:rsid w:val="00416489"/>
     <w:rsid w:val="00417EFE"/>
     <w:rsid w:val="004202D6"/>
     <w:rsid w:val="004218F0"/>
+    <w:rsid w:val="00421A4E"/>
     <w:rsid w:val="004234AA"/>
     <w:rsid w:val="004246D2"/>
     <w:rsid w:val="00424DEF"/>
     <w:rsid w:val="00426ACD"/>
     <w:rsid w:val="0042792E"/>
     <w:rsid w:val="0042797B"/>
     <w:rsid w:val="00430141"/>
     <w:rsid w:val="00430370"/>
     <w:rsid w:val="0043069A"/>
     <w:rsid w:val="00432273"/>
     <w:rsid w:val="00432844"/>
     <w:rsid w:val="00432A49"/>
     <w:rsid w:val="00432DDA"/>
     <w:rsid w:val="00433A7E"/>
     <w:rsid w:val="00433ECE"/>
     <w:rsid w:val="00434253"/>
     <w:rsid w:val="00434611"/>
     <w:rsid w:val="004346D2"/>
     <w:rsid w:val="00434F9E"/>
     <w:rsid w:val="00435341"/>
     <w:rsid w:val="00435F8A"/>
     <w:rsid w:val="004362F7"/>
     <w:rsid w:val="0043725D"/>
     <w:rsid w:val="00437D64"/>
     <w:rsid w:val="004416BC"/>
     <w:rsid w:val="00441C13"/>
     <w:rsid w:val="0044230C"/>
     <w:rsid w:val="00442394"/>
     <w:rsid w:val="00442D3A"/>
     <w:rsid w:val="0044313D"/>
     <w:rsid w:val="004431AF"/>
     <w:rsid w:val="00443407"/>
     <w:rsid w:val="00443F80"/>
     <w:rsid w:val="0044578F"/>
     <w:rsid w:val="00445C83"/>
     <w:rsid w:val="00446649"/>
     <w:rsid w:val="0045059A"/>
     <w:rsid w:val="00450B3A"/>
     <w:rsid w:val="00450F04"/>
     <w:rsid w:val="004525A1"/>
     <w:rsid w:val="00452AEF"/>
     <w:rsid w:val="004534A4"/>
     <w:rsid w:val="004538C0"/>
     <w:rsid w:val="0045455B"/>
     <w:rsid w:val="004559AC"/>
     <w:rsid w:val="00455B46"/>
     <w:rsid w:val="00456035"/>
     <w:rsid w:val="00456CF7"/>
+    <w:rsid w:val="00457453"/>
     <w:rsid w:val="00457BCB"/>
     <w:rsid w:val="00457E67"/>
     <w:rsid w:val="00460602"/>
     <w:rsid w:val="004606AD"/>
     <w:rsid w:val="004607CC"/>
     <w:rsid w:val="00461F96"/>
     <w:rsid w:val="0046278D"/>
     <w:rsid w:val="00463EE0"/>
     <w:rsid w:val="0046468C"/>
     <w:rsid w:val="00464E18"/>
     <w:rsid w:val="0046529F"/>
-    <w:rsid w:val="004664D0"/>
     <w:rsid w:val="00467BE8"/>
     <w:rsid w:val="0047165E"/>
     <w:rsid w:val="00472C3B"/>
+    <w:rsid w:val="00474466"/>
     <w:rsid w:val="004757C4"/>
     <w:rsid w:val="00475A9B"/>
     <w:rsid w:val="00475EE5"/>
     <w:rsid w:val="00476389"/>
     <w:rsid w:val="0047676D"/>
     <w:rsid w:val="00476C9C"/>
     <w:rsid w:val="004770E3"/>
     <w:rsid w:val="004772DB"/>
     <w:rsid w:val="00477469"/>
     <w:rsid w:val="0048022F"/>
     <w:rsid w:val="0048085A"/>
     <w:rsid w:val="004808A5"/>
     <w:rsid w:val="00481010"/>
     <w:rsid w:val="004814C2"/>
     <w:rsid w:val="004815B6"/>
     <w:rsid w:val="004816E6"/>
     <w:rsid w:val="00483159"/>
     <w:rsid w:val="00484970"/>
     <w:rsid w:val="0048544A"/>
     <w:rsid w:val="00485CEA"/>
     <w:rsid w:val="00485EDD"/>
     <w:rsid w:val="00486A69"/>
     <w:rsid w:val="004874EB"/>
     <w:rsid w:val="00487E4D"/>
     <w:rsid w:val="0049137A"/>
@@ -37223,50 +36721,52 @@
     <w:rsid w:val="004E0118"/>
     <w:rsid w:val="004E0536"/>
     <w:rsid w:val="004E05E3"/>
     <w:rsid w:val="004E0DDF"/>
     <w:rsid w:val="004E13CC"/>
     <w:rsid w:val="004E1D4B"/>
     <w:rsid w:val="004E28AB"/>
     <w:rsid w:val="004E312F"/>
     <w:rsid w:val="004E33BB"/>
     <w:rsid w:val="004E66AB"/>
     <w:rsid w:val="004E68B0"/>
     <w:rsid w:val="004E6B9A"/>
     <w:rsid w:val="004E7693"/>
     <w:rsid w:val="004E7B31"/>
     <w:rsid w:val="004F062E"/>
     <w:rsid w:val="004F0D19"/>
     <w:rsid w:val="004F16FD"/>
     <w:rsid w:val="004F254C"/>
     <w:rsid w:val="004F3F5B"/>
     <w:rsid w:val="004F4D50"/>
     <w:rsid w:val="004F530B"/>
     <w:rsid w:val="004F6F71"/>
     <w:rsid w:val="004F7069"/>
     <w:rsid w:val="004F712D"/>
     <w:rsid w:val="004F7ADF"/>
+    <w:rsid w:val="00500244"/>
+    <w:rsid w:val="0050089D"/>
     <w:rsid w:val="0050188A"/>
     <w:rsid w:val="00501F9A"/>
     <w:rsid w:val="00502522"/>
     <w:rsid w:val="005039C3"/>
     <w:rsid w:val="00503B13"/>
     <w:rsid w:val="00503CF0"/>
     <w:rsid w:val="00504738"/>
     <w:rsid w:val="005048E0"/>
     <w:rsid w:val="00504B5F"/>
     <w:rsid w:val="00505463"/>
     <w:rsid w:val="00505CBD"/>
     <w:rsid w:val="00506476"/>
     <w:rsid w:val="00507471"/>
     <w:rsid w:val="005076C7"/>
     <w:rsid w:val="00510314"/>
     <w:rsid w:val="005110FE"/>
     <w:rsid w:val="00511B1D"/>
     <w:rsid w:val="00512BF0"/>
     <w:rsid w:val="005134FD"/>
     <w:rsid w:val="0051441E"/>
     <w:rsid w:val="00514AAA"/>
     <w:rsid w:val="005153FC"/>
     <w:rsid w:val="00515483"/>
     <w:rsid w:val="005156C7"/>
     <w:rsid w:val="00517767"/>
@@ -37309,95 +36809,98 @@
     <w:rsid w:val="005564F7"/>
     <w:rsid w:val="0055651A"/>
     <w:rsid w:val="00556C71"/>
     <w:rsid w:val="00556EB2"/>
     <w:rsid w:val="00557C07"/>
     <w:rsid w:val="0056060F"/>
     <w:rsid w:val="00561905"/>
     <w:rsid w:val="00561959"/>
     <w:rsid w:val="00561C49"/>
     <w:rsid w:val="00561F3C"/>
     <w:rsid w:val="005623E4"/>
     <w:rsid w:val="005626B9"/>
     <w:rsid w:val="00563D9E"/>
     <w:rsid w:val="005642FF"/>
     <w:rsid w:val="005645B3"/>
     <w:rsid w:val="005662A9"/>
     <w:rsid w:val="0056642A"/>
     <w:rsid w:val="005667B9"/>
     <w:rsid w:val="00566866"/>
     <w:rsid w:val="00566E79"/>
     <w:rsid w:val="00570357"/>
     <w:rsid w:val="0057072B"/>
     <w:rsid w:val="00570C95"/>
     <w:rsid w:val="00571DD6"/>
     <w:rsid w:val="005720CB"/>
+    <w:rsid w:val="00572120"/>
     <w:rsid w:val="0057252B"/>
     <w:rsid w:val="00572E92"/>
     <w:rsid w:val="005738C3"/>
     <w:rsid w:val="005774E9"/>
     <w:rsid w:val="00577735"/>
     <w:rsid w:val="00577CC0"/>
     <w:rsid w:val="005805D9"/>
     <w:rsid w:val="0058231A"/>
+    <w:rsid w:val="00582CFC"/>
     <w:rsid w:val="00582F34"/>
     <w:rsid w:val="00582FFE"/>
     <w:rsid w:val="00590AC9"/>
     <w:rsid w:val="00593B4C"/>
     <w:rsid w:val="00593C5F"/>
     <w:rsid w:val="00595798"/>
     <w:rsid w:val="005959C0"/>
     <w:rsid w:val="00595B9D"/>
     <w:rsid w:val="005A06CE"/>
     <w:rsid w:val="005A0F86"/>
     <w:rsid w:val="005A1336"/>
     <w:rsid w:val="005A1F14"/>
     <w:rsid w:val="005A2CD4"/>
     <w:rsid w:val="005A3ABA"/>
     <w:rsid w:val="005A40C0"/>
     <w:rsid w:val="005A587B"/>
     <w:rsid w:val="005A62C0"/>
     <w:rsid w:val="005A630D"/>
     <w:rsid w:val="005A6C89"/>
     <w:rsid w:val="005A7C72"/>
     <w:rsid w:val="005B00DE"/>
     <w:rsid w:val="005B072A"/>
     <w:rsid w:val="005B2052"/>
     <w:rsid w:val="005B3605"/>
     <w:rsid w:val="005B36E3"/>
     <w:rsid w:val="005B3FEC"/>
     <w:rsid w:val="005B41CB"/>
     <w:rsid w:val="005B4F9F"/>
     <w:rsid w:val="005B5017"/>
     <w:rsid w:val="005B5337"/>
     <w:rsid w:val="005B58EF"/>
     <w:rsid w:val="005B629C"/>
     <w:rsid w:val="005B6823"/>
     <w:rsid w:val="005B7D47"/>
     <w:rsid w:val="005C0033"/>
     <w:rsid w:val="005C04FB"/>
     <w:rsid w:val="005C0D6F"/>
+    <w:rsid w:val="005C2FEC"/>
     <w:rsid w:val="005C373B"/>
     <w:rsid w:val="005C4180"/>
     <w:rsid w:val="005C4FF0"/>
     <w:rsid w:val="005C64FF"/>
     <w:rsid w:val="005C6567"/>
     <w:rsid w:val="005C66CD"/>
     <w:rsid w:val="005C6903"/>
     <w:rsid w:val="005D0CBC"/>
     <w:rsid w:val="005D12D0"/>
     <w:rsid w:val="005D2652"/>
     <w:rsid w:val="005D2C45"/>
     <w:rsid w:val="005D3B27"/>
     <w:rsid w:val="005D3CDF"/>
     <w:rsid w:val="005D3D75"/>
     <w:rsid w:val="005D4DAB"/>
     <w:rsid w:val="005D4E4E"/>
     <w:rsid w:val="005D5488"/>
     <w:rsid w:val="005D55BE"/>
     <w:rsid w:val="005D674A"/>
     <w:rsid w:val="005D6B0E"/>
     <w:rsid w:val="005D7D3E"/>
     <w:rsid w:val="005E01FD"/>
     <w:rsid w:val="005E1B5B"/>
     <w:rsid w:val="005E2997"/>
     <w:rsid w:val="005E2CF1"/>
@@ -37446,50 +36949,51 @@
     <w:rsid w:val="00613DA1"/>
     <w:rsid w:val="0061516F"/>
     <w:rsid w:val="006151A2"/>
     <w:rsid w:val="0061621E"/>
     <w:rsid w:val="0061797B"/>
     <w:rsid w:val="00620E99"/>
     <w:rsid w:val="00621848"/>
     <w:rsid w:val="00621D6B"/>
     <w:rsid w:val="00622EC7"/>
     <w:rsid w:val="0062311E"/>
     <w:rsid w:val="006240EE"/>
     <w:rsid w:val="00625AB8"/>
     <w:rsid w:val="00625CAD"/>
     <w:rsid w:val="006261AF"/>
     <w:rsid w:val="00626F62"/>
     <w:rsid w:val="00627215"/>
     <w:rsid w:val="00627D01"/>
     <w:rsid w:val="00627D64"/>
     <w:rsid w:val="00631CB1"/>
     <w:rsid w:val="00634292"/>
     <w:rsid w:val="00635113"/>
     <w:rsid w:val="006352CB"/>
     <w:rsid w:val="00635803"/>
     <w:rsid w:val="006358B0"/>
     <w:rsid w:val="00635C31"/>
+    <w:rsid w:val="00635D44"/>
     <w:rsid w:val="0063614A"/>
     <w:rsid w:val="0063699A"/>
     <w:rsid w:val="0063713F"/>
     <w:rsid w:val="006372BC"/>
     <w:rsid w:val="00641703"/>
     <w:rsid w:val="00642596"/>
     <w:rsid w:val="00642C3C"/>
     <w:rsid w:val="00642E94"/>
     <w:rsid w:val="00643687"/>
     <w:rsid w:val="00643C31"/>
     <w:rsid w:val="00643DC7"/>
     <w:rsid w:val="00644813"/>
     <w:rsid w:val="00645A4E"/>
     <w:rsid w:val="00645BC7"/>
     <w:rsid w:val="0064656A"/>
     <w:rsid w:val="00647860"/>
     <w:rsid w:val="00650280"/>
     <w:rsid w:val="00651658"/>
     <w:rsid w:val="00651DFD"/>
     <w:rsid w:val="006521CE"/>
     <w:rsid w:val="00652340"/>
     <w:rsid w:val="00652CDD"/>
     <w:rsid w:val="0065351D"/>
     <w:rsid w:val="00654305"/>
     <w:rsid w:val="00654694"/>
@@ -37530,111 +37034,112 @@
     <w:rsid w:val="0069245B"/>
     <w:rsid w:val="00692B3C"/>
     <w:rsid w:val="00694F32"/>
     <w:rsid w:val="006955DE"/>
     <w:rsid w:val="00695884"/>
     <w:rsid w:val="00695ACF"/>
     <w:rsid w:val="00695BD6"/>
     <w:rsid w:val="00695CC5"/>
     <w:rsid w:val="00697B1E"/>
     <w:rsid w:val="006A02C3"/>
     <w:rsid w:val="006A44FF"/>
     <w:rsid w:val="006A6208"/>
     <w:rsid w:val="006A630F"/>
     <w:rsid w:val="006A6358"/>
     <w:rsid w:val="006A6551"/>
     <w:rsid w:val="006A6CC1"/>
     <w:rsid w:val="006A7331"/>
     <w:rsid w:val="006A747D"/>
     <w:rsid w:val="006A74B8"/>
     <w:rsid w:val="006A7AE4"/>
     <w:rsid w:val="006B0122"/>
     <w:rsid w:val="006B07E4"/>
     <w:rsid w:val="006B0FDF"/>
     <w:rsid w:val="006B2B31"/>
     <w:rsid w:val="006B40CE"/>
+    <w:rsid w:val="006B4D99"/>
     <w:rsid w:val="006B4FE4"/>
     <w:rsid w:val="006B5820"/>
     <w:rsid w:val="006B6BCA"/>
     <w:rsid w:val="006B7F81"/>
     <w:rsid w:val="006C1E00"/>
     <w:rsid w:val="006C2059"/>
     <w:rsid w:val="006C287B"/>
     <w:rsid w:val="006C3446"/>
     <w:rsid w:val="006C38D0"/>
     <w:rsid w:val="006C4561"/>
     <w:rsid w:val="006C5377"/>
     <w:rsid w:val="006C5986"/>
     <w:rsid w:val="006C63EA"/>
     <w:rsid w:val="006C74CA"/>
     <w:rsid w:val="006C7FA0"/>
     <w:rsid w:val="006D03BA"/>
     <w:rsid w:val="006D04EB"/>
     <w:rsid w:val="006D1DC7"/>
     <w:rsid w:val="006D224E"/>
     <w:rsid w:val="006D22EE"/>
     <w:rsid w:val="006D274E"/>
     <w:rsid w:val="006D49C9"/>
     <w:rsid w:val="006D4A35"/>
     <w:rsid w:val="006D4FAB"/>
     <w:rsid w:val="006D596F"/>
+    <w:rsid w:val="006D6FF9"/>
     <w:rsid w:val="006D7304"/>
     <w:rsid w:val="006D796C"/>
     <w:rsid w:val="006D7A34"/>
     <w:rsid w:val="006D7C3D"/>
     <w:rsid w:val="006E08EF"/>
     <w:rsid w:val="006E1742"/>
     <w:rsid w:val="006E22AC"/>
     <w:rsid w:val="006E289D"/>
     <w:rsid w:val="006E3614"/>
     <w:rsid w:val="006E3AE0"/>
     <w:rsid w:val="006E3BA9"/>
     <w:rsid w:val="006E4A60"/>
     <w:rsid w:val="006E4C7D"/>
     <w:rsid w:val="006E556C"/>
     <w:rsid w:val="006E57C1"/>
     <w:rsid w:val="006E5E19"/>
     <w:rsid w:val="006E6EFD"/>
     <w:rsid w:val="006E7C44"/>
     <w:rsid w:val="006F01B8"/>
     <w:rsid w:val="006F049E"/>
     <w:rsid w:val="006F0EE9"/>
     <w:rsid w:val="006F11D9"/>
     <w:rsid w:val="006F25A4"/>
     <w:rsid w:val="006F25B3"/>
     <w:rsid w:val="006F2CB0"/>
     <w:rsid w:val="006F3C42"/>
     <w:rsid w:val="006F5705"/>
     <w:rsid w:val="006F71FB"/>
     <w:rsid w:val="00700C25"/>
     <w:rsid w:val="00702172"/>
     <w:rsid w:val="00702967"/>
     <w:rsid w:val="00703875"/>
     <w:rsid w:val="00703C90"/>
     <w:rsid w:val="00705741"/>
     <w:rsid w:val="007059B3"/>
-    <w:rsid w:val="00710A51"/>
     <w:rsid w:val="00710B06"/>
     <w:rsid w:val="00711C06"/>
     <w:rsid w:val="00712212"/>
     <w:rsid w:val="007125D9"/>
     <w:rsid w:val="007141CC"/>
     <w:rsid w:val="007144AB"/>
     <w:rsid w:val="007200ED"/>
     <w:rsid w:val="00720B56"/>
     <w:rsid w:val="00721761"/>
     <w:rsid w:val="007218D7"/>
     <w:rsid w:val="00721915"/>
     <w:rsid w:val="00721CEA"/>
     <w:rsid w:val="00722512"/>
     <w:rsid w:val="00722C1C"/>
     <w:rsid w:val="007245BB"/>
     <w:rsid w:val="0072605A"/>
     <w:rsid w:val="00727C73"/>
     <w:rsid w:val="007303A8"/>
     <w:rsid w:val="00730B12"/>
     <w:rsid w:val="00730C16"/>
     <w:rsid w:val="00732314"/>
     <w:rsid w:val="007337AA"/>
     <w:rsid w:val="00733DA7"/>
     <w:rsid w:val="00734017"/>
     <w:rsid w:val="007352D1"/>
@@ -37646,86 +37151,88 @@
     <w:rsid w:val="007378D8"/>
     <w:rsid w:val="00737EA2"/>
     <w:rsid w:val="0074084B"/>
     <w:rsid w:val="00740A33"/>
     <w:rsid w:val="00740B9A"/>
     <w:rsid w:val="007415DB"/>
     <w:rsid w:val="00742E42"/>
     <w:rsid w:val="00743108"/>
     <w:rsid w:val="0074342B"/>
     <w:rsid w:val="00743901"/>
     <w:rsid w:val="00743D58"/>
     <w:rsid w:val="00743E28"/>
     <w:rsid w:val="00744E5F"/>
     <w:rsid w:val="007453A6"/>
     <w:rsid w:val="00746BD8"/>
     <w:rsid w:val="00747330"/>
     <w:rsid w:val="00747425"/>
     <w:rsid w:val="00747B58"/>
     <w:rsid w:val="0075006B"/>
     <w:rsid w:val="007500E9"/>
     <w:rsid w:val="0075206B"/>
     <w:rsid w:val="00753293"/>
     <w:rsid w:val="00753883"/>
     <w:rsid w:val="0075391A"/>
     <w:rsid w:val="007546CC"/>
+    <w:rsid w:val="00754B88"/>
     <w:rsid w:val="0075670E"/>
     <w:rsid w:val="0075738A"/>
     <w:rsid w:val="007578C8"/>
     <w:rsid w:val="00757CFF"/>
     <w:rsid w:val="00760AE9"/>
     <w:rsid w:val="00760E30"/>
     <w:rsid w:val="0076101A"/>
     <w:rsid w:val="0076116D"/>
     <w:rsid w:val="007629D8"/>
     <w:rsid w:val="0076312A"/>
     <w:rsid w:val="0076346F"/>
     <w:rsid w:val="007645F4"/>
     <w:rsid w:val="00766FBC"/>
     <w:rsid w:val="00767942"/>
     <w:rsid w:val="007710AB"/>
     <w:rsid w:val="00772144"/>
     <w:rsid w:val="00772399"/>
     <w:rsid w:val="00772500"/>
     <w:rsid w:val="0077315C"/>
     <w:rsid w:val="0077386B"/>
     <w:rsid w:val="00774C39"/>
     <w:rsid w:val="00774DB9"/>
     <w:rsid w:val="00775218"/>
     <w:rsid w:val="007757CD"/>
     <w:rsid w:val="00780391"/>
     <w:rsid w:val="007804C9"/>
     <w:rsid w:val="00781BB1"/>
     <w:rsid w:val="007844A5"/>
     <w:rsid w:val="0078484D"/>
     <w:rsid w:val="00785179"/>
     <w:rsid w:val="00786E9E"/>
     <w:rsid w:val="00787672"/>
     <w:rsid w:val="0078792E"/>
     <w:rsid w:val="007907E5"/>
     <w:rsid w:val="00790C61"/>
     <w:rsid w:val="00791077"/>
+    <w:rsid w:val="007913C0"/>
     <w:rsid w:val="00791451"/>
     <w:rsid w:val="007921B8"/>
     <w:rsid w:val="00792AF2"/>
     <w:rsid w:val="00792B7F"/>
     <w:rsid w:val="00792ED1"/>
     <w:rsid w:val="0079301B"/>
     <w:rsid w:val="007934F5"/>
     <w:rsid w:val="007939F3"/>
     <w:rsid w:val="00794A8B"/>
     <w:rsid w:val="007950C1"/>
     <w:rsid w:val="007958E2"/>
     <w:rsid w:val="00795F1C"/>
     <w:rsid w:val="0079658A"/>
     <w:rsid w:val="00796E46"/>
     <w:rsid w:val="0079794E"/>
     <w:rsid w:val="007A054F"/>
     <w:rsid w:val="007A1B54"/>
     <w:rsid w:val="007A2823"/>
     <w:rsid w:val="007A346F"/>
     <w:rsid w:val="007A3985"/>
     <w:rsid w:val="007A39B7"/>
     <w:rsid w:val="007A4971"/>
     <w:rsid w:val="007A50CC"/>
     <w:rsid w:val="007A690E"/>
     <w:rsid w:val="007A70F2"/>
@@ -37776,85 +37283,87 @@
     <w:rsid w:val="007E31B9"/>
     <w:rsid w:val="007E36B7"/>
     <w:rsid w:val="007E5D2B"/>
     <w:rsid w:val="007E6FCE"/>
     <w:rsid w:val="007E72CE"/>
     <w:rsid w:val="007F190E"/>
     <w:rsid w:val="007F197D"/>
     <w:rsid w:val="007F3ACC"/>
     <w:rsid w:val="007F46D3"/>
     <w:rsid w:val="007F4E70"/>
     <w:rsid w:val="007F4E72"/>
     <w:rsid w:val="007F66A9"/>
     <w:rsid w:val="007F6F90"/>
     <w:rsid w:val="007F7258"/>
     <w:rsid w:val="007F73CA"/>
     <w:rsid w:val="007F7B75"/>
     <w:rsid w:val="00800D49"/>
     <w:rsid w:val="00800DED"/>
     <w:rsid w:val="00802667"/>
     <w:rsid w:val="00802A41"/>
     <w:rsid w:val="00803064"/>
     <w:rsid w:val="0080416F"/>
     <w:rsid w:val="008044C4"/>
     <w:rsid w:val="00804A41"/>
     <w:rsid w:val="00804BDF"/>
+    <w:rsid w:val="008051FA"/>
     <w:rsid w:val="008055FA"/>
     <w:rsid w:val="00806444"/>
     <w:rsid w:val="00807DFE"/>
     <w:rsid w:val="008101BE"/>
     <w:rsid w:val="00812138"/>
     <w:rsid w:val="008123D7"/>
     <w:rsid w:val="008124ED"/>
     <w:rsid w:val="0081262B"/>
     <w:rsid w:val="00813560"/>
     <w:rsid w:val="00813EAF"/>
     <w:rsid w:val="00813FE0"/>
     <w:rsid w:val="008144BB"/>
     <w:rsid w:val="00814C5E"/>
     <w:rsid w:val="008159C4"/>
     <w:rsid w:val="00815E12"/>
     <w:rsid w:val="00816566"/>
     <w:rsid w:val="00817238"/>
     <w:rsid w:val="0082195D"/>
     <w:rsid w:val="00821BC9"/>
     <w:rsid w:val="00822D0D"/>
     <w:rsid w:val="00822D15"/>
     <w:rsid w:val="0082497A"/>
     <w:rsid w:val="00824E07"/>
     <w:rsid w:val="0082593E"/>
     <w:rsid w:val="00825E15"/>
     <w:rsid w:val="00826609"/>
     <w:rsid w:val="00826BE3"/>
     <w:rsid w:val="008304EF"/>
     <w:rsid w:val="008312E7"/>
     <w:rsid w:val="00831407"/>
     <w:rsid w:val="0083157C"/>
     <w:rsid w:val="008325B6"/>
     <w:rsid w:val="00832E7F"/>
     <w:rsid w:val="008334AE"/>
     <w:rsid w:val="0083478C"/>
+    <w:rsid w:val="00834C85"/>
     <w:rsid w:val="00835616"/>
     <w:rsid w:val="008372D2"/>
     <w:rsid w:val="00837891"/>
     <w:rsid w:val="00840340"/>
     <w:rsid w:val="008408BB"/>
     <w:rsid w:val="00843A79"/>
     <w:rsid w:val="00843FE6"/>
     <w:rsid w:val="008450D7"/>
     <w:rsid w:val="00845850"/>
     <w:rsid w:val="00847153"/>
     <w:rsid w:val="008476FD"/>
     <w:rsid w:val="00850043"/>
     <w:rsid w:val="008501B5"/>
     <w:rsid w:val="008512A7"/>
     <w:rsid w:val="008530F7"/>
     <w:rsid w:val="00853265"/>
     <w:rsid w:val="008539C7"/>
     <w:rsid w:val="008547F3"/>
     <w:rsid w:val="00854A33"/>
     <w:rsid w:val="00855272"/>
     <w:rsid w:val="008603EB"/>
     <w:rsid w:val="00861241"/>
     <w:rsid w:val="0086159F"/>
     <w:rsid w:val="0086175F"/>
     <w:rsid w:val="008624F0"/>
@@ -37887,58 +37396,58 @@
     <w:rsid w:val="00883F0E"/>
     <w:rsid w:val="00885501"/>
     <w:rsid w:val="00885E20"/>
     <w:rsid w:val="008876E6"/>
     <w:rsid w:val="00887A72"/>
     <w:rsid w:val="00887C46"/>
     <w:rsid w:val="0089101C"/>
     <w:rsid w:val="00891320"/>
     <w:rsid w:val="0089192C"/>
     <w:rsid w:val="008919F6"/>
     <w:rsid w:val="008927D4"/>
     <w:rsid w:val="00892D41"/>
     <w:rsid w:val="00893639"/>
     <w:rsid w:val="008936A8"/>
     <w:rsid w:val="00893EEE"/>
     <w:rsid w:val="00894ED5"/>
     <w:rsid w:val="008951CF"/>
     <w:rsid w:val="0089580F"/>
     <w:rsid w:val="00895E7B"/>
     <w:rsid w:val="008970E9"/>
     <w:rsid w:val="008978C9"/>
     <w:rsid w:val="00897C35"/>
     <w:rsid w:val="00897D18"/>
     <w:rsid w:val="008A027B"/>
     <w:rsid w:val="008A1051"/>
-    <w:rsid w:val="008A11C6"/>
     <w:rsid w:val="008A123C"/>
     <w:rsid w:val="008A153F"/>
     <w:rsid w:val="008A1B62"/>
     <w:rsid w:val="008A1C0A"/>
     <w:rsid w:val="008A2B8E"/>
     <w:rsid w:val="008A2E73"/>
     <w:rsid w:val="008A3A8D"/>
+    <w:rsid w:val="008A3B22"/>
     <w:rsid w:val="008A569A"/>
     <w:rsid w:val="008A5B55"/>
     <w:rsid w:val="008B1A9E"/>
     <w:rsid w:val="008B2E7A"/>
     <w:rsid w:val="008B31AD"/>
     <w:rsid w:val="008B324E"/>
     <w:rsid w:val="008B3309"/>
     <w:rsid w:val="008B35C4"/>
     <w:rsid w:val="008B49C5"/>
     <w:rsid w:val="008B531C"/>
     <w:rsid w:val="008B638A"/>
     <w:rsid w:val="008B6E78"/>
     <w:rsid w:val="008B7C4F"/>
     <w:rsid w:val="008C03E8"/>
     <w:rsid w:val="008C077E"/>
     <w:rsid w:val="008C1793"/>
     <w:rsid w:val="008C204E"/>
     <w:rsid w:val="008C2096"/>
     <w:rsid w:val="008C22A7"/>
     <w:rsid w:val="008C2F69"/>
     <w:rsid w:val="008C35FA"/>
     <w:rsid w:val="008C39CD"/>
     <w:rsid w:val="008C40FD"/>
     <w:rsid w:val="008C4677"/>
     <w:rsid w:val="008C6637"/>
@@ -38068,51 +37577,50 @@
     <w:rsid w:val="009617E5"/>
     <w:rsid w:val="00961B79"/>
     <w:rsid w:val="009636E9"/>
     <w:rsid w:val="00963D39"/>
     <w:rsid w:val="0096541A"/>
     <w:rsid w:val="00965EFD"/>
     <w:rsid w:val="009662F1"/>
     <w:rsid w:val="00967577"/>
     <w:rsid w:val="00967931"/>
     <w:rsid w:val="00967B80"/>
     <w:rsid w:val="00971587"/>
     <w:rsid w:val="00971A93"/>
     <w:rsid w:val="009726F5"/>
     <w:rsid w:val="00972BF5"/>
     <w:rsid w:val="00973AD8"/>
     <w:rsid w:val="00973B87"/>
     <w:rsid w:val="00973D06"/>
     <w:rsid w:val="00974600"/>
     <w:rsid w:val="00975CE1"/>
     <w:rsid w:val="00975F7C"/>
     <w:rsid w:val="00977A45"/>
     <w:rsid w:val="00980F25"/>
     <w:rsid w:val="00981904"/>
     <w:rsid w:val="00981ABF"/>
     <w:rsid w:val="00984C55"/>
-    <w:rsid w:val="0098611E"/>
     <w:rsid w:val="00986E03"/>
     <w:rsid w:val="009871E8"/>
     <w:rsid w:val="00990D60"/>
     <w:rsid w:val="00991935"/>
     <w:rsid w:val="009935BA"/>
     <w:rsid w:val="00994A1E"/>
     <w:rsid w:val="00996639"/>
     <w:rsid w:val="0099696C"/>
     <w:rsid w:val="009969A1"/>
     <w:rsid w:val="009A1622"/>
     <w:rsid w:val="009A16A1"/>
     <w:rsid w:val="009A215C"/>
     <w:rsid w:val="009A2A27"/>
     <w:rsid w:val="009A2C89"/>
     <w:rsid w:val="009A414F"/>
     <w:rsid w:val="009A41AA"/>
     <w:rsid w:val="009A6018"/>
     <w:rsid w:val="009A6A92"/>
     <w:rsid w:val="009A7DB5"/>
     <w:rsid w:val="009A7E2D"/>
     <w:rsid w:val="009B05C4"/>
     <w:rsid w:val="009B0C0A"/>
     <w:rsid w:val="009B0C38"/>
     <w:rsid w:val="009B0C9B"/>
     <w:rsid w:val="009B1F12"/>
@@ -38137,90 +37645,92 @@
     <w:rsid w:val="009C7287"/>
     <w:rsid w:val="009D0E73"/>
     <w:rsid w:val="009D1FBA"/>
     <w:rsid w:val="009D25F5"/>
     <w:rsid w:val="009D32AC"/>
     <w:rsid w:val="009D35D7"/>
     <w:rsid w:val="009D3B1B"/>
     <w:rsid w:val="009D4076"/>
     <w:rsid w:val="009D4B71"/>
     <w:rsid w:val="009D4CC9"/>
     <w:rsid w:val="009D6722"/>
     <w:rsid w:val="009D6831"/>
     <w:rsid w:val="009D7A19"/>
     <w:rsid w:val="009E03DD"/>
     <w:rsid w:val="009E10A0"/>
     <w:rsid w:val="009E177D"/>
     <w:rsid w:val="009E24AB"/>
     <w:rsid w:val="009E30B9"/>
     <w:rsid w:val="009E3BBC"/>
     <w:rsid w:val="009E4634"/>
     <w:rsid w:val="009E511E"/>
     <w:rsid w:val="009E53DF"/>
     <w:rsid w:val="009E54C0"/>
     <w:rsid w:val="009E5B83"/>
     <w:rsid w:val="009E6044"/>
+    <w:rsid w:val="009E60C7"/>
     <w:rsid w:val="009E78E6"/>
     <w:rsid w:val="009E7B17"/>
     <w:rsid w:val="009E7C14"/>
     <w:rsid w:val="009F3AF5"/>
     <w:rsid w:val="009F64E3"/>
     <w:rsid w:val="009F6AED"/>
     <w:rsid w:val="009F7667"/>
     <w:rsid w:val="00A006DB"/>
     <w:rsid w:val="00A00C94"/>
     <w:rsid w:val="00A00FDA"/>
     <w:rsid w:val="00A041BA"/>
     <w:rsid w:val="00A04F93"/>
     <w:rsid w:val="00A05145"/>
     <w:rsid w:val="00A0627A"/>
     <w:rsid w:val="00A06BAA"/>
     <w:rsid w:val="00A07C4A"/>
     <w:rsid w:val="00A11ABD"/>
     <w:rsid w:val="00A12B43"/>
     <w:rsid w:val="00A12D60"/>
     <w:rsid w:val="00A13184"/>
     <w:rsid w:val="00A14AF9"/>
     <w:rsid w:val="00A15852"/>
     <w:rsid w:val="00A16B8F"/>
     <w:rsid w:val="00A17124"/>
     <w:rsid w:val="00A20D7F"/>
     <w:rsid w:val="00A21E3B"/>
     <w:rsid w:val="00A22500"/>
     <w:rsid w:val="00A22729"/>
     <w:rsid w:val="00A23105"/>
     <w:rsid w:val="00A23269"/>
     <w:rsid w:val="00A23603"/>
     <w:rsid w:val="00A24610"/>
     <w:rsid w:val="00A25C15"/>
     <w:rsid w:val="00A2653D"/>
     <w:rsid w:val="00A2667A"/>
     <w:rsid w:val="00A27DAE"/>
     <w:rsid w:val="00A3006C"/>
     <w:rsid w:val="00A30B6B"/>
     <w:rsid w:val="00A3144A"/>
     <w:rsid w:val="00A314C4"/>
+    <w:rsid w:val="00A315C2"/>
     <w:rsid w:val="00A321C5"/>
     <w:rsid w:val="00A32D63"/>
     <w:rsid w:val="00A33722"/>
     <w:rsid w:val="00A348E7"/>
     <w:rsid w:val="00A350B2"/>
     <w:rsid w:val="00A352EC"/>
     <w:rsid w:val="00A3573F"/>
     <w:rsid w:val="00A37462"/>
     <w:rsid w:val="00A377F7"/>
     <w:rsid w:val="00A40695"/>
     <w:rsid w:val="00A40DD5"/>
     <w:rsid w:val="00A42A73"/>
     <w:rsid w:val="00A42DC3"/>
     <w:rsid w:val="00A434FB"/>
     <w:rsid w:val="00A445EC"/>
     <w:rsid w:val="00A447C1"/>
     <w:rsid w:val="00A456B0"/>
     <w:rsid w:val="00A45E24"/>
     <w:rsid w:val="00A46435"/>
     <w:rsid w:val="00A50945"/>
     <w:rsid w:val="00A5096A"/>
     <w:rsid w:val="00A51DDD"/>
     <w:rsid w:val="00A52ECE"/>
     <w:rsid w:val="00A53F4B"/>
     <w:rsid w:val="00A54A9A"/>
@@ -38274,66 +37784,68 @@
     <w:rsid w:val="00A944D8"/>
     <w:rsid w:val="00A94D21"/>
     <w:rsid w:val="00A956E8"/>
     <w:rsid w:val="00A9571A"/>
     <w:rsid w:val="00A95B7D"/>
     <w:rsid w:val="00A966E4"/>
     <w:rsid w:val="00A96CA5"/>
     <w:rsid w:val="00AA0489"/>
     <w:rsid w:val="00AA0529"/>
     <w:rsid w:val="00AA1400"/>
     <w:rsid w:val="00AA1A07"/>
     <w:rsid w:val="00AA1C62"/>
     <w:rsid w:val="00AA1D4F"/>
     <w:rsid w:val="00AA28D0"/>
     <w:rsid w:val="00AA4212"/>
     <w:rsid w:val="00AA530D"/>
     <w:rsid w:val="00AA618C"/>
     <w:rsid w:val="00AA6E23"/>
     <w:rsid w:val="00AA78A1"/>
     <w:rsid w:val="00AA7BE6"/>
     <w:rsid w:val="00AA7E80"/>
     <w:rsid w:val="00AB26B5"/>
     <w:rsid w:val="00AB2B07"/>
     <w:rsid w:val="00AB474D"/>
     <w:rsid w:val="00AB4BAC"/>
+    <w:rsid w:val="00AB5D83"/>
     <w:rsid w:val="00AB6194"/>
     <w:rsid w:val="00AB658E"/>
     <w:rsid w:val="00AB7140"/>
     <w:rsid w:val="00AB7656"/>
     <w:rsid w:val="00AB7BEA"/>
     <w:rsid w:val="00AC4216"/>
     <w:rsid w:val="00AC43E8"/>
     <w:rsid w:val="00AC4C03"/>
     <w:rsid w:val="00AD08CE"/>
     <w:rsid w:val="00AD1088"/>
     <w:rsid w:val="00AD119C"/>
     <w:rsid w:val="00AD2820"/>
     <w:rsid w:val="00AD2DFA"/>
     <w:rsid w:val="00AD2FFF"/>
     <w:rsid w:val="00AD4290"/>
     <w:rsid w:val="00AD4FF1"/>
+    <w:rsid w:val="00AD57F6"/>
     <w:rsid w:val="00AD6410"/>
     <w:rsid w:val="00AD772D"/>
     <w:rsid w:val="00AE1015"/>
     <w:rsid w:val="00AE16D7"/>
     <w:rsid w:val="00AE26A7"/>
     <w:rsid w:val="00AE2BA3"/>
     <w:rsid w:val="00AE2C59"/>
     <w:rsid w:val="00AE3AC2"/>
     <w:rsid w:val="00AE482C"/>
     <w:rsid w:val="00AE4E9C"/>
     <w:rsid w:val="00AF0CD9"/>
     <w:rsid w:val="00AF2641"/>
     <w:rsid w:val="00AF29B1"/>
     <w:rsid w:val="00AF3C88"/>
     <w:rsid w:val="00AF5298"/>
     <w:rsid w:val="00AF6A90"/>
     <w:rsid w:val="00AF6E8F"/>
     <w:rsid w:val="00AF77D6"/>
     <w:rsid w:val="00B000FE"/>
     <w:rsid w:val="00B016E5"/>
     <w:rsid w:val="00B01744"/>
     <w:rsid w:val="00B0231F"/>
     <w:rsid w:val="00B023FC"/>
     <w:rsid w:val="00B03018"/>
     <w:rsid w:val="00B037DA"/>
@@ -38374,50 +37886,51 @@
     <w:rsid w:val="00B41110"/>
     <w:rsid w:val="00B41656"/>
     <w:rsid w:val="00B41A4F"/>
     <w:rsid w:val="00B41F26"/>
     <w:rsid w:val="00B422E4"/>
     <w:rsid w:val="00B42B08"/>
     <w:rsid w:val="00B42ED7"/>
     <w:rsid w:val="00B435D9"/>
     <w:rsid w:val="00B45F27"/>
     <w:rsid w:val="00B47672"/>
     <w:rsid w:val="00B479FC"/>
     <w:rsid w:val="00B47C5F"/>
     <w:rsid w:val="00B500F9"/>
     <w:rsid w:val="00B514D2"/>
     <w:rsid w:val="00B51502"/>
     <w:rsid w:val="00B52E79"/>
     <w:rsid w:val="00B53127"/>
     <w:rsid w:val="00B532B6"/>
     <w:rsid w:val="00B533EF"/>
     <w:rsid w:val="00B53435"/>
     <w:rsid w:val="00B535C1"/>
     <w:rsid w:val="00B53CD8"/>
     <w:rsid w:val="00B53E0E"/>
     <w:rsid w:val="00B55818"/>
     <w:rsid w:val="00B57742"/>
+    <w:rsid w:val="00B5797C"/>
     <w:rsid w:val="00B57C86"/>
     <w:rsid w:val="00B57F1F"/>
     <w:rsid w:val="00B60617"/>
     <w:rsid w:val="00B60CD9"/>
     <w:rsid w:val="00B611A4"/>
     <w:rsid w:val="00B62B54"/>
     <w:rsid w:val="00B62C17"/>
     <w:rsid w:val="00B63964"/>
     <w:rsid w:val="00B64C24"/>
     <w:rsid w:val="00B660F2"/>
     <w:rsid w:val="00B66CE9"/>
     <w:rsid w:val="00B738D6"/>
     <w:rsid w:val="00B7392A"/>
     <w:rsid w:val="00B73A55"/>
     <w:rsid w:val="00B741FC"/>
     <w:rsid w:val="00B74864"/>
     <w:rsid w:val="00B768A2"/>
     <w:rsid w:val="00B76950"/>
     <w:rsid w:val="00B7701B"/>
     <w:rsid w:val="00B7796C"/>
     <w:rsid w:val="00B77AAB"/>
     <w:rsid w:val="00B77B6B"/>
     <w:rsid w:val="00B804B0"/>
     <w:rsid w:val="00B80536"/>
     <w:rsid w:val="00B80B5B"/>
@@ -38532,67 +38045,67 @@
     <w:rsid w:val="00C02DF3"/>
     <w:rsid w:val="00C035CC"/>
     <w:rsid w:val="00C04158"/>
     <w:rsid w:val="00C04241"/>
     <w:rsid w:val="00C0453F"/>
     <w:rsid w:val="00C04870"/>
     <w:rsid w:val="00C05746"/>
     <w:rsid w:val="00C06536"/>
     <w:rsid w:val="00C06635"/>
     <w:rsid w:val="00C06BA9"/>
     <w:rsid w:val="00C0722F"/>
     <w:rsid w:val="00C1083E"/>
     <w:rsid w:val="00C1141D"/>
     <w:rsid w:val="00C11D79"/>
     <w:rsid w:val="00C1252B"/>
     <w:rsid w:val="00C1327F"/>
     <w:rsid w:val="00C132CC"/>
     <w:rsid w:val="00C15722"/>
     <w:rsid w:val="00C164A8"/>
     <w:rsid w:val="00C16B00"/>
     <w:rsid w:val="00C16C0A"/>
     <w:rsid w:val="00C16FFA"/>
     <w:rsid w:val="00C17324"/>
     <w:rsid w:val="00C20295"/>
     <w:rsid w:val="00C2032B"/>
-    <w:rsid w:val="00C203EF"/>
     <w:rsid w:val="00C207FF"/>
     <w:rsid w:val="00C20BF0"/>
     <w:rsid w:val="00C218F7"/>
     <w:rsid w:val="00C227F8"/>
     <w:rsid w:val="00C2296E"/>
     <w:rsid w:val="00C25E56"/>
     <w:rsid w:val="00C26F68"/>
     <w:rsid w:val="00C273A5"/>
     <w:rsid w:val="00C273F8"/>
     <w:rsid w:val="00C2781D"/>
     <w:rsid w:val="00C30A84"/>
     <w:rsid w:val="00C32105"/>
     <w:rsid w:val="00C32B2E"/>
     <w:rsid w:val="00C33336"/>
     <w:rsid w:val="00C33A6D"/>
     <w:rsid w:val="00C342A4"/>
+    <w:rsid w:val="00C3551E"/>
     <w:rsid w:val="00C37F5C"/>
     <w:rsid w:val="00C40948"/>
     <w:rsid w:val="00C41A90"/>
     <w:rsid w:val="00C42938"/>
     <w:rsid w:val="00C44ACF"/>
     <w:rsid w:val="00C4552C"/>
     <w:rsid w:val="00C45945"/>
     <w:rsid w:val="00C45DB0"/>
     <w:rsid w:val="00C4631E"/>
     <w:rsid w:val="00C46F25"/>
     <w:rsid w:val="00C472F1"/>
     <w:rsid w:val="00C501BE"/>
     <w:rsid w:val="00C50501"/>
     <w:rsid w:val="00C51B11"/>
     <w:rsid w:val="00C5213F"/>
     <w:rsid w:val="00C5217D"/>
     <w:rsid w:val="00C52B60"/>
     <w:rsid w:val="00C52BE5"/>
     <w:rsid w:val="00C52FCE"/>
     <w:rsid w:val="00C53010"/>
     <w:rsid w:val="00C53403"/>
     <w:rsid w:val="00C53AD2"/>
     <w:rsid w:val="00C53E15"/>
     <w:rsid w:val="00C544DF"/>
     <w:rsid w:val="00C54DFB"/>
@@ -38649,50 +38162,51 @@
     <w:rsid w:val="00C91AAF"/>
     <w:rsid w:val="00C91B9E"/>
     <w:rsid w:val="00C925B9"/>
     <w:rsid w:val="00C92600"/>
     <w:rsid w:val="00C93D37"/>
     <w:rsid w:val="00C94003"/>
     <w:rsid w:val="00C943BB"/>
     <w:rsid w:val="00C96552"/>
     <w:rsid w:val="00C97A24"/>
     <w:rsid w:val="00C97C6F"/>
     <w:rsid w:val="00CA0368"/>
     <w:rsid w:val="00CA0640"/>
     <w:rsid w:val="00CA206F"/>
     <w:rsid w:val="00CA3420"/>
     <w:rsid w:val="00CA347C"/>
     <w:rsid w:val="00CA3EE3"/>
     <w:rsid w:val="00CA46D3"/>
     <w:rsid w:val="00CA5F8A"/>
     <w:rsid w:val="00CA6181"/>
     <w:rsid w:val="00CA6A55"/>
     <w:rsid w:val="00CA76FE"/>
     <w:rsid w:val="00CB0536"/>
     <w:rsid w:val="00CB3D44"/>
     <w:rsid w:val="00CB3D67"/>
     <w:rsid w:val="00CB43CF"/>
+    <w:rsid w:val="00CB4CA3"/>
     <w:rsid w:val="00CB51D3"/>
     <w:rsid w:val="00CB7608"/>
     <w:rsid w:val="00CC02DD"/>
     <w:rsid w:val="00CC055A"/>
     <w:rsid w:val="00CC0BE6"/>
     <w:rsid w:val="00CC0E63"/>
     <w:rsid w:val="00CC18F9"/>
     <w:rsid w:val="00CC2A2A"/>
     <w:rsid w:val="00CC3F26"/>
     <w:rsid w:val="00CC5A2D"/>
     <w:rsid w:val="00CC5B23"/>
     <w:rsid w:val="00CC605C"/>
     <w:rsid w:val="00CC6471"/>
     <w:rsid w:val="00CC6A35"/>
     <w:rsid w:val="00CC6D9B"/>
     <w:rsid w:val="00CD0549"/>
     <w:rsid w:val="00CD0EA6"/>
     <w:rsid w:val="00CD1BAB"/>
     <w:rsid w:val="00CD1EF0"/>
     <w:rsid w:val="00CD2ED6"/>
     <w:rsid w:val="00CD5469"/>
     <w:rsid w:val="00CD59F9"/>
     <w:rsid w:val="00CD7A3C"/>
     <w:rsid w:val="00CE0266"/>
     <w:rsid w:val="00CE277C"/>
@@ -38763,67 +38277,67 @@
     <w:rsid w:val="00D33C5D"/>
     <w:rsid w:val="00D349D3"/>
     <w:rsid w:val="00D35BF2"/>
     <w:rsid w:val="00D36510"/>
     <w:rsid w:val="00D36599"/>
     <w:rsid w:val="00D36F06"/>
     <w:rsid w:val="00D37081"/>
     <w:rsid w:val="00D401E1"/>
     <w:rsid w:val="00D401EA"/>
     <w:rsid w:val="00D40713"/>
     <w:rsid w:val="00D422EE"/>
     <w:rsid w:val="00D432F2"/>
     <w:rsid w:val="00D433CF"/>
     <w:rsid w:val="00D44A9B"/>
     <w:rsid w:val="00D44FF7"/>
     <w:rsid w:val="00D454CE"/>
     <w:rsid w:val="00D4601E"/>
     <w:rsid w:val="00D46BE3"/>
     <w:rsid w:val="00D473DD"/>
     <w:rsid w:val="00D478AC"/>
     <w:rsid w:val="00D47A51"/>
     <w:rsid w:val="00D47DBD"/>
     <w:rsid w:val="00D47F68"/>
     <w:rsid w:val="00D51492"/>
     <w:rsid w:val="00D514B8"/>
+    <w:rsid w:val="00D520E5"/>
     <w:rsid w:val="00D53E27"/>
     <w:rsid w:val="00D54C66"/>
     <w:rsid w:val="00D54DED"/>
     <w:rsid w:val="00D569AE"/>
     <w:rsid w:val="00D56FBE"/>
     <w:rsid w:val="00D60892"/>
     <w:rsid w:val="00D60A3F"/>
     <w:rsid w:val="00D60B96"/>
     <w:rsid w:val="00D60D11"/>
     <w:rsid w:val="00D614EA"/>
     <w:rsid w:val="00D61521"/>
     <w:rsid w:val="00D618B7"/>
     <w:rsid w:val="00D61A55"/>
     <w:rsid w:val="00D62376"/>
     <w:rsid w:val="00D624D2"/>
     <w:rsid w:val="00D62776"/>
-    <w:rsid w:val="00D6298E"/>
     <w:rsid w:val="00D629C8"/>
     <w:rsid w:val="00D62E6D"/>
     <w:rsid w:val="00D655B0"/>
     <w:rsid w:val="00D65F84"/>
     <w:rsid w:val="00D66519"/>
     <w:rsid w:val="00D6672B"/>
     <w:rsid w:val="00D667A6"/>
     <w:rsid w:val="00D66E30"/>
     <w:rsid w:val="00D66E93"/>
     <w:rsid w:val="00D702EE"/>
     <w:rsid w:val="00D7180F"/>
     <w:rsid w:val="00D71DC2"/>
     <w:rsid w:val="00D72894"/>
     <w:rsid w:val="00D73496"/>
     <w:rsid w:val="00D73F84"/>
     <w:rsid w:val="00D74F82"/>
     <w:rsid w:val="00D762D5"/>
     <w:rsid w:val="00D76B74"/>
     <w:rsid w:val="00D772A9"/>
     <w:rsid w:val="00D779C5"/>
     <w:rsid w:val="00D77E29"/>
     <w:rsid w:val="00D805C9"/>
     <w:rsid w:val="00D80C31"/>
     <w:rsid w:val="00D80D5C"/>
     <w:rsid w:val="00D8146B"/>
@@ -38875,67 +38389,69 @@
     <w:rsid w:val="00DC3132"/>
     <w:rsid w:val="00DC494C"/>
     <w:rsid w:val="00DC52C2"/>
     <w:rsid w:val="00DC54A0"/>
     <w:rsid w:val="00DC58CC"/>
     <w:rsid w:val="00DC64DB"/>
     <w:rsid w:val="00DC73A2"/>
     <w:rsid w:val="00DC7CD5"/>
     <w:rsid w:val="00DD01E1"/>
     <w:rsid w:val="00DD0FC5"/>
     <w:rsid w:val="00DD1295"/>
     <w:rsid w:val="00DD1E65"/>
     <w:rsid w:val="00DD24FE"/>
     <w:rsid w:val="00DD3642"/>
     <w:rsid w:val="00DD37E8"/>
     <w:rsid w:val="00DD578C"/>
     <w:rsid w:val="00DD6766"/>
     <w:rsid w:val="00DE07AE"/>
     <w:rsid w:val="00DE0E55"/>
     <w:rsid w:val="00DE2414"/>
     <w:rsid w:val="00DE363B"/>
     <w:rsid w:val="00DE3ADA"/>
     <w:rsid w:val="00DE519E"/>
     <w:rsid w:val="00DE5876"/>
     <w:rsid w:val="00DE5DB0"/>
+    <w:rsid w:val="00DE616F"/>
     <w:rsid w:val="00DE69CE"/>
     <w:rsid w:val="00DE6E85"/>
     <w:rsid w:val="00DE6F12"/>
     <w:rsid w:val="00DE713C"/>
     <w:rsid w:val="00DE7C1C"/>
     <w:rsid w:val="00DF2DFC"/>
     <w:rsid w:val="00DF31F6"/>
     <w:rsid w:val="00DF5016"/>
     <w:rsid w:val="00DF6AEB"/>
     <w:rsid w:val="00DF71CF"/>
     <w:rsid w:val="00DF7C89"/>
     <w:rsid w:val="00E016A3"/>
     <w:rsid w:val="00E0184D"/>
     <w:rsid w:val="00E01FF2"/>
     <w:rsid w:val="00E026F7"/>
     <w:rsid w:val="00E028F4"/>
     <w:rsid w:val="00E02E7B"/>
+    <w:rsid w:val="00E03866"/>
     <w:rsid w:val="00E03AEB"/>
     <w:rsid w:val="00E04806"/>
     <w:rsid w:val="00E058A7"/>
     <w:rsid w:val="00E058F8"/>
     <w:rsid w:val="00E06B19"/>
     <w:rsid w:val="00E06BA4"/>
     <w:rsid w:val="00E06ECC"/>
     <w:rsid w:val="00E0763A"/>
     <w:rsid w:val="00E1076F"/>
     <w:rsid w:val="00E10E95"/>
     <w:rsid w:val="00E117DF"/>
     <w:rsid w:val="00E13B49"/>
     <w:rsid w:val="00E1403F"/>
     <w:rsid w:val="00E14113"/>
     <w:rsid w:val="00E1428C"/>
     <w:rsid w:val="00E14F8B"/>
     <w:rsid w:val="00E16635"/>
     <w:rsid w:val="00E16D6D"/>
     <w:rsid w:val="00E17E0E"/>
     <w:rsid w:val="00E17F49"/>
     <w:rsid w:val="00E17F6C"/>
     <w:rsid w:val="00E20520"/>
     <w:rsid w:val="00E208AC"/>
     <w:rsid w:val="00E213CB"/>
     <w:rsid w:val="00E2252C"/>
@@ -38964,50 +38480,51 @@
     <w:rsid w:val="00E35566"/>
     <w:rsid w:val="00E3750E"/>
     <w:rsid w:val="00E42305"/>
     <w:rsid w:val="00E42B2E"/>
     <w:rsid w:val="00E42C0B"/>
     <w:rsid w:val="00E438BB"/>
     <w:rsid w:val="00E438DF"/>
     <w:rsid w:val="00E454D3"/>
     <w:rsid w:val="00E46406"/>
     <w:rsid w:val="00E47035"/>
     <w:rsid w:val="00E47487"/>
     <w:rsid w:val="00E502D3"/>
     <w:rsid w:val="00E50647"/>
     <w:rsid w:val="00E50B7C"/>
     <w:rsid w:val="00E518BD"/>
     <w:rsid w:val="00E533B9"/>
     <w:rsid w:val="00E53B47"/>
     <w:rsid w:val="00E54B77"/>
     <w:rsid w:val="00E55314"/>
     <w:rsid w:val="00E55EFF"/>
     <w:rsid w:val="00E562CB"/>
     <w:rsid w:val="00E56C9A"/>
     <w:rsid w:val="00E620CE"/>
     <w:rsid w:val="00E621CA"/>
     <w:rsid w:val="00E62307"/>
+    <w:rsid w:val="00E62C00"/>
     <w:rsid w:val="00E64B23"/>
     <w:rsid w:val="00E64B44"/>
     <w:rsid w:val="00E65AF5"/>
     <w:rsid w:val="00E66208"/>
     <w:rsid w:val="00E67003"/>
     <w:rsid w:val="00E704A5"/>
     <w:rsid w:val="00E706B0"/>
     <w:rsid w:val="00E71257"/>
     <w:rsid w:val="00E72BF0"/>
     <w:rsid w:val="00E72E50"/>
     <w:rsid w:val="00E73B78"/>
     <w:rsid w:val="00E746C2"/>
     <w:rsid w:val="00E7484F"/>
     <w:rsid w:val="00E74929"/>
     <w:rsid w:val="00E749E0"/>
     <w:rsid w:val="00E74A22"/>
     <w:rsid w:val="00E772A0"/>
     <w:rsid w:val="00E7789F"/>
     <w:rsid w:val="00E80672"/>
     <w:rsid w:val="00E810B5"/>
     <w:rsid w:val="00E810D1"/>
     <w:rsid w:val="00E81FD4"/>
     <w:rsid w:val="00E842AF"/>
     <w:rsid w:val="00E84450"/>
     <w:rsid w:val="00E846D9"/>
@@ -39090,101 +38607,101 @@
     <w:rsid w:val="00ED4B92"/>
     <w:rsid w:val="00ED5033"/>
     <w:rsid w:val="00ED6966"/>
     <w:rsid w:val="00ED7396"/>
     <w:rsid w:val="00ED76B7"/>
     <w:rsid w:val="00ED7845"/>
     <w:rsid w:val="00EE23F6"/>
     <w:rsid w:val="00EE2E09"/>
     <w:rsid w:val="00EE3232"/>
     <w:rsid w:val="00EE37EF"/>
     <w:rsid w:val="00EE513C"/>
     <w:rsid w:val="00EE5479"/>
     <w:rsid w:val="00EE5B59"/>
     <w:rsid w:val="00EE72A4"/>
     <w:rsid w:val="00EE7DB9"/>
     <w:rsid w:val="00EF0357"/>
     <w:rsid w:val="00EF10B3"/>
     <w:rsid w:val="00EF13C6"/>
     <w:rsid w:val="00EF300A"/>
     <w:rsid w:val="00EF3C75"/>
     <w:rsid w:val="00EF52F5"/>
     <w:rsid w:val="00EF6D02"/>
     <w:rsid w:val="00EF7685"/>
     <w:rsid w:val="00EF7A9F"/>
     <w:rsid w:val="00F003FD"/>
-    <w:rsid w:val="00F027C2"/>
     <w:rsid w:val="00F03059"/>
     <w:rsid w:val="00F031F9"/>
     <w:rsid w:val="00F03B75"/>
     <w:rsid w:val="00F03E04"/>
     <w:rsid w:val="00F04004"/>
     <w:rsid w:val="00F0401F"/>
     <w:rsid w:val="00F041B4"/>
     <w:rsid w:val="00F04281"/>
     <w:rsid w:val="00F049A5"/>
     <w:rsid w:val="00F04BD5"/>
     <w:rsid w:val="00F059B3"/>
     <w:rsid w:val="00F05FC5"/>
     <w:rsid w:val="00F06B66"/>
     <w:rsid w:val="00F07FBA"/>
     <w:rsid w:val="00F11A73"/>
     <w:rsid w:val="00F12292"/>
     <w:rsid w:val="00F123D5"/>
     <w:rsid w:val="00F12DC6"/>
     <w:rsid w:val="00F13606"/>
     <w:rsid w:val="00F137DB"/>
     <w:rsid w:val="00F175DF"/>
     <w:rsid w:val="00F17FD6"/>
     <w:rsid w:val="00F2008A"/>
     <w:rsid w:val="00F21C2C"/>
     <w:rsid w:val="00F22E1A"/>
     <w:rsid w:val="00F23A75"/>
     <w:rsid w:val="00F251E8"/>
     <w:rsid w:val="00F254F6"/>
     <w:rsid w:val="00F25B30"/>
     <w:rsid w:val="00F268B5"/>
     <w:rsid w:val="00F30B10"/>
     <w:rsid w:val="00F31CE7"/>
+    <w:rsid w:val="00F324FE"/>
     <w:rsid w:val="00F32797"/>
     <w:rsid w:val="00F32ACD"/>
     <w:rsid w:val="00F32BE4"/>
     <w:rsid w:val="00F3318F"/>
+    <w:rsid w:val="00F34811"/>
     <w:rsid w:val="00F355D8"/>
     <w:rsid w:val="00F35CB4"/>
     <w:rsid w:val="00F36CDC"/>
     <w:rsid w:val="00F3737A"/>
     <w:rsid w:val="00F4003E"/>
     <w:rsid w:val="00F4063B"/>
     <w:rsid w:val="00F40FED"/>
     <w:rsid w:val="00F4102B"/>
     <w:rsid w:val="00F42D15"/>
     <w:rsid w:val="00F42F00"/>
     <w:rsid w:val="00F439DE"/>
     <w:rsid w:val="00F439E9"/>
     <w:rsid w:val="00F45363"/>
-    <w:rsid w:val="00F453BC"/>
     <w:rsid w:val="00F45B8A"/>
     <w:rsid w:val="00F4721E"/>
     <w:rsid w:val="00F476E5"/>
     <w:rsid w:val="00F50813"/>
     <w:rsid w:val="00F50EA7"/>
     <w:rsid w:val="00F52577"/>
     <w:rsid w:val="00F53DDD"/>
     <w:rsid w:val="00F55478"/>
     <w:rsid w:val="00F55FA5"/>
     <w:rsid w:val="00F5630C"/>
     <w:rsid w:val="00F6036D"/>
     <w:rsid w:val="00F61284"/>
     <w:rsid w:val="00F61BAA"/>
     <w:rsid w:val="00F61FC0"/>
     <w:rsid w:val="00F63166"/>
     <w:rsid w:val="00F63687"/>
     <w:rsid w:val="00F63D2B"/>
     <w:rsid w:val="00F640FA"/>
     <w:rsid w:val="00F64F28"/>
     <w:rsid w:val="00F659CD"/>
     <w:rsid w:val="00F66935"/>
     <w:rsid w:val="00F67EF7"/>
     <w:rsid w:val="00F70175"/>
     <w:rsid w:val="00F7069F"/>
     <w:rsid w:val="00F70CB2"/>
@@ -39207,61 +38724,63 @@
     <w:rsid w:val="00F77F66"/>
     <w:rsid w:val="00F820B3"/>
     <w:rsid w:val="00F83A25"/>
     <w:rsid w:val="00F844FD"/>
     <w:rsid w:val="00F84712"/>
     <w:rsid w:val="00F8491A"/>
     <w:rsid w:val="00F873D9"/>
     <w:rsid w:val="00F90CAD"/>
     <w:rsid w:val="00F9188A"/>
     <w:rsid w:val="00F91976"/>
     <w:rsid w:val="00F937C9"/>
     <w:rsid w:val="00F939C1"/>
     <w:rsid w:val="00F950F3"/>
     <w:rsid w:val="00F96C4D"/>
     <w:rsid w:val="00F976DA"/>
     <w:rsid w:val="00FA0834"/>
     <w:rsid w:val="00FA0CA6"/>
     <w:rsid w:val="00FA179D"/>
     <w:rsid w:val="00FA2372"/>
     <w:rsid w:val="00FA2F61"/>
     <w:rsid w:val="00FA34E7"/>
     <w:rsid w:val="00FA35F7"/>
     <w:rsid w:val="00FA414C"/>
     <w:rsid w:val="00FA4317"/>
     <w:rsid w:val="00FA45AC"/>
+    <w:rsid w:val="00FA4E1B"/>
     <w:rsid w:val="00FA4EC0"/>
     <w:rsid w:val="00FA531B"/>
     <w:rsid w:val="00FA5892"/>
     <w:rsid w:val="00FA5C75"/>
     <w:rsid w:val="00FA6A99"/>
     <w:rsid w:val="00FB04CC"/>
     <w:rsid w:val="00FB0DBB"/>
     <w:rsid w:val="00FB0EFE"/>
     <w:rsid w:val="00FB0FFE"/>
     <w:rsid w:val="00FB107D"/>
     <w:rsid w:val="00FB1EFB"/>
+    <w:rsid w:val="00FB3376"/>
     <w:rsid w:val="00FB3B01"/>
     <w:rsid w:val="00FB4008"/>
     <w:rsid w:val="00FB45B9"/>
     <w:rsid w:val="00FB495B"/>
     <w:rsid w:val="00FB5399"/>
     <w:rsid w:val="00FB5678"/>
     <w:rsid w:val="00FB5752"/>
     <w:rsid w:val="00FB608C"/>
     <w:rsid w:val="00FB6E1B"/>
     <w:rsid w:val="00FC00CA"/>
     <w:rsid w:val="00FC1538"/>
     <w:rsid w:val="00FC1CE0"/>
     <w:rsid w:val="00FC1E45"/>
     <w:rsid w:val="00FC20CC"/>
     <w:rsid w:val="00FC237C"/>
     <w:rsid w:val="00FC26F8"/>
     <w:rsid w:val="00FC2B96"/>
     <w:rsid w:val="00FC2D10"/>
     <w:rsid w:val="00FC3356"/>
     <w:rsid w:val="00FC4B15"/>
     <w:rsid w:val="00FC6342"/>
     <w:rsid w:val="00FC6829"/>
     <w:rsid w:val="00FC7F18"/>
     <w:rsid w:val="00FD0F63"/>
     <w:rsid w:val="00FD1182"/>
@@ -40041,51 +39560,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1848400020">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0FB3A497E25242D7A393181438F4480F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6E7084AA-FD77-41C9-8112-DD2DB3107368}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -41329,100 +40848,109 @@
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C16B6E"/>
     <w:rsid w:val="00002F4E"/>
     <w:rsid w:val="000371BD"/>
     <w:rsid w:val="00081C30"/>
     <w:rsid w:val="000A7B0D"/>
     <w:rsid w:val="000B6E04"/>
     <w:rsid w:val="000D3E2D"/>
     <w:rsid w:val="001013DE"/>
     <w:rsid w:val="00101FCD"/>
+    <w:rsid w:val="0019706E"/>
     <w:rsid w:val="001C77DB"/>
     <w:rsid w:val="001F4699"/>
     <w:rsid w:val="00211E55"/>
     <w:rsid w:val="00241DB4"/>
+    <w:rsid w:val="002757F3"/>
     <w:rsid w:val="002B7013"/>
     <w:rsid w:val="002D4355"/>
+    <w:rsid w:val="003067AB"/>
     <w:rsid w:val="003212EC"/>
     <w:rsid w:val="00325496"/>
+    <w:rsid w:val="00334C09"/>
     <w:rsid w:val="003661CE"/>
     <w:rsid w:val="003A4CC8"/>
     <w:rsid w:val="003C3495"/>
-    <w:rsid w:val="003C66DA"/>
     <w:rsid w:val="0045520A"/>
     <w:rsid w:val="00456035"/>
     <w:rsid w:val="00462BBD"/>
     <w:rsid w:val="00493B28"/>
     <w:rsid w:val="004A3A62"/>
     <w:rsid w:val="00515483"/>
     <w:rsid w:val="00523CDF"/>
     <w:rsid w:val="005544D9"/>
     <w:rsid w:val="00562AE3"/>
     <w:rsid w:val="00592066"/>
     <w:rsid w:val="005A630D"/>
+    <w:rsid w:val="005C2FEC"/>
     <w:rsid w:val="006102E5"/>
     <w:rsid w:val="00685E93"/>
     <w:rsid w:val="00695223"/>
     <w:rsid w:val="006A7331"/>
     <w:rsid w:val="007225AF"/>
     <w:rsid w:val="0075670E"/>
     <w:rsid w:val="00767375"/>
+    <w:rsid w:val="00776DDD"/>
+    <w:rsid w:val="007913C0"/>
     <w:rsid w:val="007F6F90"/>
     <w:rsid w:val="0082376B"/>
     <w:rsid w:val="00826B4F"/>
+    <w:rsid w:val="00834C85"/>
     <w:rsid w:val="00865194"/>
+    <w:rsid w:val="008A3B22"/>
     <w:rsid w:val="009259AC"/>
     <w:rsid w:val="009532DD"/>
     <w:rsid w:val="00A71DB3"/>
     <w:rsid w:val="00B17B6B"/>
     <w:rsid w:val="00B2475C"/>
     <w:rsid w:val="00C16B6E"/>
     <w:rsid w:val="00C645D7"/>
     <w:rsid w:val="00D06BF0"/>
     <w:rsid w:val="00D12DDB"/>
+    <w:rsid w:val="00D92A50"/>
     <w:rsid w:val="00DA2F2F"/>
+    <w:rsid w:val="00E03866"/>
     <w:rsid w:val="00E24C34"/>
     <w:rsid w:val="00E55F1D"/>
     <w:rsid w:val="00E562CB"/>
     <w:rsid w:val="00E842AF"/>
     <w:rsid w:val="00E91E7C"/>
-    <w:rsid w:val="00EA0DBC"/>
     <w:rsid w:val="00EE64B5"/>
     <w:rsid w:val="00F47574"/>
     <w:rsid w:val="00F52266"/>
     <w:rsid w:val="00F67C81"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
@@ -42548,69 +42076,56 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...8 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb" xmlns:ns3="56ad977b-6cba-4d16-971c-01180e0d0515" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9593633b1aa74c2a3758ea6175fd1e75" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5494836E8AEFD4C8E68BF3674A42DDF" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="291fe053bbd8f0f9319c5cf4668d112c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb" xmlns:ns3="56ad977b-6cba-4d16-971c-01180e0d0515" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="02c73a0089642de45352b049d4560e99" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb"/>
     <xsd:import namespace="56ad977b-6cba-4d16-971c-01180e0d0515"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -42842,137 +42357,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="56ad977b-6cba-4d16-971c-01180e0d0515">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C831FCAC-B116-4B03-89C1-B0CF39E2BE3A}">
-[...10 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA238C88-D510-4C1E-AA45-4D5E40EE9958}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F328A3F-B7DE-4640-83F0-D1485653183C}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0D6BFCC-8099-48E2-9258-9B983970B9C3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb"/>
     <ds:schemaRef ds:uri="56ad977b-6cba-4d16-971c-01180e0d0515"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C831FCAC-B116-4B03-89C1-B0CF39E2BE3A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="56ad977b-6cba-4d16-971c-01180e0d0515"/>
+    <ds:schemaRef ds:uri="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67354EF5-67D5-4CFF-BABE-CCBB65CFC640}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>27</Pages>
-  <Words>12440</Words>
-  <Characters>70910</Characters>
+  <Words>12867</Words>
+  <Characters>71285</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>590</Lines>
-  <Paragraphs>166</Paragraphs>
+  <Lines>1370</Lines>
+  <Paragraphs>293</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>WRP DOCUMENTS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>USDA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>83184</CharactersWithSpaces>
+  <CharactersWithSpaces>83859</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>WRP DOCUMENTS</dc:title>
   <dc:subject/>
   <dc:creator>Lynn.Marotta</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C5494836E8AEFD4C8E68BF3674A42DDF</vt:lpwstr>
   </property>