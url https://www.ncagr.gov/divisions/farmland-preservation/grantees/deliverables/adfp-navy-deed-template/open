--- v0 (2025-10-09)
+++ v1 (2025-12-11)
@@ -1741,63 +1741,72 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>multiple</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CO-GRANTEE</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s shall be interpreted to mean only one </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CO-GRANTEE</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, as the case may be. </w:t>
+        <w:t>, as the case may be</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09BFDA1B" w14:textId="4A488930" w:rsidR="00412EA0" w:rsidRDefault="00412EA0" w:rsidP="00412EA0">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02506828" w14:textId="78E63D35" w:rsidR="00893A05" w:rsidRPr="001E59C1" w:rsidRDefault="00893A05" w:rsidP="00412EA0">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1826,56 +1835,65 @@
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00AC0DB9" w:rsidSect="00306E90">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:footnotePr>
             <w:numRestart w:val="eachSect"/>
           </w:footnotePr>
           <w:endnotePr>
             <w:numFmt w:val="decimal"/>
           </w:endnotePr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="2160" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="272"/>
         </w:sectPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001401BB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">WHEREAS, the NCDA&amp;CS is an instrument of the State of North Carolina created pursuant to North Carolina General Statute Article 1, Chapter 106 for the purpose of promoting </w:t>
+        <w:t>WHEREAS,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001401BB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the NCDA&amp;CS is an instrument of the State of North Carolina created pursuant to North Carolina General Statute Article 1, Chapter 106 for the purpose of promoting </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F86355E" w14:textId="4A4C1005" w:rsidR="00B87C80" w:rsidRPr="001401BB" w:rsidRDefault="00B87C80" w:rsidP="00884E65">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001401BB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and improving agriculture, agribusiness and forests; protecting consumers and businesses; and conserving farmland</w:t>
       </w:r>
       <w:r w:rsidR="005236D6" w:rsidRPr="001401BB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, forests</w:t>
       </w:r>
       <w:r w:rsidRPr="001401BB">
@@ -2279,56 +2297,65 @@
       </w:r>
       <w:r w:rsidRPr="0009516C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="612C6674" w14:textId="77777777" w:rsidR="003F3C59" w:rsidRPr="003F3C59" w:rsidRDefault="003F3C59" w:rsidP="00B06200">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1AA73EEF" w14:textId="52EDBBB9" w:rsidR="00F31E11" w:rsidRDefault="00F31E11" w:rsidP="00B06200">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F31E11">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">WHEREAS, the </w:t>
+        <w:t>WHEREAS,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F31E11">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>United State</w:t>
       </w:r>
       <w:r w:rsidR="001309F6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s Marine Corps operates out of </w:t>
       </w:r>
       <w:r w:rsidR="00474DB4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -3559,51 +3586,67 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">WHEREAS, the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> consists primarily of productive agricultural land and forest land</w:t>
       </w:r>
       <w:r w:rsidR="00700B1F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, and the majority of those</w:t>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00700B1F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the majority of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00700B1F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> those</w:t>
       </w:r>
       <w:r w:rsidR="00700B1F" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> soils have been classified as “prime” or “statewide important” soils by </w:t>
       </w:r>
       <w:r w:rsidR="000F2067">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the Natural Resources Conservation Service (</w:t>
       </w:r>
       <w:r w:rsidR="00F93A73">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00700B1F" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -3723,64 +3766,82 @@
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">attached hereto and incorporated herein.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53D01A91" w14:textId="77777777" w:rsidR="00734DA6" w:rsidRPr="001E59C1" w:rsidRDefault="00734DA6" w:rsidP="00B27FEE">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="719819B2" w14:textId="77777777" w:rsidR="001023A1" w:rsidRPr="001E59C1" w:rsidRDefault="00734DA6" w:rsidP="00B27FEE">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">WHEREAS, it is the purpose of this </w:t>
+        <w:t>WHEREAS,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">it is the purpose of this </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Easement</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
       <w:r w:rsidR="001023A1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="731EA684" w14:textId="77777777" w:rsidR="001023A1" w:rsidRPr="001E59C1" w:rsidRDefault="001023A1" w:rsidP="00B27FEE">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79E702AC" w14:textId="66E7F9C5" w:rsidR="00734DA6" w:rsidRPr="001E59C1" w:rsidRDefault="001023A1" w:rsidP="00B27FEE">
@@ -3869,51 +3930,67 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77F7CEA6" w14:textId="77777777" w:rsidR="00734DA6" w:rsidRPr="001E59C1" w:rsidRDefault="001023A1" w:rsidP="00B27FEE">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(b) </w:t>
       </w:r>
       <w:r w:rsidR="00734DA6" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">to protect the green space, silvicultural and agricultural soils, and agricultural and silvicultural viability and productivity by limiting nonagricultural uses of the </w:t>
+        <w:t xml:space="preserve">to protect the green space, silvicultural and agricultural soils, and agricultural and silvicultural viability and productivity by limiting </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00734DA6" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nonagricultural</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00734DA6" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uses of the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">; and </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78BFBF6C" w14:textId="77777777" w:rsidR="00D81D6C" w:rsidRDefault="00D81D6C" w:rsidP="00B27FEE">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -3972,56 +4049,65 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="519E8B5D" w14:textId="6CB4A692" w:rsidR="00C15122" w:rsidRPr="0085306D" w:rsidRDefault="00C15122" w:rsidP="00B27FEE">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6967177D" w14:textId="498EA1BD" w:rsidR="00C15122" w:rsidRPr="00C15122" w:rsidRDefault="00C15122" w:rsidP="00B27FEE">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F3FD5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>WHEREAS, the specific Conse</w:t>
+        <w:t>WHEREAS,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F3FD5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the specific Conse</w:t>
       </w:r>
       <w:r w:rsidR="003A6C6A" w:rsidRPr="000F3FD5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rvation Values of the</w:t>
       </w:r>
       <w:r w:rsidR="003A6C6A" w:rsidRPr="000F3FD5">
         <w:rPr>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F3FD5">
         <w:rPr>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Property</w:t>
       </w:r>
       <w:r w:rsidRPr="000F3FD5">
@@ -4035,51 +4121,67 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Documentation Report (“REPORT”) </w:t>
       </w:r>
       <w:r w:rsidRPr="000F3FD5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">prepared by </w:t>
       </w:r>
       <w:r w:rsidR="003A6C6A" w:rsidRPr="000F3FD5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CO-</w:t>
       </w:r>
       <w:r w:rsidRPr="000F3FD5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">GRANTEES with the cooperation of GRANTOR, and acknowledged by all </w:t>
+        <w:t xml:space="preserve">GRANTEES with the cooperation of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F3FD5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GRANTOR, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F3FD5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> acknowledged by all </w:t>
       </w:r>
       <w:r w:rsidR="003A6C6A" w:rsidRPr="000F3FD5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CO-GRANTEEs</w:t>
       </w:r>
       <w:r w:rsidRPr="000F3FD5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to be accurate as of the dat</w:t>
       </w:r>
       <w:r w:rsidR="003A6C6A" w:rsidRPr="000F3FD5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e of this Easement.  This REPORT</w:t>
       </w:r>
       <w:r w:rsidRPr="000F3FD5">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -4091,51 +4193,67 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CO-</w:t>
       </w:r>
       <w:r w:rsidRPr="000F3FD5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">GRANTEES to evaluate any future changes in the use or character of the </w:t>
       </w:r>
       <w:r w:rsidR="003A6C6A" w:rsidRPr="000F3FD5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
       <w:r w:rsidRPr="000F3FD5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in order to ensure the terms and conditions of this Easement</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F3FD5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F3FD5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ensure the terms and conditions of this Easement</w:t>
       </w:r>
       <w:r w:rsidR="003A6C6A" w:rsidRPr="000F3FD5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> are fulfilled.  The REPORT</w:t>
       </w:r>
       <w:r w:rsidRPr="000F3FD5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, however, is not intended to preclude the use of other evidence to establish the present condition of the </w:t>
       </w:r>
       <w:r w:rsidR="003A6C6A" w:rsidRPr="000F3FD5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>PROPERT</w:t>
       </w:r>
       <w:r w:rsidR="000F3FD5">
         <w:rPr>
@@ -4174,56 +4292,65 @@
       </w:r>
       <w:r w:rsidR="003A6C6A" w:rsidRPr="000F3FD5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ADFPTF.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="222CA3E9" w14:textId="77777777" w:rsidR="00734DA6" w:rsidRPr="001E59C1" w:rsidRDefault="00734DA6" w:rsidP="00B27FEE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2598E60E" w14:textId="0A15196D" w:rsidR="00734DA6" w:rsidRPr="001E59C1" w:rsidRDefault="00734DA6" w:rsidP="00B27FEE">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">WHEREAS, the </w:t>
+        <w:t>WHEREAS,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="00AE2FDE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CO-GRANTEE</w:t>
       </w:r>
       <w:r w:rsidR="00AE2FDE">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -4287,52 +4414,57 @@
         <w:pStyle w:val="BodyTextIndent"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="555"/>
           <w:tab w:val="clear" w:pos="1275"/>
           <w:tab w:val="clear" w:pos="1995"/>
           <w:tab w:val="clear" w:pos="2715"/>
           <w:tab w:val="clear" w:pos="3435"/>
           <w:tab w:val="clear" w:pos="4155"/>
           <w:tab w:val="clear" w:pos="4875"/>
           <w:tab w:val="clear" w:pos="5595"/>
           <w:tab w:val="clear" w:pos="6315"/>
           <w:tab w:val="left" w:pos="702"/>
           <w:tab w:val="left" w:pos="1422"/>
           <w:tab w:val="left" w:pos="2142"/>
           <w:tab w:val="left" w:pos="2862"/>
           <w:tab w:val="left" w:pos="3582"/>
           <w:tab w:val="left" w:pos="4302"/>
           <w:tab w:val="left" w:pos="5022"/>
           <w:tab w:val="left" w:pos="5742"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00734DA6" w:rsidRPr="001E59C1">
-        <w:t xml:space="preserve">WHEREAS, the </w:t>
+        <w:t>WHEREAS,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00734DA6" w:rsidRPr="001E59C1">
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:t>GRANTOR</w:t>
       </w:r>
       <w:r w:rsidR="00734DA6" w:rsidRPr="001E59C1">
         <w:t xml:space="preserve"> agrees to create and implement a </w:t>
       </w:r>
       <w:r w:rsidR="00E66C11">
         <w:t>Land Management Plan</w:t>
       </w:r>
       <w:r w:rsidR="00734DA6" w:rsidRPr="001E59C1">
         <w:t xml:space="preserve"> that is developed utilizing the standards and specifications of the </w:t>
       </w:r>
       <w:r w:rsidR="00734DA6" w:rsidRPr="004A1C4A">
         <w:t>NRCS Field Office Technical Guide and 7</w:t>
       </w:r>
       <w:r w:rsidR="00734DA6" w:rsidRPr="001E59C1">
         <w:t xml:space="preserve"> CFR Part 12</w:t>
       </w:r>
       <w:r w:rsidR="00972790">
         <w:t xml:space="preserve"> and approved by the CO-GRANTEEs</w:t>
       </w:r>
       <w:r w:rsidR="00734DA6" w:rsidRPr="001E59C1">
         <w:t>.</w:t>
       </w:r>
@@ -4884,64 +5016,66 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">to the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001401BB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
       <w:r w:rsidR="004A1C4A" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> via NCDA&amp;CS,</w:t>
       </w:r>
       <w:r w:rsidRPr="0085306D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> as partial monetary consideration for granting this </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001E59C1" w:rsidRPr="0085306D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Easement</w:t>
       </w:r>
       <w:r w:rsidRPr="0085306D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="5A015C61" w14:textId="77777777" w:rsidR="00C65B98" w:rsidRPr="003E46E5" w:rsidRDefault="00C65B98" w:rsidP="00347B01">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E46E5">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0141CB69" w14:textId="270C1C26" w:rsidR="00B06200" w:rsidRPr="003E46E5" w:rsidRDefault="00C65B98" w:rsidP="00B27FEE">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -5865,51 +5999,67 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C15122" w:rsidRPr="001401BB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>silvicultural</w:t>
       </w:r>
       <w:r w:rsidR="00AD1711" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and animal</w:t>
       </w:r>
       <w:r w:rsidR="00AD1711" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> husbandry operations are permitted only if conducted consistent with Best Management Practices promulgated by the State of North Carolina and in conformity with a </w:t>
+        <w:t xml:space="preserve"> husbandry operations are permitted only if conducted </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AD1711" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>consistent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AD1711" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with Best Management Practices promulgated by the State of North Carolina and in conformity with a </w:t>
       </w:r>
       <w:r w:rsidR="00E66C11">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Land Management Plan. </w:t>
       </w:r>
       <w:r w:rsidR="00DB633F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09AD8280" w14:textId="77777777" w:rsidR="0083537C" w:rsidRPr="0083537C" w:rsidRDefault="0083537C" w:rsidP="0083537C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="555"/>
           <w:tab w:val="left" w:pos="1275"/>
           <w:tab w:val="left" w:pos="1995"/>
           <w:tab w:val="left" w:pos="2715"/>
           <w:tab w:val="left" w:pos="3435"/>
@@ -5956,59 +6106,68 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Right to Privacy</w:t>
       </w:r>
       <w:r w:rsidR="00AD1711" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
       <w:r w:rsidR="00AD1711" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> retains the right to privacy and the right to exclude any member of the public from trespassing on the </w:t>
+        <w:t xml:space="preserve"> retains the right to privacy and the right to exclude any member of the public from trespassing on </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AD1711" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00AD1711" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.  This Easement is not intended to create any rights of the public in, on</w:t>
       </w:r>
       <w:r w:rsidR="006D5AA5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00AD1711" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or to the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6024,64 +6183,74 @@
       </w:r>
       <w:r w:rsidR="002A2783" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="739B85F9" w14:textId="50D7DE12" w:rsidR="0056646E" w:rsidRDefault="00EA5A1F" w:rsidP="00B27FEE">
       <w:pPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(E</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0080391A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)  </w:t>
       </w:r>
       <w:r w:rsidR="00160315" w:rsidRPr="00160315">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Residential, </w:t>
+        <w:t>Residential</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00160315" w:rsidRPr="00160315">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00FB0C1E" w:rsidRPr="00160315">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Industrial</w:t>
       </w:r>
       <w:r w:rsidR="00FB0C1E" w:rsidRPr="00FB0C1E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00160315">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6496,59 +6665,68 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(e.g., farmers market, agricultural awareness meetings, etc.) </w:t>
       </w:r>
       <w:r w:rsidR="00AD1711" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">provided said activities are compatible with this </w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Easement</w:t>
       </w:r>
       <w:r w:rsidR="00AD1711" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. The enterprises shall be conducted in the buildings required for the agricultural use of the </w:t>
+        <w:t xml:space="preserve">. The enterprises shall be conducted in the buildings required for the agricultural use of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AD1711" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00AD1711" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.  Enterprises which market petroleum or chemical products are prohibited.</w:t>
       </w:r>
       <w:r w:rsidR="00A12E04">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AD1711" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For purposes herein, the term “Ecotourism” shall be broadly defined to mean tourism and activities that are carried out in a relatively undisturbed natural area that serves as a </w:t>
       </w:r>
       <w:r w:rsidR="00AD1711" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6620,51 +6798,67 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
       <w:r w:rsidR="00EA5A1F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  An activity is an </w:t>
       </w:r>
       <w:r w:rsidR="00EA5A1F">
         <w:rPr>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>gritourism activity whether or not the participant paid to participate in the activity.</w:t>
+        <w:t xml:space="preserve">gritourism activity </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>whether or not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the participant paid to participate in the activity.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22729C71" w14:textId="00850CFE" w:rsidR="00AA6DE7" w:rsidRDefault="00AD1711" w:rsidP="00B27FEE">
       <w:pPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The term “Special Events” shall be broadly defined to mean a one-time or infrequently occurring event outside normal “Agritourism” programs or activities that provides for an agriculturally based leisure, social or cultural experience outside the normal range of agritourism choices or beyond the everyday agricultural experience such as</w:t>
       </w:r>
       <w:r w:rsidR="00AA6DE7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
@@ -6721,51 +6915,67 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">during a twelve (12) month </w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">period nor exist in a manner that negatively impacts the soils or </w:t>
       </w:r>
       <w:r w:rsidR="00F40150">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>purposes of this easement</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  Any parking associated with such events shall be located within the Farmstead Areas and/or existing farm roads as depicted in </w:t>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Any parking</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> associated with such events shall be located within the Farmstead Areas and/or existing farm roads as depicted in </w:t>
       </w:r>
       <w:r w:rsidR="00ED28F3" w:rsidRPr="00ED28F3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Exhibit </w:t>
       </w:r>
       <w:r w:rsidR="00B4130B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text29"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter exhibit letter or number"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="31" w:name="Text29"/>
@@ -7149,51 +7359,67 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Within ninety days (90)</w:t>
       </w:r>
       <w:r w:rsidR="00CB3B3D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of receipt of the request, the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CO-GRANTEE</w:t>
       </w:r>
       <w:r w:rsidR="00AD1711" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">s will grant or withhold its approval in writing.  The </w:t>
+        <w:t xml:space="preserve">s will grant or withhold </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AD1711" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AD1711" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> approval in writing.  The </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CO-GRANTEE</w:t>
       </w:r>
       <w:r w:rsidR="00AD1711" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00B92B1F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00AD1711" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -7575,51 +7801,67 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r w:rsidR="00B4130B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>under applicable laws and ordinances for such construction activities.  Any building may be constructed under applicable laws and ordinances for such construction activities.  Any building that may be constructed under this section may be repaired and replaced</w:t>
       </w:r>
       <w:r w:rsidR="00AF31FC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> as long as such repair or replacement complies with this Easement.  GRANTOR shall notify CO-GRANTEEs pursuant to the timeframes above if any repair or replacement </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AF31FC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as long as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AF31FC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> such repair or replacement complies with this Easement.  GRANTOR shall notify CO-GRANTEEs pursuant to the timeframes above if any repair or replacement </w:t>
       </w:r>
       <w:r w:rsidR="00C7476E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>does not meet the criteria for the previously approved project and/or does not meet the requirements for permitted activities</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="469CDE73" w14:textId="353FC286" w:rsidR="00AD1711" w:rsidRPr="001E59C1" w:rsidRDefault="00AD1711" w:rsidP="00AE3AA9">
       <w:pPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -7799,73 +8041,146 @@
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A56EA0">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Road Construction and Maintenance</w:t>
       </w:r>
       <w:r w:rsidRPr="00A56EA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  Construction and maintenance of unpaved farm roads that may be reasonably necessary and incidental to carrying out the improvements and uses permitted on the </w:t>
+        <w:t xml:space="preserve">.  Construction and maintenance of unpaved farm roads that may be reasonably necessary and incidental to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A56EA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>carrying</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A56EA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> out the improvements and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A56EA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uses</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A56EA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> permitted on the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="00A56EA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
       <w:r w:rsidRPr="00A56EA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> by this Easement are permitted.  Such roads shall be located so as to minimize impact to prime and unique soils on the </w:t>
+        <w:t xml:space="preserve"> by this Easement are permitted.  Such roads shall be located </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A56EA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>so as to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A56EA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> minimize impact </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A56EA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A56EA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prime and unique soils on </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A56EA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="00A56EA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A56EA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  No portion of the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="00A56EA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
       <w:r w:rsidRPr="00A56EA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall be paved or otherwise covered with concrete, asphalt, or any other impervious paving material, without the advance written permission of the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="00A56EA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7911,94 +8226,142 @@
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E2B3D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Passive Recreational Use Improvements</w:t>
       </w:r>
       <w:r w:rsidRPr="008E2B3D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.  Improvements normally incidental to passive recreational use (such as, but not limited to, railings, benches, water fountains, and fences) are permitted provided the same are consistent with the purposes of this Easement.  Trails, walkways, and vehicular access road and parking areas are permitted, provided the same are not paved, but maintained with loose gravel, permanent vegetation, or other organic material to stabilize or cover the ground.  Cleared areas may be maintained in a cleared state with continuous mowing.</w:t>
+        <w:t xml:space="preserve">.  Improvements normally </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008E2B3D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>incidental</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008E2B3D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to passive recreational use (such as, but not limited to, railings, benches, water fountains, and fences) are permitted provided the same are consistent with the purposes of this Easement.  Trails, walkways, and vehicular access road and parking areas are permitted, provided the same are not paved, but maintained with loose gravel, permanent vegetation, or other organic material to stabilize or cover the ground.  Cleared areas may be maintained in a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008E2B3D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cleared</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008E2B3D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> state with continuous mowing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EB502A1" w14:textId="77777777" w:rsidR="008E2B3D" w:rsidRPr="008E2B3D" w:rsidRDefault="008E2B3D" w:rsidP="008E2B3D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="606C8847" w14:textId="41F89B60" w:rsidR="008E2B3D" w:rsidRDefault="008E2B3D" w:rsidP="008E2B3D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E2B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Building &amp; Structures in Farmstead Areas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.  All repairs maintenance or new improvements that are constructed solely within the Farmstead Areas and that are otherwise in compliance with the applicable building codes and height restrictions set forth herein.  In all cases, any new improvements may only be constructed and used in a manner consistent with Article II paragraph(E).</w:t>
+        <w:t xml:space="preserve">.  All </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>repairs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maintenance or new improvements that are constructed solely within the Farmstead Areas and that are otherwise in compliance with the applicable building codes and height restrictions set forth herein.  In all cases, any new improvements may only be constructed and used in a manner consistent with Article II paragraph(E).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34204816" w14:textId="77777777" w:rsidR="008E2B3D" w:rsidRPr="008E2B3D" w:rsidRDefault="008E2B3D" w:rsidP="008E2B3D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7ADABA0C" w14:textId="67671786" w:rsidR="008E2B3D" w:rsidRPr="008E2B3D" w:rsidRDefault="008E2B3D" w:rsidP="008E2B3D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -8567,59 +8930,84 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Access Across the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  No right-of-way for utilities or roadways shall be granted across the </w:t>
+        <w:t xml:space="preserve">.  No right-of-way for utilities or roadways shall be granted </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="003E46E5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>across</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="003E46E5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="003E46E5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C65B98" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in conjunction with any industrial, commercial, or residential use or development of an adjacent or other </w:t>
       </w:r>
       <w:r w:rsidR="00B01BCC" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">property </w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>not protecte</w:t>
       </w:r>
       <w:r w:rsidR="00331A8C" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -8713,51 +9101,83 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Dumping</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.  Dumping or placing of soil or other substance or material as landfill, or dumping or placing of trash, ashes, garbage, waste, abandoned vehicles, appliances, machinery, hazardous or toxic substances, dredge spoils, industrial and commercial</w:t>
+        <w:t xml:space="preserve">.  Dumping or placing of soil or other substance or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="003E46E5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>material</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="003E46E5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as landfill, or dumping or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="003E46E5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>placing of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="003E46E5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trash, ashes, garbage, waste, abandoned vehicles, appliances, machinery, hazardous or toxic substances, dredge spoils, industrial and commercial</w:t>
       </w:r>
       <w:r w:rsidR="00385B63" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> debris or</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> byproducts, effluent and other materials on the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -9451,59 +9871,68 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and all protective lighting, such as streetlights, shall have positive optical control </w:t>
       </w:r>
       <w:r w:rsidR="005E29FA" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">that shines downward </w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>so that no direct light is emitted above the horizontal plane of the light fixture and located so that lighting does not interfere with military training activities</w:t>
       </w:r>
       <w:r w:rsidR="005E29FA" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  The </w:t>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005E29FA" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005E29FA" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall not be used to generate visible emissions which violate the provisions of North Carolina Administrative Code 15A-NCAC-02D.0521, Control of Visible Emissions, as these provisions exist on the date of this </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Easement</w:t>
       </w:r>
       <w:r w:rsidR="005E29FA" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3680CF89" w14:textId="77777777" w:rsidR="0056646E" w:rsidRDefault="0056646E" w:rsidP="00B27FEE">
       <w:pPr>
         <w:tabs>
@@ -10138,93 +10567,125 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">azards may be conducted on the PROPERTY </w:t>
       </w:r>
       <w:r w:rsidR="00663F5E" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">with two conditions.  First, </w:t>
       </w:r>
       <w:r w:rsidR="002870DA" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CO-GRANTEEs</w:t>
       </w:r>
       <w:r w:rsidR="00663F5E" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> require that these activities be in compliance with the Conservation Plan and Forest </w:t>
+        <w:t xml:space="preserve"> require that these activities </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00663F5E" w:rsidRPr="003E46E5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be in compliance with</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00663F5E" w:rsidRPr="003E46E5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Conservation Plan and Forest </w:t>
       </w:r>
       <w:r w:rsidR="002870DA" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Management Plan.  Second, the INSTALLATION</w:t>
       </w:r>
       <w:r w:rsidR="00663F5E" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, specifically the Airspace Manager, must be coordinated with prior to and after burning activities (location, </w:t>
       </w:r>
       <w:r w:rsidR="00785D4F" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dates,</w:t>
       </w:r>
       <w:r w:rsidR="00663F5E" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and times).  </w:t>
       </w:r>
       <w:r w:rsidR="002870DA" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CO-GRANTEEs</w:t>
       </w:r>
       <w:r w:rsidR="00663F5E" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> require that habitat improvement activities be in compliance with the Conservation Plan and Forest Management Plan.  New or expanded aquaculture land use on the </w:t>
+        <w:t xml:space="preserve"> require that habitat improvement activities </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00663F5E" w:rsidRPr="003E46E5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be in compliance with</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00663F5E" w:rsidRPr="003E46E5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Conservation Plan and Forest Management Plan.  New or expanded aquaculture land use on the </w:t>
       </w:r>
       <w:r w:rsidR="002870DA" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
       <w:r w:rsidR="00663F5E" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> must be coordinated by all </w:t>
       </w:r>
       <w:r w:rsidR="002870DA" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CO-GRANTEEs, including the INSTALLATION.  CO-GRANTEEs and the INSTALLATION</w:t>
       </w:r>
       <w:r w:rsidR="00663F5E" w:rsidRPr="003E46E5">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -10345,118 +10806,139 @@
         <w:t xml:space="preserve"> are prohibited.</w:t>
       </w:r>
       <w:r w:rsidR="00663F5E">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F3E5DE1" w14:textId="77777777" w:rsidR="00901874" w:rsidRDefault="00901874" w:rsidP="00B27FEE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1275"/>
           <w:tab w:val="left" w:pos="1995"/>
           <w:tab w:val="left" w:pos="2715"/>
           <w:tab w:val="left" w:pos="3435"/>
           <w:tab w:val="left" w:pos="4155"/>
           <w:tab w:val="left" w:pos="4875"/>
           <w:tab w:val="left" w:pos="5595"/>
           <w:tab w:val="left" w:pos="6315"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E45804A" w14:textId="03EE36F9" w:rsidR="00901874" w:rsidRDefault="00901874" w:rsidP="00901874">
+    <w:p w14:paraId="5491FA9F" w14:textId="3117E5B7" w:rsidR="00901874" w:rsidRPr="00901874" w:rsidRDefault="00901874" w:rsidP="00901874">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00901874">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(T) </w:t>
       </w:r>
       <w:r w:rsidRPr="00901874">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Subdivision</w:t>
       </w:r>
       <w:r w:rsidRPr="00901874">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Subdivision, partitioning or dividing the PROPERTY is prohibited. </w:t>
       </w:r>
-    </w:p>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> consists of more than one parcel for real estate tax or any other purpose or if it was acquired previously as separate parcels, it will be considered one parcel for purposes of this Easement and the restrictions and covenants of this Easement will apply to the PROPERTY as a whole.</w:t>
+      <w:r w:rsidR="00FC4A52">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A36C70" w:rsidRPr="00A36C70">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Even if the PROPERTY consists of more than one parcel for real estate tax or any other purpose or if it was acquired previously as separate parcels, it will be considered one parcel for purposes of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A36C70">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Easement</w:t>
+      </w:r>
+      <w:r w:rsidR="00A36C70" w:rsidRPr="00A36C70">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and the restrictions and covenants of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A36C70">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Easement</w:t>
+      </w:r>
+      <w:r w:rsidR="00A36C70" w:rsidRPr="00A36C70">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will apply to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A36C70" w:rsidRPr="00A36C70">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PROPERTY as a whole</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A36C70" w:rsidRPr="00A36C70">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72056859" w14:textId="77777777" w:rsidR="00C3736C" w:rsidRDefault="00C3736C" w:rsidP="00B27FEE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1275"/>
           <w:tab w:val="left" w:pos="1995"/>
           <w:tab w:val="left" w:pos="2715"/>
           <w:tab w:val="left" w:pos="3435"/>
           <w:tab w:val="left" w:pos="4155"/>
           <w:tab w:val="left" w:pos="4875"/>
           <w:tab w:val="left" w:pos="5595"/>
           <w:tab w:val="left" w:pos="6315"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57DD7BE9" w14:textId="183CB689" w:rsidR="00C65B98" w:rsidRPr="0056646E" w:rsidRDefault="00C65B98" w:rsidP="003957DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
@@ -10754,101 +11236,117 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> further agrees that the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall not be used to provide required open space for the development or subdivision of another </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not be used to provide required open space for the development or subdivision of another </w:t>
       </w:r>
       <w:r w:rsidR="004A1C4A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>property</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, nor shall it be used in determining any other permissible residential, commercial or agricultural uses of another </w:t>
       </w:r>
       <w:r w:rsidR="002B0F01">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">property.  </w:t>
       </w:r>
       <w:r w:rsidR="00C75CC3" w:rsidRPr="00373553">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Unless </w:t>
+        <w:t>Unless otherwise specified below, nothing in t</w:t>
+      </w:r>
+      <w:r w:rsidR="005F032C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>his Easement shall require the GRANTOR</w:t>
       </w:r>
       <w:r w:rsidR="00C75CC3" w:rsidRPr="00373553">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> to take any </w:t>
+      </w:r>
+      <w:r w:rsidR="00C75CC3" w:rsidRPr="00373553">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>otherwise specified below, nothing in t</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> to take any action </w:t>
+        <w:t xml:space="preserve">action </w:t>
       </w:r>
       <w:r w:rsidR="005F032C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">to restore the condition of the PROPERTY </w:t>
       </w:r>
       <w:r w:rsidR="00C75CC3" w:rsidRPr="00373553">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>after any Act of God or other event over which they have no control.  G</w:t>
       </w:r>
       <w:r w:rsidR="005F032C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>RANTOR</w:t>
       </w:r>
       <w:r w:rsidR="00C75CC3" w:rsidRPr="00373553">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -11449,51 +11947,67 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at the expense of </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Before instituting such suit, </w:t>
       </w:r>
       <w:r w:rsidR="00171146">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">the CO-GRANTEE seeking to take action must </w:t>
+        <w:t xml:space="preserve">the CO-GRANTEE seeking to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00171146">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>take action</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00171146">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must </w:t>
       </w:r>
       <w:r w:rsidR="00584B6D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>seek</w:t>
       </w:r>
       <w:r w:rsidR="00171146">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> written concurrence of the other CO-GRANTEE</w:t>
       </w:r>
       <w:r w:rsidR="00171146" w:rsidRPr="00A34871">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="00171146" w:rsidRPr="0007186A">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -11647,56 +12161,65 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">need not provide such notice and cure period if </w:t>
       </w:r>
       <w:r w:rsidR="00A41F17">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the CO-GRANTEE</w:t>
       </w:r>
       <w:r w:rsidR="00D90325">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">determine that immediate action is required to prevent, </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00785D4F" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>terminate,</w:t>
+        <w:t>terminate</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00785D4F" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or mitigate a suspected or actual breach of this </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Easement</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B600477" w14:textId="77777777" w:rsidR="00C65B98" w:rsidRPr="001E59C1" w:rsidRDefault="00C65B98" w:rsidP="00B27FEE">
       <w:pPr>
@@ -11905,64 +12428,66 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the CO-GRANTEEs</w:t>
       </w:r>
       <w:r w:rsidR="00A41F17" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for any costs or expenses incurred by</w:t>
       </w:r>
       <w:r w:rsidR="00ED4E71">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> either or </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="003F3E49">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
       <w:r w:rsidR="00ED4E71">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A41F17">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the CO-GRANTEEs</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, including court costs and reasonable attorneys’ fees.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="365CF80A" w14:textId="77777777" w:rsidR="00C65B98" w:rsidRPr="001E59C1" w:rsidRDefault="00C65B98" w:rsidP="00B27FEE">
       <w:pPr>
         <w:tabs>
@@ -12070,51 +12595,67 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Easement</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall discharge or invalidate such Provision or any other Provision</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1" w:rsidDel="00C3075E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">or affect the right of </w:t>
+        <w:t xml:space="preserve">or affect the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>right of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A41F17">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the CO-GRANTEEs </w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to enforce the same in the event of a subsequent breach or default.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B8A6363" w14:textId="77777777" w:rsidR="00C65B98" w:rsidRPr="001E59C1" w:rsidRDefault="00C65B98" w:rsidP="00B27FEE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="555"/>
           <w:tab w:val="left" w:pos="1275"/>
           <w:tab w:val="left" w:pos="1995"/>
           <w:tab w:val="left" w:pos="2715"/>
           <w:tab w:val="left" w:pos="3435"/>
@@ -12236,59 +12777,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="005F5F2A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(A) </w:t>
       </w:r>
       <w:r w:rsidR="00622ACA" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Costs and Liabilities</w:t>
       </w:r>
       <w:r w:rsidR="00622ACA" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  The GRANTOR retains all responsibilities and shall bear all </w:t>
-[...7 lines deleted...]
-        <w:t>costs and liabilities of any kind related to the ownership and maintenance of the PROPERTY.</w:t>
+        <w:t>.  The GRANTOR retains all responsibilities and shall bear all costs and liabilities of any kind related to the ownership and maintenance of the PROPERTY.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76546179" w14:textId="77777777" w:rsidR="00A56EA0" w:rsidRDefault="00A56EA0" w:rsidP="00B27FEE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="555"/>
           <w:tab w:val="left" w:pos="1275"/>
           <w:tab w:val="left" w:pos="1995"/>
           <w:tab w:val="left" w:pos="2715"/>
           <w:tab w:val="left" w:pos="3435"/>
           <w:tab w:val="left" w:pos="4155"/>
           <w:tab w:val="left" w:pos="4875"/>
           <w:tab w:val="left" w:pos="5595"/>
           <w:tab w:val="left" w:pos="6315"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -12500,59 +13033,68 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="00125740" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
       <w:r w:rsidR="00125740" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> agrees to incorporate by reference the terms of this Easement in any deed or other legal instrument by which they transfer or divest themselves of any interest, including leasehold interests, in the </w:t>
+        <w:t xml:space="preserve"> agrees to incorporate by reference the terms of this Easement in any deed or other legal instrument by which they transfer or divest themselves of any interest, including leasehold interests, in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00125740" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00125740" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  The </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
       <w:r w:rsidR="00125740" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall notify the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -13262,63 +13804,88 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> who signed this </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Easement</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the date set forth above is the sole owner of the </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in fee simple and has the right and ability to convey this </w:t>
+        <w:t xml:space="preserve"> in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fee simple</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and has the right and ability to convey this </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Easement</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CO-GRANTEE</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -13386,51 +13953,67 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CO-GRANTEE</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="0085306D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="008D01DA" w:rsidRPr="0085306D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="008D01DA" w:rsidRPr="001401BB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>GRANTOR will warrant and defend the title against the lawful claims of all person whomsoever</w:t>
+        <w:t xml:space="preserve">GRANTOR will warrant and defend the title against the lawful claims of all </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008D01DA" w:rsidRPr="001401BB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>person</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008D01DA" w:rsidRPr="001401BB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> whomsoever</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001D1B38">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -13442,51 +14025,67 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>he/</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">she has no actual knowledge of any use or release of hazardous waste or toxic substances on the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> that is in violation of a federal, state, or local environmental law</w:t>
+        <w:t xml:space="preserve"> that is in violation of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a federal</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, state, or local environmental law</w:t>
       </w:r>
       <w:r w:rsidR="00A7634E" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and will defend, indemnify, and hold </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CO-GRANTEE</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -13519,59 +14118,84 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="00622ACA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">is an exhaustive list of all </w:t>
       </w:r>
       <w:r w:rsidR="00622ACA" w:rsidRPr="00622ACA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>buildings and other improvements</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="00622ACA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> on the </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="00622ACA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="00622ACA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="00622ACA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="00622ACA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C65B98" w:rsidRPr="00622ACA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10E77824" w14:textId="77777777" w:rsidR="00C65B98" w:rsidRPr="001E59C1" w:rsidRDefault="00C65B98" w:rsidP="00B27FEE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="555"/>
           <w:tab w:val="left" w:pos="1275"/>
           <w:tab w:val="left" w:pos="1995"/>
           <w:tab w:val="left" w:pos="2715"/>
           <w:tab w:val="left" w:pos="3435"/>
           <w:tab w:val="left" w:pos="4155"/>
           <w:tab w:val="left" w:pos="4875"/>
           <w:tab w:val="left" w:pos="5595"/>
           <w:tab w:val="left" w:pos="6315"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
@@ -13587,117 +14211,124 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="555"/>
           <w:tab w:val="left" w:pos="1275"/>
           <w:tab w:val="left" w:pos="1995"/>
           <w:tab w:val="left" w:pos="2715"/>
           <w:tab w:val="left" w:pos="3435"/>
           <w:tab w:val="left" w:pos="4155"/>
           <w:tab w:val="left" w:pos="4875"/>
           <w:tab w:val="left" w:pos="5595"/>
           <w:tab w:val="left" w:pos="6315"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A56EA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00364CFF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="005F5F2A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(G) </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Continuing Duties of </w:t>
+      </w:r>
+      <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>GRANTOR</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  For purposes of this </w:t>
+      </w:r>
+      <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Easement</w:t>
+      </w:r>
+      <w:r w:rsidR="008D2B0D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GRANTOR</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:tab/>
-[...64 lines deleted...]
-        <w:t xml:space="preserve"> shall mean only, at any given time, the then current fee simple owner(s) of the </w:t>
+        <w:t xml:space="preserve">mean only, at any given time, the then current fee simple owner(s) of the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and s</w:t>
       </w:r>
       <w:r w:rsidR="00D479B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hall not include other</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -14159,59 +14790,68 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s, </w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the purposes of the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> as restricted for Agricultural, natural and cultural resource preservation are hereby considered to be the highest public use of the </w:t>
+        <w:t xml:space="preserve"> as restricted for Agricultural, natural and cultural resource preservation are hereby considered to be the highest public use of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  Whenever all or part of the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is taken in the exercise of eminent domain, so as to abrogate, in whole or in part, the restrictions imposed by this </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -14617,105 +15257,113 @@
       <w:r w:rsidR="00BA2758">
         <w:t>CO-GRANTEEs</w:t>
       </w:r>
       <w:r w:rsidR="00822FCE">
         <w:t xml:space="preserve"> shall have the right to transfer this Easement, subject to the provisions of Ar</w:t>
       </w:r>
       <w:r w:rsidR="007C6D3F">
         <w:t>ticles IV, V, and VI</w:t>
       </w:r>
       <w:r w:rsidR="00822FCE">
         <w:t xml:space="preserve">, to any public agency or private nonprofit organization that, at the time of transfer, is a qualified organization under 26 U.S.C. Section 170(h) of the Internal Revenue Code, as amended and under North Carolina General Statute 121-34 et seq., provided the agency or organization expressly agrees to assume the responsibility imposed on </w:t>
       </w:r>
       <w:r w:rsidR="00BA2758">
         <w:t>CO-GRANTEEs</w:t>
       </w:r>
       <w:r w:rsidR="00822FCE">
         <w:t xml:space="preserve"> by this Easement.  </w:t>
       </w:r>
       <w:r w:rsidR="00ED32D1">
         <w:t xml:space="preserve">Any party proposing to transfer its interest shall provide at least </w:t>
       </w:r>
       <w:r w:rsidR="00370BB0">
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00ED32D1">
-        <w:t xml:space="preserve">0 days written notice to all other parties.  </w:t>
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00ED32D1">
+        <w:t>days</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00ED32D1">
+        <w:t xml:space="preserve"> written notice to all other parties.  </w:t>
       </w:r>
       <w:r w:rsidR="00822FCE">
         <w:t xml:space="preserve">As a condition of such transfer, </w:t>
       </w:r>
       <w:r w:rsidR="00BA2758">
         <w:t>CO-GRANTEEs</w:t>
       </w:r>
       <w:r w:rsidR="00822FCE">
         <w:t xml:space="preserve"> shall require that the conservation and restrictive purposes intended to be advanced hereunder shall be continue</w:t>
       </w:r>
       <w:r w:rsidR="00BA2758">
         <w:t>d to be carried out</w:t>
       </w:r>
       <w:r w:rsidR="00631D3B">
         <w:t xml:space="preserve"> pursuant to the terms of this easement</w:t>
       </w:r>
       <w:r w:rsidR="00BA2758">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="00ED32D1">
         <w:t>Additionally, the Navy</w:t>
       </w:r>
       <w:r w:rsidR="00370BB0">
         <w:t xml:space="preserve"> and NCDA&amp;CS</w:t>
       </w:r>
       <w:r w:rsidR="00ED32D1">
         <w:t xml:space="preserve"> must have the opportunity to review and approve the proposed transfer.  </w:t>
       </w:r>
       <w:r w:rsidR="00BA2758">
         <w:t>If NCDA&amp;CS</w:t>
       </w:r>
       <w:r w:rsidR="00822FCE">
         <w:t xml:space="preserve"> ever ceases to exist or no longer qualifies under 26 U.S.C. Section 170(h) of the Internal Revenue Code, or applicable state law, a court w</w:t>
       </w:r>
       <w:r w:rsidR="00BA2758">
         <w:t xml:space="preserve">ith jurisdiction shall transfer </w:t>
       </w:r>
       <w:r w:rsidR="000126D4">
-        <w:lastRenderedPageBreak/>
         <w:t>NCDA&amp;CS</w:t>
       </w:r>
       <w:r w:rsidR="00BA2758">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00822FCE">
         <w:t>interest in this Easement to another qualified organization having similar purposes that agrees to assume the responsibility imposed by this Easement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="263A01E0" w14:textId="77777777" w:rsidR="00C65B98" w:rsidRPr="001E59C1" w:rsidRDefault="00C65B98" w:rsidP="00B27FEE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r w:rsidRPr="001E59C1">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A66BF86" w14:textId="51674A10" w:rsidR="00C65B98" w:rsidRPr="001E59C1" w:rsidRDefault="005F5F2A" w:rsidP="00B27FEE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="555"/>
           <w:tab w:val="left" w:pos="1275"/>
           <w:tab w:val="left" w:pos="1995"/>
           <w:tab w:val="left" w:pos="2715"/>
           <w:tab w:val="left" w:pos="3435"/>
           <w:tab w:val="left" w:pos="4155"/>
           <w:tab w:val="left" w:pos="4875"/>
           <w:tab w:val="left" w:pos="5595"/>
           <w:tab w:val="left" w:pos="6315"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F5F2A">
@@ -14877,141 +15525,184 @@
     </w:p>
     <w:p w14:paraId="6E795FBD" w14:textId="77777777" w:rsidR="009A2BE9" w:rsidRPr="0018249D" w:rsidRDefault="009A2BE9" w:rsidP="00B27FEE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0018249D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The amendment must be approved in writing by the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Navy’s Real Estate Contracting Officer</w:t>
+        <w:t xml:space="preserve">Navy’s Real Estate Contracting </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Officer</w:t>
       </w:r>
       <w:r w:rsidRPr="0018249D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="415AC53B" w14:textId="77777777" w:rsidR="009A2BE9" w:rsidRDefault="009A2BE9" w:rsidP="00B27FEE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="524D2DBE" w14:textId="77777777" w:rsidR="00C65B98" w:rsidRPr="0018249D" w:rsidRDefault="00C65B98" w:rsidP="00B27FEE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0018249D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The amendment must be approved in writing by the </w:t>
       </w:r>
       <w:r w:rsidR="00675DA2" w:rsidRPr="0018249D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">North Carolina </w:t>
       </w:r>
       <w:r w:rsidR="002F67E6" w:rsidRPr="0018249D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Commissioner of Agriculture;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Commissioner of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002F67E6" w:rsidRPr="0018249D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Agriculture;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="75E0AC89" w14:textId="77777777" w:rsidR="00C65B98" w:rsidRPr="001E59C1" w:rsidRDefault="00C65B98" w:rsidP="00B27FEE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4747EDCB" w14:textId="77777777" w:rsidR="00C65B98" w:rsidRPr="001E59C1" w:rsidRDefault="00C65B98" w:rsidP="00B27FEE">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00313493">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>) No amendment shall be allowed if it would create an impermissible private inurement or private benefit;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">) No amendment shall be allowed if it would create an impermissible private </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inurement</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or private </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>benefit;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2D7A5F7C" w14:textId="77777777" w:rsidR="00C65B98" w:rsidRPr="001E59C1" w:rsidRDefault="00C65B98" w:rsidP="00B27FEE">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4AADF09D" w14:textId="1978B6B2" w:rsidR="00C65B98" w:rsidRPr="00B80247" w:rsidRDefault="00C65B98" w:rsidP="00B27FEE">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80247">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
@@ -15184,79 +15875,111 @@
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00313493">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">) The amendment must be in conformity with all of each </w:t>
+        <w:t xml:space="preserve">) The amendment must be in conformity with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> each </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CO-GRANTEE</w:t>
       </w:r>
       <w:r w:rsidR="00BA2758">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="0085306D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> policies in effect at the time of the amendment; </w:t>
+        <w:t xml:space="preserve"> policies in effect at the time of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>amendment;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A93F995" w14:textId="77777777" w:rsidR="00C65B98" w:rsidRPr="001E59C1" w:rsidRDefault="00C65B98" w:rsidP="00B27FEE">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19DAD0D4" w14:textId="77777777" w:rsidR="002F67E6" w:rsidRPr="001E59C1" w:rsidRDefault="00C65B98" w:rsidP="00B27FEE">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
@@ -15781,101 +16504,108 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, comply with said law and give </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CO-GRANTEE</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s written notice of </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>GRANTOR</w:t>
+      </w:r>
+      <w:r w:rsidR="0085306D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> compliance as soon as reasonably possible, but in no event more than thirty (30) days from the time </w:t>
+      </w:r>
+      <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GRANTOR</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> begins to comply</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="00C867EB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; or (ii) if said law leaves to </w:t>
+      </w:r>
+      <w:r w:rsidR="001E59C1" w:rsidRPr="00C867EB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GRANTOR</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="00C867EB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="00C867EB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>GRANTOR</w:t>
-[...48 lines deleted...]
-        <w:t xml:space="preserve">’s discretion how to comply with said law, use the method most protective of the </w:t>
+        <w:t xml:space="preserve">discretion how to comply with said law, use the method most protective of the </w:t>
       </w:r>
       <w:r w:rsidR="006B2981">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">provisions </w:t>
       </w:r>
       <w:r w:rsidR="006B2981" w:rsidRPr="00C867EB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of this</w:t>
       </w:r>
       <w:r w:rsidR="00C867EB" w:rsidRPr="00C867EB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> easement</w:t>
       </w:r>
       <w:r w:rsidR="00C867EB">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -16826,51 +17556,59 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in joint tenancy, tenancy by the entireties</w:t>
+        <w:t xml:space="preserve"> in joint tenancy, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>tenancy by the entireties</w:t>
       </w:r>
       <w:r w:rsidR="00637A62">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or tenancy in common, all such tenants shall be jointly and severally liable for all obligations set forth in this </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Easement</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -17458,51 +18196,67 @@
         <w:tab/>
         <w:t xml:space="preserve">Commander, Naval Facilities Engineering Command </w:t>
       </w:r>
       <w:r w:rsidR="00DD1CCB" w:rsidRPr="00DD1CCB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mid-Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62FFF1FE" w14:textId="4E609272" w:rsidR="00C65B98" w:rsidRPr="00DD1CCB" w:rsidRDefault="00C65B98" w:rsidP="00B27FEE">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD1CCB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>ATTN:  Real Estate Contracting Officer (</w:t>
+        <w:t>ATTN</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD1CCB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:  Real</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD1CCB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Estate Contracting Officer (</w:t>
       </w:r>
       <w:r w:rsidR="00F82329">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>REI</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD1CCB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FF394B6" w14:textId="77777777" w:rsidR="00C65B98" w:rsidRPr="00DD1CCB" w:rsidRDefault="00DD1CCB" w:rsidP="00B27FEE">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -17586,51 +18340,67 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CO-GRANTEE</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s may establish in writing on notification to </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, or to such other address as </w:t>
+        <w:t xml:space="preserve">, or to such other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>address</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> know to be the actual location(s) of </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CO-GRANTEE</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -18028,129 +18798,129 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CO-GRANTEEs </w:t>
       </w:r>
       <w:r w:rsidR="003F4C70" w:rsidRPr="00BD08A7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">requesting a statement of the reasons for the disapproval and the </w:t>
       </w:r>
       <w:r w:rsidR="003F4C70">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CO-GRANTEEs</w:t>
       </w:r>
       <w:r w:rsidR="003F4C70" w:rsidRPr="00BD08A7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall respond within 30 calendar days with </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003F4C70" w:rsidRPr="00BD08A7">
+        <w:t xml:space="preserve"> shall respond within 30 calendar days with an explanation for the specific reasons and basis for its decision to disapprove.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A238C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="007E53EF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD083E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the GRANTOR receives no</w:t>
+      </w:r>
+      <w:r w:rsidR="007E53EF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> response </w:t>
+      </w:r>
+      <w:r w:rsidR="00564B39">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>from the CO-GRANTEEs</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43586">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E53EF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="00E14D8E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="007E53EF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 90 days</w:t>
+      </w:r>
+      <w:r w:rsidR="00E14D8E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the original </w:t>
+      </w:r>
+      <w:r w:rsidR="00E14D8E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>an explanation for the specific reasons and basis for its decision to disapprove.</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve"> of the original request date</w:t>
+        <w:t>request date</w:t>
       </w:r>
       <w:r w:rsidR="007E53EF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, the GRANTOR may move forward with the activity.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FDEA451" w14:textId="77777777" w:rsidR="007E53EF" w:rsidRPr="001E59C1" w:rsidRDefault="007E53EF" w:rsidP="007E53EF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="555"/>
           <w:tab w:val="left" w:pos="1275"/>
           <w:tab w:val="left" w:pos="1995"/>
           <w:tab w:val="left" w:pos="2715"/>
           <w:tab w:val="left" w:pos="3435"/>
           <w:tab w:val="left" w:pos="4155"/>
           <w:tab w:val="left" w:pos="4875"/>
           <w:tab w:val="left" w:pos="5595"/>
           <w:tab w:val="left" w:pos="6315"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
@@ -18225,51 +18995,67 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  The parties may execute this </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Easement</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in two or more counterparts, which shall, in the aggregate, be signed by all parties; each counterpart shall be deemed an original instrument as against any party who has signed it.  In the event of any disparity between the counterparts produced, the recorded counterpart shall be controlling.  </w:t>
+        <w:t xml:space="preserve"> in two or more counterparts, which shall, in the aggregate, be signed by all parties; each counterpart shall be deemed an original instrument as against any party who has signed it.  In the event of any disparity between the counterparts produced, the recorded counterpart shall be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>controlling</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AF6A20C" w14:textId="77777777" w:rsidR="005F5F2A" w:rsidRDefault="005F5F2A" w:rsidP="00B27FEE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="555"/>
           <w:tab w:val="left" w:pos="1275"/>
           <w:tab w:val="left" w:pos="1995"/>
           <w:tab w:val="left" w:pos="2715"/>
           <w:tab w:val="left" w:pos="3435"/>
           <w:tab w:val="left" w:pos="4155"/>
           <w:tab w:val="left" w:pos="4875"/>
           <w:tab w:val="left" w:pos="5595"/>
           <w:tab w:val="left" w:pos="6315"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -18493,51 +19279,67 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> make no warranty, representation or other assurance regarding the value of th</w:t>
       </w:r>
       <w:r w:rsidR="004A3E30" w:rsidRPr="001401BB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">is Easement or of the </w:t>
       </w:r>
       <w:r w:rsidR="00A27CC8" w:rsidRPr="001401BB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROPERTY</w:t>
       </w:r>
       <w:r w:rsidRPr="001401BB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  As to all of the foregoing, GRANTOR is relying upon GRANTOR’s own legal counsel, accountant, financial advisor, appraiser or other consultant and not upon </w:t>
+        <w:t xml:space="preserve">.  As to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001401BB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001401BB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the foregoing, GRANTOR is relying upon GRANTOR’s own legal counsel, accountant, financial advisor, appraiser or other consultant and not upon </w:t>
       </w:r>
       <w:r w:rsidR="00A27CC8" w:rsidRPr="001401BB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CO-GRANTEEs</w:t>
       </w:r>
       <w:r w:rsidRPr="001401BB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or any legal counsel, accountant, financial advisor, appraiser</w:t>
       </w:r>
       <w:r w:rsidR="00A27CC8" w:rsidRPr="001401BB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or other consultant of CO-GRANTEEs</w:t>
       </w:r>
       <w:r w:rsidRPr="001401BB">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -18672,51 +19474,67 @@
       </w:r>
       <w:r w:rsidRPr="001401BB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64B25F06" w14:textId="338F94F4" w:rsidR="003C58AD" w:rsidRPr="001D1B38" w:rsidRDefault="004A3E30" w:rsidP="004A3E30">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
       </w:pPr>
       <w:r w:rsidRPr="001401BB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(b)</w:t>
       </w:r>
       <w:r w:rsidR="003C58AD" w:rsidRPr="001401BB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>There are no recorded or unrecorded leases or other agreements for the production of mineral</w:t>
+        <w:t xml:space="preserve">There are no recorded or unrecorded leases or other agreements </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003C58AD" w:rsidRPr="001401BB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for the production of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003C58AD" w:rsidRPr="001401BB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mineral</w:t>
       </w:r>
       <w:r w:rsidRPr="001401BB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s or removal of timber from the </w:t>
       </w:r>
       <w:r w:rsidR="00A27CC8" w:rsidRPr="001401BB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">PROPERTY </w:t>
       </w:r>
       <w:r w:rsidR="003C58AD" w:rsidRPr="001401BB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>which would, if any of the activities permitted under such lease or other agreement was undertaken by GRANTOR, violate the covenants or restrictions in this Easement or otherwise defeat</w:t>
       </w:r>
       <w:r w:rsidR="003C58AD" w:rsidRPr="001401BB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -18795,73 +19613,89 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>unto the</w:t>
       </w:r>
       <w:r w:rsidR="00A27CC8" w:rsidRPr="0085306D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> NCDA&amp;CS and N</w:t>
       </w:r>
       <w:r w:rsidR="00A27CC8" w:rsidRPr="001D1B38">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AVY</w:t>
       </w:r>
       <w:r w:rsidRPr="001D1B38">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-      </w:r>
+        <w:t xml:space="preserve">, their successors and assigns, forever.  The covenants agreed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001D1B38">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001D1B38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the terms, conditions, and restrictions imposed as aforesaid shall be binding upon </w:t>
+      </w:r>
+      <w:r w:rsidR="001E59C1" w:rsidRPr="001D1B38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GRANTOR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D1B38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, her survivors, agents, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D1B38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">their successors and assigns, forever.  The covenants agreed to and the terms, conditions, and restrictions imposed as aforesaid shall be binding upon </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, her survivors, agents, personal representatives, heirs, assigns and all other successors to them in interest, and shall continue as a servitude running in </w:t>
+        <w:t xml:space="preserve">personal representatives, heirs, assigns and all other successors to them in interest, and shall continue as a servitude running in </w:t>
       </w:r>
       <w:r w:rsidR="00344507">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Dropdown6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:ddList>
               <w:listEntry w:val="perpetuity"/>
               <w:listEntry w:val="25-year term"/>
               <w:listEntry w:val="30-year term"/>
               <w:listEntry w:val="35-year term"/>
               <w:listEntry w:val="40-year term"/>
               <w:listEntry w:val="45-year term"/>
               <w:listEntry w:val="50-year term"/>
             </w:ddList>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="47" w:name="Dropdown6"/>
       <w:r w:rsidR="00344507">
@@ -19111,51 +19945,67 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CO-GRANTEE</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>s have hereunto set their hands and seals the day and year above written.</w:t>
+        <w:t xml:space="preserve">s have hereunto set their hands and seals the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>day</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and year above written.</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="27318B84" w14:textId="77777777" w:rsidR="000F7F58" w:rsidRDefault="000F7F58" w:rsidP="00B27FEE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1275"/>
           <w:tab w:val="left" w:pos="1995"/>
           <w:tab w:val="left" w:pos="2715"/>
           <w:tab w:val="left" w:pos="3435"/>
           <w:tab w:val="left" w:pos="4155"/>
           <w:tab w:val="left" w:pos="4875"/>
           <w:tab w:val="left" w:pos="5595"/>
           <w:tab w:val="left" w:pos="6315"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
@@ -20117,50 +20967,51 @@
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="555"/>
           <w:tab w:val="left" w:pos="1275"/>
           <w:tab w:val="left" w:pos="1995"/>
           <w:tab w:val="left" w:pos="2715"/>
           <w:tab w:val="left" w:pos="3435"/>
           <w:tab w:val="left" w:pos="4155"/>
           <w:tab w:val="left" w:pos="4875"/>
           <w:tab w:val="left" w:pos="5595"/>
           <w:tab w:val="left" w:pos="6315"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">ACCEPTED BY </w:t>
       </w:r>
       <w:r w:rsidR="001E59C1" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CO-GRANTEE</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25ED0FCD" w14:textId="77777777" w:rsidR="0015545A" w:rsidRDefault="0015545A" w:rsidP="00B27FEE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="555"/>
           <w:tab w:val="left" w:pos="1275"/>
           <w:tab w:val="left" w:pos="1995"/>
           <w:tab w:val="left" w:pos="2715"/>
@@ -20236,56 +21087,65 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64ACECD9" w14:textId="576643D5" w:rsidR="005C3D1B" w:rsidRDefault="005C3D1B" w:rsidP="00B27FEE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="555"/>
           <w:tab w:val="left" w:pos="1275"/>
           <w:tab w:val="left" w:pos="1995"/>
           <w:tab w:val="left" w:pos="2715"/>
           <w:tab w:val="left" w:pos="3435"/>
           <w:tab w:val="left" w:pos="4155"/>
           <w:tab w:val="left" w:pos="4875"/>
           <w:tab w:val="left" w:pos="5595"/>
           <w:tab w:val="left" w:pos="6315"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>BY  ____________________________________</w:t>
+        <w:t>BY  _</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="737A4170" w14:textId="7A385B65" w:rsidR="00D16755" w:rsidRPr="001E59C1" w:rsidRDefault="00D16755" w:rsidP="00B27FEE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="555"/>
           <w:tab w:val="left" w:pos="1275"/>
           <w:tab w:val="left" w:pos="1995"/>
           <w:tab w:val="left" w:pos="2715"/>
           <w:tab w:val="left" w:pos="3435"/>
           <w:tab w:val="left" w:pos="4155"/>
           <w:tab w:val="left" w:pos="4875"/>
           <w:tab w:val="left" w:pos="5595"/>
           <w:tab w:val="left" w:pos="6315"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -20518,51 +21378,83 @@
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="555"/>
           <w:tab w:val="left" w:pos="1275"/>
           <w:tab w:val="left" w:pos="1995"/>
           <w:tab w:val="left" w:pos="2715"/>
           <w:tab w:val="left" w:pos="3435"/>
           <w:tab w:val="left" w:pos="4155"/>
           <w:tab w:val="left" w:pos="4875"/>
           <w:tab w:val="left" w:pos="5595"/>
           <w:tab w:val="left" w:pos="6315"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>I, ________________________, a Notary Public in and for the aforesaid County and State, do hereby certified that ________________</w:t>
+        <w:t xml:space="preserve">I, ________________________, a Notary Public in and for the aforesaid County and State, do hereby </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>certified</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>that __</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________</w:t>
       </w:r>
       <w:r w:rsidR="005B53B3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of The Working Lands Trust, Inc., personally appeared before me this day and acknowledged that due execution of the foregoing instrument.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66F2210A" w14:textId="77777777" w:rsidR="005B53B3" w:rsidRDefault="005B53B3" w:rsidP="009F6165">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="555"/>
           <w:tab w:val="left" w:pos="1275"/>
           <w:tab w:val="left" w:pos="1995"/>
           <w:tab w:val="left" w:pos="2715"/>
           <w:tab w:val="left" w:pos="3435"/>
           <w:tab w:val="left" w:pos="4155"/>
           <w:tab w:val="left" w:pos="4875"/>
           <w:tab w:val="left" w:pos="5595"/>
           <w:tab w:val="left" w:pos="6315"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
@@ -21301,50 +22193,51 @@
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="555"/>
           <w:tab w:val="left" w:pos="1275"/>
           <w:tab w:val="left" w:pos="1995"/>
           <w:tab w:val="left" w:pos="2715"/>
           <w:tab w:val="left" w:pos="3435"/>
           <w:tab w:val="left" w:pos="4155"/>
           <w:tab w:val="left" w:pos="4875"/>
           <w:tab w:val="left" w:pos="5595"/>
           <w:tab w:val="left" w:pos="6315"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>NORTH CAROLINA DEPARTM</w:t>
       </w:r>
       <w:r w:rsidR="00861653">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ENT OF AGRICULTURE AND CONSUMER </w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SERVICES</w:t>
       </w:r>
       <w:r w:rsidR="00C65B98" w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FD9253E" w14:textId="77777777" w:rsidR="00C65B98" w:rsidRPr="001E59C1" w:rsidRDefault="00C65B98" w:rsidP="00B27FEE">
@@ -21823,51 +22716,65 @@
         </w:tabs>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66C5F88D" w14:textId="77777777" w:rsidR="00F82329" w:rsidRPr="00861653" w:rsidRDefault="00F82329" w:rsidP="00F82329">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="90"/>
         </w:tabs>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00861653">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>__________________________________________         (Official Seal)</w:t>
+        <w:t xml:space="preserve">__________________________________________      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00861653">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00861653">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Official Seal)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53DD2545" w14:textId="77777777" w:rsidR="00F82329" w:rsidRPr="00861653" w:rsidRDefault="00F82329" w:rsidP="00F82329">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="90"/>
         </w:tabs>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00861653">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Notary Public</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65EB9F0E" w14:textId="77777777" w:rsidR="00F82329" w:rsidRPr="00861653" w:rsidRDefault="00F82329" w:rsidP="00F82329">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -22397,50 +23304,51 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="555"/>
           <w:tab w:val="left" w:pos="1275"/>
           <w:tab w:val="left" w:pos="1995"/>
           <w:tab w:val="left" w:pos="2715"/>
           <w:tab w:val="left" w:pos="3435"/>
           <w:tab w:val="left" w:pos="4155"/>
           <w:tab w:val="left" w:pos="4875"/>
           <w:tab w:val="left" w:pos="5595"/>
           <w:tab w:val="left" w:pos="6315"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>THE UNITED STATES OF AMERICA, DEPARTMENT OF THE NAVY</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46FEF99A" w14:textId="49699439" w:rsidR="00C65B98" w:rsidRDefault="00C65B98" w:rsidP="00B27FEE">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="726836C8" w14:textId="230A7BF6" w:rsidR="000D7366" w:rsidRDefault="000D7366" w:rsidP="00B27FEE">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64425605" w14:textId="5FEAECDC" w:rsidR="000D7366" w:rsidRDefault="000D7366" w:rsidP="00B27FEE">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
@@ -22450,56 +23358,65 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="528D951A" w14:textId="77777777" w:rsidR="000D7366" w:rsidRPr="001E59C1" w:rsidRDefault="000D7366" w:rsidP="00B27FEE">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3EBA706C" w14:textId="77777777" w:rsidR="00C65B98" w:rsidRPr="001E59C1" w:rsidRDefault="00C65B98" w:rsidP="00B27FEE">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>By:</w:t>
+        <w:t>By</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E59C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E59C1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -22704,55 +23621,63 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="48" w:name="_Hlk517266024"/>
     </w:p>
     <w:p w14:paraId="3B7799FC" w14:textId="22B09180" w:rsidR="00861653" w:rsidRPr="00861653" w:rsidRDefault="00861653" w:rsidP="00B27FEE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="90"/>
         </w:tabs>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00861653">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I, ____________________________________, a Notary Public in and for the </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="000D7366">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Common wealth of Virginia,</w:t>
+        <w:t>Common wealth</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000D7366">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Virginia,</w:t>
       </w:r>
       <w:r w:rsidRPr="00861653">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> do hereby certify that </w:t>
       </w:r>
       <w:r w:rsidR="000D7366">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Ryan T. Pierce, Real Estate Contracting Officer whose name as such is signed to the foregoing Agreement has this day acknowledged the same before me in the location aforesaid.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="765B3EF9" w14:textId="77777777" w:rsidR="00861653" w:rsidRPr="00861653" w:rsidRDefault="00861653" w:rsidP="00B27FEE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="90"/>
         </w:tabs>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -22802,58 +23727,66 @@
         </w:tabs>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E087071" w14:textId="53DE30C0" w:rsidR="00861653" w:rsidRPr="00861653" w:rsidRDefault="00861653" w:rsidP="00B27FEE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="90"/>
         </w:tabs>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00861653">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">__________________________________________       </w:t>
+        <w:t xml:space="preserve">__________________________________________      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00861653">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00934757" w:rsidRPr="00861653">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  (</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00861653">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Official Seal)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54CE9716" w14:textId="77777777" w:rsidR="00861653" w:rsidRPr="00861653" w:rsidRDefault="00861653" w:rsidP="00B27FEE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="90"/>
         </w:tabs>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00861653">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Notary Public</w:t>
@@ -22954,86 +23887,90 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="300114CF" w14:textId="77777777" w:rsidR="000126D4" w:rsidRDefault="000126D4" w:rsidP="000126D4">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B092BF8" w14:textId="39AF8EBD" w:rsidR="00F93A73" w:rsidRDefault="00F93A73">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00F93A73" w:rsidSect="00884E65">
+    <w:sectPr w:rsidR="00F93A73" w:rsidSect="00B659C2">
       <w:headerReference w:type="even" r:id="rId15"/>
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:headerReference w:type="first" r:id="rId18"/>
       <w:footnotePr>
         <w:numRestart w:val="eachSect"/>
       </w:footnotePr>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="2160" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5DFD076D" w14:textId="77777777" w:rsidR="002E124D" w:rsidRDefault="002E124D">
+    <w:p w14:paraId="2FA214E9" w14:textId="77777777" w:rsidR="000A3C7A" w:rsidRDefault="000A3C7A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="218372F1" w14:textId="77777777" w:rsidR="002E124D" w:rsidRDefault="002E124D">
+    <w:p w14:paraId="0CBCD88D" w14:textId="77777777" w:rsidR="000A3C7A" w:rsidRDefault="000A3C7A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="233ACD23" w14:textId="77777777" w:rsidR="000A3C7A" w:rsidRDefault="000A3C7A"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -23104,124 +24041,96 @@
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="438802086"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
         <w:spacing w:val="60"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7AF78F37" w14:textId="758A3B8E" w:rsidR="00B01FC6" w:rsidRDefault="00B01FC6" w:rsidP="00B01FC6">
+      <w:p w14:paraId="7AF78F37" w14:textId="11CF761A" w:rsidR="00B01FC6" w:rsidRDefault="00B01FC6" w:rsidP="00B01FC6">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:pBdr>
             <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           </w:pBdr>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> | </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
           </w:rPr>
           <w:t>Rev.</w:t>
         </w:r>
-        <w:r w:rsidR="00AB240C">
-[...5 lines deleted...]
-        </w:r>
         <w:r w:rsidR="00F37AB8">
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
           </w:rPr>
-          <w:t>/1</w:t>
-[...20 lines deleted...]
-          <w:t>5</w:t>
+          <w:t>9/10/2024</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="3DF4C741" w14:textId="77777777" w:rsidR="007225F0" w:rsidRDefault="007225F0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1404563930"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
@@ -23270,75 +24179,90 @@
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="3312"/>
         <w:tab w:val="left" w:pos="4032"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="5472"/>
         <w:tab w:val="left" w:pos="6192"/>
         <w:tab w:val="left" w:pos="6912"/>
         <w:tab w:val="left" w:pos="7632"/>
         <w:tab w:val="left" w:pos="8352"/>
         <w:tab w:val="left" w:pos="9072"/>
       </w:tabs>
       <w:ind w:left="-1152"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F2A4730" w14:textId="77777777" w:rsidR="002E124D" w:rsidRDefault="002E124D">
+    <w:p w14:paraId="26D7BDF0" w14:textId="77777777" w:rsidR="000A3C7A" w:rsidRDefault="000A3C7A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="31FA5AD6" w14:textId="77777777" w:rsidR="002E124D" w:rsidRDefault="002E124D">
+    <w:p w14:paraId="02CD9AF4" w14:textId="77777777" w:rsidR="000A3C7A" w:rsidRDefault="000A3C7A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="508A879F" w14:textId="77777777" w:rsidR="000A3C7A" w:rsidRDefault="000A3C7A"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="406D84A2" w14:textId="34605B09" w:rsidR="007225F0" w:rsidRPr="000B4823" w:rsidRDefault="007225F0" w:rsidP="00541F79">
+  <w:p w14:paraId="406D84A2" w14:textId="3558CD9A" w:rsidR="007225F0" w:rsidRPr="000B4823" w:rsidRDefault="00B659C2" w:rsidP="00541F79">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rStyle w:val="Emphasis"/>
       </w:rPr>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Emphasis"/>
+      </w:rPr>
+      <w:t xml:space="preserve">APPROVED </w:t>
+    </w:r>
+    <w:r w:rsidR="009B2E7C">
+      <w:rPr>
+        <w:rStyle w:val="Emphasis"/>
+      </w:rPr>
+      <w:t>MARCH 2025</w:t>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="60937812" w14:textId="06F3160F" w:rsidR="007225F0" w:rsidRDefault="007225F0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="693BFB7C" w14:textId="0AB89053" w:rsidR="007D7FC6" w:rsidRDefault="007D7FC6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7C8DF084" w14:textId="36A1F0B3" w:rsidR="007225F0" w:rsidRDefault="007225F0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
@@ -25824,81 +26748,88 @@
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1709261577">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2135174735">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1858040236">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1969773095">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="76749008">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Rtm3w/IiTuM4x8SAFqMHLFebgu+SnAVKBsckbyZ6HmioCAeojG5Kk+L7nUAJPeR+NHszG/pqgxiau4J/52dq4g==" w:salt="Tr5A8xXiirrWHdInqMz8Mg=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="BsZd9J+OE5aRdqF3tO/4qs5luMpyP+OvojvNIALn4Jd+Nfmck01C/nPOZ94PW2lRn//qD3cAK3KMwqWh7kAiCw==" w:salt="IcJ0ejAkVUgwyQ8DvZGhIw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numRestart w:val="eachSect"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:docVars>
+    <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYxsDA0srSwMLQwNTU0NzZS0lEKTi0uzszPAykwrAUA0svvWSwAAAA="/>
+  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="000E5BED"/>
     <w:rsid w:val="00000651"/>
     <w:rsid w:val="00001A37"/>
     <w:rsid w:val="00003331"/>
     <w:rsid w:val="00004717"/>
     <w:rsid w:val="00004F17"/>
     <w:rsid w:val="000060C0"/>
     <w:rsid w:val="0000680F"/>
     <w:rsid w:val="000107EB"/>
     <w:rsid w:val="00010B7D"/>
     <w:rsid w:val="000112DD"/>
     <w:rsid w:val="00011349"/>
     <w:rsid w:val="000126D4"/>
     <w:rsid w:val="0001292B"/>
     <w:rsid w:val="00012CB5"/>
     <w:rsid w:val="00016E13"/>
     <w:rsid w:val="000206B2"/>
     <w:rsid w:val="0002089C"/>
     <w:rsid w:val="0002233D"/>
     <w:rsid w:val="00022365"/>
     <w:rsid w:val="00023C83"/>
     <w:rsid w:val="00027784"/>
     <w:rsid w:val="000307F2"/>
     <w:rsid w:val="0003582F"/>
@@ -25914,50 +26845,51 @@
     <w:rsid w:val="00056A44"/>
     <w:rsid w:val="000577B3"/>
     <w:rsid w:val="00061654"/>
     <w:rsid w:val="00066D98"/>
     <w:rsid w:val="0007186A"/>
     <w:rsid w:val="00074444"/>
     <w:rsid w:val="00074E51"/>
     <w:rsid w:val="00075C70"/>
     <w:rsid w:val="00076E7E"/>
     <w:rsid w:val="000774FE"/>
     <w:rsid w:val="00082827"/>
     <w:rsid w:val="00082E19"/>
     <w:rsid w:val="00082EB7"/>
     <w:rsid w:val="000902E1"/>
     <w:rsid w:val="00090C4E"/>
     <w:rsid w:val="00091DDC"/>
     <w:rsid w:val="00092BDB"/>
     <w:rsid w:val="00093301"/>
     <w:rsid w:val="00094EBA"/>
     <w:rsid w:val="00095590"/>
     <w:rsid w:val="000958BC"/>
     <w:rsid w:val="000A0B9A"/>
     <w:rsid w:val="000A1413"/>
     <w:rsid w:val="000A16D8"/>
     <w:rsid w:val="000A2C6D"/>
+    <w:rsid w:val="000A3C7A"/>
     <w:rsid w:val="000A3E4A"/>
     <w:rsid w:val="000A4012"/>
     <w:rsid w:val="000A448A"/>
     <w:rsid w:val="000A59E4"/>
     <w:rsid w:val="000A6FAA"/>
     <w:rsid w:val="000A7E02"/>
     <w:rsid w:val="000B1E77"/>
     <w:rsid w:val="000B38C3"/>
     <w:rsid w:val="000B4823"/>
     <w:rsid w:val="000B5888"/>
     <w:rsid w:val="000C04EF"/>
     <w:rsid w:val="000C082F"/>
     <w:rsid w:val="000C2107"/>
     <w:rsid w:val="000C4184"/>
     <w:rsid w:val="000C4707"/>
     <w:rsid w:val="000C483C"/>
     <w:rsid w:val="000C4BD2"/>
     <w:rsid w:val="000C4E8E"/>
     <w:rsid w:val="000C6249"/>
     <w:rsid w:val="000C6E8B"/>
     <w:rsid w:val="000C7C9B"/>
     <w:rsid w:val="000D0CBE"/>
     <w:rsid w:val="000D1AA4"/>
     <w:rsid w:val="000D358D"/>
     <w:rsid w:val="000D4472"/>
@@ -25987,99 +26919,101 @@
     <w:rsid w:val="00104C6D"/>
     <w:rsid w:val="00105046"/>
     <w:rsid w:val="00105A9A"/>
     <w:rsid w:val="001066CB"/>
     <w:rsid w:val="0010727F"/>
     <w:rsid w:val="001117D2"/>
     <w:rsid w:val="00113FFD"/>
     <w:rsid w:val="001141A2"/>
     <w:rsid w:val="00120DE1"/>
     <w:rsid w:val="001216D3"/>
     <w:rsid w:val="00122356"/>
     <w:rsid w:val="001226BD"/>
     <w:rsid w:val="00122948"/>
     <w:rsid w:val="001236E8"/>
     <w:rsid w:val="001242FA"/>
     <w:rsid w:val="00124CCC"/>
     <w:rsid w:val="00125740"/>
     <w:rsid w:val="00126408"/>
     <w:rsid w:val="00130922"/>
     <w:rsid w:val="001309F6"/>
     <w:rsid w:val="001311E7"/>
     <w:rsid w:val="0013129E"/>
     <w:rsid w:val="00131374"/>
     <w:rsid w:val="00133D79"/>
     <w:rsid w:val="001343AA"/>
+    <w:rsid w:val="00134C68"/>
     <w:rsid w:val="001365BC"/>
     <w:rsid w:val="001366B4"/>
     <w:rsid w:val="00140055"/>
     <w:rsid w:val="001401BB"/>
     <w:rsid w:val="00140509"/>
     <w:rsid w:val="00140A5F"/>
     <w:rsid w:val="0014437B"/>
     <w:rsid w:val="001453E0"/>
     <w:rsid w:val="00145F0E"/>
     <w:rsid w:val="0015000C"/>
     <w:rsid w:val="001523CF"/>
     <w:rsid w:val="00152600"/>
     <w:rsid w:val="0015545A"/>
     <w:rsid w:val="00156322"/>
     <w:rsid w:val="001571C9"/>
     <w:rsid w:val="00157D43"/>
     <w:rsid w:val="00160315"/>
     <w:rsid w:val="001619F6"/>
     <w:rsid w:val="00163231"/>
     <w:rsid w:val="001640A9"/>
     <w:rsid w:val="00165E49"/>
     <w:rsid w:val="001670CD"/>
     <w:rsid w:val="001674DE"/>
     <w:rsid w:val="001677D8"/>
     <w:rsid w:val="00171146"/>
     <w:rsid w:val="00171A9D"/>
     <w:rsid w:val="001723C7"/>
     <w:rsid w:val="001769B1"/>
     <w:rsid w:val="001779C0"/>
     <w:rsid w:val="00177F16"/>
     <w:rsid w:val="00180D85"/>
     <w:rsid w:val="00180E98"/>
     <w:rsid w:val="00181295"/>
     <w:rsid w:val="0018176B"/>
     <w:rsid w:val="00181CC4"/>
     <w:rsid w:val="0018249D"/>
     <w:rsid w:val="00184990"/>
     <w:rsid w:val="00186603"/>
     <w:rsid w:val="00187775"/>
     <w:rsid w:val="00187E05"/>
     <w:rsid w:val="00190CE9"/>
     <w:rsid w:val="00190D95"/>
     <w:rsid w:val="00190DDA"/>
     <w:rsid w:val="00194299"/>
     <w:rsid w:val="0019454F"/>
     <w:rsid w:val="001946ED"/>
     <w:rsid w:val="00195FD9"/>
     <w:rsid w:val="00197C0A"/>
     <w:rsid w:val="00197D60"/>
+    <w:rsid w:val="00197DC4"/>
     <w:rsid w:val="001A0154"/>
     <w:rsid w:val="001A0728"/>
     <w:rsid w:val="001A1133"/>
     <w:rsid w:val="001A1618"/>
     <w:rsid w:val="001A1B04"/>
     <w:rsid w:val="001A1ED0"/>
     <w:rsid w:val="001A2244"/>
     <w:rsid w:val="001A4DF8"/>
     <w:rsid w:val="001A63C7"/>
     <w:rsid w:val="001A7947"/>
     <w:rsid w:val="001A7B8A"/>
     <w:rsid w:val="001A7E72"/>
     <w:rsid w:val="001B5E3F"/>
     <w:rsid w:val="001B7AEF"/>
     <w:rsid w:val="001C1BFE"/>
     <w:rsid w:val="001C2C0F"/>
     <w:rsid w:val="001C3117"/>
     <w:rsid w:val="001C40A8"/>
     <w:rsid w:val="001C466C"/>
     <w:rsid w:val="001C496E"/>
     <w:rsid w:val="001C6657"/>
     <w:rsid w:val="001C6FF8"/>
     <w:rsid w:val="001C70B9"/>
     <w:rsid w:val="001D0B6D"/>
     <w:rsid w:val="001D1B38"/>
@@ -26091,76 +27025,76 @@
     <w:rsid w:val="001E3475"/>
     <w:rsid w:val="001E3C1D"/>
     <w:rsid w:val="001E59C1"/>
     <w:rsid w:val="001F083D"/>
     <w:rsid w:val="001F0E60"/>
     <w:rsid w:val="001F2CB6"/>
     <w:rsid w:val="001F57BC"/>
     <w:rsid w:val="001F5B3C"/>
     <w:rsid w:val="001F5FAE"/>
     <w:rsid w:val="001F61B3"/>
     <w:rsid w:val="001F66A4"/>
     <w:rsid w:val="00202130"/>
     <w:rsid w:val="002023C7"/>
     <w:rsid w:val="00202F8A"/>
     <w:rsid w:val="002042D2"/>
     <w:rsid w:val="00205A56"/>
     <w:rsid w:val="00207CA8"/>
     <w:rsid w:val="00210F59"/>
     <w:rsid w:val="0021215D"/>
     <w:rsid w:val="00213E51"/>
     <w:rsid w:val="00213E90"/>
     <w:rsid w:val="00215D36"/>
     <w:rsid w:val="00221523"/>
     <w:rsid w:val="002232AA"/>
     <w:rsid w:val="00236142"/>
+    <w:rsid w:val="00236CD0"/>
     <w:rsid w:val="00236F89"/>
     <w:rsid w:val="0024081B"/>
     <w:rsid w:val="00247EFA"/>
     <w:rsid w:val="00251684"/>
     <w:rsid w:val="002557F9"/>
     <w:rsid w:val="002609AB"/>
     <w:rsid w:val="00261DCB"/>
     <w:rsid w:val="0026391C"/>
     <w:rsid w:val="00263C40"/>
     <w:rsid w:val="00264D05"/>
     <w:rsid w:val="00267276"/>
     <w:rsid w:val="0026793D"/>
     <w:rsid w:val="00270F89"/>
     <w:rsid w:val="002715A9"/>
     <w:rsid w:val="00271C51"/>
     <w:rsid w:val="002730E3"/>
     <w:rsid w:val="00273A76"/>
     <w:rsid w:val="00274765"/>
     <w:rsid w:val="002748C8"/>
     <w:rsid w:val="00274E9D"/>
     <w:rsid w:val="002760A6"/>
     <w:rsid w:val="002762A8"/>
     <w:rsid w:val="0027687C"/>
     <w:rsid w:val="00276AF8"/>
     <w:rsid w:val="00276E3E"/>
-    <w:rsid w:val="00277389"/>
     <w:rsid w:val="0028056D"/>
     <w:rsid w:val="0028160C"/>
     <w:rsid w:val="00281CFC"/>
     <w:rsid w:val="002821B0"/>
     <w:rsid w:val="002838FD"/>
     <w:rsid w:val="0028541A"/>
     <w:rsid w:val="00286258"/>
     <w:rsid w:val="00286338"/>
     <w:rsid w:val="00286478"/>
     <w:rsid w:val="002870DA"/>
     <w:rsid w:val="0029194B"/>
     <w:rsid w:val="00294AC6"/>
     <w:rsid w:val="00295389"/>
     <w:rsid w:val="00295CA5"/>
     <w:rsid w:val="002A0083"/>
     <w:rsid w:val="002A2783"/>
     <w:rsid w:val="002A38AD"/>
     <w:rsid w:val="002A418E"/>
     <w:rsid w:val="002A4EC6"/>
     <w:rsid w:val="002A5B19"/>
     <w:rsid w:val="002B0F01"/>
     <w:rsid w:val="002B45CC"/>
     <w:rsid w:val="002B5175"/>
     <w:rsid w:val="002B5DC2"/>
     <w:rsid w:val="002B6BA1"/>
@@ -26209,95 +27143,95 @@
     <w:rsid w:val="00315B18"/>
     <w:rsid w:val="00317D8E"/>
     <w:rsid w:val="0032172F"/>
     <w:rsid w:val="00322A09"/>
     <w:rsid w:val="00322DD5"/>
     <w:rsid w:val="003240A6"/>
     <w:rsid w:val="00325742"/>
     <w:rsid w:val="00325F50"/>
     <w:rsid w:val="00330D3D"/>
     <w:rsid w:val="00331A8C"/>
     <w:rsid w:val="0033613D"/>
     <w:rsid w:val="003405A9"/>
     <w:rsid w:val="003406CA"/>
     <w:rsid w:val="00340BDB"/>
     <w:rsid w:val="00343EDA"/>
     <w:rsid w:val="0034445D"/>
     <w:rsid w:val="00344507"/>
     <w:rsid w:val="003452AC"/>
     <w:rsid w:val="00347B01"/>
     <w:rsid w:val="003512B9"/>
     <w:rsid w:val="00351B17"/>
     <w:rsid w:val="00354E61"/>
     <w:rsid w:val="00360553"/>
     <w:rsid w:val="00362265"/>
     <w:rsid w:val="0036300D"/>
-    <w:rsid w:val="00363912"/>
     <w:rsid w:val="00364CFF"/>
     <w:rsid w:val="003708A0"/>
     <w:rsid w:val="00370BB0"/>
     <w:rsid w:val="00372CA7"/>
     <w:rsid w:val="00373553"/>
     <w:rsid w:val="003748D6"/>
     <w:rsid w:val="00376E6E"/>
     <w:rsid w:val="00377235"/>
     <w:rsid w:val="00381078"/>
     <w:rsid w:val="00383130"/>
     <w:rsid w:val="00383BC1"/>
     <w:rsid w:val="00384A9D"/>
     <w:rsid w:val="00385B63"/>
     <w:rsid w:val="003874FF"/>
     <w:rsid w:val="00387766"/>
     <w:rsid w:val="00387C8C"/>
     <w:rsid w:val="00391FEA"/>
     <w:rsid w:val="0039240C"/>
     <w:rsid w:val="0039369E"/>
     <w:rsid w:val="003957DF"/>
     <w:rsid w:val="00396071"/>
     <w:rsid w:val="00396C62"/>
     <w:rsid w:val="003A05D8"/>
     <w:rsid w:val="003A0E44"/>
     <w:rsid w:val="003A1683"/>
     <w:rsid w:val="003A39AB"/>
     <w:rsid w:val="003A3F94"/>
     <w:rsid w:val="003A4899"/>
     <w:rsid w:val="003A678F"/>
     <w:rsid w:val="003A6C6A"/>
     <w:rsid w:val="003B0CB4"/>
     <w:rsid w:val="003B0D24"/>
     <w:rsid w:val="003B1617"/>
     <w:rsid w:val="003B2A52"/>
     <w:rsid w:val="003B2F3A"/>
     <w:rsid w:val="003B37E6"/>
     <w:rsid w:val="003B4FBE"/>
     <w:rsid w:val="003C08B8"/>
     <w:rsid w:val="003C52AC"/>
     <w:rsid w:val="003C5575"/>
     <w:rsid w:val="003C58AD"/>
     <w:rsid w:val="003C6378"/>
     <w:rsid w:val="003D00EA"/>
     <w:rsid w:val="003D031E"/>
+    <w:rsid w:val="003D1D65"/>
     <w:rsid w:val="003D1F44"/>
     <w:rsid w:val="003D5D84"/>
     <w:rsid w:val="003D71B1"/>
     <w:rsid w:val="003E037D"/>
     <w:rsid w:val="003E2E66"/>
     <w:rsid w:val="003E46E5"/>
     <w:rsid w:val="003E7F22"/>
     <w:rsid w:val="003F10A5"/>
     <w:rsid w:val="003F3C59"/>
     <w:rsid w:val="003F3E49"/>
     <w:rsid w:val="003F4C70"/>
     <w:rsid w:val="003F5AFE"/>
     <w:rsid w:val="003F72D5"/>
     <w:rsid w:val="00400D73"/>
     <w:rsid w:val="0040124F"/>
     <w:rsid w:val="0040258F"/>
     <w:rsid w:val="004055D6"/>
     <w:rsid w:val="00407342"/>
     <w:rsid w:val="004112AF"/>
     <w:rsid w:val="00411399"/>
     <w:rsid w:val="004113B2"/>
     <w:rsid w:val="00411EF6"/>
     <w:rsid w:val="00412EA0"/>
     <w:rsid w:val="004140BA"/>
     <w:rsid w:val="00414B57"/>
@@ -26359,61 +27293,61 @@
     <w:rsid w:val="00486297"/>
     <w:rsid w:val="00486A9F"/>
     <w:rsid w:val="00487931"/>
     <w:rsid w:val="00490F35"/>
     <w:rsid w:val="004944B0"/>
     <w:rsid w:val="00494D2E"/>
     <w:rsid w:val="004956BA"/>
     <w:rsid w:val="00495C70"/>
     <w:rsid w:val="004A1C4A"/>
     <w:rsid w:val="004A3E30"/>
     <w:rsid w:val="004A679A"/>
     <w:rsid w:val="004B1E86"/>
     <w:rsid w:val="004B280D"/>
     <w:rsid w:val="004B3674"/>
     <w:rsid w:val="004B42FF"/>
     <w:rsid w:val="004B7E2D"/>
     <w:rsid w:val="004C1734"/>
     <w:rsid w:val="004C2A76"/>
     <w:rsid w:val="004C4051"/>
     <w:rsid w:val="004C4645"/>
     <w:rsid w:val="004C4903"/>
     <w:rsid w:val="004C4CEE"/>
     <w:rsid w:val="004C56E5"/>
     <w:rsid w:val="004C71B5"/>
     <w:rsid w:val="004C78DB"/>
-    <w:rsid w:val="004D102E"/>
     <w:rsid w:val="004D2045"/>
     <w:rsid w:val="004D29A1"/>
     <w:rsid w:val="004D3320"/>
     <w:rsid w:val="004D76FD"/>
     <w:rsid w:val="004D7CCC"/>
     <w:rsid w:val="004E3276"/>
     <w:rsid w:val="004E3F64"/>
     <w:rsid w:val="004E4B57"/>
     <w:rsid w:val="004E7A45"/>
     <w:rsid w:val="004F104D"/>
+    <w:rsid w:val="004F12A1"/>
     <w:rsid w:val="004F3312"/>
     <w:rsid w:val="005007E2"/>
     <w:rsid w:val="005008B8"/>
     <w:rsid w:val="005022A1"/>
     <w:rsid w:val="0050236A"/>
     <w:rsid w:val="005033C5"/>
     <w:rsid w:val="00503606"/>
     <w:rsid w:val="00506C99"/>
     <w:rsid w:val="0051201C"/>
     <w:rsid w:val="00512DD2"/>
     <w:rsid w:val="00514162"/>
     <w:rsid w:val="00516D28"/>
     <w:rsid w:val="0051723C"/>
     <w:rsid w:val="00517721"/>
     <w:rsid w:val="005223D2"/>
     <w:rsid w:val="00522443"/>
     <w:rsid w:val="005236D6"/>
     <w:rsid w:val="00525496"/>
     <w:rsid w:val="005259BE"/>
     <w:rsid w:val="00525B7F"/>
     <w:rsid w:val="00526300"/>
     <w:rsid w:val="005279EB"/>
     <w:rsid w:val="0053087D"/>
     <w:rsid w:val="005312E6"/>
     <w:rsid w:val="00533F58"/>
@@ -26456,52 +27390,54 @@
     <w:rsid w:val="005827E2"/>
     <w:rsid w:val="005844DA"/>
     <w:rsid w:val="00584B6D"/>
     <w:rsid w:val="00585827"/>
     <w:rsid w:val="0058624E"/>
     <w:rsid w:val="00586643"/>
     <w:rsid w:val="00586D17"/>
     <w:rsid w:val="00594683"/>
     <w:rsid w:val="005976A4"/>
     <w:rsid w:val="005978E9"/>
     <w:rsid w:val="00597E89"/>
     <w:rsid w:val="005A108C"/>
     <w:rsid w:val="005A1313"/>
     <w:rsid w:val="005A2B7F"/>
     <w:rsid w:val="005A3C39"/>
     <w:rsid w:val="005A5FFD"/>
     <w:rsid w:val="005A7362"/>
     <w:rsid w:val="005B445C"/>
     <w:rsid w:val="005B47B3"/>
     <w:rsid w:val="005B53B3"/>
     <w:rsid w:val="005B5C4D"/>
     <w:rsid w:val="005B5E2E"/>
     <w:rsid w:val="005B6C89"/>
     <w:rsid w:val="005B7EDF"/>
     <w:rsid w:val="005C04C8"/>
+    <w:rsid w:val="005C1751"/>
     <w:rsid w:val="005C188C"/>
     <w:rsid w:val="005C1A55"/>
+    <w:rsid w:val="005C249A"/>
     <w:rsid w:val="005C3D1B"/>
     <w:rsid w:val="005C3E43"/>
     <w:rsid w:val="005C410F"/>
     <w:rsid w:val="005C4722"/>
     <w:rsid w:val="005C4CC6"/>
     <w:rsid w:val="005C4FD3"/>
     <w:rsid w:val="005C5428"/>
     <w:rsid w:val="005C634F"/>
     <w:rsid w:val="005D1BAF"/>
     <w:rsid w:val="005D25CA"/>
     <w:rsid w:val="005D32C6"/>
     <w:rsid w:val="005D382E"/>
     <w:rsid w:val="005D5886"/>
     <w:rsid w:val="005D5FA0"/>
     <w:rsid w:val="005D69FC"/>
     <w:rsid w:val="005E280A"/>
     <w:rsid w:val="005E29FA"/>
     <w:rsid w:val="005E2EA5"/>
     <w:rsid w:val="005E3076"/>
     <w:rsid w:val="005E7B7D"/>
     <w:rsid w:val="005F032C"/>
     <w:rsid w:val="005F5311"/>
     <w:rsid w:val="005F5F2A"/>
     <w:rsid w:val="005F6748"/>
     <w:rsid w:val="005F6BE2"/>
@@ -26530,68 +27466,69 @@
     <w:rsid w:val="00637A62"/>
     <w:rsid w:val="00641328"/>
     <w:rsid w:val="006424AD"/>
     <w:rsid w:val="00643CB9"/>
     <w:rsid w:val="006443F2"/>
     <w:rsid w:val="00644F8C"/>
     <w:rsid w:val="006453AA"/>
     <w:rsid w:val="00646B3E"/>
     <w:rsid w:val="00646FF1"/>
     <w:rsid w:val="0064704F"/>
     <w:rsid w:val="00647484"/>
     <w:rsid w:val="00647FCF"/>
     <w:rsid w:val="006501C1"/>
     <w:rsid w:val="0065068A"/>
     <w:rsid w:val="00650F21"/>
     <w:rsid w:val="00653376"/>
     <w:rsid w:val="00653C54"/>
     <w:rsid w:val="00655866"/>
     <w:rsid w:val="00656142"/>
     <w:rsid w:val="00660CB1"/>
     <w:rsid w:val="00661928"/>
     <w:rsid w:val="00662CCF"/>
     <w:rsid w:val="00663629"/>
     <w:rsid w:val="006637C6"/>
     <w:rsid w:val="00663F5E"/>
+    <w:rsid w:val="00667BF2"/>
     <w:rsid w:val="00670C05"/>
     <w:rsid w:val="00674F14"/>
     <w:rsid w:val="00675B80"/>
     <w:rsid w:val="00675DA2"/>
     <w:rsid w:val="00677054"/>
     <w:rsid w:val="00677F19"/>
     <w:rsid w:val="00687F60"/>
     <w:rsid w:val="00690088"/>
     <w:rsid w:val="00690460"/>
     <w:rsid w:val="0069050A"/>
     <w:rsid w:val="0069389B"/>
     <w:rsid w:val="006A01D8"/>
     <w:rsid w:val="006A1873"/>
     <w:rsid w:val="006A2188"/>
     <w:rsid w:val="006A23A1"/>
     <w:rsid w:val="006A256B"/>
     <w:rsid w:val="006A2775"/>
-    <w:rsid w:val="006A3FBF"/>
+    <w:rsid w:val="006A3A6F"/>
     <w:rsid w:val="006A7B16"/>
     <w:rsid w:val="006B06E0"/>
     <w:rsid w:val="006B0C90"/>
     <w:rsid w:val="006B18B4"/>
     <w:rsid w:val="006B2418"/>
     <w:rsid w:val="006B2981"/>
     <w:rsid w:val="006B4D68"/>
     <w:rsid w:val="006B58AB"/>
     <w:rsid w:val="006B6CD4"/>
     <w:rsid w:val="006B70DD"/>
     <w:rsid w:val="006C1FC7"/>
     <w:rsid w:val="006C3187"/>
     <w:rsid w:val="006C40B1"/>
     <w:rsid w:val="006C426F"/>
     <w:rsid w:val="006C4C25"/>
     <w:rsid w:val="006C7A7B"/>
     <w:rsid w:val="006C7E24"/>
     <w:rsid w:val="006D3567"/>
     <w:rsid w:val="006D4D0C"/>
     <w:rsid w:val="006D5AA5"/>
     <w:rsid w:val="006D6BB2"/>
     <w:rsid w:val="006E0AC0"/>
     <w:rsid w:val="006E2E42"/>
     <w:rsid w:val="006E47DE"/>
     <w:rsid w:val="006E53B1"/>
@@ -26810,51 +27747,50 @@
     <w:rsid w:val="008E2B3D"/>
     <w:rsid w:val="008E2CD2"/>
     <w:rsid w:val="008E2F07"/>
     <w:rsid w:val="008E6C71"/>
     <w:rsid w:val="008F08A1"/>
     <w:rsid w:val="008F116C"/>
     <w:rsid w:val="008F14D0"/>
     <w:rsid w:val="008F209F"/>
     <w:rsid w:val="008F22F8"/>
     <w:rsid w:val="008F2882"/>
     <w:rsid w:val="008F2FF5"/>
     <w:rsid w:val="008F5AE6"/>
     <w:rsid w:val="008F6E03"/>
     <w:rsid w:val="00900544"/>
     <w:rsid w:val="009005E2"/>
     <w:rsid w:val="00901874"/>
     <w:rsid w:val="00902276"/>
     <w:rsid w:val="009023BD"/>
     <w:rsid w:val="00903C1A"/>
     <w:rsid w:val="009042CC"/>
     <w:rsid w:val="00906BDD"/>
     <w:rsid w:val="00907B0A"/>
     <w:rsid w:val="00912378"/>
     <w:rsid w:val="00913CEC"/>
     <w:rsid w:val="00916B41"/>
-    <w:rsid w:val="00917AB0"/>
     <w:rsid w:val="0092144D"/>
     <w:rsid w:val="00921C48"/>
     <w:rsid w:val="009227B7"/>
     <w:rsid w:val="00922CC7"/>
     <w:rsid w:val="00923470"/>
     <w:rsid w:val="009246CF"/>
     <w:rsid w:val="0092599A"/>
     <w:rsid w:val="00926A33"/>
     <w:rsid w:val="0093001E"/>
     <w:rsid w:val="00934757"/>
     <w:rsid w:val="0093705E"/>
     <w:rsid w:val="00937A7B"/>
     <w:rsid w:val="00937BEE"/>
     <w:rsid w:val="009414B8"/>
     <w:rsid w:val="00943885"/>
     <w:rsid w:val="0094526F"/>
     <w:rsid w:val="00945BC5"/>
     <w:rsid w:val="00947F28"/>
     <w:rsid w:val="00950AB2"/>
     <w:rsid w:val="00951512"/>
     <w:rsid w:val="00951710"/>
     <w:rsid w:val="00952962"/>
     <w:rsid w:val="009530F2"/>
     <w:rsid w:val="00953BF5"/>
     <w:rsid w:val="00955619"/>
@@ -26876,151 +27812,149 @@
     <w:rsid w:val="00977BC5"/>
     <w:rsid w:val="009801D3"/>
     <w:rsid w:val="009801D4"/>
     <w:rsid w:val="00982014"/>
     <w:rsid w:val="00982339"/>
     <w:rsid w:val="009829EC"/>
     <w:rsid w:val="00983C9C"/>
     <w:rsid w:val="00984158"/>
     <w:rsid w:val="009842D0"/>
     <w:rsid w:val="00984EA5"/>
     <w:rsid w:val="00985156"/>
     <w:rsid w:val="009855E4"/>
     <w:rsid w:val="00986E5B"/>
     <w:rsid w:val="00990397"/>
     <w:rsid w:val="009919C3"/>
     <w:rsid w:val="00993074"/>
     <w:rsid w:val="00993D4A"/>
     <w:rsid w:val="009A2BE9"/>
     <w:rsid w:val="009A30A7"/>
     <w:rsid w:val="009A55B9"/>
     <w:rsid w:val="009A6716"/>
     <w:rsid w:val="009A742D"/>
     <w:rsid w:val="009A7AA1"/>
     <w:rsid w:val="009B0231"/>
     <w:rsid w:val="009B05AE"/>
-    <w:rsid w:val="009B0DC3"/>
     <w:rsid w:val="009B0FBA"/>
     <w:rsid w:val="009B2134"/>
+    <w:rsid w:val="009B2E7C"/>
     <w:rsid w:val="009B4A9E"/>
     <w:rsid w:val="009B4B28"/>
     <w:rsid w:val="009B6DF6"/>
     <w:rsid w:val="009C0709"/>
     <w:rsid w:val="009C1C71"/>
     <w:rsid w:val="009C26FA"/>
     <w:rsid w:val="009C30C0"/>
     <w:rsid w:val="009C30D3"/>
-    <w:rsid w:val="009C39C7"/>
     <w:rsid w:val="009C3B2B"/>
     <w:rsid w:val="009D1838"/>
     <w:rsid w:val="009D20FB"/>
-    <w:rsid w:val="009D2701"/>
     <w:rsid w:val="009D36F8"/>
     <w:rsid w:val="009D49C8"/>
     <w:rsid w:val="009D49FE"/>
     <w:rsid w:val="009D4B4D"/>
     <w:rsid w:val="009D5818"/>
     <w:rsid w:val="009D6D98"/>
     <w:rsid w:val="009D7195"/>
     <w:rsid w:val="009E0355"/>
     <w:rsid w:val="009E036B"/>
     <w:rsid w:val="009E05A4"/>
     <w:rsid w:val="009E176D"/>
     <w:rsid w:val="009E3DC8"/>
     <w:rsid w:val="009E3F4E"/>
     <w:rsid w:val="009E46E9"/>
     <w:rsid w:val="009E5E01"/>
     <w:rsid w:val="009E63C1"/>
-    <w:rsid w:val="009E6FF2"/>
     <w:rsid w:val="009F355B"/>
     <w:rsid w:val="009F3D9F"/>
     <w:rsid w:val="009F6165"/>
     <w:rsid w:val="009F6DED"/>
     <w:rsid w:val="009F6E9A"/>
     <w:rsid w:val="009F778B"/>
     <w:rsid w:val="00A03741"/>
     <w:rsid w:val="00A04866"/>
     <w:rsid w:val="00A04F75"/>
     <w:rsid w:val="00A0749F"/>
     <w:rsid w:val="00A07BEF"/>
     <w:rsid w:val="00A12E04"/>
     <w:rsid w:val="00A14AF8"/>
     <w:rsid w:val="00A14F89"/>
     <w:rsid w:val="00A23310"/>
     <w:rsid w:val="00A2383B"/>
     <w:rsid w:val="00A238C1"/>
     <w:rsid w:val="00A239C0"/>
     <w:rsid w:val="00A24E13"/>
     <w:rsid w:val="00A264EE"/>
     <w:rsid w:val="00A27CC8"/>
     <w:rsid w:val="00A301D0"/>
     <w:rsid w:val="00A3310A"/>
     <w:rsid w:val="00A34401"/>
     <w:rsid w:val="00A3444C"/>
     <w:rsid w:val="00A34871"/>
+    <w:rsid w:val="00A36C70"/>
     <w:rsid w:val="00A37FED"/>
     <w:rsid w:val="00A41F17"/>
     <w:rsid w:val="00A425E5"/>
     <w:rsid w:val="00A44151"/>
     <w:rsid w:val="00A462E3"/>
     <w:rsid w:val="00A464EC"/>
     <w:rsid w:val="00A501BA"/>
     <w:rsid w:val="00A511A7"/>
     <w:rsid w:val="00A519E5"/>
     <w:rsid w:val="00A51CB6"/>
     <w:rsid w:val="00A52DC0"/>
     <w:rsid w:val="00A56EA0"/>
     <w:rsid w:val="00A6117E"/>
     <w:rsid w:val="00A62603"/>
     <w:rsid w:val="00A63D5A"/>
     <w:rsid w:val="00A65B4C"/>
     <w:rsid w:val="00A65C37"/>
     <w:rsid w:val="00A66592"/>
     <w:rsid w:val="00A67B74"/>
     <w:rsid w:val="00A67E1C"/>
     <w:rsid w:val="00A70F54"/>
     <w:rsid w:val="00A7172E"/>
     <w:rsid w:val="00A7634E"/>
     <w:rsid w:val="00A82675"/>
     <w:rsid w:val="00A8492D"/>
     <w:rsid w:val="00A8674B"/>
     <w:rsid w:val="00A870E5"/>
     <w:rsid w:val="00A91345"/>
     <w:rsid w:val="00A91D3E"/>
     <w:rsid w:val="00A92344"/>
     <w:rsid w:val="00A95072"/>
     <w:rsid w:val="00A9509E"/>
     <w:rsid w:val="00AA1731"/>
+    <w:rsid w:val="00AA375F"/>
     <w:rsid w:val="00AA394B"/>
     <w:rsid w:val="00AA52E9"/>
     <w:rsid w:val="00AA55D3"/>
     <w:rsid w:val="00AA6439"/>
     <w:rsid w:val="00AA6692"/>
     <w:rsid w:val="00AA6D18"/>
     <w:rsid w:val="00AA6DE7"/>
     <w:rsid w:val="00AA7CBC"/>
-    <w:rsid w:val="00AB240C"/>
     <w:rsid w:val="00AB34F6"/>
     <w:rsid w:val="00AB58B8"/>
     <w:rsid w:val="00AB679F"/>
     <w:rsid w:val="00AB7E85"/>
     <w:rsid w:val="00AC06E8"/>
     <w:rsid w:val="00AC0AC3"/>
     <w:rsid w:val="00AC0DB9"/>
     <w:rsid w:val="00AC1889"/>
     <w:rsid w:val="00AC2A6A"/>
     <w:rsid w:val="00AC4E74"/>
     <w:rsid w:val="00AC707B"/>
     <w:rsid w:val="00AD1711"/>
     <w:rsid w:val="00AD3556"/>
     <w:rsid w:val="00AD7B8C"/>
     <w:rsid w:val="00AE0529"/>
     <w:rsid w:val="00AE088D"/>
     <w:rsid w:val="00AE2FDE"/>
     <w:rsid w:val="00AE3AA9"/>
     <w:rsid w:val="00AE52B2"/>
     <w:rsid w:val="00AE6EFB"/>
     <w:rsid w:val="00AE72CC"/>
     <w:rsid w:val="00AF2F14"/>
     <w:rsid w:val="00AF31FC"/>
     <w:rsid w:val="00AF475B"/>
     <w:rsid w:val="00AF79EE"/>
@@ -27036,51 +27970,53 @@
     <w:rsid w:val="00B07375"/>
     <w:rsid w:val="00B11C78"/>
     <w:rsid w:val="00B12358"/>
     <w:rsid w:val="00B13B8D"/>
     <w:rsid w:val="00B1445C"/>
     <w:rsid w:val="00B17F47"/>
     <w:rsid w:val="00B20DAC"/>
     <w:rsid w:val="00B2138D"/>
     <w:rsid w:val="00B22839"/>
     <w:rsid w:val="00B27FEE"/>
     <w:rsid w:val="00B403C0"/>
     <w:rsid w:val="00B4130B"/>
     <w:rsid w:val="00B4174C"/>
     <w:rsid w:val="00B423E4"/>
     <w:rsid w:val="00B4307B"/>
     <w:rsid w:val="00B43296"/>
     <w:rsid w:val="00B43C67"/>
     <w:rsid w:val="00B50EDD"/>
     <w:rsid w:val="00B538A0"/>
     <w:rsid w:val="00B53A7A"/>
     <w:rsid w:val="00B5461D"/>
     <w:rsid w:val="00B6158F"/>
     <w:rsid w:val="00B620D3"/>
     <w:rsid w:val="00B63B4E"/>
     <w:rsid w:val="00B6549C"/>
+    <w:rsid w:val="00B659C2"/>
     <w:rsid w:val="00B65F8D"/>
+    <w:rsid w:val="00B675C5"/>
     <w:rsid w:val="00B67E5F"/>
     <w:rsid w:val="00B71EA2"/>
     <w:rsid w:val="00B7332E"/>
     <w:rsid w:val="00B7354B"/>
     <w:rsid w:val="00B80027"/>
     <w:rsid w:val="00B80247"/>
     <w:rsid w:val="00B80917"/>
     <w:rsid w:val="00B8284D"/>
     <w:rsid w:val="00B82F6D"/>
     <w:rsid w:val="00B831BF"/>
     <w:rsid w:val="00B83CB3"/>
     <w:rsid w:val="00B8523A"/>
     <w:rsid w:val="00B8654C"/>
     <w:rsid w:val="00B87C80"/>
     <w:rsid w:val="00B91D06"/>
     <w:rsid w:val="00B92B1F"/>
     <w:rsid w:val="00B930A0"/>
     <w:rsid w:val="00B942B2"/>
     <w:rsid w:val="00B963B7"/>
     <w:rsid w:val="00B966B9"/>
     <w:rsid w:val="00B96FBD"/>
     <w:rsid w:val="00BA0EE7"/>
     <w:rsid w:val="00BA13C2"/>
     <w:rsid w:val="00BA144B"/>
     <w:rsid w:val="00BA2758"/>
@@ -27238,51 +28174,50 @@
     <w:rsid w:val="00CF5950"/>
     <w:rsid w:val="00CF6F26"/>
     <w:rsid w:val="00CF7679"/>
     <w:rsid w:val="00D0040B"/>
     <w:rsid w:val="00D013C1"/>
     <w:rsid w:val="00D01EB4"/>
     <w:rsid w:val="00D0308D"/>
     <w:rsid w:val="00D04371"/>
     <w:rsid w:val="00D0489C"/>
     <w:rsid w:val="00D07E54"/>
     <w:rsid w:val="00D1431D"/>
     <w:rsid w:val="00D14468"/>
     <w:rsid w:val="00D16755"/>
     <w:rsid w:val="00D17727"/>
     <w:rsid w:val="00D17B71"/>
     <w:rsid w:val="00D2095A"/>
     <w:rsid w:val="00D209A5"/>
     <w:rsid w:val="00D21853"/>
     <w:rsid w:val="00D21AA2"/>
     <w:rsid w:val="00D222FE"/>
     <w:rsid w:val="00D22477"/>
     <w:rsid w:val="00D224E6"/>
     <w:rsid w:val="00D230AB"/>
     <w:rsid w:val="00D329DA"/>
     <w:rsid w:val="00D348CA"/>
-    <w:rsid w:val="00D36527"/>
     <w:rsid w:val="00D36977"/>
     <w:rsid w:val="00D42AB5"/>
     <w:rsid w:val="00D43586"/>
     <w:rsid w:val="00D44193"/>
     <w:rsid w:val="00D44BAB"/>
     <w:rsid w:val="00D461EE"/>
     <w:rsid w:val="00D46A53"/>
     <w:rsid w:val="00D479B7"/>
     <w:rsid w:val="00D510B5"/>
     <w:rsid w:val="00D54797"/>
     <w:rsid w:val="00D54E18"/>
     <w:rsid w:val="00D5608D"/>
     <w:rsid w:val="00D614F6"/>
     <w:rsid w:val="00D6189D"/>
     <w:rsid w:val="00D63446"/>
     <w:rsid w:val="00D64F52"/>
     <w:rsid w:val="00D66948"/>
     <w:rsid w:val="00D67B91"/>
     <w:rsid w:val="00D703B5"/>
     <w:rsid w:val="00D703DC"/>
     <w:rsid w:val="00D70D49"/>
     <w:rsid w:val="00D710C2"/>
     <w:rsid w:val="00D729F5"/>
     <w:rsid w:val="00D72CAA"/>
     <w:rsid w:val="00D732CC"/>
@@ -27409,50 +28344,51 @@
     <w:rsid w:val="00E8329B"/>
     <w:rsid w:val="00E83CC5"/>
     <w:rsid w:val="00E84B8F"/>
     <w:rsid w:val="00E85781"/>
     <w:rsid w:val="00E85E09"/>
     <w:rsid w:val="00E9190C"/>
     <w:rsid w:val="00E91D7A"/>
     <w:rsid w:val="00E92369"/>
     <w:rsid w:val="00E93D6E"/>
     <w:rsid w:val="00E93DFD"/>
     <w:rsid w:val="00E95691"/>
     <w:rsid w:val="00E969E8"/>
     <w:rsid w:val="00E96C06"/>
     <w:rsid w:val="00E9787D"/>
     <w:rsid w:val="00E9790C"/>
     <w:rsid w:val="00EA2D5B"/>
     <w:rsid w:val="00EA478D"/>
     <w:rsid w:val="00EA5A1F"/>
     <w:rsid w:val="00EA6C21"/>
     <w:rsid w:val="00EA7738"/>
     <w:rsid w:val="00EB0C31"/>
     <w:rsid w:val="00EB0F0B"/>
     <w:rsid w:val="00EB2651"/>
     <w:rsid w:val="00EB5A85"/>
     <w:rsid w:val="00EB7063"/>
+    <w:rsid w:val="00EC00E2"/>
     <w:rsid w:val="00EC1FBA"/>
     <w:rsid w:val="00EC3483"/>
     <w:rsid w:val="00EC7840"/>
     <w:rsid w:val="00ED1896"/>
     <w:rsid w:val="00ED190C"/>
     <w:rsid w:val="00ED24ED"/>
     <w:rsid w:val="00ED28F3"/>
     <w:rsid w:val="00ED32D1"/>
     <w:rsid w:val="00ED3DE1"/>
     <w:rsid w:val="00ED3FEC"/>
     <w:rsid w:val="00ED4E71"/>
     <w:rsid w:val="00ED5206"/>
     <w:rsid w:val="00ED56E3"/>
     <w:rsid w:val="00EE25D7"/>
     <w:rsid w:val="00EE39DD"/>
     <w:rsid w:val="00EE4221"/>
     <w:rsid w:val="00EE46D1"/>
     <w:rsid w:val="00EE54B6"/>
     <w:rsid w:val="00EE558A"/>
     <w:rsid w:val="00EE568D"/>
     <w:rsid w:val="00EE5A39"/>
     <w:rsid w:val="00EE5DE3"/>
     <w:rsid w:val="00EE6826"/>
     <w:rsid w:val="00EF17EC"/>
     <w:rsid w:val="00EF18D6"/>
@@ -27525,99 +28461,100 @@
     <w:rsid w:val="00F869F5"/>
     <w:rsid w:val="00F873B0"/>
     <w:rsid w:val="00F903EC"/>
     <w:rsid w:val="00F92C09"/>
     <w:rsid w:val="00F931FA"/>
     <w:rsid w:val="00F93A73"/>
     <w:rsid w:val="00F941C4"/>
     <w:rsid w:val="00F9556D"/>
     <w:rsid w:val="00F95DA4"/>
     <w:rsid w:val="00F95E86"/>
     <w:rsid w:val="00F95ECA"/>
     <w:rsid w:val="00F96C07"/>
     <w:rsid w:val="00F97286"/>
     <w:rsid w:val="00FA11D7"/>
     <w:rsid w:val="00FA33F8"/>
     <w:rsid w:val="00FA44FA"/>
     <w:rsid w:val="00FA78FD"/>
     <w:rsid w:val="00FA7D0B"/>
     <w:rsid w:val="00FB0C1E"/>
     <w:rsid w:val="00FB1CC4"/>
     <w:rsid w:val="00FB73A6"/>
     <w:rsid w:val="00FB7519"/>
     <w:rsid w:val="00FC12D6"/>
     <w:rsid w:val="00FC4390"/>
     <w:rsid w:val="00FC498F"/>
+    <w:rsid w:val="00FC4A52"/>
     <w:rsid w:val="00FC4C0D"/>
     <w:rsid w:val="00FC6DF2"/>
     <w:rsid w:val="00FD083E"/>
     <w:rsid w:val="00FD086F"/>
     <w:rsid w:val="00FD4A4A"/>
     <w:rsid w:val="00FE1B7A"/>
     <w:rsid w:val="00FE20E2"/>
     <w:rsid w:val="00FE29FA"/>
     <w:rsid w:val="00FE41B2"/>
     <w:rsid w:val="00FE57E0"/>
     <w:rsid w:val="00FE79BD"/>
     <w:rsid w:val="00FF05D1"/>
     <w:rsid w:val="00FF11C5"/>
     <w:rsid w:val="00FF1250"/>
     <w:rsid w:val="00FF129E"/>
     <w:rsid w:val="00FF22BA"/>
     <w:rsid w:val="00FF23AD"/>
     <w:rsid w:val="00FF39DD"/>
     <w:rsid w:val="00FF434B"/>
     <w:rsid w:val="00FF4A22"/>
     <w:rsid w:val="00FF7531"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="77B751D0"/>
-  <w15:docId w15:val="{B19422DC-61BA-48C3-8723-424220F7FE99}"/>
+  <w15:docId w15:val="{1A9D1BD6-354B-4947-B4F4-3ED00F7DC185}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -28915,97 +29852,90 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...13 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb" xmlns:ns3="56ad977b-6cba-4d16-971c-01180e0d0515" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b8007a5e55856e78d24dcc307cc8ca12" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5494836E8AEFD4C8E68BF3674A42DDF" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="291fe053bbd8f0f9319c5cf4668d112c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb" xmlns:ns3="56ad977b-6cba-4d16-971c-01180e0d0515" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="02c73a0089642de45352b049d4560e99" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb"/>
     <xsd:import namespace="56ad977b-6cba-4d16-971c-01180e0d0515"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="10" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="11" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
@@ -29103,50 +30033,55 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="24" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="26" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="27" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="28" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
@@ -29203,159 +30138,153 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="56ad977b-6cba-4d16-971c-01180e0d0515">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B74939DF-5D12-4DB0-A571-2A164329FB24}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DD10046-707B-4E26-8E35-8DED1F73BCD2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{404A7BDC-D4A9-4184-9B00-1641711E66FD}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B2D9BF5-9A9B-4C51-AA58-F2FE97256595}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="56ad977b-6cba-4d16-971c-01180e0d0515"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95E018EC-8CB2-4611-A714-84FBBB900A4E}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{403F91E3-36C0-463D-A15C-6D435A1D387A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...19 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{403F91E3-36C0-463D-A15C-6D435A1D387A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B74939DF-5D12-4DB0-A571-2A164329FB24}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>21</Pages>
-  <Words>7951</Words>
-  <Characters>45326</Characters>
+  <Words>8146</Words>
+  <Characters>45131</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>377</Lines>
-  <Paragraphs>106</Paragraphs>
+  <Lines>921</Lines>
+  <Paragraphs>203</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Approved by MET Board in Nov of 2001</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DNR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>53171</CharactersWithSpaces>
+  <CharactersWithSpaces>53074</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Approved by MET Board in Nov of 2001</dc:title>
+  <dc:subject/>
   <dc:creator>Christine Ward</dc:creator>
+  <cp:keywords/>
   <dc:description>DRAFT MODEL 3/06/00</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="NG-ActivityEventIdentifier">
     <vt:lpwstr>49E4046AB29A014948CEEDA551AE54A6</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="NG-ActivityEventID">
     <vt:lpwstr>1056</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="TaxKeywordTaxHTField">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ContentTypeId">
     <vt:lpwstr>0x010100C5494836E8AEFD4C8E68BF3674A42DDF</vt:lpwstr>