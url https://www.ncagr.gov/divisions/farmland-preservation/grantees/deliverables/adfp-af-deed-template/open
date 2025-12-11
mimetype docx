--- v0 (2025-10-09)
+++ v1 (2025-12-11)
@@ -9,8468 +9,13794 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="732BC879" w14:textId="6AC62833" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="0001345B" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="732BC879" w14:textId="68301AC1" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="0001345B" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>ADFPTF – USAF Conservation Easement Template (</w:t>
       </w:r>
-      <w:r w:rsidR="00D34B8C">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidR="008F089A" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5-30-2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71B6D180" w14:textId="77777777" w:rsidR="008B634C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+    <w:p w14:paraId="71B6D180" w14:textId="77777777" w:rsidR="008B634C" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:ind w:left="3600" w:hanging="3600"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00C561B9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This instrument prepared by and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>return</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C561B9" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D900BF9" w14:textId="4489B79F" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00C561B9" w:rsidP="008B634C">
+    <w:p w14:paraId="0D900BF9" w14:textId="4489B79F" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00C561B9" w:rsidP="008B634C">
       <w:pPr>
         <w:ind w:left="3600" w:hanging="3600"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Text1"/>
-      <w:r>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter name</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A27F54B" w14:textId="77777777" w:rsidR="008B634C" w:rsidRDefault="00EF7D3F" w:rsidP="00B1791F">
+    <w:p w14:paraId="6A27F54B" w14:textId="77777777" w:rsidR="008B634C" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00B1791F">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>STATE OF NORTH CAROLINA</w:t>
       </w:r>
-      <w:r w:rsidR="008B634C">
+      <w:r w:rsidR="008B634C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008B634C">
+      <w:r w:rsidR="008B634C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008B634C">
+      <w:r w:rsidR="008B634C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008B634C">
+      <w:r w:rsidR="008B634C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008B634C">
+      <w:r w:rsidR="008B634C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>ADFP</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="008B634C">
+        <w:t>ADFP TRACKING #</w:t>
+      </w:r>
+      <w:r w:rsidR="008B634C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="ADM-ADFP-MIL-"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Text2"/>
-      <w:r w:rsidR="008B634C">
+      <w:r w:rsidR="008B634C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="008B634C">
+      <w:r w:rsidR="008B634C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="008B634C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008B634C">
+      <w:r w:rsidR="008B634C" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ADM-ADFP-MIL-</w:t>
       </w:r>
-      <w:r w:rsidR="008B634C">
+      <w:r w:rsidR="008B634C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="19FA3409" w14:textId="77777777" w:rsidR="008B634C" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="008B634C">
+    <w:p w14:paraId="19FA3409" w14:textId="77777777" w:rsidR="008B634C" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="008B634C">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">COUNTY OF </w:t>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter county name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Text3"/>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter county name</w:t>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidR="008B634C">
+      <w:r w:rsidR="008B634C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="008B634C">
+      <w:r w:rsidR="008B634C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008B634C">
+      <w:r w:rsidR="008B634C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008B634C">
+      <w:r w:rsidR="008B634C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-      <w:r w:rsidR="008B634C">
+        <w:t xml:space="preserve">TAX ID/PARCEL/PIN: </w:t>
+      </w:r>
+      <w:r w:rsidR="008B634C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter tax ID/parcel/PIN"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Text4"/>
-      <w:r w:rsidR="008B634C">
+      <w:r w:rsidR="008B634C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="008B634C">
+      <w:r w:rsidR="008B634C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="008B634C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008B634C">
+      <w:r w:rsidR="008B634C" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter tax ID/parcel/PIN</w:t>
       </w:r>
-      <w:r w:rsidR="008B634C">
+      <w:r w:rsidR="008B634C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="2EAB056D" w14:textId="77777777" w:rsidR="00B1791F" w:rsidRPr="0009516C" w:rsidRDefault="00B1791F" w:rsidP="00B1791F">
+    <w:p w14:paraId="2EAB056D" w14:textId="77777777" w:rsidR="00B1791F" w:rsidRPr="008F089A" w:rsidRDefault="00B1791F" w:rsidP="00B1791F">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="71FBFD5D" w14:textId="77777777" w:rsidR="00B1791F" w:rsidRPr="0009516C" w:rsidRDefault="00B1791F" w:rsidP="00B1791F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71FBFD5D" w14:textId="77777777" w:rsidR="00B1791F" w:rsidRPr="008F089A" w:rsidRDefault="00B1791F" w:rsidP="00B1791F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>WARRAN</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>TY DEED OF</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B33BFA9" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00B1791F">
+    <w:p w14:paraId="6B33BFA9" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00B1791F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>AGRICULTURAL CONSERVATION CONTAINING MILITARY MISSION COMPATIBLE USE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B4C9F5F" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F"/>
-    <w:p w14:paraId="058AC56C" w14:textId="3CD74459" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+    <w:p w14:paraId="3B4C9F5F" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="058AC56C" w14:textId="4EC34069" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk497746863"/>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">This Deed of Agricultural Conservation containing Military Mission Compatible Use Easement (sometimes referred to as “Easement”) is </w:t>
       </w:r>
-      <w:r w:rsidR="00B1791F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00B1791F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>granted on this</w:t>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter day with numerals and letter suffixes"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="Text5"/>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter day with numerals and letter suffixes</w:t>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidR="00B1791F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00B1791F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> day of</w:t>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Dropdown1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:ddList>
               <w:listEntry w:val="January"/>
               <w:listEntry w:val="February"/>
               <w:listEntry w:val="March"/>
               <w:listEntry w:val="April"/>
               <w:listEntry w:val="May"/>
               <w:listEntry w:val="June"/>
               <w:listEntry w:val="July"/>
               <w:listEntry w:val="August"/>
               <w:listEntry w:val="September"/>
               <w:listEntry w:val="October"/>
               <w:listEntry w:val="November"/>
               <w:listEntry w:val="December"/>
             </w:ddList>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="Dropdown1"/>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
       </w:r>
-      <w:r w:rsidR="00017C27">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidR="00B1791F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00B1791F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="004D1B08">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidR="004D1B08" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="008F089A" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text55"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="Text55"/>
+      <w:r w:rsidR="008F089A" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="008F089A" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="008F089A" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008F089A" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F089A" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F089A" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F089A" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F089A" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F089A" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>, by</w:t>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter landowner name(s)"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="Text6"/>
-      <w:r w:rsidR="00E60563">
+      <w:bookmarkStart w:id="8" w:name="Text6"/>
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter landowner name(s)</w:t>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00802E07">
+      <w:r w:rsidR="00802E07" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00742627" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00742627" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>herein “</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00742627" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00742627" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">) whose address is </w:t>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter landowner mailing address"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="Text7"/>
-      <w:r w:rsidR="00E60563">
+      <w:bookmarkStart w:id="9" w:name="Text7"/>
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter landowner mailing address</w:t>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(ADDRESS)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>, to the:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37C485C5" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00B1791F" w:rsidP="00B1791F">
+    <w:p w14:paraId="37C485C5" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00B1791F" w:rsidP="00B1791F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter easement holding entity"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="Text8"/>
-      <w:r w:rsidR="00E60563">
+      <w:bookmarkStart w:id="10" w:name="Text8"/>
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter easement holding entity</w:t>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-      <w:r w:rsidR="00E60563">
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="0048007D" w:rsidRPr="0009516C">
+      <w:r w:rsidR="0048007D" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00802E07">
+      <w:r w:rsidR="00802E07" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="0048007D" w:rsidRPr="0009516C">
+      <w:r w:rsidR="0048007D" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>herein “</w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>LAND TRUST</w:t>
       </w:r>
-      <w:r w:rsidR="00742627" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00742627" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="0048007D" w:rsidRPr="0009516C">
+      <w:r w:rsidR="0048007D" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> or “</w:t>
       </w:r>
-      <w:r w:rsidR="00742627" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00742627" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>COUNTY</w:t>
       </w:r>
-      <w:r w:rsidR="0048007D" w:rsidRPr="0009516C">
+      <w:r w:rsidR="0048007D" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="00802E07">
+      <w:r w:rsidR="00802E07" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> having its </w:t>
       </w:r>
-      <w:r w:rsidR="008E4340" w:rsidRPr="0009516C">
+      <w:r w:rsidR="008E4340" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>principal office at</w:t>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter entity mailing address"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="Text9"/>
-      <w:r w:rsidR="00E60563">
+      <w:bookmarkStart w:id="11" w:name="Text9"/>
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter entity mailing address</w:t>
       </w:r>
-      <w:r w:rsidR="00E60563">
+      <w:r w:rsidR="00E60563" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidR="008E4340" w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidR="008E4340" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (ADDRESS</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
-      <w:r w:rsidR="00742627" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00742627" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="094C9FA0" w14:textId="77777777" w:rsidR="00B1791F" w:rsidRPr="0009516C" w:rsidRDefault="00B1791F" w:rsidP="00B1791F">
+    <w:p w14:paraId="094C9FA0" w14:textId="77777777" w:rsidR="00B1791F" w:rsidRPr="008F089A" w:rsidRDefault="00B1791F" w:rsidP="00B1791F">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="5B94746C" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00B1791F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B94746C" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00B1791F">
       <w:pPr>
         <w:ind w:firstLine="360"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>ii)    The State of North Carolina (“STATE”) acting by and through the Department of Agriculture and Consumer Services (</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>NCDA&amp;CS</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>) and the North Carolina Agriculture Development and Farmland Preservation Trust Fund</w:t>
       </w:r>
-      <w:r w:rsidR="00742627" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00742627" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (“NCADFP Trust Fund”),</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> having its principal office at 2 West Edenton Street, Raleigh, NC  27601 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69432F05" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="69432F05" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>LAND TRUST</w:t>
       </w:r>
-      <w:r w:rsidR="00742627" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00742627" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">/ COUNTY and STATE </w:t>
       </w:r>
-      <w:r w:rsidR="008E4340" w:rsidRPr="0009516C">
+      <w:r w:rsidR="008E4340" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>are hereby collectively referred to throughout this easement</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> as </w:t>
       </w:r>
-      <w:r w:rsidR="008E4340" w:rsidRPr="0009516C">
+      <w:r w:rsidR="008E4340" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="008E4340" w:rsidRPr="0009516C">
+      <w:r w:rsidR="008E4340" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> for the purpose of forever conserving the agricultural productivity of the Protected Property and its value for resource preservation and as open space, and for the purpose of limiting the use or development of the Protected Property that would otherwise be incompatible with the mission of Seymour Johnson Air Force Base, North Carolina (the “Installation”).  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="516FC036" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00691D69" w:rsidP="00B1791F">
+    <w:p w14:paraId="516FC036" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00691D69" w:rsidP="00B1791F">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00742627" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00742627" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> AND </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00742627" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00742627" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>are collectively referred to as “T</w:t>
       </w:r>
-      <w:r w:rsidR="00742627" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00742627" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">HE </w:t>
       </w:r>
-      <w:r w:rsidR="00B40AD0" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00B40AD0" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>PARTIES</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">” and include, their heirs, successor and assigns, and shall include singular, plural, masculine, feminine or neuter as required by context.  </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p w14:paraId="401D1A3E" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00CF4E1D">
+    <w:p w14:paraId="401D1A3E" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00CF4E1D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>RECITALS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37849FCE" w14:textId="77777777" w:rsidR="00EE3EE5" w:rsidRPr="0009516C" w:rsidRDefault="00EE3EE5" w:rsidP="00CF4E1D">
+    <w:p w14:paraId="37849FCE" w14:textId="77777777" w:rsidR="00EE3EE5" w:rsidRPr="008F089A" w:rsidRDefault="00EE3EE5" w:rsidP="00CF4E1D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="75F36F29" w14:textId="77777777" w:rsidR="00EE3EE5" w:rsidRPr="0009516C" w:rsidRDefault="00EE3EE5" w:rsidP="00EE3EE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75F36F29" w14:textId="77777777" w:rsidR="00EE3EE5" w:rsidRPr="008F089A" w:rsidRDefault="00EE3EE5" w:rsidP="00EE3EE5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:firstLine="360"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">A. WHEREAS, the United States Department of Defense, the United States Department of </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16FC631F" w14:textId="77777777" w:rsidR="00EE3EE5" w:rsidRPr="0009516C" w:rsidRDefault="00EE3EE5" w:rsidP="00EE3EE5">
+    <w:p w14:paraId="16FC631F" w14:textId="77777777" w:rsidR="00EE3EE5" w:rsidRPr="008F089A" w:rsidRDefault="00EE3EE5" w:rsidP="00EE3EE5">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="6B734D0A" w14:textId="77777777" w:rsidR="00EE3EE5" w:rsidRPr="0009516C" w:rsidRDefault="00EE3EE5" w:rsidP="00EE3EE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Agriculture, and the United States Department of the Interior have established the Sentinel Landscapes Partnership, a federal, state, local, and private collaboration dedicated to promoting natural resource sustainability in areas surrounding military installations </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> preserve specific military mission-critical areas and to take action to help sustain military readiness, working lands, and natural resources.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B734D0A" w14:textId="77777777" w:rsidR="00EE3EE5" w:rsidRPr="008F089A" w:rsidRDefault="00EE3EE5" w:rsidP="00EE3EE5">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="415F5BFD" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="006C51C0" w:rsidP="006C51C0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="415F5BFD" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="006C51C0" w:rsidP="006C51C0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">B. </w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">WHEREAS, </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> is the sole owner in fee simple, of a certain farm property located in </w:t>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter township name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="Text10"/>
-      <w:r w:rsidR="00121EEE">
+      <w:bookmarkStart w:id="12" w:name="Text10"/>
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter township name</w:t>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidR="00121EEE">
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Township,</w:t>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter county name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="Text11"/>
-      <w:r w:rsidR="00121EEE">
+      <w:bookmarkStart w:id="13" w:name="Text11"/>
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter county name</w:t>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> County, North Carolina and identified on the plat of property entitled “Survey of Agricultural Development and Farmland Preservation Trust</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Fund</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> / Military Conservation Easement Area” prepared by </w:t>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter surveyor"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="Text12"/>
-      <w:r w:rsidR="00121EEE">
+      <w:bookmarkStart w:id="14" w:name="Text12"/>
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter surveyor</w:t>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> which plat is recorded at</w:t>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter county name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="Text13"/>
-      <w:r w:rsidR="00121EEE">
+      <w:bookmarkStart w:id="15" w:name="Text13"/>
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter county name</w:t>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
-      <w:r w:rsidR="00121EEE">
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
-[...5 lines deleted...]
-      <w:r w:rsidR="00722DCE">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">County Register of Deeds Plat Slide </w:t>
+      </w:r>
+      <w:r w:rsidR="00722DCE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter plat slide"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="Text17"/>
-      <w:r w:rsidR="00722DCE">
+      <w:bookmarkStart w:id="16" w:name="Text17"/>
+      <w:r w:rsidR="00722DCE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00722DCE">
+      <w:r w:rsidR="00722DCE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00722DCE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00722DCE">
+      <w:r w:rsidR="00722DCE" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter plat slide</w:t>
       </w:r>
-      <w:r w:rsidR="00722DCE">
+      <w:r w:rsidR="00722DCE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> with said farm property totaling</w:t>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter number of acres"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="Text14"/>
-      <w:r w:rsidR="00121EEE">
+      <w:bookmarkStart w:id="17" w:name="Text14"/>
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter number of acres</w:t>
       </w:r>
-      <w:r w:rsidR="00121EEE">
+      <w:r w:rsidR="00121EEE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> acres covered by this Easement (the “Protected Property”).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0258CD5C" w14:textId="77777777" w:rsidR="00B1791F" w:rsidRPr="0009516C" w:rsidRDefault="00B1791F" w:rsidP="00B1791F">
+    <w:p w14:paraId="0258CD5C" w14:textId="77777777" w:rsidR="00B1791F" w:rsidRPr="008F089A" w:rsidRDefault="00B1791F" w:rsidP="00B1791F">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="23CAEABC" w14:textId="5725831D" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EE3EE5" w:rsidP="00EE3EE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23CAEABC" w14:textId="5725831D" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EE3EE5" w:rsidP="00EE3EE5">
       <w:pPr>
         <w:ind w:firstLine="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00B1791F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00B1791F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00322C84" w:rsidRPr="00FA0298">
+      <w:r w:rsidR="00322C84" w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>WHEREAS,</w:t>
       </w:r>
-      <w:r w:rsidR="00322C84" w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00322C84" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Protected Property is adjacent to or in the vicinity of Seymour Johnson Air Force Base, North Carolina (the “Installation”), and therefore, the United States of America, acting by and through the Secretary of the Air Force or his or her delegate (hereinafter referred to as “Government”) entered into an agreement 21 September 2015 pursuant to 10 U.S.C. § 2684a (“2684a Agreement”) with NCDA&amp;CS a qualified eligible entity, to receive Government contribution(s) to acquire interests in property such as the Protected Property in the vicinity of the Installation in order to limit encroachment on military training, testing, and operations and otherwise meet the objectives of the Government and the Grantees through such acquisition from a willing landowner.  Thus, it is also the purpose of this Easement to limit any development or use of the Protected Property that would otherwise be incompatible with the mission of the Installation, or might interfere, whether directly or indirectly, with current or future military training, testing, or operations on or near the Installation (together, with “mission compatibility purposes”).  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A9BFD80" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EE3EE5" w:rsidP="00B1791F">
+    <w:p w14:paraId="3A9BFD80" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EE3EE5" w:rsidP="00B1791F">
       <w:pPr>
         <w:ind w:firstLine="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="00B1791F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00B1791F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> WHEREAS, the Protected Property also includes outstanding woodland and riparian habitats for a variety of wildlife species of importanc</w:t>
       </w:r>
-      <w:r w:rsidR="00B40AD0" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00B40AD0" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">e to </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">, the people of </w:t>
       </w:r>
-      <w:r w:rsidR="00802E07">
+      <w:r w:rsidR="00802E07" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text15"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter county name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="Text15"/>
-      <w:r w:rsidR="00802E07">
+      <w:bookmarkStart w:id="18" w:name="Text15"/>
+      <w:r w:rsidR="00802E07" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00802E07">
+      <w:r w:rsidR="00802E07" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00802E07" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00802E07">
+      <w:r w:rsidR="00802E07" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter county name</w:t>
       </w:r>
-      <w:r w:rsidR="00802E07">
+      <w:r w:rsidR="00802E07" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> County and the people of North Carolina.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D58E1C2" w14:textId="5523E060" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EE3EE5" w:rsidP="00B1791F">
+    <w:p w14:paraId="0D58E1C2" w14:textId="5523E060" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EE3EE5" w:rsidP="00B1791F">
       <w:pPr>
         <w:ind w:firstLine="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">E. </w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">WHEREAS, an additional conservation purpose of this Easement </w:t>
       </w:r>
-      <w:r w:rsidR="00B40AD0" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00B40AD0" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>to protect the natural wildlife habitat, historical, and scenic resources of the Protected Property.  The agricultural, natural, wildlife habitat and scenic resources of the Protected Property are collectively referred to as the “Conservation Values” of the Protected Property.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D9832E" w14:textId="63D758B9" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00322C84" w:rsidP="00B1791F">
+    <w:p w14:paraId="25D9832E" w14:textId="63D758B9" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00322C84" w:rsidP="00B1791F">
       <w:pPr>
         <w:ind w:firstLine="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidR="00EE3EE5" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EE3EE5" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> WHEREAS, the specific Conservation Values of the Protected Property and its current use and state of improvement are described in a Baseline Documentation Report (“Report”) prepared by </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> with the cooperation of </w:t>
       </w:r>
-      <w:r w:rsidR="00FA0298" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00FA0298" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR and</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> acknowledged by all </w:t>
       </w:r>
-      <w:r w:rsidR="00B40AD0" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00B40AD0" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>PARTIES</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> to be accurate as of the date of this Easement.  This Report may be used by </w:t>
       </w:r>
-      <w:r w:rsidR="00A81078" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00A81078" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
-[...2 lines deleted...]
-      <w:r w:rsidR="006E5D15" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to evaluate any future changes in the use or character of the Protected Property </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ensure the terms and condition</w:t>
+      </w:r>
+      <w:r w:rsidR="006E5D15" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> of this Easement are fulfilled.  The Report, however, is not intended to preclude the use of other evidence to establish the present condition of the Protected Property if there is a controversy over its use.  The </w:t>
       </w:r>
-      <w:r w:rsidR="00B40AD0" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00B40AD0" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>PARTIES</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
-[...2 lines deleted...]
-      <w:r w:rsidR="006E5D15" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have copies of the Report, and the original Report will remain </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> file at the office of the </w:t>
+      </w:r>
+      <w:r w:rsidR="006E5D15" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>NC</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>ADFP</w:t>
       </w:r>
-      <w:r w:rsidR="00A81078" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00A81078" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Trust Fund</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="248A3BED" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00322C84" w:rsidP="00B1791F">
+    <w:p w14:paraId="248A3BED" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00322C84" w:rsidP="00B1791F">
       <w:pPr>
         <w:ind w:firstLine="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidR="00EE3EE5" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EE3EE5" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
-[...2 lines deleted...]
-      <w:r w:rsidR="006E5D15" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>WHEREAS,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E5D15" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="00B40AD0" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00B40AD0" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>PARTIES</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> agree that the current agricultural use of, and improvements to, the Protected Property are consistent with the conservation purposes of this Easement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6629C01F" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00322C84" w:rsidP="00B1791F">
+    <w:p w14:paraId="6629C01F" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00322C84" w:rsidP="00B1791F">
       <w:pPr>
         <w:ind w:firstLine="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidR="00EE3EE5" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EE3EE5" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
-[...2 lines deleted...]
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>WHEREAS,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> intends that the Conservation Values and mission compatibility purposes of the Protected Property be preserved and maintained, and further, </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> intends to convey to </w:t>
       </w:r>
-      <w:r w:rsidR="006E5D15" w:rsidRPr="0009516C">
+      <w:r w:rsidR="006E5D15" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> the right to preserve and protect the agricultural and other Conservation Values, and mission compatibility purposes of the Protected Property in perpetuity.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ABC5AF9" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00322C84" w:rsidP="00B1791F">
+    <w:p w14:paraId="6ABC5AF9" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00322C84" w:rsidP="00B1791F">
       <w:pPr>
         <w:ind w:firstLine="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="00EE3EE5" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EE3EE5" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">  WHEREAS, the conservation purposes of this Easement are recognized by, and the grant of this Easement will serve, the following clearly delineated governmental conservation policies:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56FAEA02" w14:textId="77777777" w:rsidR="00EE3EE5" w:rsidRPr="0009516C" w:rsidRDefault="00EE3EE5" w:rsidP="00B1791F">
+    <w:p w14:paraId="56FAEA02" w14:textId="77777777" w:rsidR="00EE3EE5" w:rsidRPr="008F089A" w:rsidRDefault="00EE3EE5" w:rsidP="00B1791F">
       <w:pPr>
         <w:ind w:firstLine="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(1)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>The protection of working or natural lands is important to the nation’s defense, fulfilling the objectives of the Sentinel Landscapes Partnership, including but not limited to the protection of aviation training routes and the prevention of uses incompatible with the test and training missions conducted on the military installations that anchor such landscapes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72F0299D" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="007241FA" w:rsidP="00C76317">
+    <w:p w14:paraId="72F0299D" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="007241FA" w:rsidP="00C76317">
       <w:pPr>
         <w:ind w:firstLine="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(2</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>North Carolina General Statute 139-2 et seq., which provides that “it is hereby declared…that the farm, forest and grazing lands of the State of North Carolina are among the basic assets of the State of North Carolina and the preservation of these lands is necessary to protect and promote the health, safety and general welfare of its people…  It is hereby declared to be the policy of the legislature to provide for the conservation of the soil and resources of this State;”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0279528B" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="007241FA" w:rsidP="00C76317">
+    <w:p w14:paraId="0279528B" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="007241FA" w:rsidP="00C76317">
       <w:pPr>
         <w:ind w:firstLine="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(3</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>North Carolina General Statute 106-583 et seq., which states that “It is declared to be the policy of the State of North Carolina to promote the efficient production and utilization of the products of the soil as essential to the health and welfare of our people and to promote a sound and prosperous agriculture and rural life as indispensable to the maintenance of maximum prosperity;”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03603E32" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="007241FA" w:rsidP="00C76317">
+    <w:p w14:paraId="03603E32" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="007241FA" w:rsidP="00C76317">
       <w:pPr>
         <w:ind w:firstLine="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(4</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>The Uniform North Carolina Conservation and Historic Preservation Agreements Act, North Carolina General Statute 121-34 et seq., which provides for the enforceability of restrictions, easements, covenants or conditions “appropriate for retaining in land or water areas predominantly in their natural, scenic, or open condition or in agricultural, horticultural, farming or forest use,” and which provides for tax assessment of lands subject to such agreements “on the basis of the true value of the land and improvement less any reduction in value caused by the agreement;”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E3EB147" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="007241FA" w:rsidP="00C76317">
+    <w:p w14:paraId="1E3EB147" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="007241FA" w:rsidP="00C76317">
       <w:pPr>
         <w:ind w:firstLine="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(5</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>The establishment of the NCADFP Trust Fund established in 2005 (N.C.G.S. 106-744 (c)) to preserve important farmland in North Carolina; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6623A23C" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="007241FA" w:rsidP="00C76317">
+    <w:p w14:paraId="6623A23C" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="007241FA" w:rsidP="00C76317">
       <w:pPr>
         <w:ind w:firstLine="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(6</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>The special use assessment of farm and forest land as set forth in North Carolina General Statute 105-277.2 et seq.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0013C443" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00322C84" w:rsidP="00C76317">
+    <w:p w14:paraId="0013C443" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00322C84" w:rsidP="00C76317">
       <w:pPr>
         <w:ind w:firstLine="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>J</w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>WHEREAS</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="00722DCE">
+        <w:t>WHEREAS,</w:t>
+      </w:r>
+      <w:r w:rsidR="00722DCE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00722DCE">
+      <w:r w:rsidR="00722DCE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text16"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter easement holding entity name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="Text16"/>
-      <w:r w:rsidR="00722DCE">
+      <w:bookmarkStart w:id="19" w:name="Text16"/>
+      <w:r w:rsidR="00722DCE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00722DCE">
+      <w:r w:rsidR="00722DCE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00722DCE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00722DCE">
+      <w:r w:rsidR="00722DCE" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter easement holding entity name</w:t>
       </w:r>
-      <w:r w:rsidR="00722DCE">
+      <w:r w:rsidR="00722DCE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
-      <w:r w:rsidR="00A81078" w:rsidRPr="003323C1">
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidR="00A81078" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>is a “qualified organization” as that term is defined in 26 U.S.C. §170(h)(3) and applicable regulations and is eligible to receive NCADFP Trust fund monies pursuant to Article 61 of Chapter 106 of the North Carolina General Statutes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="115CDBB7" w14:textId="77777777" w:rsidR="0001345B" w:rsidRPr="0009516C" w:rsidRDefault="00322C84" w:rsidP="00C76317">
+    <w:p w14:paraId="115CDBB7" w14:textId="77777777" w:rsidR="0001345B" w:rsidRPr="008F089A" w:rsidRDefault="00322C84" w:rsidP="00C76317">
       <w:pPr>
         <w:ind w:firstLine="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>K</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="007241FA" w:rsidRPr="0009516C">
+      <w:r w:rsidR="007241FA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">WHEREAS, </w:t>
       </w:r>
-      <w:r w:rsidR="00B24C42" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00B24C42" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="00B40AD0" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00B40AD0" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>PARTIES</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
-[...2 lines deleted...]
-      <w:r w:rsidR="007241FA" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, have the common purpose of protecting the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>above described</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Conservation Values and current condition of the Protected Property and preventing conversion of the Protected Property to non-agricultural uses or other uses that will conflict with the intent, training, testing,</w:t>
+      </w:r>
+      <w:r w:rsidR="007241FA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> mission or military operation of the </w:t>
       </w:r>
-      <w:r w:rsidR="00AD4DF2" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00AD4DF2" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="007241FA" w:rsidRPr="0009516C">
+      <w:r w:rsidR="007241FA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">nstallation. </w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3265B6C0" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
+    <w:p w14:paraId="3265B6C0" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
       <w:pPr>
         <w:ind w:firstLine="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>NOW, THEREFORE, In consideration of the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0320BEE3" w14:textId="77777777" w:rsidR="00CC36E7" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00CC36E7">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="0320BEE3" w14:textId="77777777" w:rsidR="00CC36E7" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00CC36E7">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00CC36E7" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00CC36E7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">i) </w:t>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text18"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter amount spelled out"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="Text18"/>
-      <w:r w:rsidR="00A36961">
+      <w:bookmarkStart w:id="20" w:name="Text18"/>
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter amount spelled out</w:t>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
-      <w:r w:rsidR="00A36961">
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CC36E7" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00CC36E7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>dollars ($</w:t>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text19"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter amount in numerals"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="Text19"/>
-      <w:r w:rsidR="00A36961">
+      <w:bookmarkStart w:id="21" w:name="Text19"/>
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter amount in numerals</w:t>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
-      <w:r w:rsidR="00CC36E7" w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidR="00CC36E7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">) from </w:t>
       </w:r>
-      <w:r w:rsidR="000A313E">
+      <w:r w:rsidR="000A313E" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text27"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter ADFP/ALE grantee organization name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="Text27"/>
-      <w:r w:rsidR="000A313E">
+      <w:bookmarkStart w:id="22" w:name="Text27"/>
+      <w:r w:rsidR="000A313E" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="000A313E">
+      <w:r w:rsidR="000A313E" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="000A313E" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="000A313E">
+      <w:r w:rsidR="000A313E" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter ADFP/ALE grantee organization name</w:t>
       </w:r>
-      <w:r w:rsidR="000A313E">
+      <w:r w:rsidR="000A313E" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-      <w:r w:rsidR="00CC36E7" w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidR="00CC36E7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>-Grantee for interest granted herein (</w:t>
       </w:r>
-      <w:r w:rsidR="00726A92">
+      <w:r w:rsidR="00726A92" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter numeral percentage"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="22" w:name="Text24"/>
-      <w:r w:rsidR="00726A92">
+      <w:bookmarkStart w:id="23" w:name="Text24"/>
+      <w:r w:rsidR="00726A92" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00726A92">
+      <w:r w:rsidR="00726A92" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00726A92" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00726A92">
+      <w:r w:rsidR="00726A92" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter numeral percentage</w:t>
       </w:r>
-      <w:r w:rsidR="00726A92">
+      <w:r w:rsidR="00726A92" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
-      <w:r w:rsidR="00CC36E7" w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidR="00CC36E7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">% of ownership) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A47B148" w14:textId="77777777" w:rsidR="00CC36E7" w:rsidRPr="0009516C" w:rsidRDefault="00CC36E7" w:rsidP="00CC36E7">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="1A47B148" w14:textId="77777777" w:rsidR="00CC36E7" w:rsidRPr="008F089A" w:rsidRDefault="00CC36E7" w:rsidP="00CC36E7">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">ii) </w:t>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text20"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter amount spelled out"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="Text20"/>
-      <w:r w:rsidR="00A36961">
+      <w:bookmarkStart w:id="24" w:name="Text20"/>
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter amount spelled out</w:t>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-      <w:r w:rsidR="00A36961">
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>($</w:t>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter amount in numerals"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="Text21"/>
-      <w:r w:rsidR="00A36961">
+      <w:bookmarkStart w:id="25" w:name="Text21"/>
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter amount in numerals</w:t>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
-      <w:r w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">) from Government as contribution pursuant to the 2684a </w:t>
       </w:r>
-      <w:r w:rsidR="0009516C" w:rsidRPr="0009516C">
+      <w:r w:rsidR="0009516C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Agreement (</w:t>
       </w:r>
-      <w:r w:rsidR="00726A92">
+      <w:r w:rsidR="00726A92" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter numeral percentage"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="Text25"/>
-      <w:r w:rsidR="00726A92">
+      <w:bookmarkStart w:id="26" w:name="Text25"/>
+      <w:r w:rsidR="00726A92" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00726A92">
+      <w:r w:rsidR="00726A92" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00726A92" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00726A92">
+      <w:r w:rsidR="00726A92" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter numeral percentage</w:t>
       </w:r>
-      <w:r w:rsidR="00726A92">
+      <w:r w:rsidR="00726A92" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-      <w:r w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">% of acquisition price/easement value) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AD55E39" w14:textId="5E972D62" w:rsidR="00391D4D" w:rsidRDefault="00CC36E7" w:rsidP="00CC36E7">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="4AD55E39" w14:textId="5E972D62" w:rsidR="00391D4D" w:rsidRPr="008F089A" w:rsidRDefault="00CC36E7" w:rsidP="00CC36E7">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">iii) </w:t>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter amount spelled out"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="Text22"/>
-      <w:r w:rsidR="00A36961">
+      <w:bookmarkStart w:id="27" w:name="Text22"/>
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter amount spelled out</w:t>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-      <w:r w:rsidR="00A36961">
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>dollars ($</w:t>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text23"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter amount in numerals"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="Text23"/>
-      <w:r w:rsidR="00A36961">
+      <w:bookmarkStart w:id="28" w:name="Text23"/>
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter amount in numerals</w:t>
       </w:r>
-      <w:r w:rsidR="00A36961">
+      <w:r w:rsidR="00A36961" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
-      <w:r w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>) from the State-Grantee for interest granted herein (</w:t>
       </w:r>
-      <w:r w:rsidR="00726A92">
+      <w:r w:rsidR="00726A92" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter numeral percentage"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="Text26"/>
-      <w:r w:rsidR="00726A92">
+      <w:bookmarkStart w:id="29" w:name="Text26"/>
+      <w:r w:rsidR="00726A92" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00726A92">
+      <w:r w:rsidR="00726A92" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00726A92" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00726A92">
+      <w:r w:rsidR="00726A92" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter numeral percentage</w:t>
       </w:r>
-      <w:r w:rsidR="00726A92">
+      <w:r w:rsidR="00726A92" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
-      <w:r w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">% of ownership), </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68B4FB8A" w14:textId="59825FA7" w:rsidR="00391D4D" w:rsidRDefault="00391D4D" w:rsidP="00CF4E1D">
+    <w:p w14:paraId="68B4FB8A" w14:textId="59825FA7" w:rsidR="00391D4D" w:rsidRPr="008F089A" w:rsidRDefault="00391D4D" w:rsidP="00CF4E1D">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">iv) </w:t>
       </w:r>
-      <w:r w:rsidR="00CF4E1D">
+      <w:r w:rsidR="00CF4E1D" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter amount spelled out"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00CF4E1D">
+      <w:r w:rsidR="00CF4E1D" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00CF4E1D">
+      <w:r w:rsidR="00CF4E1D" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00CF4E1D" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CF4E1D">
+      <w:r w:rsidR="00CF4E1D" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter amount spelled out</w:t>
       </w:r>
-      <w:r w:rsidR="00CF4E1D">
+      <w:r w:rsidR="00CF4E1D" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00CF4E1D">
+      <w:r w:rsidR="00CF4E1D" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>dollars ($</w:t>
       </w:r>
-      <w:r w:rsidR="00CF4E1D">
+      <w:r w:rsidR="00CF4E1D" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text23"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter amount in numerals"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00CF4E1D">
+      <w:r w:rsidR="00CF4E1D" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00CF4E1D">
+      <w:r w:rsidR="00CF4E1D" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00CF4E1D" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CF4E1D">
+      <w:r w:rsidR="00CF4E1D" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter amount in numerals</w:t>
       </w:r>
-      <w:r w:rsidR="00CF4E1D">
+      <w:r w:rsidR="00CF4E1D" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00CF4E1D">
+      <w:r w:rsidR="00CF4E1D" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> donated by Grantor which represents (percentage %) of the acquisition price/easement value.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0869D182" w14:textId="77777777" w:rsidR="00391D4D" w:rsidRDefault="00391D4D" w:rsidP="00CF4E1D">
+    <w:p w14:paraId="0869D182" w14:textId="77777777" w:rsidR="00391D4D" w:rsidRPr="008F089A" w:rsidRDefault="00391D4D" w:rsidP="00CF4E1D">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="0EB6CB95" w14:textId="768C88D2" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00CF4E1D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EB6CB95" w14:textId="768C88D2" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00CF4E1D">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> receipt thereof being hereby acknowledged, and the mutual covenants, terms, and conditions contained in this Easement, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> hereby voluntarily grants and conveys to </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00F14847" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00F14847" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>, and GRANTEES</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> hereby voluntarily accept, a perpetual Easement </w:t>
       </w:r>
-      <w:r w:rsidR="006E5A6E" w:rsidRPr="0009516C">
+      <w:r w:rsidR="006E5A6E" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">n the Protected Property, which Easement is an immediately vested interest in real property of the nature and character described herein.  </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> promises that it will not perform, nor knowingly allow others to perform, any act on or affecting the Protected Property that is inconsistent with the covenants contained herein.  </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> authorizes </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> to enforce these covenants in the manner described below.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15ACBF57" w14:textId="77777777" w:rsidR="00C76317" w:rsidRPr="0009516C" w:rsidRDefault="00C76317" w:rsidP="00C76317">
+    <w:p w14:paraId="15ACBF57" w14:textId="77777777" w:rsidR="00C76317" w:rsidRPr="008F089A" w:rsidRDefault="00C76317" w:rsidP="00C76317">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="1F352687" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F352687" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>ARTICLE I. GENERAL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5513CC2E" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="5513CC2E" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>1.1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>Statement of Purpose.  It is the primary conservation purpose of this Agricultural Conservation Easement to enable the Protected Property to remain in agricultural use by preserving and protecting its green space, silvicultural and agricultural soils and agricultural and silvicultural viability and productivity by limiting nonagricultural uses of the Protected Property.  No activity that would significantly impair the actual or potential agricultural use of the Protected Property shall be permitted.  To the extent that the preservation and protection of the natural, historic, recreational, natural wildlife habitat or scenic values referenced in this Easement are consistent with the primary conservation purpose stated above, it is within the secondary conservation purpose of this Easement to also protect those values, and no activity that would significantly impair those values shall be permitted.  It is also the purpose of this Easement to limit any development or use of the Protected Property that would otherwise be incompatible with the mission of the Installation, or might interfere, whether directly or indirectly, with current or future military training, testing, or operations on or near the Installation</w:t>
       </w:r>
-      <w:r w:rsidR="00CC36E7" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00CC36E7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">, the mission compatibility purposes; and </w:t>
       </w:r>
-      <w:r w:rsidR="00CC36E7" w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00CC36E7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">activity that would significantly impair the mission compatibility purposes of the Protected Property shall be permitted as provided in this Easement. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="738CD0F5" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="738CD0F5" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>1.2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Perpetual Duration.  This Easement over the Protected Property shall be perpetual.  This Easement runs with the land and is enforceable by </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> against </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> as provided herein, and against </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="009D23E5" w:rsidRPr="0009516C">
+      <w:r w:rsidR="009D23E5" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>’s</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> representatives, successors, assigns, lease</w:t>
       </w:r>
-      <w:r w:rsidR="00F14847" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00F14847" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>s, agents and licensees.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C393572" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="7C393572" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>1.3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Extinguishment of Development Rights.  Except as otherwise reserved to </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> in this Easement, the </w:t>
       </w:r>
-      <w:r w:rsidR="00B40AD0" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00B40AD0" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>PARTIES</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> agree that all development rights appurtenant to the Protected Property are hereby released, terminated and extinguished, and may not be used on or transferred to any portion of the Protected Property as it now or hereafter may be bounded or described, or used or transferred to </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>any other property adjacent or otherwise, nor used for the purpose of calculating permissible lot yield of the Protected Property or any oth</w:t>
       </w:r>
-      <w:r w:rsidR="00F14847" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00F14847" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>er property by anyone including</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39C44CBA" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
+    <w:p w14:paraId="39C44CBA" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>1.4.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Compliance with Other Regulatory Requirements.  </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...2 lines deleted...]
-      <w:r w:rsidR="009F1624">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is responsible for complying with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>any and all</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> additional permits or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>regulation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to use or develop the Protected Property under the terms of this Easement, including </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1624" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text28"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter county name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="Text28"/>
-      <w:r w:rsidR="009F1624">
+      <w:bookmarkStart w:id="30" w:name="Text28"/>
+      <w:r w:rsidR="009F1624" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F1624">
+      <w:r w:rsidR="009F1624" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="009F1624" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="009F1624">
+      <w:r w:rsidR="009F1624" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter county name</w:t>
       </w:r>
-      <w:r w:rsidR="009F1624">
+      <w:r w:rsidR="009F1624" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
-      <w:r w:rsidR="009F1624">
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidR="009F1624" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>County, State of North Carolina or federal requirements, regardless of any reserved rights or permissions contained in this Easement Document.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC04E38" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00CF4E1D">
+    <w:p w14:paraId="3AC04E38" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00CF4E1D">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="7E857B3A" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E857B3A" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>ARTICLE II. PROHIBITED AND RESTRICTED ACTIVITIES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D56BCF" w14:textId="77777777" w:rsidR="00481A67" w:rsidRPr="0009516C" w:rsidRDefault="00481A67" w:rsidP="00C76317">
+    <w:p w14:paraId="61D56BCF" w14:textId="77777777" w:rsidR="00481A67" w:rsidRPr="008F089A" w:rsidRDefault="00481A67" w:rsidP="00C76317">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5395DB42" w14:textId="338ACAE5" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Subdivision.  Subdivision, partitioning or dividing the Protected Property is prohibited except as allowed in Section 3.4 of this Easement. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="370964DE" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00481A67">
+        <w:t>Subdivision.  Subdivision, partitioning or dividing the Protected Property is prohibited</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8661F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B3F8D" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Even if the property consists of more than one parcel for real estate tax or any other purpose or if it was acquired as separate parcels, it will be considered one parcel for the purpose of this easement, and the restrictions and covenants of this easement will apply to the protected </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003B3F8D" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>property as a whole</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003B3F8D" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="370964DE" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00481A67">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>2.2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>Residential, Industrial and Commercial Use. Residential, industrial and commercial use, including use as airfields and/or airstrips, of the Protected Property, and access for such purposes is prohibited.  This restriction does not prohibit the use of the Protected Property or construction of improvements primarily for agricultural, horticultural, forestry, silvicultural and non-developed recreational purposes as more specifically defined herein.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E6F7615" w14:textId="77777777" w:rsidR="00481A67" w:rsidRPr="0009516C" w:rsidRDefault="00481A67" w:rsidP="00481A67">
+    <w:p w14:paraId="7E6F7615" w14:textId="77777777" w:rsidR="00481A67" w:rsidRPr="008F089A" w:rsidRDefault="00481A67" w:rsidP="00481A67">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1511F0E1" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>2.3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>Mining.  There shall be no filling, excavation, dredging, mining or drilling, removal of topsoil, sand, gravel, rock, peat, minerals, hydrocarbons or other materials, and no change in the topography of the Protected Property in any manner except as necessary for the purpose of farming operations, or combating erosion and as reasonably necessary for any permitted maintenance, construction or reconstruction on the Protected Property.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C5294EB" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="6C5294EB" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>2.4.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>Dumping and Trash.  Dumping or storage of soil, trash, refuse, debris, ashes, garbage, waste, abandoned vehicles or parts, appliances, machinery, or hazardous substances, or toxic or hazardous waste, is prohibited with the exception of agricultural products, byproducts (including the composting of biodegradable materials for on-farm use) and agricultural equipment used on the Protected Property, so long as such storage is done in accordance with all applicable government laws and regulations and in such a manner so as to not impair the Conservation Values and mission compatibility purposes of the Protected Property.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3727E984" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="3727E984" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>2.5.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Signage and Structures.  Display to the public of billboards, signs or advertisements is prohibited on or over the Protected Property, except to state the name of the property and its farmland status, including its easement status, the name and address of the occupant, to advertise an on-site activity, and to advertise the Protected Property for sale or rent, as allowed by the sign ordinance set forth in any </w:t>
       </w:r>
-      <w:r w:rsidR="00F14847" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00F14847" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">applicable </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>city</w:t>
       </w:r>
-      <w:r w:rsidR="00F14847" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00F14847" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">county development ordinance.  </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall be permitted to erect </w:t>
       </w:r>
-      <w:r w:rsidR="00F14847" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00F14847" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>no trespassing</w:t>
       </w:r>
-      <w:r w:rsidR="00F14847" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00F14847" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> signs, traffic or directional signs or warning signs as may be expedient and to post the property.  No man-made structure, building, antenna, tower, wire, or other obstruction, whatever its nature, shall be erected, constructed, installed o</w:t>
       </w:r>
-      <w:r w:rsidR="009A1474" w:rsidRPr="0009516C">
+      <w:r w:rsidR="009A1474" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>r altered to extend more than 1</w:t>
       </w:r>
-      <w:r w:rsidR="0001345B" w:rsidRPr="0009516C">
+      <w:r w:rsidR="0001345B" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>50</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> feet above ground level (AGL).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11364765" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="11364765" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>2.6</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Lighting.  Exterior light emissions that would interfere with pilot vision are not allowed.  All lighting equipment, including but not limited to lasers, floodlights, searchlights, and recreational lighting, and all protective lighting, such as streetlights, shall have positive optical control that shines downward so that no direct light is emitted above the horizontal plane.  The Protected Property shall not be used to </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+        <w:t xml:space="preserve">Lighting.  Exterior light emissions that would interfere with pilot vision are not allowed.  All lighting equipment, including but not limited to lasers, floodlights, searchlights, and recreational lighting, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>generate visible emissions which violate the provisions of North Carolina Administrative Code (NCAC) 15 2D.0520, Control of Visible Emissions as these provisions exist on the date of this Easement.</w:t>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+        <w:t>and all protective lighting, such as streetlights, shall have positive optical control that shines downward so that no direct light is emitted above the horizontal plane.  The Protected Property shall not be used to generate visible emissions which violate the provisions of North Carolina Administrative Code (NCAC) 15 2D.0520, Control of Visible Emissions as these provisions exist on the date of this Easement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A5DAA62" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>2.7</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>Operational and Training Hazards.  No operations of any type, with the exception of activities incidental to agriculture, are permitted that produce smoke, steam, glare or other visual hazards, or encourage concentrations of birds, such as bird feeding stations, fracking ponds, manmade lakes, created wetlands or waste water treatment plants that may be dangerous for aircraft operating under the control of the</w:t>
       </w:r>
-      <w:r w:rsidR="00013CD5" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00013CD5" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> I</w:t>
       </w:r>
-      <w:r w:rsidR="00A14EE7" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00A14EE7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>nstallation</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.  Use of prescribed fire for silvicultural purposes</w:t>
       </w:r>
-      <w:r w:rsidR="00A14EE7" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00A14EE7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and or burning for mitigation of fire hazards may be conducted on the Protected Property with two conditions.  First, </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00A14EE7" w:rsidRPr="0009516C">
-[...2 lines deleted...]
-      <w:r w:rsidR="00013CD5" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00A14EE7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> require that these activities </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A14EE7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>be in compliance with</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A14EE7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Conservation Plan and Forest</w:t>
+      </w:r>
+      <w:r w:rsidR="00013CD5" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Management Plan.  Second, the I</w:t>
       </w:r>
-      <w:r w:rsidR="00A14EE7" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00A14EE7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">nstallation, specifically the Airspace Manager, must be coordinated with prior to and after burning activities (location, dates and times).  </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00A14EE7" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00A14EE7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> require that</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> habitat improvement</w:t>
       </w:r>
-      <w:r w:rsidR="00A14EE7" w:rsidRPr="0009516C">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidR="00A14EE7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activities </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A14EE7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>be in compliance with</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A14EE7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Conservation Plan and Forest Management Plan.  New or expanded aquaculture land use on the Protected Property</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> must be coordinated by all </w:t>
       </w:r>
-      <w:r w:rsidR="00B40AD0" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00B40AD0" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>PARTIES</w:t>
       </w:r>
-      <w:r w:rsidR="00A14EE7" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00A14EE7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>, including the Installation</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00A14EE7" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00A14EE7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and the Installation</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall receive request for</w:t>
       </w:r>
-      <w:r w:rsidR="00A14EE7" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00A14EE7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> aquaculture land use</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A14EE7" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00A14EE7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>activities</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> in written format and shall have sixty (60) calendar days upon receipt of request to respond with approval, denial, or need for mitigation.  Failure to respond to within sixty (60) days shall not be deemed approval</w:t>
       </w:r>
-      <w:r w:rsidR="009A1474" w:rsidRPr="0009516C">
+      <w:r w:rsidR="009A1474" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> by Grantees or the Installation</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">.  If any approval of these proposed activities requires mitigation, such mitigation must also be approved by all </w:t>
       </w:r>
-      <w:r w:rsidR="007D25F0" w:rsidRPr="0009516C">
+      <w:r w:rsidR="007D25F0" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Parties and coordinated with the Installation to ensure such mitigation will not interfere with Installation missions</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...2 lines deleted...]
-      <w:r w:rsidR="0052336C" w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Further, unmanned aerial </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>vehicle</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (UAV)/unmanned aerial system (UAS) operations above 100 feet are prohibited.</w:t>
+      </w:r>
+      <w:r w:rsidR="0052336C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="265E5063" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
+    <w:p w14:paraId="265E5063" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>2.8</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>Emissions.  Land uses that produce electrical emissions that would interfere with aircraft communications or navigational and or targeting equipment (air to air and air to ground) are prohibited.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B3EB731" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00FA0298">
+    <w:p w14:paraId="0B3EB731" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00FA0298">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="00068262" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00068262" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">ARTICLE III. RIGHTS AND RESPONSIBILITIES RETAINED BY </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14C4AA31" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="14C4AA31" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Notwithstanding any provisions of this Easement to the contrary, </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> reserves to and for themselves and their successors all customary rights and privileges of ownership, including the rights to sell, lease, and devise the Protected Property, together with any rights not specifically prohibited by or limited by this Easement, and consistent with the Section 1.1., “Statement of Purpose”.  Unless otherwise specified below, nothing in this Easement shall require </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> to take any action to restore the condition of the Protected Property after any Act of God or other event over which they have no control.  </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> understands that nothing in this Easement relieves them of any obligation or restriction on the use of the Protected Property imposed by law.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57C1E34E" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="57C1E34E" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>3.1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Right to Farm.  </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> retains the right to farm, or to permit others to farm the Protected Property, consistent with the Conservation Values and mission compatibility purposes of the Protected Property and in accordance with applicable local, state and federal laws and regulations and in accordance with (“the Conservation Plan”) adopted by </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and the Natural Resources Conservation Service (NRCS) as required by Section 4.5 of this Easement. Subject to any prohibitions stated herein, farming, grazing, silvicultural, horticultural and animal husbandry operations are permitted onl</w:t>
       </w:r>
-      <w:r w:rsidR="002C3E2A" w:rsidRPr="0009516C">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidR="002C3E2A" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y if conducted </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002C3E2A" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>consistent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002C3E2A" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with best management p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>ractices promulgated by the State of North Carolina and in conformity with the Conservation Plan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="443A1619" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="443A1619" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>3.2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Right to Privacy.  </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> retains the right to privacy and the right to exclude any member of the public from trespassing on the Protected Property.  This Easement is not intended to create any rights of the public in, on or to the Protected Property.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="036EA0E4" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="036EA0E4" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>3.3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Right to Use the Protected Property for Customary Rural Enterprises.   </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+        <w:t xml:space="preserve">Right to Use </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>the Protected</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Property for Customary Rural Enterprises.   </w:t>
+      </w:r>
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> retains the righ</w:t>
       </w:r>
-      <w:r w:rsidR="00F96D48" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00F96D48" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>t to use the Protected Property</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> for otherwise lawful and customary rural enterprises, such as, but not limited to, firewood distribution, for nature and historic tours, equestrian activities, and other passive or “Ecotourism”, “Agritourism” and “Special Events” as defined herein, educational programs or farm meetings and like activities, so long as such act</w:t>
       </w:r>
-      <w:r w:rsidR="00BF0979" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00BF0979" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>ivities are consistent with</w:t>
       </w:r>
-      <w:r w:rsidR="00853C22">
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00853C22">
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text29"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter county name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="Text29"/>
-      <w:r w:rsidR="00853C22">
+      <w:bookmarkStart w:id="31" w:name="Text29"/>
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00853C22">
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00853C22">
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter county name</w:t>
       </w:r>
-      <w:r w:rsidR="00853C22">
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
-      <w:r w:rsidR="00853C22">
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>County zoning regulations and permits</w:t>
       </w:r>
-      <w:r w:rsidR="00BF0979" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00BF0979" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> required by and issued by</w:t>
       </w:r>
-      <w:r w:rsidR="00853C22">
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00853C22">
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text30"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter county name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="31" w:name="Text30"/>
-      <w:r w:rsidR="00853C22">
+      <w:bookmarkStart w:id="32" w:name="Text30"/>
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00853C22">
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00853C22">
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter county name</w:t>
       </w:r>
-      <w:r w:rsidR="00853C22">
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
-      <w:r w:rsidR="00BF0979" w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidR="00BF0979" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">County under its laws and ordinances.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="461EFC35" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00691D69" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="461EFC35" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00691D69" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has the right to establish and carry out such customary rural enterprises provided said activities are compatible with the Conservation Values and mission compatibility purposes of this Easement and agriculture and forestry uses of the Protected </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Property, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are subordinate to the agricultural use of the Protected Property.  Enterprises which market petroleum or chemical products are prohibited.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DBE4BA1" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>For purposes herein, the term “Ecotourism” shall be broadly defined to mean tourism and activities that are carried out in a relatively undisturbed natural area that serves as a tool for the education, appreciation, and promotion of natural and cultural heritage that has minimal negative impacts on the environment and farming resources of the Protected Property and promotes conservation and best management practices and provides constructive ongoing contributions to and for the local community.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7868392D" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="7868392D" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The term “Agritourism” shall be broadly defined to mean those farming activities and traditional rural activities that are carried out on any agricultural location, including horticultural and agribusiness operations, that allow members of the general public, for recreational, entertainment, active involvement, or educational purposes, to view or enjoy rural activities, including farming, ranching, historic, cultural, harvest-your-own activities, or natural activities and attractions, or “Special Events” as defined herein, that have minimal negative impacts upon the environment and the Conservation Values of the Protected Property and are limited to “de minimis” access to and uses of the Protected Property.  An activity is an agritourism activity </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>whether or not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the participant paid to participate in the activity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51665D72" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">The term “Special Events” shall be broadly defined to mean a one-time or infrequently occurring event outside normal “Agritourism” programs or activities that provides for an agriculturally based leisure, social or cultural experience outside the normal range of agritourism choices or beyond the everyday agricultural experience such as but not limited to: seasonal festivals, harvest celebrations, field days, square dances and the like.  In no </w:t>
       </w:r>
-      <w:r w:rsidR="007241FA" w:rsidRPr="0009516C">
+      <w:r w:rsidR="007241FA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>event,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall “Special Events” exist on the Protected Property for more than seven (7) days per twelve (12) month period nor exist in a manner that negatively impacts the soils or Conservation Values and mission compatibility purposes.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F1BC00B" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="5F1BC00B" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">3.4. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Procedure to Construct Improvements. </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">’s rights to construct or reconstruct/repair improvements are described in subparagraphs (a) through (d) below so long as such activities are consistent with the Conservation Values and mission compatibility purposes of this Easement.  Any construction or reconstruction not permitted in paragraphs (a) through (d) below is prohibited.   Before undertaking any construction or reconstruction that requires advance permission, </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall notify </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and obtain written </w:t>
       </w:r>
-      <w:r w:rsidR="007241FA" w:rsidRPr="0009516C">
+      <w:r w:rsidR="007241FA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">consent from each </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.  All construction or re</w:t>
       </w:r>
-      <w:r w:rsidR="00BF0979" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00BF0979" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">construction is subject </w:t>
       </w:r>
-      <w:r w:rsidR="00BF0979" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00BF0979" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidR="00853C22">
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text31"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter county name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="Text31"/>
-      <w:r w:rsidR="00853C22">
+      <w:bookmarkStart w:id="33" w:name="Text31"/>
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00853C22">
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00853C22">
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter county name</w:t>
       </w:r>
-      <w:r w:rsidR="00853C22">
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
-      <w:r w:rsidR="00853C22">
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>County zoning regulations and must be consistent with permits req</w:t>
       </w:r>
-      <w:r w:rsidR="00BF0979" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00BF0979" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">uired by and issued by the </w:t>
       </w:r>
-      <w:r w:rsidR="00853C22">
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text32"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter county name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="Text32"/>
-      <w:r w:rsidR="00853C22">
+      <w:bookmarkStart w:id="34" w:name="Text32"/>
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00853C22">
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00853C22">
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter county name</w:t>
       </w:r>
-      <w:r w:rsidR="00853C22">
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
-      <w:r w:rsidR="00853C22">
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidR="00853C22" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">County under applicable laws and ordinances for such construction activities.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46A359D6" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="46A359D6" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Fences. Existing fences may be repaired and replaced, and new fences may be built on the Protected Property for purposes of reasonable and customary management of livestock and other agricultural activities or to fence off the perimeter of the Protected Property without any further permission of </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03BA398B" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="03BA398B" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>b)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Paving and Road Construction.  Construction and maintenance of unpaved farm roads that may be reasonably necessary and incidental to carrying out the improvements and uses permitted on the Protected Property by this Easement are permitted.  Such roads shall be located so as to minimize impact to prime and unique soils on the Protected Property.  No portion of the Protected Property shall be paved or otherwise covered with concrete, asphalt, or any other impervious paving material, without the advance written permission of </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+        <w:t xml:space="preserve">Paving and Road Construction.  Construction and maintenance of unpaved farm roads that may be reasonably necessary and incidental to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>carrying</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> out the improvements and uses permitted on the Protected Property by this Easement are permitted.  Such roads </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be located </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>so as to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> minimize impact to prime and unique soils on the Protected Property.  No portion of the Protected Property shall be paved or otherwise covered with concrete, asphalt, or any other impervious paving material, without the advance written permission of </w:t>
+      </w:r>
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A3E31F6" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="1A3E31F6" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>c)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Lots.  In accordance with North Carolina General Statute 106-744(b)(1), not more than three lots that meet applicable county and municipal zoning and subdivision regulations may be created.  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5F0F6123" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
+        <w:t xml:space="preserve">Lots.  In accordance with North Carolina General Statute 106-744(b)(1), not more than three lots that meet applicable </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>county</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and municipal zoning and subdivision regulations may be created.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F0F6123" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> chooses one of the following*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C0E7373" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+    <w:p w14:paraId="6C0E7373" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:ind w:left="1440"/>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________(Initial) The lots have been clearly subdivided and delineated on that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>plat</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> referenced on Page One of this Conservation Easement.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="016FE6A9" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">________(Initial) The right to subdivide three lots is hereby waived by </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CF099D1" w14:textId="799C6441" w:rsidR="00EF7D3F" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
+    <w:p w14:paraId="3CF099D1" w14:textId="799C6441" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>d)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Farm Structures &amp; Improvements.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FBF029A" w14:textId="77777777" w:rsidR="00CF4E1D" w:rsidRPr="0009516C" w:rsidRDefault="00CF4E1D" w:rsidP="00C76317">
+    <w:p w14:paraId="7FBF029A" w14:textId="77777777" w:rsidR="00CF4E1D" w:rsidRPr="008F089A" w:rsidRDefault="00CF4E1D" w:rsidP="00C76317">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="7549B825" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7549B825" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> chooses one of the following*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E5FD58C" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="0009516C">
-[...12 lines deleted...]
-    <w:p w14:paraId="3D906162" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
+    <w:p w14:paraId="7E5FD58C" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="0009516C">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____(Initial) No new buildings, barns, sheds and other structures shall be permitted on the Protected Property. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D906162" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">_____(Initial) Prohibited and Restricted Activities in the Farmstead Area designated on the survey plat referenced herein </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>shall include the limitations as defined in 2.4, 2.5, 2.6, 2.7 and 2.8.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66F4BA73" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00FA0298">
+    <w:p w14:paraId="66F4BA73" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00FA0298">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55A1C36A" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>3.5.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Recreation.  </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> expressly reserves the right to engage in low impact non-developed recreational activities such as hunting, fishing, hiking, bird watching, etc. and to control access of all persons for the purpose of hunting and fishing, hiking, bird watching, etc.; provided that these activities do not impact the protection and conservation of any animal habitat or other Conservation Values and mission compatibility purposes of the Protected Property.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39D29A17" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="39D29A17" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>3.6.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>Forest and Land Management.  Pursuant to a forest management plan prepared by the North Carolina Forest Service or a North Carolina Registered Forester, trees may be removed, cut and otherwise managed.  Land used for silvicultural operations on the Protected Property shall be in a manner consistent with a Conservation Plan as required in Section 4.5.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F6E435D" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
+    <w:p w14:paraId="5F6E435D" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>3.7.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Natural Resource Restoration and Enhancement Activities.  Notwithstanding any terms contained within this Easement, </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> may engage or contract others to engage in any activity designed to repair, restore, or otherwise enhance the natural resources found or once pr</w:t>
       </w:r>
-      <w:r w:rsidR="008C1501" w:rsidRPr="0009516C">
+      <w:r w:rsidR="008C1501" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">esent on the </w:t>
       </w:r>
-      <w:r w:rsidR="008C1501" w:rsidRPr="0009516C">
+      <w:r w:rsidR="008C1501" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Protected Property in a manner that is not inconsistent with the Conservation Values and mission compatibility purposes of the Protected Property.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="241B2CEA" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00CF4E1D">
+    <w:p w14:paraId="241B2CEA" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00CF4E1D">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="4196D696" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4196D696" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">ARTICLE IV.  ONGOING RESPONSIBILITY OF </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="004F4DF7" w:rsidRPr="0009516C">
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52B32091" w14:textId="77777777" w:rsidR="00C76317" w:rsidRPr="0009516C" w:rsidRDefault="00C76317" w:rsidP="00C76317">
+    <w:p w14:paraId="52B32091" w14:textId="77777777" w:rsidR="00C76317" w:rsidRPr="008F089A" w:rsidRDefault="00C76317" w:rsidP="00C76317">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CF53FFB" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>This Easement is not intended to impose any legal or other responsibility on the S</w:t>
       </w:r>
-      <w:r w:rsidR="00BF0979" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00BF0979" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>TATE</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">, or in any way to affect any existing obligation of </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> as owner of the Protected Property.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27A449D7" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="27A449D7" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Among other things, this shall apply to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64B185C9" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="64B185C9" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>4.1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Taxes.  </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...5 lines deleted...]
-      <w:r w:rsidR="004F4DF7" w:rsidRPr="00223367">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall continue to be solely responsible for payment of all taxes and assessments levied against the Protected Property.  If </w:t>
+      </w:r>
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="00223367">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>LAND TRUST</w:t>
       </w:r>
-      <w:r w:rsidR="004F4DF7" w:rsidRPr="00223367">
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="00223367">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>COUNTY GOVERNMENT</w:t>
       </w:r>
-      <w:r w:rsidR="004F4DF7" w:rsidRPr="00223367">
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> OR STATE</w:t>
       </w:r>
-      <w:r w:rsidRPr="00223367">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="004F4DF7" w:rsidRPr="00223367">
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00223367">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">is ever required to pay any taxes or assessments on their interest in the Protected Property, </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="00223367">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="00223367">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall upon demand reimburse (</w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="00223367">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>LAND TRUST</w:t>
       </w:r>
-      <w:r w:rsidR="004F4DF7" w:rsidRPr="00223367">
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="00223367">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>COUNTY GOVERNMENT</w:t>
       </w:r>
-      <w:r w:rsidR="004F4DF7" w:rsidRPr="00223367">
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> OR STATE)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00223367">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the same.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09665135" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>4.2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Upkeep and Maintenance.  </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall continue to be solely responsible for the upkeep and maintenance of the Protected Property, to the extent it may be required by law.  </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall have no obligation for the upkeep or maintenance of the Protected Property.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="354601EC" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="354601EC" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>4.3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Transfer of Protected Property.  </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> agrees to incorporate by reference the terms of this Easement in any deed or other legal instrument by which they transfer or divest themselves of any interest, including leasehold interests, in the Protected Property.  </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall notify </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> in writing at least thirty (30) days before conveying the Protected Property, or interest therein.  Failure of </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> to do so shall not impair the validity of this Easement or limit its enforceability in any way.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59C47FE4" w14:textId="08F8D9C3" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="59C47FE4" w14:textId="08F8D9C3" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>4.4.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Transfer of Easement. </w:t>
       </w:r>
-      <w:r w:rsidR="00FA0298">
+      <w:r w:rsidR="00FA0298" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall have the right to transfer this Easement</w:t>
       </w:r>
-      <w:r w:rsidR="00F126FD" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00F126FD" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>, subject to the provisions of Article V,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> to any public agency or private nonprofit organization that, at the time of transfer, is a qualified organization under 26 U.S.C. Section 170(h) of the Internal Revenue Code, as amended and under North Carolina General Statute 121-34 et seq., provided the agency or organization expressly agrees to assume the responsibility imposed on </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> by this Easement.  As a condition of such transfer, </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall require that the conservation and restrictive purposes intended to be advanced hereunder shall be continued to be carried out.  If </w:t>
       </w:r>
-      <w:r w:rsidR="00896747">
+      <w:r w:rsidR="00896747" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text33"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter easement holding entity"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="34" w:name="Text33"/>
-      <w:r w:rsidR="00896747">
+      <w:bookmarkStart w:id="35" w:name="Text33"/>
+      <w:r w:rsidR="00896747" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00896747">
+      <w:r w:rsidR="00896747" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00896747" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00896747">
+      <w:r w:rsidR="00896747" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter easement holding entity</w:t>
       </w:r>
-      <w:r w:rsidR="00896747">
+      <w:r w:rsidR="00896747" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
-      <w:r w:rsidR="00896747">
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidR="00896747" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">ever ceases to exist or no longer qualifies under 26 U.S.C. Section 170(h) of the Internal Revenue Code, or applicable state law, a court with jurisdiction shall transfer </w:t>
       </w:r>
-      <w:r w:rsidR="00896747">
+      <w:r w:rsidR="00896747" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text34"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter easement holding entity"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="Text34"/>
-      <w:r w:rsidR="00896747">
+      <w:bookmarkStart w:id="36" w:name="Text34"/>
+      <w:r w:rsidR="00896747" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00896747">
+      <w:r w:rsidR="00896747" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00896747" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00896747">
+      <w:r w:rsidR="00896747" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter easement holding entity</w:t>
       </w:r>
-      <w:r w:rsidR="00896747">
+      <w:r w:rsidR="00896747" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
-      <w:r w:rsidR="00896747">
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidR="00896747" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">’s </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>interest in this Easement to another qualified organization having similar purposes that agrees to assume the responsibility imposed by this Easement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="626B40C4" w14:textId="4DC6C31D" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="626B40C4" w14:textId="4DC6C31D" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>4.5.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Conservation Practices.  </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">, its heirs, successors, or assigns, shall conduct agricultural operations on the Protected Property in a manner consistent with </w:t>
       </w:r>
-      <w:r w:rsidR="0022354E" w:rsidRPr="0009516C">
+      <w:r w:rsidR="0022354E" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> conservation plan prepared for </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> in consultation with NRCS and approved by the Soil and Water Conservation district (the “Conservation Plan”)</w:t>
       </w:r>
-      <w:r w:rsidR="00317C7A" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00317C7A" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.  The</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Conservation Plan shall be developed using the standards and specifications of the NRCS Field Office Technical Guide and 7 CFR Part 12 that are in effect on the date of execution of this Easement and shall be in place prior to the commencement of agricultural operations.  However, </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> may develop and implement a Conservation Plan that proposes a higher level of conservation and is consistent with the NRCS Field Office Technical Guide standards and specifications.  NRCS shall have the right to enter upon the Protected Property, with advance notice to </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> monitor compliance with the Conservation Plan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47A09178" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>4.6.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Inspection and Access.  With reasonable advance notice to </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> or with </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">’s prior verbal consent, </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">, their employees and agents and their successors and assigns, shall have the right to enter the Protected Property for the purpose of inspecting the Protected Property to determine whether </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, its successors or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>assigns</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are complying with the terms, conditions and restrictions of this Easement.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F98281" w14:textId="77777777" w:rsidR="00F35FD2" w:rsidRPr="008F089A" w:rsidRDefault="004F4DF7" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>4.7.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>Enforcement</w:t>
       </w:r>
-      <w:r w:rsidR="00F35FD2" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00F35FD2" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>/ Rights of Enforcement</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="_Hlk497987577"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+      <w:bookmarkStart w:id="37" w:name="_Hlk497987577"/>
+    </w:p>
+    <w:p w14:paraId="00108DDF" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00F35FD2" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">(a) </w:t>
       </w:r>
-      <w:r w:rsidR="000D458F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="000D458F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>LAND TRUST/COUNTY GOVERNMENT</w:t>
       </w:r>
-      <w:r w:rsidR="004F4DF7" w:rsidRPr="0009516C">
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>shall have the primary responsibility for management, monitoring and enforcement of the terms of this Easement, subject to the rights of the S</w:t>
       </w:r>
-      <w:r w:rsidR="000D458F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="000D458F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>TATE</w:t>
       </w:r>
-      <w:r w:rsidR="007241FA" w:rsidRPr="0009516C">
+      <w:r w:rsidR="007241FA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidR="000D458F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="000D458F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">LAND TRUST/COUNTY GOVERNMENT </w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>shall complete and file the annual monitoring reports due on or before December 31 of each calendar as stipulated in ADFP</w:t>
       </w:r>
-      <w:r w:rsidR="004F4DF7" w:rsidRPr="0009516C">
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Trust Fund</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Grant Contract #</w:t>
       </w:r>
-      <w:r w:rsidR="005A6085">
+      <w:r w:rsidR="005A6085" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text35"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter contract number"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="37" w:name="Text35"/>
-      <w:r w:rsidR="005A6085">
+      <w:bookmarkStart w:id="38" w:name="Text35"/>
+      <w:r w:rsidR="005A6085" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="005A6085">
+      <w:r w:rsidR="005A6085" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005A6085" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="005A6085">
+      <w:r w:rsidR="005A6085" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter contract number</w:t>
       </w:r>
-      <w:r w:rsidR="005A6085">
+      <w:r w:rsidR="005A6085" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">, a copy of which is kept on file with the NCADFP Trust Fund.  The terms of said contract are hereby incorporated by reference as if fully set forth herein.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="161F52FF" w14:textId="77777777" w:rsidR="00EC0B63" w:rsidRPr="0009516C" w:rsidRDefault="00F35FD2" w:rsidP="00C76317">
+    <w:p w14:paraId="161F52FF" w14:textId="77777777" w:rsidR="00EC0B63" w:rsidRPr="008F089A" w:rsidRDefault="00F35FD2" w:rsidP="00C76317">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">(b) </w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Any </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall have the right to prevent violations and remedy violations of the terms of this Easement through judicial action, which shall include, without limitation, the right to bring proceedings in law or in equity against any P</w:t>
       </w:r>
-      <w:r w:rsidR="000D458F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="000D458F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>ARTY</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidR="00B40AD0" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00B40AD0" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>PARTIES</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> attempting to violate the terms of this Easement.  Except when an ongoing or imminent violation could irreversibly diminish or impair the Conservation Values and mission compatibility purposes of the Protected Property, </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall give </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> written notice of the violation and </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall have thirty (30) days to cure the violation, before commencing any legal proceedings.  If a court with jurisdiction determines that a violation may exist or has occurred, </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> may obtain an injunction to stop the violation, temporarily or permanently.  The </w:t>
       </w:r>
-      <w:r w:rsidR="00B40AD0" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00B40AD0" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>PARTIES</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> agree that a court may issue an injunction or order requiring </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> to restore the Protected Property to its condition prior to the violation, as restoration of the Protected Property may </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ABFAFD8" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
+    <w:p w14:paraId="4ABFAFD8" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">be the only appropriate remedy.  The failure of </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...3 lines deleted...]
-    <w:p w14:paraId="36C9C33C" w14:textId="77777777" w:rsidR="00C76317" w:rsidRPr="0009516C" w:rsidRDefault="00C76317" w:rsidP="00C76317">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to discover a violation or to take immediate legal action shall not bar it from doing so </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>at a later time</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.  In any case where a court finds no such violation has occurred, each party shall bear its own costs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36C9C33C" w14:textId="77777777" w:rsidR="00C76317" w:rsidRPr="008F089A" w:rsidRDefault="00C76317" w:rsidP="00C76317">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="7553AD49" w14:textId="5D380EFE" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00F35FD2" w:rsidP="00C76317">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7553AD49" w14:textId="5D380EFE" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00F35FD2" w:rsidP="00C76317">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">(c) </w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Under this Easement, </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> are granted the right of enforcement </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>in order to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
-        <w:t xml:space="preserve"> protect </w:t>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> protect the public investment.  Any </w:t>
+      </w:r>
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>GRANTEE</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may exercise this right of enforcement under any authority available under State or Federal law</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.  I</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>LAND TRUST</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, COUNTY</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="000D458F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>OVERNMENT</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fail</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to enforce any of the terms of this Easement, as determined in the sole discretion of the Commissioner of Agriculture</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the said Commissioner of Agriculture and their successors and assigns shall have the right to enforce the terms of this Conservation Easement through </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
-        <w:t>the public</w:t>
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>any and all</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
-[...44 lines deleted...]
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> authorities available under federal or state law</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">.  Further, </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> intends that the </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Government</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">, by and through the Secretary </w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of the Air Force (the “Third Party Beneficiary” or “United States”), pursuant to 10 USC 2684a, be vested with the authority to enforce this Easement</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, as provided in Section 4.7 and Article V.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="262BB737" w14:textId="77777777" w:rsidR="00C76317" w:rsidRPr="0009516C" w:rsidRDefault="00C76317" w:rsidP="00C76317">
+    <w:p w14:paraId="262BB737" w14:textId="77777777" w:rsidR="00C76317" w:rsidRPr="008F089A" w:rsidRDefault="00C76317" w:rsidP="00C76317">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76208FD2" w14:textId="77777777" w:rsidR="00EC0B63" w:rsidRPr="0009516C" w:rsidRDefault="00EC0B63" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="76208FD2" w14:textId="77777777" w:rsidR="00EC0B63" w:rsidRPr="008F089A" w:rsidRDefault="00EC0B63" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">(d) </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
-[...2 lines deleted...]
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall have the right to recover </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>any and all</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> administrative and legal costs from </w:t>
+      </w:r>
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, including </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>attorney’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fees or expenses associated with any enforcement or remedial action as it relates to the enforcement of this Easement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A3A5922" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EC0B63" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">(e) </w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">In the event that </w:t>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text36"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter easement holding entity"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="Text36"/>
-      <w:r w:rsidR="00881D64">
+      <w:bookmarkStart w:id="39" w:name="Text36"/>
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter easement holding entity</w:t>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> attempts to terminate, transfer, or otherwise divest itself of any rights, title, or interests of this Easement without the prior consent of and payment of consideration to State, then, at the option of the Commissioner of Agriculture, all right, title, and interest in the Easement shall become vested in S</w:t>
       </w:r>
-      <w:r w:rsidR="009C4203" w:rsidRPr="0009516C">
+      <w:r w:rsidR="009C4203" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>TATE</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B7A5249" w14:textId="77777777" w:rsidR="00481A67" w:rsidRPr="0009516C" w:rsidRDefault="00481A67" w:rsidP="00481A67">
+    <w:p w14:paraId="0B7A5249" w14:textId="77777777" w:rsidR="00481A67" w:rsidRPr="008F089A" w:rsidRDefault="00481A67" w:rsidP="00481A67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ARTILCE V.  RIGHTS OF UNITED STATES</w:t>
       </w:r>
-      <w:r w:rsidR="00EC0B63" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EC0B63" w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> GOVERNMENT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D6C8743" w14:textId="77777777" w:rsidR="000869BD" w:rsidRPr="0009516C" w:rsidRDefault="000869BD" w:rsidP="00481A67">
+    <w:p w14:paraId="1D6C8743" w14:textId="77777777" w:rsidR="000869BD" w:rsidRPr="008F089A" w:rsidRDefault="000869BD" w:rsidP="00481A67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="678DD15B" w14:textId="77777777" w:rsidR="000869BD" w:rsidRPr="0009516C" w:rsidRDefault="000869BD" w:rsidP="000869BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="678DD15B" w14:textId="77777777" w:rsidR="000869BD" w:rsidRPr="008F089A" w:rsidRDefault="000869BD" w:rsidP="000869BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>5.1</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
         <w:t>Enforcement</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rights.  Should </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>GRANTEES</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> fail to carry out its obligation to monitor and enforce this Easement to assure compliance with its terms, restrictions, or conditions, or allow the Protected Property to be used for a purpose inconsistent with this Easement, especially with respect to failure to limit any development or use of the Protected Property that would otherwise be incompatible with the mission of the Installation, or  might interfere, whether directly or indirectly, with current or future military training, testing, or operations on or adjacent to the Installation, the Government or its assign, shall have the same rights as </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>GRANTEES</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> with respect to the Easement, including the right to inspect the Protected Property as provided in Section 4.6 and enforce such terms, restrictions and conditions as provided in Section 4.7.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46A57CDB" w14:textId="77777777" w:rsidR="000869BD" w:rsidRPr="0009516C" w:rsidRDefault="000869BD" w:rsidP="000869BD">
+    <w:p w14:paraId="46A57CDB" w14:textId="77777777" w:rsidR="000869BD" w:rsidRPr="008F089A" w:rsidRDefault="000869BD" w:rsidP="000869BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="55B3AD82" w14:textId="4AA40FD9" w:rsidR="000869BD" w:rsidRPr="0009516C" w:rsidRDefault="000869BD" w:rsidP="000869BD">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55B3AD82" w14:textId="4AA40FD9" w:rsidR="000869BD" w:rsidRPr="008F089A" w:rsidRDefault="000869BD" w:rsidP="000869BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>5.2</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>GRANTEES</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Notification of Transfers.  </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>GRANTEES</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall notify the Government in writing prior to transferring this Easement pursuant to Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>4.3</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the Government or its assign, at its option, shall have the right to demand transfer of this Easement, or percentage of interest based upon Governments contribution to acquisition price/easement value as provided in this Easement, to the United States within thirty (30) days from the date of such notification of the </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>GRANTEES</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> intent to transfer the Easement (“</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Response Period”</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">); and upon such exercise of this option, </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>GRANTEES</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall accept such transfer of interest and subsequent recordation.  If the Government does not notify the </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>GRANTEES</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> of such an intent to demand the transfer of the Easement within the Response Period, then the </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>GRANTEES</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall be free to transfer the Easement, subject to the terms of the Easement, including but not limited to the rights set forth in this </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Article V</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">.  Any approved deed of transfer shall include the </w:t>
       </w:r>
-      <w:r w:rsidR="0009516C" w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="0009516C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>third-party</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> rights of the Government as set forth in this Easement and the requirements that all terms, restrictions, conditions, and purposes set forth in this Easement are to be continued in perpetuity by reference to this Easement.  If </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>GRANTEES</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0001345B" w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="0001345B" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>attempt</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to transfer or otherwise divest itself of this Easement without such notice and opportunity, such transfer shall be legally </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ineffective</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the Government rights shall include the rights pursuant to Section 4.7 and this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Article V</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="691426CC" w14:textId="77777777" w:rsidR="000869BD" w:rsidRPr="0009516C" w:rsidRDefault="000869BD" w:rsidP="000869BD">
+    <w:p w14:paraId="691426CC" w14:textId="77777777" w:rsidR="000869BD" w:rsidRPr="008F089A" w:rsidRDefault="000869BD" w:rsidP="000869BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="45214064" w14:textId="77777777" w:rsidR="000869BD" w:rsidRPr="0009516C" w:rsidRDefault="000869BD" w:rsidP="000869BD">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45214064" w14:textId="77777777" w:rsidR="000869BD" w:rsidRPr="008F089A" w:rsidRDefault="000869BD" w:rsidP="000869BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>5.3</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Other Transfer Rights.  </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Should GRANTEES allow the Protected Property to be used for a purpose inconsistent with this Easement, its terms, restrictions, or conditions,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> or allow the Protected Property to be used for a purpose inconsistent with this Easement, especially with respect to failure to limit any development or use of the Protected Property that would otherwise be incompatible with the mission of the Installation, or  might interfere, whether directly or indirectly, with current or future military training, testing, or operations on or adjacent to the Installation, the Government or its assign </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">shall have the right to demand transfer of this Easement, </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>or percentage of interest based upon Government’s contribution to acquisition price/easement value as provided in this Easement, to the United States as provided in this Article V</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B025D4" w14:textId="77777777" w:rsidR="000869BD" w:rsidRPr="0009516C" w:rsidRDefault="000869BD" w:rsidP="000869BD">
+    <w:p w14:paraId="27B025D4" w14:textId="77777777" w:rsidR="000869BD" w:rsidRPr="008F089A" w:rsidRDefault="000869BD" w:rsidP="000869BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="2BA80644" w14:textId="77777777" w:rsidR="000869BD" w:rsidRPr="0009516C" w:rsidRDefault="000869BD" w:rsidP="000869BD">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BA80644" w14:textId="77777777" w:rsidR="000869BD" w:rsidRPr="008F089A" w:rsidRDefault="000869BD" w:rsidP="000869BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>5.3.1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Notwithstanding these specified occasions upon which the </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Government or its assign,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> at its option, has the right to demand transfer of this Easement, the Government or its assign shall have the right to demand such transfer of the Easement, </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">or percentage of interest based upon Government’s contribution to acquisition price/easement value as provided in this Easement, to the United States as provided in this Article V, </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>at any time for any other purpose deemed necessary to fulfill the purposes of the Easement or the obligations of the Government.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="680526C8" w14:textId="77777777" w:rsidR="000869BD" w:rsidRPr="0009516C" w:rsidRDefault="000869BD" w:rsidP="000869BD">
+    <w:p w14:paraId="680526C8" w14:textId="77777777" w:rsidR="000869BD" w:rsidRPr="008F089A" w:rsidRDefault="000869BD" w:rsidP="000869BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="28ADBCD2" w14:textId="77777777" w:rsidR="000869BD" w:rsidRPr="0009516C" w:rsidRDefault="000869BD" w:rsidP="00FA0298">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28ADBCD2" w14:textId="77777777" w:rsidR="000869BD" w:rsidRPr="008F089A" w:rsidRDefault="000869BD" w:rsidP="00FA0298">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2250"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>5.3.2.  In the event t</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>he</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Government e</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve">xercises any of these rights, it </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>tl</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>co</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>al</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>soc</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>wi</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ent</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ed</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>al</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>ti</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">n </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">d </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>he</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ent</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> t</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ase</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">t </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">from </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, including, but not limited to, attorney’s fees and </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">expenses related to the </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> violations.  In the event the Government exercises these rights, it is entitled to recover </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>any and all</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> administrative and legal costs associated with any enforcement of this Easement from the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>GRANTEES</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, including, but not limited to, attorney’s fees and expenses related to </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>GRANTEES</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> violations or failure to enforce the Easement against the </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C3188ED" w14:textId="77777777" w:rsidR="000869BD" w:rsidRPr="0009516C" w:rsidRDefault="000869BD" w:rsidP="00FA0298">
+    <w:p w14:paraId="2C3188ED" w14:textId="77777777" w:rsidR="000869BD" w:rsidRPr="008F089A" w:rsidRDefault="000869BD" w:rsidP="00FA0298">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.4.  In the event of an emergency, the Government or its authorized agent may enter the Protected Property to prevent, terminate, or mitigate a potential or unaddressed violation of these restrictions and will give </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>notice</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>GRANTEES</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...6 lines deleted...]
-    <w:p w14:paraId="625002B9" w14:textId="77777777" w:rsidR="00481A67" w:rsidRPr="0009516C" w:rsidRDefault="00481A67" w:rsidP="00481A67">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>representative</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the earliest practicable time.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="625002B9" w14:textId="77777777" w:rsidR="00481A67" w:rsidRPr="008F089A" w:rsidRDefault="00481A67" w:rsidP="00481A67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="328570DD" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="328570DD" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00C76317">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>ARTICLE V</w:t>
       </w:r>
-      <w:r w:rsidR="001A737D" w:rsidRPr="0009516C">
+      <w:r w:rsidR="001A737D" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">.  REPRESENTATIONS OF THE </w:t>
       </w:r>
-      <w:r w:rsidR="00B40AD0" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00B40AD0" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>PARTIES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44479937" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="000351D0" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="44479937" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="000351D0" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.1.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">’s Title Warranty.  </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> covenants and represents that </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> is the sole owner</w:t>
       </w:r>
-      <w:r w:rsidR="005D4158" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005D4158" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> of the Protected Property</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and is seized of the Protected Property in fee simple</w:t>
       </w:r>
-      <w:r w:rsidR="009C4203" w:rsidRPr="0009516C">
+      <w:r w:rsidR="009C4203" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>, that title is marketable and GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> has good right to</w:t>
       </w:r>
-      <w:r w:rsidR="005D4158" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005D4158" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> grant and convey this Easement,</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> that the Protected Property is free and clear of any and all encumbrances, including but not limited to, any mortgages not subord</w:t>
       </w:r>
-      <w:r w:rsidR="009C4203" w:rsidRPr="0009516C">
+      <w:r w:rsidR="009C4203" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>inated to this Easement,</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> that </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall have the use of and enjoy all the benefits derived from and arising out of this Easement subject to existing easements for roads a</w:t>
       </w:r>
-      <w:r w:rsidR="009C4203" w:rsidRPr="0009516C">
+      <w:r w:rsidR="009C4203" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>nd public and private utilities, and that</w:t>
       </w:r>
-      <w:r w:rsidR="009C4203" w:rsidRPr="0009516C">
+      <w:r w:rsidR="009C4203" w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009C4203" w:rsidRPr="0009516C">
+      <w:r w:rsidR="009C4203" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR will warrant and defend the title against the lawful claims of all persons whomsoever except for the exceptions hereinafter stated</w:t>
       </w:r>
-      <w:r w:rsidR="005D4158" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005D4158" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09CD9F09" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="000351D0" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="09CD9F09" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="000351D0" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.2.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">’s Environmental Warranty.  </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> hereby promises to hold harmless and indemnify the </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> against all litigation, claims, demands, penalties and damages, including reasonable attorneys’ fees, arising from or connected with the release or threatened release of any Hazardous Materials on, at, beneath or from the Protected Property, or arising from or connected with a violation of any Environmental Law by </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> or any other prior owner of the Protected Property.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="305ADDC2" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="305ADDC2" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>“Environmental Law” or “Environmental Laws” means any and all Federal, state, local or municipal laws, rules, orders, regulations, statutes, ordinances, codes, guidelines, policies or requirements of any governmental authority regulating or imposing standards of liability or standards of conduct (including common law) concerning air, water, solid waste, hazardous materials, worker and community right-to-know, hazard communication noise, radioactive material, resource protection, subdivision, inland wetlands and watercourses, health protection and similar environmental health, safety, building and land use as may now or at any time hereafter be in effect.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28FA2BE0" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="28FA2BE0" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>“Hazardous Materials” means any petroleum, petroleum products, fuel oil, waste oils, explosives, reactive materials, ignitable materials, corrosive materials, hazardous chemicals, hazardous wastes, hazardous substances, extremely hazardous substances, toxic substances, toxic chemicals, radioactive materials, infections materials and any other element, compound, mixture, solution or substance which may pose a present or potential hazard to human health or the environment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20720665" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="000351D0" w:rsidP="00C76317">
+    <w:p w14:paraId="20720665" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="000351D0" w:rsidP="00C76317">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.3.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Liability and Indemnification.  </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> agrees to indemnify and hold </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> harmless from any and all cost, claims or liability, including but not limited to reasonable attorneys’ fees arising from any personal injury, accidents, negligence or damage relating to the Protected Property, or any claim thereof, unless due to the negligence of </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> or its agents, in which case liability shall be apportioned accordingly.  </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> is responsible for obtaining liability insurance covering the Property with limits deemed necessary by </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>, in its sole discretion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67836C55" w14:textId="77777777" w:rsidR="0001345B" w:rsidRPr="0009516C" w:rsidRDefault="0001345B" w:rsidP="00CF4E1D">
+    <w:p w14:paraId="67836C55" w14:textId="77777777" w:rsidR="0001345B" w:rsidRPr="008F089A" w:rsidRDefault="0001345B" w:rsidP="00CF4E1D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="37DFDEC8" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="001A737D" w:rsidP="00C76317">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37DFDEC8" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="001A737D" w:rsidP="00C76317">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ARTICLE VII</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.  MISCELLANEOUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="227279B2" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="000351D0" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="227279B2" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="000351D0" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.1.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Recording.  </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall record this instrument in a timely fashio</w:t>
       </w:r>
-      <w:r w:rsidR="00BC5A3A" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00BC5A3A" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">n in the official record of </w:t>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text37"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter county name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="Text37"/>
-      <w:r w:rsidR="00881D64">
+      <w:bookmarkStart w:id="40" w:name="Text37"/>
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter county name</w:t>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
-      <w:r w:rsidR="00881D64">
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">County, North Carolina, and may re-record it at any time as may be required to preserve the rights of </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> under this Easement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CB36FBE" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="000351D0" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="1CB36FBE" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="000351D0" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.2.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Survival of Terms/Merger of Fee and Easement.  </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> agree that the terms of this Easement shall survive any merger of this fee and easement interest in the Protected Property.  In the event </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>LAND TRUST</w:t>
       </w:r>
-      <w:r w:rsidR="004F4DF7" w:rsidRPr="0009516C">
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> OR COUNTY</w:t>
       </w:r>
-      <w:r w:rsidR="00BC5A3A" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00BC5A3A" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> GOVERNMENT</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> becomes owner of the Protected Pro</w:t>
       </w:r>
-      <w:r w:rsidR="00BC5A3A" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00BC5A3A" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">perty, or any portion thereof, </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>LAND TRUST</w:t>
       </w:r>
-      <w:r w:rsidR="004F4DF7" w:rsidRPr="0009516C">
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> OR COUNTY</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall, at the request </w:t>
       </w:r>
-      <w:r w:rsidR="00AD4DF2" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00AD4DF2" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC5A3A" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00BC5A3A" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>STATE,</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> transfer any right title and interest it holds in this Easement to a third party in accordance with Section 4.4.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AD289D7" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="000351D0" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="2AD289D7" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="000351D0" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.3.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Amendment of Easement.  This Easement may be amended by a written instrument executed by </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">.  Any such amendment shall be consistent with Section 1.1 the Statement of Purpose of this Easement and with </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
-[...2 lines deleted...]
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’ easement amendment </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>policies, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall comply with 26 U.S.C. §170 of the Internal Revenue Code or any regulations promulgated in accordance with that section.  Any such amendment shall be recorded.  </w:t>
+      </w:r>
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall give notice of any amendment to and secure approval from, </w:t>
       </w:r>
-      <w:r w:rsidR="00BC5A3A" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00BC5A3A" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>STATE</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prior to signing and recordation </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>and,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must receive written consent prior to amending this Easement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69FED153" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="000351D0" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.4.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Procedure in the Event of Termination of Easement.  If it is determined that conditions on or surrounding the Protected Property change so much that it becomes impossible to fulfill the conservation or mission compatibility purposes of this Easement, a court with jurisdiction may, at the joint request of both </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">, as provided herein, terminate or modify this Easement in accordance with applicable state law. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FB13D48" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="6FB13D48" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">If this Easement is terminated and the Protected Property is sold as required by Section 1 of 170A-14(g) (6) of the IRS regulations, </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="004F4DF7" w:rsidRPr="0009516C">
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall be entitled to recover the proceeds of this Easement based on the appraised fair market value of this Easement at the time this Easement is extinguished or terminated, subject to any applicable law which expressly provides for a different disposition of the proceeds.  The respective shares of </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="004F4DF7" w:rsidRPr="0009516C">
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall be proportionate to the percentage of their investment</w:t>
       </w:r>
-      <w:r w:rsidR="007F4B7C" w:rsidRPr="0009516C">
+      <w:r w:rsidR="007F4B7C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> or contribution to the establishment or acquisition of the Easement</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> percent is</w:t>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text38"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter numeral percentage"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="40" w:name="Text38"/>
-      <w:r w:rsidR="00881D64">
+      <w:bookmarkStart w:id="41" w:name="Text38"/>
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter numeral percentage</w:t>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="_Hlk497989132"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+      <w:bookmarkStart w:id="42" w:name="_Hlk497989132"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">%, </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>LAND TRUST</w:t>
       </w:r>
-      <w:r w:rsidR="00C76025" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00C76025" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="004F4DF7" w:rsidRPr="0009516C">
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> COUNTY</w:t>
       </w:r>
-      <w:r w:rsidR="00BC5A3A" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00BC5A3A" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> GOVERNMENT</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
-      <w:r w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> percent is </w:t>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text39"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter numeral percentage"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="Text39"/>
-      <w:r w:rsidR="00881D64">
+      <w:bookmarkStart w:id="43" w:name="Text39"/>
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter numeral percentage</w:t>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
-      <w:r w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">%, </w:t>
       </w:r>
-      <w:r w:rsidR="007F4B7C" w:rsidRPr="0009516C">
+      <w:r w:rsidR="007F4B7C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Government receipt percent is</w:t>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text40"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter numeral percentage"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="43" w:name="Text40"/>
-      <w:r w:rsidR="00881D64">
+      <w:bookmarkStart w:id="44" w:name="Text40"/>
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter numeral percentage</w:t>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
-      <w:r w:rsidR="007F4B7C" w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidR="007F4B7C" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">% </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and NCADFP Trust Fund percent is</w:t>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter numeral percentage"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="Text41"/>
-      <w:r w:rsidR="00881D64">
+      <w:bookmarkStart w:id="45" w:name="Text41"/>
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter numeral percentage</w:t>
       </w:r>
-      <w:r w:rsidR="00881D64">
+      <w:r w:rsidR="00881D64" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
-      <w:r w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>%.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D88F514" w14:textId="5BF4E610" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="000351D0" w:rsidP="00C76317">
+    <w:p w14:paraId="7D88F514" w14:textId="5BF4E610" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="000351D0" w:rsidP="00C76317">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.5</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t>Boundary Line Adjustments.  Boundary line adjustments are permitted only in the case of technical errors made in the survey or legal description.  In such cases, boundary line adjustments cannot exceed two acres for the entire Protected Property.  A correction deed containing the revised legal description shall be properly executed and duly recorded.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A2EFF46" w14:textId="77777777" w:rsidR="00C76317" w:rsidRPr="0009516C" w:rsidRDefault="00C76317" w:rsidP="00C76317">
+    <w:p w14:paraId="0A2EFF46" w14:textId="77777777" w:rsidR="00C76317" w:rsidRPr="008F089A" w:rsidRDefault="00C76317" w:rsidP="00C76317">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4803CF69" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="000351D0" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.6</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Procedure in the Event of Condemnation or Eminent Domain.  </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> recognize that the sale of this Easement, or any part thereof, gives rise to a property right, immediately vested in </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> with a fair market value equal to the proportionate value that this Easement bears to the value of the Protected Property prior to the restrictions imposed by this Easement.  Accordingly, if any condemnation or eminent domain action shall be taken, on all or part of the Protected Property, by any authorized public authority, said authority shall be liable to </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> for the value of the property </w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">right vested in </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> at the time of the signing of this Easement.  S</w:t>
       </w:r>
-      <w:r w:rsidR="00C76025" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00C76025" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>TATE</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>, if not the initiator of a condemnation action, must consent to any such condemnation action.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5538C4B6" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="5538C4B6" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">If condemnation or a taking by eminent domain of a part of the Protected Property or the entire Protected Property by a public authority renders it impossible to fulfill any of the conservation purposes of this Easement on all or part of the Protected Property, this Easement may be terminated through appropriate legal proceedings.  If this Easement is terminated and any or all of the Protected Property is sold or taken for public use, then, as set forth by Section 1 of 170A-14(g) (6) of the IRS regulations, the </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall be entitled to the proportionate value of this Easement, which has been predetermined as the Protected Property’s unrestricted value, subject to any applicable law which expressly requires a different disposition of the proceeds. </w:t>
       </w:r>
-      <w:r w:rsidR="00C76025" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00C76025" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEES</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall use its proceeds consistently with the general conservation purposes of this Easement. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DDF6496" w14:textId="77777777" w:rsidR="00C83461" w:rsidRPr="0009516C" w:rsidRDefault="00C83461" w:rsidP="00C83461">
+    <w:p w14:paraId="7DDF6496" w14:textId="77777777" w:rsidR="00C83461" w:rsidRPr="008F089A" w:rsidRDefault="00C83461" w:rsidP="00C83461">
       <w:pPr>
         <w:ind w:firstLine="720"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="007002BA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If this Easement is extinguished or terminated and the Protected Property was taken by such Condemnation or Eminent Domain action, GRANTOR and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>GRANTEES,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall receive their proportional share of their investments in the Protected Property at the time of termination.  The respective shares of GRANTOR and GRANTEES shall be proportionate to the percentage of their original investment.  GRANTOR percent is</w:t>
+      </w:r>
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007002BA">
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter numeral percentage"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="45" w:name="Text42"/>
-      <w:r w:rsidR="007002BA">
+      <w:bookmarkStart w:id="46" w:name="Text42"/>
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="007002BA">
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="007002BA">
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter numeral percentage</w:t>
       </w:r>
-      <w:r w:rsidR="007002BA">
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
-      <w:r w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">%, LAND TRUST/ COUNTY GOVERNMENT percent is </w:t>
       </w:r>
-      <w:r w:rsidR="007002BA">
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text43"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter numeral percentage"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="46" w:name="Text43"/>
-      <w:r w:rsidR="007002BA">
+      <w:bookmarkStart w:id="47" w:name="Text43"/>
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="007002BA">
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="007002BA">
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter numeral percentage</w:t>
       </w:r>
-      <w:r w:rsidR="007002BA">
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
-      <w:r w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>%, Government percent is</w:t>
       </w:r>
-      <w:r w:rsidR="007002BA">
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007002BA">
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text44"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter numeral percentage"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="47" w:name="Text44"/>
-      <w:r w:rsidR="007002BA">
+      <w:bookmarkStart w:id="48" w:name="Text44"/>
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="007002BA">
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="007002BA">
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter numeral percentage</w:t>
       </w:r>
-      <w:r w:rsidR="007002BA">
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
-      <w:r w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">% and NC ADFP Trust Fund percent is </w:t>
       </w:r>
-      <w:r w:rsidR="007002BA">
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text45"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter numeral percentage"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="48" w:name="Text45"/>
-      <w:r w:rsidR="007002BA">
+      <w:bookmarkStart w:id="49" w:name="Text45"/>
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="007002BA">
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="007002BA">
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter numeral percentage</w:t>
       </w:r>
-      <w:r w:rsidR="007002BA">
+      <w:r w:rsidR="007002BA" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
-      <w:r w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>%.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E22D2F6" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="000351D0" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="7E22D2F6" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="000351D0" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>7.7</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>Interpretation.  This Easement shall be interpreted under the laws of the State of North Carolina, resolving any ambiguities and questions of the validity of specific provisions so as to give maximum effect to its conservation purposes, unless such application in lieu of an applicable federal law would violate the Supremacy Clause of the United States Constitution.</w:t>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+        <w:t xml:space="preserve">Interpretation.  This Easement shall be interpreted under the laws of the State of North Carolina, resolving any ambiguities and questions of the validity of specific provisions </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>so as to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> give maximum effect to its conservation purposes, unless such application in lieu of an applicable federal law would violate the Supremacy Clause of the United States Constitution.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19042CF8" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="000351D0" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.8.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Perpetual Duration; Severability.  This Easement created by this instrument shall be a servitude running with the land in perpetuity.  Every provision of this Easement that applies to </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall also apply to their respective agents, heirs, executors, administrators, assigns, and all other successors as their interests may appear.  Invalidity of any of the covenants, terms or conditions of this Easement, or any part thereof by court order or judgment shall in no way affect the validity of any of the other provisions hereof which shall remain in full force and effect.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="503DD479" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="000351D0" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="503DD479" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="000351D0" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.9.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Subsequent Liens on Protected Property.  No provision of this Easement should be construed as impairing the ability of </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
-[...3 lines deleted...]
-    <w:p w14:paraId="6F0D1081" w14:textId="77777777" w:rsidR="00C76317" w:rsidRPr="0009516C" w:rsidRDefault="000351D0" w:rsidP="00C76317">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to use the Protected Property as collateral for subsequent borrowing.  Any such </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>liens</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall be and remain subordinate to this Easement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F0D1081" w14:textId="77777777" w:rsidR="00C76317" w:rsidRPr="008F089A" w:rsidRDefault="000351D0" w:rsidP="00C76317">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.10.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Subsequent Easements/Restrictions on the Protected Property.  The grant of any easements or use restrictions that might diminish or impair the agricultural viability or productivity of the Protected Property or otherwise diminish or impair the Conservation Values and mission compatibility purposes of the Protected Property is prohibited.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="633F09F1" w14:textId="77777777" w:rsidR="00C76025" w:rsidRPr="0009516C" w:rsidRDefault="00C76025" w:rsidP="00C76317">
+    <w:p w14:paraId="633F09F1" w14:textId="77777777" w:rsidR="00C76025" w:rsidRPr="008F089A" w:rsidRDefault="00C76025" w:rsidP="00C76317">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="046D3DBE" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="000351D0" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.11.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Notices.  Any notices required by this Easement shall be in writing and shall be personally delivered or sent by first class mail to the </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00D369DF">
+      <w:r w:rsidR="00D369DF" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text46"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter ADFP/ALE grantee entity name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="49" w:name="Text46"/>
-      <w:r w:rsidR="00D369DF">
+      <w:bookmarkStart w:id="50" w:name="Text46"/>
+      <w:r w:rsidR="00D369DF" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00D369DF">
+      <w:r w:rsidR="00D369DF" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D369DF" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D369DF">
+      <w:r w:rsidR="00D369DF" w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Enter ADFP/ALE grantee entity name</w:t>
       </w:r>
-      <w:r w:rsidR="00D369DF">
+      <w:r w:rsidR="00D369DF" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="49"/>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="004F4DF7" w:rsidRPr="0009516C">
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>State-</w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="004F4DF7" w:rsidRPr="0009516C">
+      <w:r w:rsidR="004F4DF7" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidR="00CD72DE" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00CD72DE" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Government as interested party, </w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>respectively, at the following address,</w:t>
       </w:r>
-      <w:r w:rsidR="00AD4DF2" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00AD4DF2" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and copied to the addresses listed below</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> unless a party has been notified in writing by the other of a change of address.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DE657AB" w14:textId="77777777" w:rsidR="00D369DF" w:rsidRDefault="00D369DF" w:rsidP="00EF7D3F">
+    <w:p w14:paraId="6DE657AB" w14:textId="77777777" w:rsidR="00D369DF" w:rsidRPr="008F089A" w:rsidRDefault="00D369DF" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>To the Grantor:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38BE3D6C" w14:textId="77777777" w:rsidR="00D369DF" w:rsidRDefault="00D369DF" w:rsidP="00EF7D3F">
+    <w:p w14:paraId="38BE3D6C" w14:textId="77777777" w:rsidR="00D369DF" w:rsidRPr="008F089A" w:rsidRDefault="00D369DF" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text51"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter landowner name(s)"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="50" w:name="Text51"/>
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:bookmarkStart w:id="51" w:name="Text51"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter landowner name(s)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="75472D46" w14:textId="77777777" w:rsidR="00D369DF" w:rsidRDefault="00D369DF" w:rsidP="00EF7D3F">
+      <w:bookmarkEnd w:id="51"/>
+    </w:p>
+    <w:p w14:paraId="75472D46" w14:textId="77777777" w:rsidR="00D369DF" w:rsidRPr="008F089A" w:rsidRDefault="00D369DF" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text52"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter landowner name(s)"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="Text52"/>
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:bookmarkStart w:id="52" w:name="Text52"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter landowner name(s)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="46A0DCDA" w14:textId="77777777" w:rsidR="00D369DF" w:rsidRDefault="00D369DF" w:rsidP="00EF7D3F">
+      <w:bookmarkEnd w:id="52"/>
+    </w:p>
+    <w:p w14:paraId="46A0DCDA" w14:textId="77777777" w:rsidR="00D369DF" w:rsidRPr="008F089A" w:rsidRDefault="00D369DF" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text53"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter mailing address"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="52" w:name="Text53"/>
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:bookmarkStart w:id="53" w:name="Text53"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter mailing address</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="24456BF1" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00D369DF" w:rsidP="00EF7D3F">
+      <w:bookmarkEnd w:id="53"/>
+    </w:p>
+    <w:p w14:paraId="24456BF1" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00D369DF" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text54"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter City, State, and Zip"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="Text54"/>
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:bookmarkStart w:id="54" w:name="Text54"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter City, State, and Zip</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="164AC0BD" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+    <w:p w14:paraId="164AC0BD" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CD0D160" w14:textId="77777777" w:rsidR="00AD4DF2" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+    <w:p w14:paraId="4CD0D160" w14:textId="77777777" w:rsidR="00AD4DF2" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">To the </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01FD2AFE" w14:textId="77777777" w:rsidR="00D369DF" w:rsidRDefault="00D369DF" w:rsidP="00EF7D3F">
+    <w:p w14:paraId="01FD2AFE" w14:textId="77777777" w:rsidR="00D369DF" w:rsidRPr="008F089A" w:rsidRDefault="00D369DF" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text47"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter ADFP/ALE grantee entity name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="Text47"/>
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:bookmarkStart w:id="55" w:name="Text47"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter ADFP/ALE grantee entity name</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="54"/>
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidR="00AD4DF2" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00AD4DF2" w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="00AD4DF2" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="686700F4" w14:textId="77777777" w:rsidR="00D369DF" w:rsidRDefault="00D369DF" w:rsidP="00EF7D3F">
+    <w:p w14:paraId="686700F4" w14:textId="77777777" w:rsidR="00D369DF" w:rsidRPr="008F089A" w:rsidRDefault="00D369DF" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text48"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter entity name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="55" w:name="Text48"/>
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:bookmarkStart w:id="56" w:name="Text48"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter entity name</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="529C70B3" w14:textId="77777777" w:rsidR="00D369DF" w:rsidRDefault="00D369DF" w:rsidP="00EF7D3F">
+      <w:bookmarkEnd w:id="56"/>
+    </w:p>
+    <w:p w14:paraId="529C70B3" w14:textId="77777777" w:rsidR="00D369DF" w:rsidRPr="008F089A" w:rsidRDefault="00D369DF" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text49"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter mailing address"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="56" w:name="Text49"/>
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:bookmarkStart w:id="57" w:name="Text49"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter mailing address</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="569C6EA0" w14:textId="77777777" w:rsidR="00D369DF" w:rsidRDefault="00D369DF" w:rsidP="00EF7D3F">
+      <w:bookmarkEnd w:id="57"/>
+    </w:p>
+    <w:p w14:paraId="569C6EA0" w14:textId="77777777" w:rsidR="00D369DF" w:rsidRPr="008F089A" w:rsidRDefault="00D369DF" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text50"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter City, State, and Zip"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="Text50"/>
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:bookmarkStart w:id="58" w:name="Text50"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:noProof/>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enter City, State, and Zip</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7DFB6543" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:bookmarkEnd w:id="58"/>
+    </w:p>
+    <w:p w14:paraId="7DFB6543" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3068BBFE" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+    <w:p w14:paraId="3068BBFE" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">To State of North Carolina: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D00D478" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+    <w:p w14:paraId="3D00D478" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N.C. Dept. of Agriculture &amp; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63E3C739" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+    <w:p w14:paraId="63E3C739" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Consumer Services </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="345EC86C" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+    <w:p w14:paraId="345EC86C" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NC ADFP Trust Fund </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="333BB499" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+    <w:p w14:paraId="333BB499" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2 West Edenton Street </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="148C1180" w14:textId="77777777" w:rsidR="00620E35" w:rsidRPr="0009516C" w:rsidRDefault="00620E35" w:rsidP="00EF7D3F">
+    <w:p w14:paraId="148C1180" w14:textId="77777777" w:rsidR="00620E35" w:rsidRPr="008F089A" w:rsidRDefault="00620E35" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0009516C">
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Raleigh, NC 27601</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C880CA7" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00FA0298">
+    <w:p w14:paraId="5C880CA7" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00FA0298">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="6A5A4280" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A5A4280" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Copy to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23B60E8E" w14:textId="77777777" w:rsidR="002B1239" w:rsidRPr="0009516C" w:rsidRDefault="002B1239" w:rsidP="00EF7D3F">
+    <w:p w14:paraId="23B60E8E" w14:textId="77777777" w:rsidR="002B1239" w:rsidRPr="008F089A" w:rsidRDefault="002B1239" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A592033" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+    <w:p w14:paraId="1A592033" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Air Force Civil Engineer Center</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68350A5C" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+    <w:p w14:paraId="68350A5C" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Attention:  AFCEC/CI</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:t>Attention</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:t>:  AFCEC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>3515 South General McMullen (Bldg</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00620E35" w:rsidRPr="0009516C">
+        <w:t>/CI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55DB5059" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1)</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:t>3515 South General McMullen (Bldg</w:t>
+      </w:r>
+      <w:r w:rsidR="00620E35" w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>San Antonio, TX 78226-1710</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5DD29D4C" w14:textId="77777777" w:rsidR="00620E35" w:rsidRPr="0009516C" w:rsidRDefault="00620E35" w:rsidP="00EF7D3F">
+        <w:t>1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59A659DF" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:t>San Antonio, TX 78226-1710</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DD29D4C" w14:textId="77777777" w:rsidR="00620E35" w:rsidRPr="008F089A" w:rsidRDefault="00620E35" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51E0F642" w14:textId="77777777" w:rsidR="00620E35" w:rsidRPr="008F089A" w:rsidRDefault="00620E35" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>TH</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Civil Engineer Squadron</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E543285" w14:textId="77777777" w:rsidR="00620E35" w:rsidRPr="0009516C" w:rsidRDefault="00620E35" w:rsidP="00EF7D3F">
+    <w:p w14:paraId="3E543285" w14:textId="77777777" w:rsidR="00620E35" w:rsidRPr="008F089A" w:rsidRDefault="00620E35" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1095 Peterson Avenue</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F22EB6A" w14:textId="77777777" w:rsidR="00620E35" w:rsidRPr="0009516C" w:rsidRDefault="00620E35" w:rsidP="00EF7D3F">
+    <w:p w14:paraId="3F22EB6A" w14:textId="77777777" w:rsidR="00620E35" w:rsidRPr="008F089A" w:rsidRDefault="00620E35" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Seymour Johnson AFB, NC 27531</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39AE05D8" w14:textId="77777777" w:rsidR="00620E35" w:rsidRPr="0009516C" w:rsidRDefault="00620E35" w:rsidP="00EF7D3F">
+    <w:p w14:paraId="39AE05D8" w14:textId="77777777" w:rsidR="00620E35" w:rsidRPr="008F089A" w:rsidRDefault="00620E35" w:rsidP="00EF7D3F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ATTENTION:  </w:t>
       </w:r>
-      <w:r w:rsidR="004E331D" w:rsidRPr="0009516C">
+      <w:r w:rsidR="004E331D" w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6422FC1E" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00FA0298">
+    <w:p w14:paraId="6422FC1E" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00FA0298">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D2F0422" w14:textId="77777777" w:rsidR="006E09C3" w:rsidRPr="008F089A" w:rsidRDefault="00620E35" w:rsidP="006E09C3">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.12.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Approval by </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">.  In any case where the terms of this Easement require the approval of </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">, unless otherwise stated herein, such approval shall be requested in writing to </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>, in accordance with Section 6.11</w:t>
       </w:r>
-      <w:r w:rsidR="006E09C3" w:rsidRPr="0009516C">
+      <w:r w:rsidR="006E09C3" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and the terms and conditions of this Easement.  </w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> In any provision of this Easement in which </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> is required to provide advance notice to </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> of any activity on the Protected Property, such notice shall be given not less than thirty (30) calendar days prior to the planned commencement of the activity.  If </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00C76025" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00C76025" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S’</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> approval is required, such approval shall be deemed withheld/disapproved unless </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
-[...2 lines deleted...]
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>provide to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> written notice of approval within 30 calendar days of receipt of said request.  If </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> has received no response after said 30 calendar days, </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> may send a second written notice to </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> requesting a statement of the reasons for the disapproval and </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall respond within 30 calendar days with an explanation for the specific reasons and basis for its decision to disapprove.</w:t>
       </w:r>
-      <w:r w:rsidR="006E09C3" w:rsidRPr="0009516C">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidR="006E09C3" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Government only requires a right to property notice and coordination, and right to object to such activities under the same conditions as provided in this Section 7.12, with the Grantees retaining the authority to approve or disapprove, but will consider the Government’s right to object and mitigate the Government’s concerns if </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006E09C3" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>necessary</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006E09C3" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> before giving approval</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45C7FE75" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00620E35" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.13.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Entire Agreement.  This instrument sets forth the entire agreement of the </w:t>
       </w:r>
-      <w:r w:rsidR="00B40AD0" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00B40AD0" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>PARTIES</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> with respect to this Easement and supersedes all prior discussions, negotiations, understandings or agreements relating to this Easement.  If any provision is found to be invalid, the remainder of the provisions of this Easement, and the application of such provision to persons of circumstances other than those as to which it is found to be invalid, shall not be affected thereby.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2479A041" w14:textId="61C72220" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00620E35" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="2479A041" w14:textId="61C72220" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00620E35" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.14.</w:t>
       </w:r>
-      <w:r w:rsidR="00FA0298">
+      <w:r w:rsidR="00FA0298" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Availability or Amount of Tax Benefits. </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> make no warranty, representation or other assurance regarding the availability, amount or effect of any deduction, credit or other benefit to </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> or any other person or entity under United States or any state, local or other tax law to be derived from any donations related to this Easement.  Any related donation is not conditioned upon the availability or amount of any such deduction, credit or other benefit. </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
-[...2 lines deleted...]
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> make no warranty, representation or other assurance regarding the value of this Easement or of the Protected Property.  As to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the foregoing, </w:t>
+      </w:r>
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> is relying upon </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">’s own legal counsel, accountant, financial advisor, appraiser or other consultant and not upon </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> or any legal counsel, accountant, financial advisor, appraiser or other consultant of </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">.  In the event of any audit or other inquiry of a governmental authority into the effect of any related donation upon the taxation or financial affairs involving </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">’s heirs, successors or assigns or other similar matter then </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> shall be reimbursed and indemnified for any cost or expense of any kind or nature whatsoever incurred by </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> in responding or replying thereto.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6905979B" w14:textId="37C6BAE7" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00620E35" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="6905979B" w14:textId="37C6BAE7" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00620E35" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.15.</w:t>
       </w:r>
-      <w:r w:rsidR="00FA0298">
+      <w:r w:rsidR="00FA0298" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Warranties and Representations of </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">.  By signing this Easement, </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> acknowledges, warrants and represents to </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="169605C7" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="169605C7" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> has had the opportunity to be represented by counsel of </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">’s and fully understands that </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> is hereby permanently relinquishing property rights which would otherwise permit </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> to have a fuller use and enjoyment of the Protected Property.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14686F6C" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="0009516C" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
-      <w:r w:rsidRPr="0009516C">
+    <w:p w14:paraId="14686F6C" w14:textId="77777777" w:rsidR="00EF7D3F" w:rsidRPr="008F089A" w:rsidRDefault="00EF7D3F" w:rsidP="00EF7D3F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(b)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">There are no recorded or unrecorded leases or other agreements for the production of minerals or removal of timber from the Protected Property which would, if any of the activities permitted under such lease or other agreement was undertaken by </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+        <w:t xml:space="preserve">There are no recorded or unrecorded leases or other agreements </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>for the production of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> minerals or removal of timber from the Protected Property which would, if any of the activities permitted under such lease or other agreement was undertaken by </w:t>
+      </w:r>
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>, violate the covenants or restrictions in this Easement or otherwise defeat the conservation purpose of this Easement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05874AB2" w14:textId="6291D2FE" w:rsidR="00304C12" w:rsidRDefault="00620E35" w:rsidP="000963DA">
+    <w:p w14:paraId="05874AB2" w14:textId="6291D2FE" w:rsidR="00304C12" w:rsidRPr="008F089A" w:rsidRDefault="00620E35" w:rsidP="000963DA">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7D3F" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00EF7D3F" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">.16 </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009516C">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Damages to Animal Husbandry. </w:t>
       </w:r>
-      <w:r w:rsidR="00BA64E2" w:rsidRPr="0009516C">
-[...3 lines deleted...]
-    <w:p w14:paraId="0F583371" w14:textId="45BA2F5F" w:rsidR="00675F00" w:rsidRDefault="00675F00" w:rsidP="000963DA">
+      <w:r w:rsidR="00BA64E2" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Government is not liable for any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BA64E2" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>damages</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BA64E2" w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> incurred by aircraft noise to animal husbandry.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F583371" w14:textId="45BA2F5F" w:rsidR="00675F00" w:rsidRPr="008F089A" w:rsidRDefault="00675F00" w:rsidP="000963DA">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="3DD51658" w14:textId="71445325" w:rsidR="00675F00" w:rsidRDefault="00675F00" w:rsidP="00675F00">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DD51658" w14:textId="71445325" w:rsidR="00675F00" w:rsidRPr="008F089A" w:rsidRDefault="00675F00" w:rsidP="00675F00">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0009516C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>TO HAVE AND TO HOLD this Deed of Agricultural Conservation Easement unto GRANTEES, its successors and assigns, forever.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65369831" w14:textId="7A798369" w:rsidR="00100062" w:rsidRDefault="00100062" w:rsidP="00675F00">
+    <w:p w14:paraId="65369831" w14:textId="7A798369" w:rsidR="00100062" w:rsidRPr="008F089A" w:rsidRDefault="00100062" w:rsidP="00675F00">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="75E8E8A2" w14:textId="5DDF424D" w:rsidR="000963DA" w:rsidRPr="0009516C" w:rsidRDefault="00100062" w:rsidP="00100062">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75E8E8A2" w14:textId="5DDF424D" w:rsidR="000963DA" w:rsidRPr="008F089A" w:rsidRDefault="00100062" w:rsidP="00100062">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">IN WITNESS </w:t>
       </w:r>
-      <w:r w:rsidR="000963DA" w:rsidRPr="0009516C">
+      <w:r w:rsidR="000963DA" w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">WHEREOF, </w:t>
       </w:r>
-      <w:r w:rsidR="00691D69" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00691D69" w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
-      <w:r w:rsidR="000963DA" w:rsidRPr="0009516C">
+      <w:r w:rsidR="000963DA" w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="005B4425" w:rsidRPr="0009516C">
+      <w:r w:rsidR="005B4425" w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00507240" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00507240" w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="000963DA" w:rsidRPr="0009516C">
+      <w:r w:rsidR="000963DA" w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, intending to legally bin</w:t>
       </w:r>
-      <w:r w:rsidR="00507240" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00507240" w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="000963DA" w:rsidRPr="0009516C">
+      <w:r w:rsidR="000963DA" w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> themselves, have set their hands on the date first written above.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="033184B8" w14:textId="77777777" w:rsidR="000963DA" w:rsidRPr="0009516C" w:rsidRDefault="000963DA" w:rsidP="000963DA">
+    <w:p w14:paraId="033184B8" w14:textId="77777777" w:rsidR="000963DA" w:rsidRPr="008F089A" w:rsidRDefault="000963DA" w:rsidP="000963DA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="4C1A0CB6" w14:textId="0929F8AE" w:rsidR="00675F00" w:rsidRPr="00675F00" w:rsidRDefault="00675F00" w:rsidP="0063363B">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C1A0CB6" w14:textId="0929F8AE" w:rsidR="00675F00" w:rsidRPr="008F089A" w:rsidRDefault="00675F00" w:rsidP="0063363B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00675F00">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>GRANTOR:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E668ED7" w14:textId="77777777" w:rsidR="00675F00" w:rsidRPr="00675F00" w:rsidRDefault="00675F00" w:rsidP="0063363B">
+    <w:p w14:paraId="1E668ED7" w14:textId="77777777" w:rsidR="00675F00" w:rsidRPr="008F089A" w:rsidRDefault="00675F00" w:rsidP="0063363B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="5F829716" w14:textId="77777777" w:rsidR="00675F00" w:rsidRPr="00675F00" w:rsidRDefault="00675F00" w:rsidP="0063363B">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F829716" w14:textId="77777777" w:rsidR="00675F00" w:rsidRPr="008F089A" w:rsidRDefault="00675F00" w:rsidP="0063363B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00675F00">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00675F00">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>By</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
-        <w:t>____________________________________(SEAL)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00675F00">
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>____________________________________(SEAL</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00675F00">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00675F00">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00675F00">
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(SEAL)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00675F00">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>SEAL)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59236ADB" w14:textId="311DEDB0" w:rsidR="000963DA" w:rsidRDefault="000963DA" w:rsidP="0063363B">
+    <w:p w14:paraId="59236ADB" w14:textId="311DEDB0" w:rsidR="000963DA" w:rsidRPr="008F089A" w:rsidRDefault="000963DA" w:rsidP="0063363B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="6434527A" w14:textId="464CEE7B" w:rsidR="00675F00" w:rsidRDefault="00675F00" w:rsidP="0063363B">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6434527A" w14:textId="464CEE7B" w:rsidR="00675F00" w:rsidRPr="008F089A" w:rsidRDefault="00675F00" w:rsidP="0063363B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="1065CE8F" w14:textId="5A1FBF37" w:rsidR="00675F00" w:rsidRDefault="00675F00" w:rsidP="0063363B">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1065CE8F" w14:textId="5A1FBF37" w:rsidR="00675F00" w:rsidRPr="008F089A" w:rsidRDefault="00675F00" w:rsidP="0063363B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="0EF7925A" w14:textId="77777777" w:rsidR="002A00C6" w:rsidRPr="0009516C" w:rsidRDefault="002A00C6" w:rsidP="0063363B">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EF7925A" w14:textId="77777777" w:rsidR="002A00C6" w:rsidRPr="008F089A" w:rsidRDefault="002A00C6" w:rsidP="0063363B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="2A33A78F" w14:textId="77777777" w:rsidR="00487694" w:rsidRPr="00D23F18" w:rsidRDefault="00487694" w:rsidP="0063363B">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A33A78F" w14:textId="77777777" w:rsidR="00487694" w:rsidRPr="008F089A" w:rsidRDefault="00487694" w:rsidP="0063363B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00D23F18">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>STATE OF NORTH CAROLINA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AAFD292" w14:textId="77777777" w:rsidR="00487694" w:rsidRPr="00D23F18" w:rsidRDefault="00487694" w:rsidP="0063363B">
+    <w:p w14:paraId="1AAFD292" w14:textId="77777777" w:rsidR="00487694" w:rsidRPr="008F089A" w:rsidRDefault="00487694" w:rsidP="0063363B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00D23F18">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>COUNTY OF _______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="662DF8AA" w14:textId="77777777" w:rsidR="00487694" w:rsidRPr="00D23F18" w:rsidRDefault="00487694" w:rsidP="0063363B">
+    <w:p w14:paraId="662DF8AA" w14:textId="77777777" w:rsidR="00487694" w:rsidRPr="008F089A" w:rsidRDefault="00487694" w:rsidP="0063363B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="0CA9727E" w14:textId="77777777" w:rsidR="00487694" w:rsidRPr="00D23F18" w:rsidRDefault="00487694" w:rsidP="0063363B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CA9727E" w14:textId="77777777" w:rsidR="00487694" w:rsidRPr="008F089A" w:rsidRDefault="00487694" w:rsidP="0063363B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="5B9A125B" w14:textId="77777777" w:rsidR="00487694" w:rsidRPr="00D23F18" w:rsidRDefault="00487694" w:rsidP="0063363B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I, ____________________________, a Notary Public in and for the aforesaid County and State, do hereby certify </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>that ______</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>________________ personally appeared before me this day and acknowledge the due execution of the foregoing instrument.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B9A125B" w14:textId="77777777" w:rsidR="00487694" w:rsidRPr="008F089A" w:rsidRDefault="00487694" w:rsidP="0063363B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="40BF0AF2" w14:textId="77777777" w:rsidR="00487694" w:rsidRPr="00D23F18" w:rsidRDefault="00487694" w:rsidP="0063363B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40BF0AF2" w14:textId="77777777" w:rsidR="00487694" w:rsidRPr="008F089A" w:rsidRDefault="00487694" w:rsidP="0063363B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00D23F18">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Witness my hand and official stamp or seal this ____ day of ________________, 20___.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C13B03D" w14:textId="77777777" w:rsidR="00487694" w:rsidRPr="00D23F18" w:rsidRDefault="00487694" w:rsidP="0063363B">
+    <w:p w14:paraId="7C13B03D" w14:textId="77777777" w:rsidR="00487694" w:rsidRPr="008F089A" w:rsidRDefault="00487694" w:rsidP="0063363B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="1A5D1B8F" w14:textId="77777777" w:rsidR="00487694" w:rsidRPr="00D23F18" w:rsidRDefault="00487694" w:rsidP="0063363B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A5D1B8F" w14:textId="77777777" w:rsidR="00487694" w:rsidRPr="008F089A" w:rsidRDefault="00487694" w:rsidP="0063363B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="00F6F91F" w14:textId="77777777" w:rsidR="00487694" w:rsidRPr="00D23F18" w:rsidRDefault="00487694" w:rsidP="0063363B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00F6F91F" w14:textId="77777777" w:rsidR="00487694" w:rsidRPr="008F089A" w:rsidRDefault="00487694" w:rsidP="0063363B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00D23F18">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>____________________________________ (stamp)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DBFC845" w14:textId="77777777" w:rsidR="00487694" w:rsidRPr="00D23F18" w:rsidRDefault="00487694" w:rsidP="0063363B">
+    <w:p w14:paraId="1DBFC845" w14:textId="77777777" w:rsidR="00487694" w:rsidRPr="008F089A" w:rsidRDefault="00487694" w:rsidP="0063363B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00D23F18">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Notary Public</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6172C6C6" w14:textId="554BF263" w:rsidR="00A75DB4" w:rsidRDefault="00487694" w:rsidP="0063363B">
+    <w:p w14:paraId="6172C6C6" w14:textId="554BF263" w:rsidR="00A75DB4" w:rsidRPr="008F089A" w:rsidRDefault="00487694" w:rsidP="0063363B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="180"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00D23F18">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>My commission expires:  _______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B81728A" w14:textId="77777777" w:rsidR="002A00C6" w:rsidRDefault="002A00C6">
+    <w:p w14:paraId="7B81728A" w14:textId="77777777" w:rsidR="002A00C6" w:rsidRPr="008F089A" w:rsidRDefault="002A00C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51A4926B" w14:textId="1EC7B99D" w:rsidR="0063363B" w:rsidRPr="0063363B" w:rsidRDefault="0063363B" w:rsidP="0063363B">
-      <w:r w:rsidRPr="0063363B">
+    <w:p w14:paraId="51A4926B" w14:textId="1EC7B99D" w:rsidR="0063363B" w:rsidRPr="008F089A" w:rsidRDefault="0063363B" w:rsidP="0063363B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">GRANTEE:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30763A18" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="0063363B" w:rsidRDefault="0063363B" w:rsidP="0063363B"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0063363B">
+    <w:p w14:paraId="30763A18" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="008F089A" w:rsidRDefault="0063363B" w:rsidP="0063363B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="429F6FA7" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="008F089A" w:rsidRDefault="0063363B" w:rsidP="0063363B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="031D35A5" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="008F089A" w:rsidRDefault="0063363B" w:rsidP="0063363B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>By: _____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="798B37B3" w14:textId="2A75C542" w:rsidR="0063363B" w:rsidRPr="0063363B" w:rsidRDefault="0063363B" w:rsidP="0063363B">
-      <w:r w:rsidRPr="0063363B">
+    <w:p w14:paraId="798B37B3" w14:textId="2A75C542" w:rsidR="0063363B" w:rsidRPr="008F089A" w:rsidRDefault="0063363B" w:rsidP="0063363B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> __________________________________(Title) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B001850" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="0063363B" w:rsidRDefault="0063363B" w:rsidP="00FA0298">
+    <w:p w14:paraId="3B001850" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="008F089A" w:rsidRDefault="0063363B" w:rsidP="00FA0298">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="0DB17A26" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="0063363B" w:rsidRDefault="0063363B" w:rsidP="00FA0298">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DB17A26" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="008F089A" w:rsidRDefault="0063363B" w:rsidP="00FA0298">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="7BE6B787" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="0063363B" w:rsidRDefault="0063363B" w:rsidP="00FA0298">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BE6B787" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="008F089A" w:rsidRDefault="0063363B" w:rsidP="00FA0298">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="5D1BB5F2" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="0063363B" w:rsidRDefault="0063363B" w:rsidP="00FA0298">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D1BB5F2" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="008F089A" w:rsidRDefault="0063363B" w:rsidP="00FA0298">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="0B1FE128" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="0063363B" w:rsidRDefault="0063363B" w:rsidP="0063363B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B1FE128" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="008F089A" w:rsidRDefault="0063363B" w:rsidP="0063363B">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0063363B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">NORTH CAROLINA </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="610D5FA5" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="0063363B" w:rsidRDefault="0063363B" w:rsidP="0063363B">
+    <w:p w14:paraId="610D5FA5" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="008F089A" w:rsidRDefault="0063363B" w:rsidP="0063363B">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0063363B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>COUNTY OF __________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="591B2BE9" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="0063363B" w:rsidRDefault="0063363B" w:rsidP="0063363B">
+    <w:p w14:paraId="591B2BE9" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="008F089A" w:rsidRDefault="0063363B" w:rsidP="0063363B">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="027063DD" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="0063363B" w:rsidRDefault="0063363B" w:rsidP="0063363B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="027063DD" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="008F089A" w:rsidRDefault="0063363B" w:rsidP="0063363B">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0063363B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">I, ________________________________, a Notary Public of ____________________ County, North Carolina do hereby certify that _________________________________ personally appeared before me this day and acknowledged that (s)he is </w:t>
       </w:r>
-      <w:r w:rsidRPr="0063363B">
-        <w:rPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0063363B">
-        <w:rPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0063363B">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">of the Board of the _____________ and that by authority duly given and as the act of the District, the foregoing instrument was signed by </w:t>
       </w:r>
-      <w:r w:rsidRPr="0063363B">
-        <w:rPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="0063363B">
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> in behalf of the ___________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CB3BD13" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="0063363B" w:rsidRDefault="0063363B" w:rsidP="00FA0298">
+    <w:p w14:paraId="2CB3BD13" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="008F089A" w:rsidRDefault="0063363B" w:rsidP="00FA0298">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="066946B1" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="0063363B" w:rsidRDefault="0063363B" w:rsidP="0063363B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="066946B1" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="008F089A" w:rsidRDefault="0063363B" w:rsidP="0063363B">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0063363B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Witness my hand and official stamp or seal this ____ day of ________________, 20___.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FC9B50B" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="0063363B" w:rsidRDefault="0063363B" w:rsidP="0063363B">
+    <w:p w14:paraId="0FC9B50B" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="008F089A" w:rsidRDefault="0063363B" w:rsidP="0063363B">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="48331813" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="0063363B" w:rsidRDefault="0063363B" w:rsidP="0063363B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48331813" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="008F089A" w:rsidRDefault="0063363B" w:rsidP="0063363B">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="6B2F69C4" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="0063363B" w:rsidRDefault="0063363B" w:rsidP="0063363B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B2F69C4" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="008F089A" w:rsidRDefault="0063363B" w:rsidP="0063363B">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0063363B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>____________________________________ (stamp)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14F96E61" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="0063363B" w:rsidRDefault="0063363B" w:rsidP="0063363B">
+    <w:p w14:paraId="14F96E61" w14:textId="77777777" w:rsidR="0063363B" w:rsidRPr="008F089A" w:rsidRDefault="0063363B" w:rsidP="0063363B">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0063363B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Notary Public</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="400C418D" w14:textId="4379E1A2" w:rsidR="00440B32" w:rsidRDefault="0063363B" w:rsidP="0063363B">
-      <w:r w:rsidRPr="0063363B">
+    <w:p w14:paraId="400C418D" w14:textId="4379E1A2" w:rsidR="00440B32" w:rsidRPr="008F089A" w:rsidRDefault="0063363B" w:rsidP="0063363B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>My commission expires:  _______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35D1DAB2" w14:textId="77777777" w:rsidR="00440B32" w:rsidRDefault="00440B32">
-      <w:r>
+    <w:p w14:paraId="35D1DAB2" w14:textId="77777777" w:rsidR="00440B32" w:rsidRPr="008F089A" w:rsidRDefault="00440B32">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37A74411" w14:textId="77777777" w:rsidR="000963DA" w:rsidRPr="0009516C" w:rsidRDefault="00474E96" w:rsidP="000963DA">
+    <w:p w14:paraId="37A74411" w14:textId="77777777" w:rsidR="000963DA" w:rsidRPr="008F089A" w:rsidRDefault="00474E96" w:rsidP="000963DA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ACCEPTANCE OF PROPERTY INTEREST BY THE STATE OF NORTH CAROLINA BY AND THROUGH THE DEPARTMENT OF AGRICULTURE AND CONSUMER SERVICES:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26EB1FF0" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="0009516C" w:rsidRDefault="00474E96" w:rsidP="000963DA">
+    <w:p w14:paraId="26EB1FF0" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="008F089A" w:rsidRDefault="00474E96" w:rsidP="000963DA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="2534F2E9" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="0009516C" w:rsidRDefault="00474E96" w:rsidP="00474E96">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2534F2E9" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="008F089A" w:rsidRDefault="00474E96" w:rsidP="00474E96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>The North Carolina Department of Agriculture and Consumer Services, an agency of the State of North Carolina, hereby accepts and approves the foregoing Conservation Easement, and the rights conveyed therein, on behalf of the State of North Carolina.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B579B60" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="0009516C" w:rsidRDefault="0001345B" w:rsidP="00474E96">
+    <w:p w14:paraId="7B579B60" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="008F089A" w:rsidRDefault="0001345B" w:rsidP="00474E96">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>By: _</w:t>
       </w:r>
-      <w:r w:rsidR="00474E96" w:rsidRPr="0009516C">
+      <w:r w:rsidR="00474E96" w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">_________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AF09DB2" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="0009516C" w:rsidRDefault="00474E96" w:rsidP="00474E96">
+    <w:p w14:paraId="6AF09DB2" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="008F089A" w:rsidRDefault="00474E96" w:rsidP="00474E96">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Jonathan T. Lanier</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BDE9E31" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="0009516C" w:rsidRDefault="00474E96" w:rsidP="00474E96">
+    <w:p w14:paraId="2BDE9E31" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="008F089A" w:rsidRDefault="00474E96" w:rsidP="00474E96">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="60DCAF2F" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="0009516C" w:rsidRDefault="00474E96" w:rsidP="00474E96">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60DCAF2F" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="008F089A" w:rsidRDefault="00474E96" w:rsidP="00474E96">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="0D398F12" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="0009516C" w:rsidRDefault="00474E96" w:rsidP="00474E96">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D398F12" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="008F089A" w:rsidRDefault="00474E96" w:rsidP="00474E96">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>NORTH CAROLINA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="743255B7" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="0009516C" w:rsidRDefault="00474E96" w:rsidP="00474E96">
+    <w:p w14:paraId="743255B7" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="008F089A" w:rsidRDefault="00474E96" w:rsidP="00474E96">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>COUNTY OF _________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A0F45D1" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="0009516C" w:rsidRDefault="00474E96" w:rsidP="00FA0298">
+    <w:p w14:paraId="4A0F45D1" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="008F089A" w:rsidRDefault="00474E96" w:rsidP="00FA0298">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="46F631FA" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="0009516C" w:rsidRDefault="00474E96" w:rsidP="00474E96">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46F631FA" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="008F089A" w:rsidRDefault="00474E96" w:rsidP="00474E96">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>I, ____________________________________, a Notary Public in and for the aforesaid County and State, do hereby certify that Jonathan Lanier personally appeared before me this day and acknowledged that due execution of the foregoing instrument.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DE80F7F" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="0009516C" w:rsidRDefault="00474E96" w:rsidP="00474E96">
+    <w:p w14:paraId="6DE80F7F" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="008F089A" w:rsidRDefault="00474E96" w:rsidP="00474E96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="7AA76681" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="0009516C" w:rsidRDefault="00474E96" w:rsidP="00474E96">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AA76681" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="008F089A" w:rsidRDefault="00474E96" w:rsidP="00474E96">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0009516C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F089A">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Witness by hand and official stamp or seal this _____ day of __________________, 20___.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03146E4F" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="0009516C" w:rsidRDefault="00474E96" w:rsidP="00474E96">
+    <w:p w14:paraId="03146E4F" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="008F089A" w:rsidRDefault="00474E96" w:rsidP="00474E96">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="41D88186" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="00440B32" w:rsidRDefault="00474E96" w:rsidP="00474E96">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41D88186" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="008F089A" w:rsidRDefault="00474E96" w:rsidP="00474E96">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440B32">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">_________________________________  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29EDCDB2" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="00440B32" w:rsidRDefault="00474E96" w:rsidP="00474E96">
+    <w:p w14:paraId="29EDCDB2" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="008F089A" w:rsidRDefault="00474E96" w:rsidP="00474E96">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440B32">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Notary Public</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F8F23E" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="00440B32" w:rsidRDefault="00474E96" w:rsidP="00FA0298">
+    <w:p w14:paraId="22F8F23E" w14:textId="77777777" w:rsidR="00474E96" w:rsidRPr="008F089A" w:rsidRDefault="00474E96" w:rsidP="00FA0298">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4372006D" w14:textId="77777777" w:rsidR="0009516C" w:rsidRPr="00440B32" w:rsidRDefault="00474E96">
-[...2 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="4372006D" w14:textId="77777777" w:rsidR="0009516C" w:rsidRPr="008F089A" w:rsidRDefault="00474E96">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00440B32">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="008F089A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>My commission expires:  _______________________</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0009516C" w:rsidRPr="00440B32" w:rsidSect="008B634C">
+    <w:sectPr w:rsidR="0009516C" w:rsidRPr="008F089A" w:rsidSect="008B634C">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3A818BE0" w14:textId="77777777" w:rsidR="00BA30CA" w:rsidRDefault="00BA30CA" w:rsidP="001916BA">
+    <w:p w14:paraId="50F4B4FF" w14:textId="77777777" w:rsidR="00E33A0E" w:rsidRDefault="00E33A0E" w:rsidP="001916BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2745D05C" w14:textId="77777777" w:rsidR="00BA30CA" w:rsidRDefault="00BA30CA" w:rsidP="001916BA">
+    <w:p w14:paraId="17DA496F" w14:textId="77777777" w:rsidR="00E33A0E" w:rsidRDefault="00E33A0E" w:rsidP="001916BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="910899091"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
         <w:spacing w:val="60"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="5668F081" w14:textId="35FC8467" w:rsidR="00446B25" w:rsidRDefault="00446B25">
+      <w:p w14:paraId="5668F081" w14:textId="17FC6284" w:rsidR="00446B25" w:rsidRDefault="00446B25">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:pBdr>
             <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           </w:pBdr>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> | </w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039113D" w:rsidRPr="0039113D">
           <w:rPr>
-            <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
+            <w:color w:val="FF0000"/>
             <w:spacing w:val="60"/>
           </w:rPr>
-          <w:t>Rev.</w:t>
-[...48 lines deleted...]
-          <w:t>3</w:t>
+          <w:t>Rev.05/30/2025</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="12DF629A" w14:textId="77777777" w:rsidR="00446B25" w:rsidRDefault="00446B25">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1401753793"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
         <w:spacing w:val="60"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="13890CDD" w14:textId="6B366A88" w:rsidR="00446B25" w:rsidRDefault="00446B25">
+      <w:p w14:paraId="13890CDD" w14:textId="416BA554" w:rsidR="00446B25" w:rsidRDefault="00446B25">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:pBdr>
             <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           </w:pBdr>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> | </w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="0039113D">
           <w:rPr>
-            <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
+            <w:color w:val="FF0000"/>
             <w:spacing w:val="60"/>
           </w:rPr>
           <w:t>Rev.</w:t>
         </w:r>
-        <w:r w:rsidR="00CF4E1D">
+        <w:r w:rsidR="0039113D" w:rsidRPr="0039113D">
           <w:rPr>
-            <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
+            <w:color w:val="FF0000"/>
             <w:spacing w:val="60"/>
           </w:rPr>
-          <w:t>01</w:t>
-[...34 lines deleted...]
-          <w:t>3</w:t>
+          <w:t>05/30/2025</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="0BBF31F6" w14:textId="77777777" w:rsidR="00446B25" w:rsidRDefault="00446B25">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70ED3460" w14:textId="77777777" w:rsidR="00BA30CA" w:rsidRDefault="00BA30CA" w:rsidP="001916BA">
+    <w:p w14:paraId="5AA3DB18" w14:textId="77777777" w:rsidR="00E33A0E" w:rsidRDefault="00E33A0E" w:rsidP="001916BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="169F26BF" w14:textId="77777777" w:rsidR="00BA30CA" w:rsidRDefault="00BA30CA" w:rsidP="001916BA">
+    <w:p w14:paraId="6D710DAC" w14:textId="77777777" w:rsidR="00E33A0E" w:rsidRDefault="00E33A0E" w:rsidP="001916BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68368D3A" w14:textId="77777777" w:rsidR="008B634C" w:rsidRDefault="008B634C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0FD4E5B5" w14:textId="77777777" w:rsidR="001916BA" w:rsidRDefault="001916BA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="22BA4E85" w14:textId="77777777" w:rsidR="008B634C" w:rsidRDefault="008B634C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6062FFA8" w14:textId="77777777" w:rsidR="008B634C" w:rsidRDefault="008B634C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="50F6CAD7" w14:textId="77777777" w:rsidR="008B634C" w:rsidRDefault="008B634C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="26D068C8" w14:textId="77777777" w:rsidR="008B634C" w:rsidRDefault="008B634C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="24508FDC" w14:textId="77777777" w:rsidR="008B634C" w:rsidRDefault="008B634C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
@@ -8511,51 +13837,51 @@
   </w:p>
   <w:p w14:paraId="598B07D5" w14:textId="77777777" w:rsidR="008B634C" w:rsidRDefault="008B634C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="45B86E90" w14:textId="77777777" w:rsidR="008B634C" w:rsidRDefault="008B634C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4F7671A3" w14:textId="77777777" w:rsidR="008B634C" w:rsidRDefault="008B634C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0DF26691" w14:textId="77777777" w:rsidR="008B634C" w:rsidRDefault="008B634C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="110468DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="592A0C58"/>
     <w:lvl w:ilvl="0" w:tplc="C7E2C45A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8884,58 +14210,58 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="212739208">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2029332606">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="449591342">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="979503739">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="4QdRecUoBkXkA6ptBFa3jL8pVvlYsTgUEZa2W+BQGIVmhn5cj/BEao/U0ENB/uBNh5J2lCCaIqkk3SMXgpcHGQ==" w:salt="jxtLBezl9ePjwQMbrOUimw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="SJEiNbypeOzNH1walSnrklM/qTsIZtEU0Uvxi3cYYNX6meVAkoC0DlhCMTQj306hfyp3L5Ewzn8Yt2eIONGC9A==" w:salt="WOox+p7Q8MeR/uT40DJprg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyM7Y0sjAxMjAxMTA3NLVQ0lEKTi0uzszPAykwrAUAFNTDdywAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00EF7D3F"/>
     <w:rsid w:val="0001345B"/>
     <w:rsid w:val="00013CD5"/>
@@ -8950,189 +14276,201 @@
     <w:rsid w:val="000D458F"/>
     <w:rsid w:val="000E23F5"/>
     <w:rsid w:val="000E25DD"/>
     <w:rsid w:val="00100062"/>
     <w:rsid w:val="00121EEE"/>
     <w:rsid w:val="00141FBB"/>
     <w:rsid w:val="00145F02"/>
     <w:rsid w:val="001625B7"/>
     <w:rsid w:val="00176BF2"/>
     <w:rsid w:val="001864B3"/>
     <w:rsid w:val="001916BA"/>
     <w:rsid w:val="00196033"/>
     <w:rsid w:val="001A737D"/>
     <w:rsid w:val="00223367"/>
     <w:rsid w:val="0022354E"/>
     <w:rsid w:val="00270B3D"/>
     <w:rsid w:val="002A00C6"/>
     <w:rsid w:val="002B1239"/>
     <w:rsid w:val="002C3E2A"/>
     <w:rsid w:val="00304C12"/>
     <w:rsid w:val="00317C7A"/>
     <w:rsid w:val="00322C84"/>
     <w:rsid w:val="003323C1"/>
     <w:rsid w:val="00347395"/>
     <w:rsid w:val="003807F3"/>
+    <w:rsid w:val="0039113D"/>
     <w:rsid w:val="00391D4D"/>
     <w:rsid w:val="003A7327"/>
+    <w:rsid w:val="003B3F8D"/>
     <w:rsid w:val="003B6305"/>
     <w:rsid w:val="00440B32"/>
     <w:rsid w:val="00446B25"/>
     <w:rsid w:val="00474E96"/>
     <w:rsid w:val="0048007D"/>
     <w:rsid w:val="00481A67"/>
     <w:rsid w:val="00484E27"/>
     <w:rsid w:val="00487694"/>
     <w:rsid w:val="004D1B08"/>
     <w:rsid w:val="004E105E"/>
     <w:rsid w:val="004E331D"/>
     <w:rsid w:val="004F4DF7"/>
     <w:rsid w:val="00507240"/>
     <w:rsid w:val="00514013"/>
     <w:rsid w:val="0052336C"/>
     <w:rsid w:val="0053674F"/>
     <w:rsid w:val="005A6085"/>
     <w:rsid w:val="005B4425"/>
     <w:rsid w:val="005D4158"/>
     <w:rsid w:val="00620E35"/>
     <w:rsid w:val="0063363B"/>
     <w:rsid w:val="00675F00"/>
     <w:rsid w:val="00691D69"/>
     <w:rsid w:val="006C51C0"/>
     <w:rsid w:val="006E09C3"/>
+    <w:rsid w:val="006E2634"/>
     <w:rsid w:val="006E5A6E"/>
     <w:rsid w:val="006E5D15"/>
     <w:rsid w:val="007002BA"/>
     <w:rsid w:val="00702FDE"/>
     <w:rsid w:val="00722DCE"/>
     <w:rsid w:val="007241FA"/>
     <w:rsid w:val="00726A92"/>
     <w:rsid w:val="00736F84"/>
     <w:rsid w:val="00742627"/>
+    <w:rsid w:val="00794F17"/>
     <w:rsid w:val="007D25F0"/>
     <w:rsid w:val="007F1A08"/>
     <w:rsid w:val="007F4B7C"/>
     <w:rsid w:val="00802E07"/>
     <w:rsid w:val="00821935"/>
     <w:rsid w:val="008379E1"/>
     <w:rsid w:val="00853C22"/>
     <w:rsid w:val="00881D64"/>
     <w:rsid w:val="00891A92"/>
     <w:rsid w:val="00896747"/>
     <w:rsid w:val="008B634C"/>
     <w:rsid w:val="008C1501"/>
     <w:rsid w:val="008E4340"/>
     <w:rsid w:val="008E51CE"/>
+    <w:rsid w:val="008F089A"/>
     <w:rsid w:val="0090137A"/>
     <w:rsid w:val="00905BE9"/>
     <w:rsid w:val="00981D06"/>
     <w:rsid w:val="009837CA"/>
     <w:rsid w:val="009938F1"/>
     <w:rsid w:val="009A1474"/>
     <w:rsid w:val="009C4203"/>
     <w:rsid w:val="009D23E5"/>
     <w:rsid w:val="009F1624"/>
     <w:rsid w:val="009F5BA9"/>
     <w:rsid w:val="00A13BB0"/>
     <w:rsid w:val="00A14EE7"/>
     <w:rsid w:val="00A36961"/>
     <w:rsid w:val="00A75DB4"/>
     <w:rsid w:val="00A775A4"/>
     <w:rsid w:val="00A81078"/>
+    <w:rsid w:val="00A8661F"/>
+    <w:rsid w:val="00A924DA"/>
     <w:rsid w:val="00AA57E5"/>
     <w:rsid w:val="00AD4DF2"/>
     <w:rsid w:val="00B1791F"/>
     <w:rsid w:val="00B24C42"/>
     <w:rsid w:val="00B3358A"/>
     <w:rsid w:val="00B40AD0"/>
     <w:rsid w:val="00B84179"/>
     <w:rsid w:val="00BA30CA"/>
     <w:rsid w:val="00BA64E2"/>
     <w:rsid w:val="00BC5A3A"/>
     <w:rsid w:val="00BF0979"/>
+    <w:rsid w:val="00C32314"/>
     <w:rsid w:val="00C40B77"/>
     <w:rsid w:val="00C561B9"/>
     <w:rsid w:val="00C76025"/>
     <w:rsid w:val="00C76317"/>
     <w:rsid w:val="00C83461"/>
     <w:rsid w:val="00CB7CFE"/>
     <w:rsid w:val="00CC36E7"/>
     <w:rsid w:val="00CD72DE"/>
     <w:rsid w:val="00CF4E1D"/>
     <w:rsid w:val="00CF52E3"/>
     <w:rsid w:val="00D22359"/>
     <w:rsid w:val="00D34B8C"/>
     <w:rsid w:val="00D369DF"/>
+    <w:rsid w:val="00D4499B"/>
     <w:rsid w:val="00D66892"/>
     <w:rsid w:val="00D81231"/>
+    <w:rsid w:val="00DB3F71"/>
     <w:rsid w:val="00DC3D85"/>
     <w:rsid w:val="00DC6245"/>
     <w:rsid w:val="00E13229"/>
+    <w:rsid w:val="00E33A0E"/>
     <w:rsid w:val="00E60563"/>
     <w:rsid w:val="00EC0B63"/>
     <w:rsid w:val="00EE3EE5"/>
     <w:rsid w:val="00EF7D3F"/>
     <w:rsid w:val="00F02FB0"/>
     <w:rsid w:val="00F126FD"/>
     <w:rsid w:val="00F14847"/>
     <w:rsid w:val="00F35FD2"/>
     <w:rsid w:val="00F669A3"/>
     <w:rsid w:val="00F909C5"/>
     <w:rsid w:val="00F96D48"/>
     <w:rsid w:val="00FA0298"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="406F8CEA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C384D1D8-9019-49E1-BDE7-98857E1E4048}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9697,51 +15035,51 @@
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001916BA"/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00881D64"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -10024,79 +15362,81 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5494836E8AEFD4C8E68BF3674A42DDF" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d44807c7bc6733e896a8c4dd1f623218">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb" xmlns:ns3="56ad977b-6cba-4d16-971c-01180e0d0515" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a4ac9965f31a309193b22ce7cb5fb1c1" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5494836E8AEFD4C8E68BF3674A42DDF" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="291fe053bbd8f0f9319c5cf4668d112c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb" xmlns:ns3="56ad977b-6cba-4d16-971c-01180e0d0515" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="02c73a0089642de45352b049d4560e99" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb"/>
     <xsd:import namespace="56ad977b-6cba-4d16-971c-01180e0d0515"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="10" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="11" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
@@ -10189,50 +15529,60 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="21" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="24" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="26" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="27" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="28" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
@@ -10320,112 +15670,115 @@
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FD94743-16AC-4056-B187-8F2C3FF15923}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85BEE505-233B-4816-BBE6-3CB6585C1E7B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED0D5169-CA49-4DD2-94C4-E38ED5C271F6}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{22634177-15DA-4FDC-B35C-1387A285D52C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="56ad977b-6cba-4d16-971c-01180e0d0515"/>
     <ds:schemaRef ds:uri="f6642ae0-1cfd-44e2-ac86-9baaceb4c3eb"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7701B219-A3FE-415C-9B60-F952C4C71A96}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>19</Pages>
-  <Words>8503</Words>
-  <Characters>48473</Characters>
+  <Words>8647</Words>
+  <Characters>48599</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>403</Lines>
-  <Paragraphs>113</Paragraphs>
+  <Lines>736</Lines>
+  <Paragraphs>218</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>56863</CharactersWithSpaces>
+  <CharactersWithSpaces>57028</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Janine Owens</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C5494836E8AEFD4C8E68BF3674A42DDF</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>100</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="GrammarlyDocumentId">
+    <vt:lpwstr>79147173-6014-41e7-9262-dac815539003</vt:lpwstr>
+  </property>
 </Properties>
 </file>